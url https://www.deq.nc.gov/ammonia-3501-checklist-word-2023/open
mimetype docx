--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -1,15580 +1,40440 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="53231F68" w14:textId="3732715C" w:rsidR="009E4313" w:rsidRPr="00A0149B" w:rsidRDefault="009E4313" w:rsidP="00D874FC">
+    <w:p w14:paraId="2BC8FA3A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
       <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="326" w:right="442"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A0149B">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">NC </w:t>
+        <w:t>NC</w:t>
       </w:r>
-      <w:r w:rsidR="0084352E" w:rsidRPr="00A0149B">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>DE</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0084352E">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Q</w:t>
+        <w:t>DEQ/DWR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A0149B">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>/DW</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0084352E">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>R</w:t>
+        <w:t>LABORATORY</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A0149B">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LABORATORY CERTIFICATION</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EA7BC8">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> BRANCH</w:t>
+        <w:t>CERTIFICATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>BRANCH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0578B386" w14:textId="77777777" w:rsidR="005F16A4" w:rsidRPr="00A0149B" w:rsidRDefault="005F16A4" w:rsidP="009E4313">
+    <w:p w14:paraId="2BC8FA3B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
       <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="129" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2151"/>
+        <w:gridCol w:w="2790"/>
+        <w:gridCol w:w="3861"/>
+        <w:gridCol w:w="910"/>
+        <w:gridCol w:w="1251"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA40" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA3C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32" w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LABORATORY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NAME:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6651" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA3D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA3E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32" w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CERT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>#:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA3F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA45" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="239"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA41" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32" w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PRIMARY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANALYST:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6651" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA42" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA43" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32" w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DATE:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA44" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA48" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA46" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32" w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NAME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>OF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PERSON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>COMPLETING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CHECKLIST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(PRINT):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6022" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA47" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA4B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA49" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32" w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>SIGNATURE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>OF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PERSON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>COMPLETING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CHECKLIST:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6022" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA4A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BC8FA4C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FA4D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="326" w:right="442"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Parameter:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ammonia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Nitrogen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FA4E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>Method:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EPA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Method</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>350.1,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Rev.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2.0,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1993</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(Hach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Method</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>10205</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>TNT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FA4F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FA50" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:ind w:left="200" w:right="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Hach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Method</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>10205</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>approved</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Part</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>136;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>however,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>EPA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>acknowledged</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>allowable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>method modification of EPA Method 350.1 per 40 CFR Part 136.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>This means you can follow the Hach 10205 TNT method procedure, using the Hach instrument and TNT reagents.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>However, you must follow the QC requirements of EPA 350.1, Rev. 2.0, 1993 since modified methods must meet the QC requirements of the reference method.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Also, if your samples require distillation (as determined by your distillation stud</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>y), you must follow the distillation requirements in SM 4500 NH3 B-2011, which is required by the Hach 10205 method.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FA51" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FA52" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="200"/>
+        <w:rPr>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE2E">
+          <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:stroke joinstyle="miter"/>
+            <v:path gradientshapeok="t" o:connecttype="rect"/>
+          </v:shapetype>
+          <v:shape id="docshape1" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:38.4pt;margin-top:10.45pt;width:215.15pt;height:58.45pt;z-index:15728640;mso-position-horizontal-relative:page" filled="f" stroked="f">
+            <v:textbox inset="0,0,0,0">
+              <w:txbxContent>
+                <w:tbl>
+                  <w:tblPr>
+                    <w:tblW w:w="0" w:type="auto"/>
+                    <w:tblInd w:w="65" w:type="dxa"/>
+                    <w:tblBorders>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                      <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                      <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                    </w:tblBorders>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblCellMar>
+                      <w:left w:w="0" w:type="dxa"/>
+                      <w:right w:w="0" w:type="dxa"/>
+                    </w:tblCellMar>
+                    <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+                  </w:tblPr>
+                  <w:tblGrid>
+                    <w:gridCol w:w="275"/>
+                    <w:gridCol w:w="3898"/>
+                  </w:tblGrid>
+                  <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FE45" w14:textId="77777777">
+                    <w:trPr>
+                      <w:trHeight w:val="620"/>
+                    </w:trPr>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="275" w:type="dxa"/>
+                      </w:tcPr>
+                      <w:p w14:paraId="2BC8FE42" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+                        <w:pPr>
+                          <w:pStyle w:val="TableParagraph"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="3898" w:type="dxa"/>
+                      </w:tcPr>
+                      <w:p w14:paraId="2BC8FE43" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+                        <w:pPr>
+                          <w:pStyle w:val="TableParagraph"/>
+                          <w:spacing w:line="206" w:lineRule="exact"/>
+                          <w:ind w:left="107"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Spectrophotometer</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="2BC8FE44" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+                        <w:pPr>
+                          <w:pStyle w:val="TableParagraph"/>
+                          <w:spacing w:line="207" w:lineRule="exact"/>
+                          <w:ind w:left="107"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Model:</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FE48" w14:textId="77777777">
+                    <w:trPr>
+                      <w:trHeight w:val="247"/>
+                    </w:trPr>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="275" w:type="dxa"/>
+                      </w:tcPr>
+                      <w:p w14:paraId="2BC8FE46" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+                        <w:pPr>
+                          <w:pStyle w:val="TableParagraph"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="3898" w:type="dxa"/>
+                      </w:tcPr>
+                      <w:p w14:paraId="2BC8FE47" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+                        <w:pPr>
+                          <w:pStyle w:val="TableParagraph"/>
+                          <w:spacing w:before="20"/>
+                          <w:ind w:left="107"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>pH</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Meter</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Short-Range</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>pH</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> Paper</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FE4B" w14:textId="77777777">
+                    <w:trPr>
+                      <w:trHeight w:val="262"/>
+                    </w:trPr>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="275" w:type="dxa"/>
+                      </w:tcPr>
+                      <w:p w14:paraId="2BC8FE49" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+                        <w:pPr>
+                          <w:pStyle w:val="TableParagraph"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Times New Roman"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="3898" w:type="dxa"/>
+                      </w:tcPr>
+                      <w:p w14:paraId="2BC8FE4A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+                        <w:pPr>
+                          <w:pStyle w:val="TableParagraph"/>
+                          <w:spacing w:before="27"/>
+                          <w:ind w:left="107"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>All</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Borosilcate</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-1"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Glass</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-1"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t>Distillation</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> Equipment</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                </w:tbl>
+                <w:p w14:paraId="2BC8FE4C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+                  <w:pPr>
+                    <w:pStyle w:val="BodyText"/>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+            <w10:wrap anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>EQUIPMENT:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FA53" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FA54" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:ind w:left="6410"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>DISTILATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>REAGENTS:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="6618" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="353"/>
+        <w:gridCol w:w="4030"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA57" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="261"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA55" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA56" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Borate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Buffer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA5A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA58" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA59" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Boric</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Acid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Solution,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>g/L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BC8FA5B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FA5C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:ind w:left="200"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ANALYSIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>REAGENTS:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="307" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="418"/>
+        <w:gridCol w:w="8234"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA5F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA5D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA5E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ammonia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>free</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA62" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA60" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA61" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Company</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNTplus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>™</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ammonia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Kits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNTplus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>830,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>0.015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>N/L)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA65" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA63" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA64" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Company</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNTplus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>™</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ammonia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Kits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNTplus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 831,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>N/L)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA68" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA66" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA67" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Company</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNTplus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>™</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ammonia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Kits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNTplus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>832,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mg/L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>N)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA6B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA69" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA6A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NaOH,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1N</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA6F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1013"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA6C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA6D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="235" w:lineRule="auto"/>
+              <w:ind w:left="106" w:right="4806"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dechlorinating reagent: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dissolve 3.5 g </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sodium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-8"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>thiosulfate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-8"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Na</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-8"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>O)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-7"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water and dilute to 1 L. Prepare fresh</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FA6E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="4806"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>weekly. Use 1 mL reagent to remove 1 g/L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>500-mL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA73" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="405"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA70" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA71" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="201" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sulfuric</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Acid.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>0.04N:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FA72" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="184" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Dilute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>conc.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>H2SO4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="221F1F"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA76" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA74" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA75" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sulfuric</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Acid,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>conc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA79" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA77" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA78" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sodium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hypochlorite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>solution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA7C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA7A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA7B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sodium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>phenolate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA7F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA7D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA7E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sodium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>nitroprusside</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA82" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA80" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8234" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA81" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EDTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>buffer,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BC8FA83" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FA84" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FA85" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:spacing w:line="207" w:lineRule="exact"/>
+        <w:ind w:left="540" w:right="442"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>PLEASE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>COMPLETE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>CHECKLIST</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>IN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INDELIBLE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INK</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FA86" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="540" w:right="442"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>mark</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Y,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>NA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>column</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>labeled</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>LAB</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>indicate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>common</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>lab</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>practice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>column</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>labeled</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>SOP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>indicate whether it is addressed in the SOP.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="223" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="496"/>
+        <w:gridCol w:w="5716"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="3871"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FA90" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="621"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA87" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA88" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FA89" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="2403" w:right="2396"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>GENERAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA8A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FA8B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="152" w:right="144"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA8C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FA8D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="152" w:right="146"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA8E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FA8F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="1277" w:right="1274"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EXPLANATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FAA1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2070"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA91" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FA92" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FA93" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FA94" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FA95" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA96" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FA97" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FA98" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="160"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is the SOP reviewed at least every 2 years? What is the most recent review/revision date of the SOP? [15A NCAC 2H .0805 (a) (7)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FA99" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FA9A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA9B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA9C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FA9D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="100"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Quality assurance, quality control, and Standard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Operating</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Procedure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>made.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FA9E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FA9F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="99"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Verify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>proper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reference.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>During</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>review notate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>deviations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>approved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>method</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FAA0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>SOP.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FAAA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="828"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAA2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAA3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAA4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAA5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>revision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>dates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>actions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tracked</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>documented?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[15A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NCAC </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAA6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAA7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAA8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="98"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>formal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to track and document review dates and any revisions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>made</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>assurance,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>quality</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FAA9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>SOP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>documents.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BC8FAAB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:spacing w:line="188" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00336C5D">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="640" w:right="400" w:bottom="280" w:left="520" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FAAC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10960" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="223" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2150"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1250"/>
+        <w:gridCol w:w="496"/>
+        <w:gridCol w:w="5716"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="3871"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0084663F" w:rsidRPr="0084663F" w14:paraId="4095B161" w14:textId="77777777" w:rsidTr="00C05AA6">
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FAB2" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
-[...45 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAAD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:right="168"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAAE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>there</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>North</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Carolina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>available</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>review?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAAF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAB0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAB1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>data.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FABC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="621"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAB3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAB4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAB5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="1491"/>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...70 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PRESERVATION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>STORAGE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAB6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="158" w:right="150" w:hanging="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FAB7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAB8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="152" w:right="146" w:hanging="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FAB9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FABA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FABB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="1292"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0084663F" w:rsidRPr="0084663F" w14:paraId="48E844CB" w14:textId="77777777" w:rsidTr="00C05AA6">
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FACA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="2070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t> </w:t>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FABD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FABE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FABF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAC0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAC1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="168"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAC2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAC3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAC4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="160"/>
+              <w:ind w:left="107" w:right="204"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Are samples checked for Residual Chlorine at the time of collection and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>prior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>preservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>adjustment?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[SM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4500</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B-2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(4) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(b)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FAC5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>no,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>skip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>question</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAC6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAC7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAC8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>SM 4500 NH3 B-2011 requires that residual chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>checked</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mitigated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample collection, however, guidance from EPA Region</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>confirms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>that the residual chlorine removal is not required to be performed at collection. It may be removed prior to distillation, or analysis if distillation is not required.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Removal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the permittee does not use chlorine for</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FAC9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfection.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0084663F" w:rsidRPr="0084663F" w14:paraId="7393F3B1" w14:textId="77777777" w:rsidTr="00C05AA6">
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FAD7" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="1242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4940" w:type="dxa"/>
-[...50 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FACB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FACC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FACD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="168"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FACE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FACF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>taken</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>present?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[SM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4500</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FAD0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(b)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FAD1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAD2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAD3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAD4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAD5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAD6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Remove</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>adding,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the time of collection, dechlorinating agent equivalent to the chlorine residual.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0084663F" w:rsidRPr="0084663F" w14:paraId="60A36134" w14:textId="77777777" w:rsidTr="00C05AA6">
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FAE3" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="240"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="2275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4940" w:type="dxa"/>
-[...50 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAD8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAD9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FADA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FADB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FADC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:right="168"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FADD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FADE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>check</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>necessary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mitigation documented? [NC WW/GW LC Policy]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FADF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAE0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAE1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="105" w:firstLine="49"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Dechlorinating agents used at the time of sampling must be documented to have been effective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(either</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>collector</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the receiving laboratory) by verifying a chlorine residual &lt;0.5 mg/L at a neutral pH.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If measuring chlorine concentration in an acidified sample, pour off a small portion of the sample and neutralize the pH prior to testing.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Use sufficiently strong base to not dilute the sample. Discard that portion after</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FAE2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>testing.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FAEA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="602"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAE4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAE5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="168"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAE6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="93"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>preserved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>time</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>collection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&lt;2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S.U.? [40 CFR 136.3 Table II]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAE7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAE8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAE9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="93"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Preservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>within 15 minutes.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FAF0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAEB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147"/>
+              <w:ind w:right="168"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAEC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="107" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>iced</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>above</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>freezing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>but</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>≤</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>º</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shipment? [40 CFR 136.3 Table II and footnote 18]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAED" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAEE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAEF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FAF6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAF1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="161"/>
+              <w:ind w:right="168"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAF2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="57"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>checked</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>documented</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>&lt;2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S.U.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>upon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>receipt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the laboratory?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[40 CFR 136.3 Table II]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAF3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAF4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAF5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB08" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="3725"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAF7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAF8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAF9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAFA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAFB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAFC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAFD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FAFE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="148"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FAFF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB00" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>taken</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>&gt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S.U.?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[15A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NCAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>02H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.0805</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(a)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(7) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(M)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB01" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB02" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB03" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB04" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB05" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sample preservation shall be verified and documented. If a laboratory receives a sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>subject</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>G.S.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>143-215.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>143-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB06" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="103"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>215.63 that does not meet sample collection, holding time, or preservation requirements, the laboratory shall document the incident, notify the sample collector or client, and secure another sample that meets the regulatory requirements, if possible. If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>another</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>viable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cannot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>secured,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the original sample may be analyzed but the results reported shall be qualified with the nature of the sample collection, holding time, or preservation infractions and the laboratory shall notify the State Laboratory of the infractions. The notification shall include a statement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>indicating</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>taken</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB07" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>prevent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>infractions.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB0E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="556"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB09" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="174"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB0A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="107" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>refrigerated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>above</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>freezing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6°C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>storage? [40 CFR 136.3 Table II and footnote 18]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB0B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB0C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB0D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB14" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="548"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB0F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="170"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB10" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="67"/>
+              <w:ind w:left="107" w:right="1447"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>within</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">collection? </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[40 CFR 136.3 Table II]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB11" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB12" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB13" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB1E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="622"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB15" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB16" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB17" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="1336"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PROCEDURE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB18" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="158" w:right="150" w:hanging="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB19" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB1A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="152" w:right="146" w:hanging="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB1B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB1C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB1D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="1292"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EXPLANATION</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76D4EC11" w14:textId="77777777" w:rsidR="009E4313" w:rsidRPr="00A0149B" w:rsidRDefault="009E4313" w:rsidP="009E4313">
+    <w:p w14:paraId="2BC8FB1F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
       <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...101 lines deleted...]
-        <w:sectPr w:rsidR="0078657D" w:rsidSect="00E45A85">
+        <w:sectPr w:rsidR="00336C5D">
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="default" r:id="rId10"/>
-          <w:footerReference w:type="first" r:id="rId11"/>
-[...1 lines deleted...]
-          <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="660" w:right="400" w:bottom="760" w:left="520" w:header="294" w:footer="566" w:gutter="0"/>
+          <w:pgNumType w:start="2"/>
           <w:cols w:space="720"/>
-          <w:titlePg/>
-          <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="615B98D2" w14:textId="77777777" w:rsidR="00F532CF" w:rsidRPr="00F532CF" w:rsidRDefault="00F532CF" w:rsidP="00F532CF">
+    <w:p w14:paraId="2BC8FB20" w14:textId="7530A59A" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
       <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...941 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10980" w:type="dxa"/>
-        <w:tblInd w:w="18" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="223" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="496"/>
-        <w:gridCol w:w="5714"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3870"/>
+        <w:gridCol w:w="5716"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="3871"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF52A3" w:rsidRPr="00A0149B" w14:paraId="1DFF4D79" w14:textId="77777777" w:rsidTr="00EA7BC8">
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB30" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="2277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB21" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB22" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB23" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB24" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB25" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB26" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB27" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB28" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="160"/>
+              <w:ind w:left="107" w:right="200"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>checked</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>prior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acidification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>field,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is a portion of the preserved sample neutralized in the laboratory and checked for residual chlorine prior to distillation or analysis if </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillation is not required? [SM 4500 NH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B-2011 (4) (b)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB29" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="167"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10205</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNT,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.0,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.3]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB2A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB2B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB2C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Remove</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>adding,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>time of collection, dechlorinating agent equivalent to the chlorine residual.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB2D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB2E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Note:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Guidance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Region</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>confirms that the residual chlorine removal is not required to be performed at collection. It may be removed prior to distillation, or analysis if distillation is not required. Removal is not</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB2F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>permittee</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>use chlorine for disinfection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB47" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="3725"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB31" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB32" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB33" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB34" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB35" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB36" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB37" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB38" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="148"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB39" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB3A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB3B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB3C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB3D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB3E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB3F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB40" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="148"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>check</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>documented?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[15A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NCAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>02H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.0805</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB41" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(a)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(M)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB42" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB43" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB44" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sample preservation shall be verified and documented. If a laboratory receives a sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>subject</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>G.S.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>143-215.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>143-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB45" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="102"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>215.63 that does not meet sample collection, holding time, or preservation requirements, the laboratory shall document the incident, notify the sample collector or client, and secure another sample that meets the regulatory requirements, if possible. If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>another</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>viable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cannot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>secured,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the original sample may be analyzed but the results reported shall be qualified with the nature of the sample collection, holding time, or preservation infractions and the laboratory shall notify the State Laboratory of the infractions. The notification shall include a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB46" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>statement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>indicating</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>taken</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to prevent future infractions.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB51" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB48" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB49" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB4A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB4B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="125"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If the sample is determined to contain chlorine at a level above 0.5 mg/L, is it removed prior to distillation and/or analysis by adding dechlorinating agent equivalent to the chlorine residual? [EPA Method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>350.1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(1993),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>11.2] [SM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4500</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B-2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB4C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(b)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB4D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB4E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB4F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB50" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Remove</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by adding dechlorinating agent equivalent to the chlorine residual.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB5B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="620"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB52" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB53" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB54" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="1721"/>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...5 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>PROCEDURE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Distillation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB55" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="158" w:right="150" w:hanging="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB56" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="99"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB57" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="152" w:right="146" w:hanging="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB58" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB59" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB5A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="1277" w:right="1274"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF52A3" w:rsidRPr="00A0149B" w14:paraId="43718971" w14:textId="77777777" w:rsidTr="00E704AD">
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB79" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4967"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB5C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB5D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB5E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB5F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB60" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB61" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB62" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB63" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB64" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB65" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB66" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB67" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB68" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB69" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>manual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>performed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillation comparison study on file? [NC WW/GW LC Policy]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB6A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB6B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NOTE:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>This</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>question</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>applicable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Commercial laboratories.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB6C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB6D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Attach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>copy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>study</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>checklist.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB6E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB6F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB70" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distilling samples,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>skip to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>question</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>#</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB71" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB72" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB73" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="86" w:right="97"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Manual distillation may not be required if comparability data on representative effluent </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>file</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>show</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">preliminary </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillation step is not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> necessary; however, manual distillation will be required to resolve any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>controversies.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>comparison</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>study</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">be performed in-house or contracted to another certified laboratory. Permittees that do not </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>perform</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in-house,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>contract</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">analyses or the distillation study to a NC WW/GW LC certified commercial laboratory </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>obtain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>copy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>initial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>comparison</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>subsequent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>comparison</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>data,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>keep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>it</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>file at their facility and make these records available to the Department upon r</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>equest.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB74" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="207" w:lineRule="exact"/>
+              <w:ind w:left="86"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>following</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>frequencies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>required:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB75" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB76" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="86" w:right="102"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Initially, compare a minimum of 9 samples, spiked in duplicate, both with and without the distillation step (a total of 36 samples), to evaluate the need for distillation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB77" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB78" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:left="86" w:right="102"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Per</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10205</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.3,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>SM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4500</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B must be followed for distillation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB84" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB7A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB7B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB7C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="161"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB7D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="1988"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>How</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cleaned? </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B-2011 (4) (a)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB7E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB7F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB80" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB81" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB82" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="86" w:right="99"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>preparation:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Add</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>500</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and 20 mL borate buffer, adjust pH to 9.5 with 6N NaOH solution, and add to a distillation flask. Add</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>few</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>glass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>beads</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>boiling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chips</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>use this mixture to steam out the distillation apparatus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>until</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shows</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>traces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB83" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ammonia.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BC8FB85" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:spacing w:line="187" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00336C5D">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="660" w:right="400" w:bottom="820" w:left="520" w:header="294" w:footer="566" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FB86" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="223" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="496"/>
+        <w:gridCol w:w="5716"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="3871"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB90" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="827"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB87" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB88" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB89" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distilled?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[SM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4500</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B-2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(b)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB8A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB8B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB8C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB8D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB8E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="86" w:right="99"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>500</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>dechlorinated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>known portion diluted to 500 mL with water. When NH3-N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concentration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>less</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>than</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>µg</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/L,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB8F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="86"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FB9A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB91" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB92" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB93" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB94" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FB95" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distilled</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>documented?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[15A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NCAC 02H .0805 (a) (7) (F) (xviii)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB96" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB97" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB98" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="86" w:right="100"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>All laboratories shall use printable laboratory benchsheets.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Certified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">traceable to the associated sample analyses and shall </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>consist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>other</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>needed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FB99" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="86"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reconstruct</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calculated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>result.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FBA0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB9B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="174"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB9C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>adjusted</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>approximately</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S.U.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>dilute</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>base using a pH meter? [SM 4500 NH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B-2011 (4) (b)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB9D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB9E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FB9F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FBA6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="556"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBA1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="174"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBA2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69"/>
+              <w:ind w:left="107" w:right="1037"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>25ml</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>borate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>buffer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>solution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>added</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample? [SM 4500 NH3 B-2011 (4) (b)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBA3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBA4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBA5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Add</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>borate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>buffer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>solution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>adjust</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to pH 9.5 S.U. with 6N NaOH using a pH meter.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FBAE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="621"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBA7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBA8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBA9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="103"/>
+              <w:ind w:left="107" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>adjusted</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>9.5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S.U.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NaOH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pH </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>meter? [SM 4500 NH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B-2011 (4) (b)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBAA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBAB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBAC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Add</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>borate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>buffer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>solution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>adjust</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FBAD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>9.5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S.U.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NaOH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pH </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>meter.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FBB6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="621"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBAF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBB0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBB1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="101"/>
+              <w:ind w:left="107" w:right="1447"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>collected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>0.04N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?? </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NH3 B-2011 (4) (c)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBB2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBB3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBB4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Collect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>500-mL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>erlenmeyer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flask</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FBB5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>containing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>indicating</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>boric</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>solution for titrimetric method.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FBBE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="619"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBB7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBB8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBB9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>condenser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>outlet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>submerged</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>below</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the receiving acid solution? [SM 4500 NH3 B-2011 (4) (c)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBBA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBBB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBBC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Distill</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>rate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL/min</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tube</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>below</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FBBD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>receiving</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>solution.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FBC8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="828"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBBF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBC0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBC1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>collected?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[SM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4500</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B-2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(c)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FBC2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBC3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBC4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBC5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBC6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBC7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Collect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>least</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>200</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillate.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FBD2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBC9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBCA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBCB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBCC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBCD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>receiver</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>lowered</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>last</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>minute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>two</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of distillation? [SM 4500 NH3 B-2011 (4) (c)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBCE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBCF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBD0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="103"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Lower distillation receiver so that the end of the delivery tube is free of contact with the liquid and continue distillation during the last minute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="72"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="74"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>two</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="74"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cleanse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>condenser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="76"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FBD1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tube</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FBD8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBD3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBD4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="107" w:right="125"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>diluted</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>original</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distilled? [SM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4500</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3 B-2011 (4) (c)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBD5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBD6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBD7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Dilute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>500</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FBE2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBD9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBDA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBDB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBDC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBDD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>documented?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[15A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NCAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>02H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.0805</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(a)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(F) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(xviii)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBDE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBDF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBE0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="101"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>All laboratories shall use printable laboratory benchsheets.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Certified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>traceable to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>associated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FBE1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="102"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">consist </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> any other data needed to reconstruct the final calculated result.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FBE9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="692"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBE3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBE4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBE5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="138"/>
+              <w:ind w:left="107" w:right="324"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distillate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>neutralized</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NaOH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>solution?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[SM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4500</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3 B-2011 (4) (c)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBE6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBE7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBE8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FBF3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="620"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBEA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBEB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBEC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="1712"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PROCEDURE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Calibration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBED" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FBEE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="195"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBEF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FBF0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="105" w:right="186"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBF1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBF2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="1277" w:right="1274"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EXPLANATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC01" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1656"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBF4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBF5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBF6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBF7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBF8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBF9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBFA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>stored</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>curve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>used?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10205</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNT,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.0, Section 10.1]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FBFB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FBFC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>no,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>skip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>question</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>#</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBFD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBFE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FBFF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="134"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>The Hach DR series spectrophotometers have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>built-in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">automatically used when the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNTplus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ammonia sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vial is placed in the cell holder of the instrument. No further initial calibration is required. However, the instruments have the capability of developing </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a user</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-calibration.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC00" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>See</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>manufacturer’s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>manual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> instructions.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC0E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2070"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC02" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC03" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC04" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC05" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC06" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC07" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is the stored calibration curve verified across the range of use annually</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>five</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>more</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>non-zero</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standards? [15A NCAC 02H .0805 (a) (7) (H) (v)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC08" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC09" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">last </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>verification:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC0A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC0B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC0C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>For colorimetric analyses, a series of five or more</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>non-zero</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>curve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>prepared every 12 months or three or more non-zero standards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>curves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>established</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>day,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or standards as set forth in the analytical procedure, shall be analyzed to establish a calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>curve.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>manufacturer's</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">factory-set </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(internal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>curve)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>verified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC0D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>same</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>number</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">frequency </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as a prepared curve.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC18" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="828"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC0F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC10" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC11" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acceptance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>criterion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>verified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standard?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[15A NCAC 02H .0805 (a) (7) (A)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC12" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC13" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>List</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>its</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acceptance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>criterion:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC14" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC15" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC16" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="329"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Unless</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>specified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rule, each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>establish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">performance </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acceptance criteria for all quality control</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC17" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyses.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calculate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BC8FC19" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:spacing w:line="188" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00336C5D">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="660" w:right="400" w:bottom="760" w:left="520" w:header="294" w:footer="566" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FC1A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="223" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="496"/>
+        <w:gridCol w:w="5716"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="3871"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC21" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1863"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC1B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC1C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC1D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC1E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC1F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">document the precision and accuracy of all </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">set. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>When the method of choice specifies performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acceptance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>criteria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>precision and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>accuracy,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chooses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to develop laboratory-specific limits, the laboratory-specific limits shall not be less</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC20" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>stringent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>than</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>criteria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>stated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>approved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>method.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC2F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1798"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC22" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC23" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC24" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC25" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC26" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC27" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC28" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>user-generated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>curve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>prepared</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>range used</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>? [Hach 10205 TNT, Rev. 2.0, Section 10.1]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC29" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC2A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>no,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>skip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>question</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>#</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC2B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC2C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC2D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="104" w:right="134"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>The Hach DR series spectrophotometers have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>built-in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">automatically used when the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNTplus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ammonia sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vial is placed in the cell holder of the instrument. No further initial calibration is required. However, the instruments have the capability of developing </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a user</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-calibration.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC2E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="207" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>See</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>manufacturer’s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>manual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> instructions.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC3A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC30" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC31" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC32" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="160"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC33" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>curve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>consist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>least</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>non-zero standards? [15A NCAC 02H .0805 (a) (7) (H) (v)].</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC34" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC35" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>List</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>values</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Standard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Curve:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC36" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC37" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC38" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="285"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>For</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>colorimetric</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyses,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>five</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or more non-zero standards for a curve prepared</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>every</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>months</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>three</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>more non-zero standards for curves established each day, or standards as set forth in the</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC39" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analytical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>procedure,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to establish a calibration curve.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC45" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1241"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC3B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC3C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC3D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC3E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC3F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC40" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>curve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>correlation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>coefficient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>≥0.995?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[NC WW/GW LC Policy]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC41" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC42" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC43" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="100"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">When linear regression is used, use the minimum correlation coefficient specified in the method. If the minimum correlation coefficient is not specified, then a minimum </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>value</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>0.995</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>coefficient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="62"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="2BC8FC44" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>determination,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="6"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>0.99)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>required.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC58" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2691"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC46" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC47" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC48" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC49" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC4A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC4B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC4C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC4D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is each initial calibration verified before sample analysis with a second</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standard?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[15A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NCAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>02H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.0805</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(a)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(H)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(ii)]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[EPA Method 350.1, Rev. 2.0 (1993), Section 10.7]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC4E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC4F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concentration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>second</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>verification?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC50" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC51" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC52" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC53" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC54" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rule:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Laboratories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>one</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>known second source standard to verify the accuracy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>preparation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">initial calibration is performed and in accordance with the referenced method requirements </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>thereafter.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC55" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC56" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>350.1:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>After the calibration has been established, it must be verified by the analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>suitable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QCS.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is obtained from </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a source external</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to the laboratory and different from</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC57" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> standards.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC62" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="621"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC59" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC5A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC5B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="1811"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PROCEDURE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Analysis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC5C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC5D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="195"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC5E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC5F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="105" w:right="186"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC60" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC61" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="1277" w:right="1274"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EXPLANATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC6B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="619"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC63" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC64" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC65" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC66" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>neutral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pH?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10205,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8.2]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC67" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC68" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC69" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Neutralize preserved samples before analysis.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>This</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>interpreted</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mean</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC6A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>adjusted</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6.51-7.49</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S.U.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC77" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1161"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC6C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC6D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC6E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC6F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC70" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="143"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>neutralize</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>&gt;1%,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>results corrected for the additional volume? [Hach 10205, Section 8.2]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC71" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC72" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC73" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Correct</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>test</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>result</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>additions.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC74" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10" w:after="1"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC75" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="122" w:right="-44"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2BC8FE30" wp14:editId="5AF23C84">
+                  <wp:extent cx="2373552" cy="244030"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1" name="image1.png" descr="equation how to correct sample results for volume of reagent used to neutralize samples. equation is sample volume times volume used to neutralize all divided by sample volume and multiplied by sample result"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name="image1.png" descr="equation how to correct sample results for volume of reagent used to neutralize samples. equation is sample volume times volume used to neutralize all divided by sample volume and multiplied by sample result"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2373552" cy="244030"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC76" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC8C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC78" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC79" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC7A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC7B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC7C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC7D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>added</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vials? [Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10205 TNT, Rev. 2.0, Section 11.2.2]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC7E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC7F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC80" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC81" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1762"/>
+              </w:tabs>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TNT 830: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC82" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC83" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1762"/>
+              </w:tabs>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TNT 831: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC84" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC85" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1762"/>
+              </w:tabs>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TNT 832: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC86" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC87" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC88" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC89" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC8A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC8B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="137"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Pipet 5.0 mL of sample into the vial for TNT830,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>0.5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNT831,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0.2 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mL of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sample for TNT832.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BC8FC8D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00336C5D">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="660" w:right="400" w:bottom="820" w:left="520" w:header="294" w:footer="566" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FC8E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="223" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="496"/>
+        <w:gridCol w:w="5716"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="3871"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC97" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="621"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC8F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC90" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC91" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DosiCap</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>lid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flipped</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>over</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>so</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reagent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>side</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>faces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC92" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tightly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>screwed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>down?</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10205</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNT,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.0, Section 11.2.3]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC93" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC94" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC95" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Flip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DosiCap</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>over</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>so that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reagent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC96" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>side</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>faces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vial.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Screw</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tightly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>onto the vial.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FC9F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="827"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC98" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FC99" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC9A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="107" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Are the reagents verified to be dissolved after being shaken 2-3 times</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>looking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>down</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>through</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>end</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DosiCap</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zip? [Hach 10205 TNT, Rev. 2.0, Section 11.2.4]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC9B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC9C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FC9D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Shake the capped vial 2-3 times to dissolve the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reagent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cap.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Verify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reagent has dissolved by looking down through the</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FC9E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>end</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DosiCap</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zip.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FCA8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="621"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCA0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCA1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCA2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="200"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Are samples allowed to react for at least 15 minutes but not more than</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>minutes? [Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10205</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNT,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.0,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>11.2.5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCA3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="189" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>11.2.6]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCA4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCA5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCA6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCA7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>React</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>minutes.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FCB0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="621"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCA9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCAA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCAB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>After</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>minutes,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>inverted</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>additional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2-3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>times</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to mix? [Hach 10205 TNT, Rev. 2.0, Section 11.2.6]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCAC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCAD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCAE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>After</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>minutes,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>invert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="2BC8FCAF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>additional</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2-3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>times</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mix.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>color</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>remains stable for 15 minutes.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FCBA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCB1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCB2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCB3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCB4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCB5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107" w:right="155"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is the outside of sample vials thoroughly cleaned before inserting into</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>instrument? [Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10205</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNT,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.0,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>11.3.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>11.3.2]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCB6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCB7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCB8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Thoroughly clean the outside of the vial. Insert the prepared vial into the cell holder. The instrument reads the barcode, then selects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>performs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>correct</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>test.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Note:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCB9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>instrument</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>zero</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>required.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FCC0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCBB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="54" w:right="123"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCBC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>results</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reported</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mg/L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3-N? [Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10205</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNT,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.0, Section 11.3.2]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCBD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCBE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCBF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Results</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mg/L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NH3-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>N.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FCCA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="621"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCC1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCC2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCC3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="1867"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QUALITY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ASSURANCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCC4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCC5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="152" w:right="144"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCC6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCC7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="152" w:right="146"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCC8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCC9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="1277" w:right="1274"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EXPLANATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FCD5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1241"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCCB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCCC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCCD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCCE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCCF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Has an MDL been established according to 40 CFR 136 Appendix B?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[Method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>350.1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(1993),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>9.2.4]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[Hach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10205</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TNT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCD0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.0,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9.2.1]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCD1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCD2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCD3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="125"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>minimum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>seven</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>spiked</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples and seven method blank samples through all steps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>method.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the MDL must be prepared in at least three</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCD4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>batches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>three</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>separate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calendar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>dates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed on three separate calendar dates.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FCDF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCD6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCD7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCD8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCD9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCDA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ongoing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>MDL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>being</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>collected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>quarterly?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[Procedure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the Determination of the Method Detection Limit, Rev. 2, (3) (a)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCDB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCDC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCDD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>During</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>quarter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>which</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">being </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed, prepare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>minimum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of two spiked samples on each instrument, in</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCDE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>separate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>batches,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>same</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">spiking </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concentration used in Section 2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FCE8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="828"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCE0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCE1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCE2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Are MDL values verified at least every 13 months according to the ongoing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>MDL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>determination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>updated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>necessary?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCE3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="125"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[Procedure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Determination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Detection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Limit,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev. 2, (4) (a)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCE4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCE5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCE6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>At least once every thirteen months, re- calculate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>MDLs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>MDLb</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>collected</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCE7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>spiked</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>results using the equations in Section 2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FCF4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1241"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCE9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCEA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCEB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCEC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If a user generated curve is established, what is the acceptance criterion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>second</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(QCS)?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[EPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>350.1, Rev. 2.0 (1993), Section 10.7]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCED" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCEE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCEF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCF0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCF1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCF2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCF3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="94"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>exceed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>±10%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>established</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QCS </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>value.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD00" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCF5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCF6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCF7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCF8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCF9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="125"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>taken</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>second</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>varies by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>greater</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>than</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10%?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[EPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>350.1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(1993),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Section</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCFA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10.7]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FCFB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FCFC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCFD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCFE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FCFF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="103"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If measurements exceed ±10% of the established QCS value, the analysis should be terminated and the instrument recalibrated. The new calibration must be verified before continuing analysis. Periodic reanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>recommended</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a continuing calibration check.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD13" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2691"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD01" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD02" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD03" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD04" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD05" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD06" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD07" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD08" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD09" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD0A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD0B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD0C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reagent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(LRB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>batch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of samples? [EPA Method 350.1, Rev. 2.0 (1993), Section 9.3.1]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD0D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD0E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD0F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>least</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>one</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LRB with each batch of samples.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD10" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD11" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Definition of LRB (Section3.6): An aliquot of reagent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>matrices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are treated exactly as a sample including exposure to all glassware, equipment, solvents, reagents, internal standards, and surrogates that are used with other samples. The LRB is used to determine if method analytes or other interferences are present in</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD12" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>environment,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reagents,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or the apparatus.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD19" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD14" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="103"/>
+              <w:ind w:left="93" w:right="85"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD15" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD16" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD17" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD18" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="208" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>The concentration of reagent, method, and calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blanks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>exceed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>percent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BC8FD1A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:spacing w:line="208" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00336C5D">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="660" w:right="400" w:bottom="820" w:left="520" w:header="294" w:footer="566" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FD1B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="223" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="496"/>
+        <w:gridCol w:w="5716"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="3871"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD23" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD1C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD1D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acceptance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>criterion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LRB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blanks? [15A NCAC 02H .0805 (a) (7) (H) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD1E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD1F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD20" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD21" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD22" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of the lowest reporting concentration or as otherwise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>specified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>method.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD30" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD24" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD25" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD26" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD27" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD28" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD29" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>taken</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blanks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>meet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the acceptance </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>criterion</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>? [15A NCAC 02H .0805 (a) (7) (B)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD2A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD2B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD2C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD2D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD2E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="125"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If quality control results fall outside established limits or show an analytical problem,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>identify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD2F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>involved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reanalyzed,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">if </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>possible.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD3C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1863"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD31" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD32" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD33" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD34" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="137"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD35" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD36" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD37" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="237" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="200"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is a mid-range Instrument Performance Check (IPC) standard and calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>prior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analysis,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>after</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>every</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="6"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample, and at the end of sample analysis? [EPA Method 350.1, Rev. 2.0 (1993), Section 9.3.4]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD38" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD39" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD3A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>For all determinations the laboratory must analyze the IPC (instrument performance check) (a mid-range check standard) and a calibration blank immediately following daily calibration,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>after</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>every</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>more frequently, if required) and at the end of the sample run. Although the meter may not be</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD3B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibrated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>daily,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IPC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed daily prior to sample analysis.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD47" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD3D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD3E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD3F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="159"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD40" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acceptance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>criterion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mid-range</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IPC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standard? [EPA Method 350.1, Rev. 2.0 (1993), Section 9.3.4]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD41" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD42" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD43" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD44" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD45" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD46" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="104" w:right="144"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Analysis of the IPC solution immediately following calibration must verify that the instrument is within ±10% of calibration. Subsequent analyses of the IPC solution must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>verify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>still</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>within</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>±10%.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD54" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1863"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD48" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD49" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD4A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD4B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="138"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD4C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD4D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="200"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What corrective action is taken if the mid-range IPC standard recovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>within</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>specified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>limits?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[EPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>350.1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rev.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2.0 (1993), Section 9.3.4]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD4E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD4F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD50" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD51" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD52" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cannot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>verified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>within</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the specified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>limits,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reanalyze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IPC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>solution.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If the second analysis of the IPC solution confirms calibration to be outside the limits, sample analysis must be discontinued, the cause determined and/or in the case of drift, the instrument recalibrated. All samples following the last acceptable IPC solution</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD53" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reanalyzed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD61" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1863"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD55" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD56" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD57" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD58" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="137"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD59" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD5A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD5B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD5C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>fortified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(LFB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>batch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of samples? [EPA Method 350.1, Rev. 2.0 (1993), Section 9.3.2]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD5D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD5E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD5F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="136"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Definition of LFB (Section 3.4): An aliquot of reagent water or other blank matrices to which known quantities of the method analytes are added in the laboratory. The</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LFB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>exactly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>like</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>its purpose is to determine whether the methodology is in control, and whether the</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD60" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>capable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>making</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>accurate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and precise measurements.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD6D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD62" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD63" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD64" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD65" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="200"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acceptance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>criterion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LFB?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[EPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>350.1, Rev. 2.0 (1993), Section 9.3.2]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD66" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD67" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD68" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD69" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD6A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD6B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD6C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>within</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>90%-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>110%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD79" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD6E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD6F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD70" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD71" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD72" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>taken</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LFB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>meet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>specified limits? [EPA Method 350.1, Rev. 2.0 (1993), Section 9.3.2]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD73" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD74" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD75" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD76" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD77" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD78" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="144"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>recovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>falls</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>outside</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the required control limits of 90-110%, that analyte is judged out of control, and the source of the problem should be identified and resolved before continuing analyses.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD85" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1656"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD7A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD7B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD7C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD7D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD7E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD7F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD80" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="161"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>duplicate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>rate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5%?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[15A NCAC 02H .0805 (a) (7) (C)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD81" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD82" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD83" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>one</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>duplicate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>month</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD84" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">samples are analyzed. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NOTE: A Laboratory Fortified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Matrix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Duplicate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(LFMD/MSD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>can</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BC8FD86" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00336C5D">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="660" w:right="400" w:bottom="820" w:left="520" w:header="294" w:footer="566" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FD87" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="223" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="496"/>
+        <w:gridCol w:w="5716"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="3871"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD8D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="496" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD88" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD89" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD8A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD8B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD8C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="208" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>satisfy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>our</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>requirement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sample </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>duplicate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FD98" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD8E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD8F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD90" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD91" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="568"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acceptance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>criterion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>duplicates?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[15A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NCAC 02H .0805 (a) (7) (A)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD92" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD93" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD94" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD95" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD96" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD97" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Unless</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>specified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rule, each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>establish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">performance acceptance criteria for all quality control </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyses.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FDA4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1656"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD99" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD9A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD9B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD9C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FD9D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What corrective action does the laboratory take if the duplicate samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>results</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>outside</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>established</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>limits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>method precision limits? [15A NCAC 02H .0805 (a) (7) (B)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FD9E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FD9F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...3775 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDA0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDA1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDA2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="125"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If quality control results fall outside established limits or show an analytical problem,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>identify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FDA3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>possible.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FDAE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDA5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDA6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDA7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDA8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>At</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>what</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>frequency</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Matrix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Spike</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[EPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Method 350.1, Rev. 2.0 (1993), Section 9.4.1]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FDA9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDAA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDAB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDAC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDAD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Also</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>called</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Fortified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Matrix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(LFM). The laboratory must add a known amount of analyte to a minimum of 10% of the routine </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FDBC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1861"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDAF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDB0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDB1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDB2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="137"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDB3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>How</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>MS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>prepared?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[NC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>WW/GW</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Matrix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Spike</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Technical </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Assistance.]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FDB4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDB5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...58 lines deleted...]
-              <w:ind w:left="-18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDB6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDB7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDB8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDB9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDBA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDBB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>See</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Matrix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Spike</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Technical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assistance </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>document.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FDC8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDBD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDBE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDBF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="160"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDC0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acceptance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>criterion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>MS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>recovery?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[EPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Method 350.1, Rev. 2.0 (1993), Section 9.4.2]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FDC1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDC2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDC3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDC4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDC5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDC6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDC7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="160"/>
+              <w:ind w:left="164"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>designated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>recovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>range</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>90-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>110%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FDD3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDC9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDCA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDCB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDCC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDCD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>take</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>MS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>results</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are outside of established control limits? [EPA Method 350.1, Rev. 2.0 (1993), Section 9.4.3]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FDCE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDCF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDD0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDD1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDD2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="103"/>
+              <w:ind w:left="104" w:right="125"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>recovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>falls</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>outside</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the designated LFM recovery range and the laboratory performance for that analyte is shown to be in control (Section 9.3), the recovery problem encountered with the LFM is judged to be either matrix or solution related, not system related.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FDDC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="827"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDD4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDD5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDD6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDD7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>lower</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reporting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>limit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>back-calculated</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">each day samples </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are analyzed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>? [15A NCAC 02H .0805 (a) (7) (H)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDD8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDD9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDDA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Laboratories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>back-calculate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a standard at the same concentration as the lowest reporting concentration each day</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FDDB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyzed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FDE6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDDD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDDE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDDF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDE0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>acceptance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>criterion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>lower</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reporting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>limit standard? [15A NCAC 02H .0805 (a) (7) (A)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FDE1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDE2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDE3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDE4" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDE5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="103"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Unless</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>specified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>method</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rule, each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>establish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">performance acceptance criteria for all quality control </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>analyses.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FDF4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1863"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDE7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDE8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDE9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDEA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="137"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDEB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>take</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>lower</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reporting limit standard does not meet the acceptance criterion? [15A NCAC 02H .0805 (a) (7) (B)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FDEC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDED" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ADAAAA"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDEE" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDEF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDF0" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDF1" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDF2" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDF3" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="137"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recalibrate/re-verify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>curve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FDFE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDF5" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDF6" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDF7" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:right="137"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDF8" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC8FDF9" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>report</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(QC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>met?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[15A NCAC 02H .0805 (a) (7) (B)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDFA" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDFB" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FDFC" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="222"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cannot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...11 lines deleted...]
-              <w:ind w:left="-18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>reanalyzed,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>results</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>continue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>fall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>outside established limits or show an analytical</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FDFD" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="545"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1921 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>problem,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>results</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>shall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>qualified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...6445 lines deleted...]
-              <w:t>If data qualifiers are used to qualify samples not meeting QC requirements, the data may not be useable for the intended purposes. It is the responsibility of the laboratory to provide the client or end-user of the data with sufficient information to determine the usability of the qualified data.</w:t>
+              </w:rPr>
+              <w:t>such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34DD2442" w14:textId="77777777" w:rsidR="00080358" w:rsidRPr="00A0149B" w:rsidRDefault="00080358" w:rsidP="009E4313">
+    <w:p w14:paraId="2BC8FDFF" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
       <w:pPr>
+        <w:spacing w:line="206" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00336C5D">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="660" w:right="400" w:bottom="820" w:left="520" w:header="294" w:footer="566" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE00" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22C4D81D" w14:textId="77777777" w:rsidR="002F4BC8" w:rsidRDefault="00F65415" w:rsidP="002F4BC8">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="223" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="496"/>
+        <w:gridCol w:w="5716"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="451"/>
+        <w:gridCol w:w="3871"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00336C5D" w14:paraId="2BC8FE07" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="496" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FE01" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FE02" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FE03" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="451" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FE04" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC8FE05" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="104" w:right="105"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>If data qualifiers are used to qualify samples not meeting QC requirements, the data may not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>useable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>intended</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>purposes.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>It</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is the responsibility of the laboratory to provide the client or end-user of the data with</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC8FE06" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sufficient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>determine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the usability of the qualified data.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BC8FE08" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="9"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="9"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="404E55CA" w14:textId="24A29E47" w:rsidR="002F4BC8" w:rsidRPr="009B075D" w:rsidRDefault="002F4BC8" w:rsidP="002F4BC8">
+    <w:p w14:paraId="2BC8FE09" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
       <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="95"/>
+        <w:ind w:left="200"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Additional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Comments:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE0A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="8"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE0B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="228" w:lineRule="auto"/>
+        <w:ind w:left="200" w:right="2996"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B075D">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:position w:val="1"/>
         </w:rPr>
-        <w:t>Stock Standard – Dissolve 3.819 g anhydrous NH</w:t>
+        <w:t>Stock</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B075D">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:vertAlign w:val="subscript"/>
+          <w:spacing w:val="-7"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>Standard</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>Dissolve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>3.819</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>anhydrous</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>NH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="12"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B075D">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:position w:val="1"/>
         </w:rPr>
-        <w:t>CL (dried at 100</w:t>
+        <w:t>CL</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B075D">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>(dried</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">0 </w:t>
+        <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B075D">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:spacing w:val="-13"/>
+          <w:position w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">C) in </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DD04A5" w:rsidRPr="009B075D">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:position w:val="1"/>
         </w:rPr>
-        <w:t>water and</w:t>
+        <w:t>C)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B075D">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dilute to 1000 mL.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:vertAlign w:val="subscript"/>
+          <w:position w:val="1"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009B075D">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:spacing w:val="-1"/>
+          <w:position w:val="1"/>
         </w:rPr>
-        <w:t>1.00mL = 1.00 mg N = 1.22 mg NH</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B075D">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:vertAlign w:val="subscript"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>dilute</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>1000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>mL. 1.00mL = 1.00 mg N = 1.22 mg NH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="12"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD83C32" w14:textId="77777777" w:rsidR="002F4BC8" w:rsidRPr="009B075D" w:rsidRDefault="002F4BC8" w:rsidP="002F4BC8">
+    <w:p w14:paraId="2BC8FE0C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="748A0D86" w14:textId="77777777" w:rsidR="002F4BC8" w:rsidRPr="009B075D" w:rsidRDefault="002F4BC8" w:rsidP="002F4BC8">
+    <w:p w14:paraId="2BC8FE0D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
       <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="200"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:position w:val="1"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009B075D">
+        <w:t>NOTE:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
         </w:rPr>
-        <w:t>NOTE: Data is reported as NH</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B075D">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:vertAlign w:val="subscript"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>reported</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>NH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="12"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B075D">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="12"/>
         </w:rPr>
-        <w:t xml:space="preserve"> –N, that is Ammonia as Nitrogen, so 1.00 mL of stock standard equals 1 mg of </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>–N,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>Ammonia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>Nitrogen,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>so</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>1.00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>mL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>stock</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>equals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>mg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t>of</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F35B2D5" w14:textId="77777777" w:rsidR="002F4BC8" w:rsidRPr="009B075D" w:rsidRDefault="002F4BC8" w:rsidP="002F4BC8">
+    <w:p w14:paraId="2BC8FE0E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
       <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="200" w:right="316"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ammonia</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:spacing w:val="-6"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009B075D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nitrogen. That</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>Ammonia nitrogen</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>solution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>equals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>mg/L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>concentration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Ammonia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Nitrogen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>difference</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>between</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1000</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1220 can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>calculated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>molecular</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>weights,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>NH3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>So</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>17÷14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>That</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>get</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>concentration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>mg/L for Ammonia as Nitrogen (N) and 1.22 mg/L for Ammonia (NH3)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1A779B" w14:textId="77777777" w:rsidR="002F4BC8" w:rsidRPr="009B075D" w:rsidRDefault="002F4BC8" w:rsidP="002F4BC8">
+    <w:p w14:paraId="2BC8FE0F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="646B7A9B" w14:textId="26DEF84E" w:rsidR="00BD165F" w:rsidRDefault="00BD165F" w:rsidP="00BD165F">
+    <w:p w14:paraId="2BC8FE10" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
       <w:pPr>
-        <w:spacing w:line="480" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="200"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00025C0C">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>Additional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00025C0C">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Comments: </w:t>
-[...15 lines deleted...]
-        <w:t>_________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>Comments:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D9996D7" w14:textId="77777777" w:rsidR="003B5326" w:rsidRDefault="001603A4" w:rsidP="00BD165F">
+    <w:p w14:paraId="2BC8FE11" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
       <w:pPr>
-        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A0149B">
+    </w:p>
+    <w:p w14:paraId="2BC8FE12" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE32">
+          <v:shape id="docshape5" o:spid="_x0000_s1037" alt="a line used to add written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.45pt;height:.1pt;z-index:-15727616;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,176" coordsize="10709,0" path="m720,176r10708,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE13" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE14" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE33">
+          <v:shape id="docshape6" o:spid="_x0000_s1036" alt="a line used to add written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.55pt;height:.1pt;z-index:-15727104;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,178" coordsize="10711,0" path="m720,178r10710,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE15" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE16" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE34">
+          <v:shape id="docshape7" o:spid="_x0000_s1035" alt="a line used to add written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.45pt;height:.1pt;z-index:-15726592;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,178" coordsize="10709,0" path="m720,178r10708,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE17" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE18" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE35">
+          <v:shape id="docshape8" o:spid="_x0000_s1034" alt="a line used to add written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.6pt;height:.1pt;z-index:-15726080;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,178" coordsize="10712,0" path="m720,178r10711,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE19" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE1A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE36">
+          <v:shape id="docshape9" o:spid="_x0000_s1033" alt="a line used to add written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.45pt;height:.1pt;z-index:-15725568;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,178" coordsize="10709,0" path="m720,178r10708,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE1B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE1C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE37">
+          <v:shape id="docshape10" o:spid="_x0000_s1032" alt="a line used to add written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.45pt;height:.1pt;z-index:-15725056;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,178" coordsize="10709,0" path="m720,178r10708,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE1D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE1E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE38">
+          <v:shape id="docshape11" o:spid="_x0000_s1031" alt="a line used to add written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.5pt;height:.1pt;z-index:-15724544;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,178" coordsize="10710,0" path="m720,178r10709,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE1F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE20" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE39">
+          <v:shape id="docshape12" o:spid="_x0000_s1030" alt="a line used to add written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.45pt;height:.1pt;z-index:-15724032;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,178" coordsize="10709,0" path="m720,178r10708,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE21" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE22" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE3A">
+          <v:shape id="docshape13" o:spid="_x0000_s1029" alt="a line used to add written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.55pt;height:.1pt;z-index:-15723520;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,178" coordsize="10711,0" path="m720,178r10711,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE23" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE24" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE3B">
+          <v:shape id="docshape14" o:spid="_x0000_s1028" alt="a line used to add written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.45pt;height:.1pt;z-index:-15723008;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,179" coordsize="10709,0" path="m720,179r10708,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE25" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE26" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE3C">
+          <v:shape id="docshape15" o:spid="_x0000_s1027" alt="a line used to add written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.45pt;height:.1pt;z-index:-15722496;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,178" coordsize="10709,0" path="m720,178r10708,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE27" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE28" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="2BC8FE3D">
+          <v:shape id="docshape16" o:spid="_x0000_s1026" alt="a line used for additional written notes" style="position:absolute;margin-left:36pt;margin-top:8.65pt;width:535.45pt;height:.1pt;z-index:-15721984;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text" coordorigin="720,178" coordsize="10709,0" path="m720,178r10709,e" filled="f" strokeweight=".57pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC8FE29" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE2A" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE2B" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00336C5D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC8FE2C" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7647"/>
+          <w:tab w:val="left" w:pos="10960"/>
+        </w:tabs>
+        <w:spacing w:before="94"/>
+        <w:ind w:left="200"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Inspector</w:t>
       </w:r>
-      <w:r w:rsidR="00036BE6" w:rsidRPr="00A0149B">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>: _</w:t>
-[...15 lines deleted...]
-        <w:t>Date: _</w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>_______________________________</w:t>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="003B5326" w:rsidSect="00550F20">
-[...2 lines deleted...]
-      <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
+    <w:sectPr w:rsidR="00336C5D">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="660" w:right="400" w:bottom="820" w:left="520" w:header="294" w:footer="566" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31657A93" w14:textId="77777777" w:rsidR="005F0BE2" w:rsidRDefault="005F0BE2">
+    <w:p w14:paraId="2BC8FE44" w14:textId="77777777" w:rsidR="00D462A1" w:rsidRDefault="00D462A1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CDB4F39" w14:textId="77777777" w:rsidR="005F0BE2" w:rsidRDefault="005F0BE2">
+    <w:p w14:paraId="2BC8FE46" w14:textId="77777777" w:rsidR="00D462A1" w:rsidRDefault="00D462A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationNotice" w:id="1">
-[...1 lines deleted...]
-  </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-[...21 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0A9EC390" w14:textId="77777777" w:rsidR="00DC2593" w:rsidRDefault="00DC2593" w:rsidP="00B82753">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2BC8FE3F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
     <w:pPr>
-      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-        <w:szCs w:val="16"/>
+        <w:sz w:val="13"/>
       </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...120 lines deleted...]
-      <w:t>3</w:t>
+      <w:pict w14:anchorId="2BC8FE41">
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="docshape3" o:spid="_x0000_s2049" type="#_x0000_t202" style="position:absolute;margin-left:35pt;margin-top:749.35pt;width:33.1pt;height:10.95pt;z-index:-16700928;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
+          <v:textbox inset="0,0,0,0">
+            <w:txbxContent>
+              <w:p w14:paraId="2BC8FE4F" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+                <w:pPr>
+                  <w:spacing w:before="14"/>
+                  <w:ind w:left="20"/>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-2"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>3/3/2021</w:t>
+                </w:r>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="page" anchory="page"/>
+        </v:shape>
+      </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CEF618D" w14:textId="77777777" w:rsidR="005F0BE2" w:rsidRDefault="005F0BE2">
+    <w:p w14:paraId="2BC8FE40" w14:textId="77777777" w:rsidR="00D462A1" w:rsidRDefault="00D462A1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C2C60B4" w14:textId="77777777" w:rsidR="005F0BE2" w:rsidRDefault="005F0BE2">
+    <w:p w14:paraId="2BC8FE42" w14:textId="77777777" w:rsidR="00D462A1" w:rsidRDefault="00D462A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-[...1 lines deleted...]
-  </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FDA1A3A" w14:textId="70522FB5" w:rsidR="000264A4" w:rsidRDefault="00635940" w:rsidP="000264A4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2BC8FE3E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...129 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
+      <w:pict w14:anchorId="2BC8FE40">
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="docshape2" o:spid="_x0000_s2050" type="#_x0000_t202" style="position:absolute;margin-left:35pt;margin-top:13.7pt;width:167.3pt;height:21.3pt;z-index:-16701440;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
+          <v:textbox inset="0,0,0,0">
+            <w:txbxContent>
+              <w:p w14:paraId="2BC8FE4D" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+                <w:pPr>
+                  <w:spacing w:before="14" w:line="184" w:lineRule="exact"/>
+                  <w:ind w:left="20"/>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Ammonia-</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-7"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>EPA</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-6"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Method</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-6"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>350.1,</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-4"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Rev.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-6"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>2.0</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-6"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-2"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>(1993)</w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="2BC8FE4E" w14:textId="77777777" w:rsidR="00336C5D" w:rsidRDefault="00D462A1">
+                <w:pPr>
+                  <w:ind w:left="64"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman"/>
+                    <w:sz w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>Page</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-2"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>2</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-2"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t>of</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:spacing w:val="-1"/>
+                    <w:sz w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman"/>
+                    <w:spacing w:val="-10"/>
+                    <w:sz w:val="18"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman"/>
+                    <w:spacing w:val="-10"/>
+                    <w:sz w:val="18"/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman"/>
+                    <w:spacing w:val="-10"/>
+                    <w:sz w:val="18"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman"/>
+                    <w:spacing w:val="-10"/>
+                    <w:sz w:val="18"/>
+                  </w:rPr>
+                  <w:t>9</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman"/>
+                    <w:spacing w:val="-10"/>
+                    <w:sz w:val="18"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="page" anchory="page"/>
+        </v:shape>
+      </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="166"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:noPunctuationKerning/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2053"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C16AFC"/>
-[...687 lines deleted...]
-    <w:rsid w:val="00FF12CB"/>
+    <w:rsidRoot w:val="00336C5D"/>
+    <w:rsid w:val="00160A25"/>
+    <w:rsid w:val="00336C5D"/>
+    <w:rsid w:val="00D462A1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2053"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="734DB603"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{FDAE69A4-DE57-4D9E-B035-2E61A0D67578}"/>
+  <w14:docId w14:val="2BC8FA3A"/>
+  <w15:docId w15:val="{6CC0A79D-44E9-4383-8041-51A6E431143C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15642,52 +40502,52 @@
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -15870,803 +40730,578 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:semiHidden/>
-    <w:rsid w:val="009E4313"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...15 lines deleted...]
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00B82753"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:ind w:left="325" w:right="442"/>
+      <w:jc w:val="center"/>
     </w:pPr>
-  </w:style>
-[...21 lines deleted...]
-    <w:rsid w:val="008C4DF6"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...10 lines deleted...]
-    <w:rPr>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...6 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
-[...45 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...94 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-[...1 lines deleted...]
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="616aef02-9798-44e7-9ab4-6529c8fdfa36">
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="97c26e27-a340-4306-98a7-c36055956ab5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="51980ef6cd0975cb1c5e76b62ba46071">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -16725,124 +41360,104 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8E2D922-EF33-4918-A02A-A2A8D4069616}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{970A9A2A-DF99-44F8-B6B6-0E2E67AA7A07}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="97c26e27-a340-4306-98a7-c36055956ab5"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B537D0C-7D8A-4769-9FDF-21BCC1FCFDA3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D115124D-65A5-4764-A0DE-DA5194BE7BEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D803F5B-6FBE-4C7C-A32B-B82C7E0B6DB4}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97079657-B199-4A4A-9233-A76BC0644938}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>19108</Characters>
+  <Pages>9</Pages>
+  <Words>4548</Words>
+  <Characters>23332</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>159</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>1372</Lines>
+  <Paragraphs>464</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>NC DENR DWQ Lab Certification</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22497</CharactersWithSpaces>
+  <CharactersWithSpaces>27416</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
-  <dc:subject/>
   <dc:creator>T_ Crawford</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2021-03-03T00:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word for Office 365</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2023-01-24T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word for Office 365</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>