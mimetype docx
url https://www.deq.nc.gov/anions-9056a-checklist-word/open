--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -1,60 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="327E0FF1" w14:textId="3EE9AD61" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="46B22216">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DEQ/DWR WASTEWATER/GROUNDWATER LABORATORY CERTIFICATION</w:t>
       </w:r>
       <w:r w:rsidR="001A0BA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> BRANCH</w:t>
@@ -79,379 +78,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w14:paraId="1E7D7E09" w14:textId="77777777" w:rsidTr="00671FBC">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2679FD10" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30EE226F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AABCB13" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B9A6E11" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w14:paraId="21B0939A" w14:textId="77777777" w:rsidTr="00671FBC">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F58DC7C" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F0F6A40" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D6BCDA0" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BBC4BB1" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w14:paraId="59B83813" w14:textId="77777777" w:rsidTr="00671FBC">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E1B4DAB" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="487F60FA" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w14:paraId="4A983AF9" w14:textId="77777777" w:rsidTr="00671FBC">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B4C2844" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03B179BF" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D1B5133" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -798,392 +785,396 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3318"/>
       </w:tblGrid>
       <w:tr w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w14:paraId="3787A5AF" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="488650F1" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63DBFCE6" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Balance, capable of accurately weighing to the nearest 0.0001 g.</w:t>
+              <w:t xml:space="preserve">Balance, capable of accurately </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="46B22216">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>weighing to the nearest</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="46B22216">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0.0001 g.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0981EB1C" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="582545B2" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anion separator column</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28EFA42B" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C79CBAF" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Detector- Conductivity cell- approximately 1.25 µL internal volume</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w14:paraId="7574E301" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69EBEB63" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AB21361" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ion Chromatograph Analytical System including:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C9E1E9F" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19097DF3" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anion analytical column: ______________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C3191FF" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34BA9863" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Filters: 0.45 µm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w14:paraId="41F10E0A" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2035A3C9" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1705BAEC" w14:textId="77777777" w:rsidR="006262D7" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anion guard column</w:t>
             </w:r>
             <w:r w:rsidR="001D168B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
@@ -1200,71 +1191,69 @@
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidRPr="00B743C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A4A6563" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="224EB465" w14:textId="77777777" w:rsidR="006262D7" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anion suppressor device</w:t>
             </w:r>
             <w:r w:rsidR="001D168B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
@@ -1273,71 +1262,69 @@
           <w:p w14:paraId="73206C0A" w14:textId="5D16D8DD" w:rsidR="001D168B" w:rsidRPr="00DE7B7F" w:rsidRDefault="00B743C4" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>______________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DDDBD1C" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EACB036" w14:textId="6493EF8E" w:rsidR="006262D7" w:rsidRPr="00DE7B7F" w:rsidRDefault="006B62A1" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="25A7486A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bomb with ≥ 300 mL capacity</w:t>
             </w:r>
             <w:r w:rsidR="001A1B70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (SW-846 5050)</w:t>
@@ -1385,361 +1372,349 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3318"/>
       </w:tblGrid>
       <w:tr w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w14:paraId="43F6ED45" w14:textId="77777777" w:rsidTr="46B22216">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="265F4751" w14:textId="77777777" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="00295F2D" w:rsidP="00F72759">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="303FA32D" w14:textId="77777777" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reagent water- should contain particles not larger than 0.20 µm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1463CA65" w14:textId="77777777" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="00295F2D" w:rsidP="00F72759">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53583E63" w14:textId="77777777" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Regeneration solution (if using a micro membrane suppressor)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B5E308E" w14:textId="77777777" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="00295F2D" w:rsidP="00F72759">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6779BA8F" w14:textId="61D2A3C2" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="00295F66" w:rsidP="00F72759">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00295F66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sodium bicarbonate/sodium carbonate solution</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00295F66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w14:paraId="1BF1D85B" w14:textId="77777777" w:rsidTr="46B22216">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72F94A6D" w14:textId="77777777" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="00295F2D" w:rsidP="00F72759">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60A93A0C" w14:textId="4F23662B" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="00746E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Eluent solution</w:t>
             </w:r>
             <w:r w:rsidR="001D168B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="001D168B" w:rsidRPr="001D168B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5724C157" w14:textId="77777777" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="00295F2D" w:rsidP="00F72759">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3819FE6C" w14:textId="77777777" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock standard solutions, 1000 mg/L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58424A94" w14:textId="77777777" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="00295F2D" w:rsidP="00F72759">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0233E556" w14:textId="532623B9" w:rsidR="00295F2D" w:rsidRPr="00DE7B7F" w:rsidRDefault="006C728D" w:rsidP="00F72759">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C728D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>White oil</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; r</w:t>
@@ -1797,96 +1772,116 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="5220"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="3960"/>
         <w:gridCol w:w="10"/>
       </w:tblGrid>
       <w:tr w:rsidR="00560E41" w:rsidRPr="00DE7B7F" w14:paraId="7F1F44D4" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10551" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6235E781" w14:textId="77777777" w:rsidR="008B148B" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48FF2445" w14:textId="77777777" w:rsidR="00560E41" w:rsidRPr="00702F8F" w:rsidRDefault="46B22216" w:rsidP="46B22216">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00702F8F">
+            <w:r w:rsidRPr="0001307C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-              <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0001307C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and in the column</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0001307C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5BF6" w:rsidRPr="00DE7B7F" w14:paraId="393DAA52" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DA06A14" w14:textId="77777777" w:rsidR="007A5BF6" w:rsidRPr="00DE7B7F" w:rsidRDefault="007A5BF6" w:rsidP="007A5BF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2400,51 +2395,71 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BED42AB" w14:textId="6C5B2AFE" w:rsidR="00F54EF2" w:rsidRPr="00C40A5F" w:rsidRDefault="00F54EF2" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control and SOP documents.</w:t>
+              <w:t xml:space="preserve">Each laboratory shall have a formal process to track and document review dates and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>any revisions</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> made in all quality assurance, quality control and SOP documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C1BD9" w:rsidRPr="00DE7B7F" w14:paraId="0785ACA6" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42752EB7" w14:textId="0868519C" w:rsidR="006C1BD9" w:rsidRPr="00DE7B7F" w:rsidRDefault="006C1BD9" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
@@ -2732,75 +2747,73 @@
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0022315B" w:rsidRPr="00DE7B7F" w14:paraId="04D02AB7" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B91E84F" w14:textId="63C549DD" w:rsidR="0022315B" w:rsidRPr="00DE7B7F" w:rsidRDefault="0022315B" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6789DF6F" w14:textId="77777777" w:rsidR="0022315B" w:rsidRDefault="0022315B" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="507801DA" w14:textId="7FE72CE0" w:rsidR="0022315B" w:rsidRDefault="0022315B" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2897,91 +2910,88 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44BDE8C0" w14:textId="77777777" w:rsidR="0022315B" w:rsidRPr="46B22216" w:rsidRDefault="0022315B" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4496D71B" w14:textId="77777777" w:rsidR="0022315B" w:rsidRPr="46B22216" w:rsidRDefault="0022315B" w:rsidP="46B22216">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69C6F9FA" w14:textId="77777777" w:rsidR="0022315B" w:rsidRPr="46B22216" w:rsidRDefault="0022315B" w:rsidP="46B22216">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1170DD7D" w14:textId="77777777" w:rsidR="0022315B" w:rsidRDefault="0022315B" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31EDCCF1" w14:textId="24E86437" w:rsidR="002C65EB" w:rsidRDefault="006B131A" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B131A">
               <w:rPr>
@@ -3090,75 +3100,73 @@
           <w:p w14:paraId="5A583403" w14:textId="77777777" w:rsidR="002C65EB" w:rsidRPr="00295547" w:rsidRDefault="002C65EB" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w14:paraId="3D089276" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="410356DE" w14:textId="22AF8512" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A37885" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="382858D1" w14:textId="157FCF9F" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples preserved at ≤6°C without evidence of fre</w:t>
             </w:r>
             <w:r w:rsidR="00337A67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3172,83 +3180,80 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 9056A</w:t>
             </w:r>
             <w:r w:rsidR="006B131A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Section 8.2</w:t>
             </w:r>
             <w:r w:rsidR="006B131A" w:rsidRPr="006B131A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7EE41F6A" w14:textId="77777777" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A37885" w:rsidP="007501FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="10962F61" w14:textId="77777777" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A37885" w:rsidP="007501FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77D4E2AA" w14:textId="0F95B291" w:rsidR="00B9299D" w:rsidRPr="00DE7B7F" w:rsidRDefault="006B131A" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B131A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Preserve samples at </w:t>
             </w:r>
             <w:r w:rsidR="00513BF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>≤</w:t>
@@ -3278,200 +3283,193 @@
               <w:t>°</w:t>
             </w:r>
             <w:r w:rsidRPr="006B131A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w14:paraId="5125ED0B" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A21626D" w14:textId="3D404574" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A37885" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DC9E6A8" w14:textId="1CA63B84" w:rsidR="00B9299D" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are Nitrate, Nitrite, and Orthophosphate samples analyzed within 48 hours of collection? </w:t>
             </w:r>
             <w:r w:rsidR="006B131A" w:rsidRPr="006B131A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 9056A, Section 8.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="55A2ACEC" w14:textId="77777777" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A37885" w:rsidP="007501FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5CD0B72B" w14:textId="77777777" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A37885" w:rsidP="007501FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E0FD9DE" w14:textId="77777777" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A37885" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w14:paraId="3155E92C" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37039F34" w14:textId="65B54DA7" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A37885" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20FF706C" w14:textId="6EA0B3A4" w:rsidR="00B9299D" w:rsidRPr="00DE7B7F" w:rsidRDefault="7BEC51F8" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7BEC51F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are Bromide, Chloride, Fluoride</w:t>
             </w:r>
             <w:r w:rsidR="00C3740B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3496,89 +3494,86 @@
             </w:r>
             <w:r w:rsidR="0092599C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="006B131A" w:rsidRPr="006B131A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0288B39C" w14:textId="77777777" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A37885" w:rsidP="007501FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="515F0904" w14:textId="77777777" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A37885" w:rsidP="007501FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45E9B1C7" w14:textId="77777777" w:rsidR="00A37885" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A37885" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A5BF6" w:rsidRPr="00DE7B7F" w14:paraId="74D7EFF1" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3762,78 +3757,76 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C2387" w:rsidRPr="00DE7B7F" w14:paraId="79383CC7" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B1CE8F7" w14:textId="331062BD" w:rsidR="004C2387" w:rsidRPr="00DE7B7F" w:rsidRDefault="004C2387" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="51782BD6" w14:textId="77777777" w:rsidR="00F54EF2" w:rsidRDefault="00F54EF2" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F80144D" w14:textId="68DF6451" w:rsidR="004C2387" w:rsidRDefault="004C2387" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3935,93 +3928,101 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15B2ECA7" w14:textId="77777777" w:rsidR="004C2387" w:rsidRPr="00DE7B7F" w:rsidRDefault="004C2387" w:rsidP="004C2387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C2D8C2D" w14:textId="77777777" w:rsidR="004C2387" w:rsidRPr="00DE7B7F" w:rsidRDefault="004C2387" w:rsidP="004C2387">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A675517" w14:textId="77777777" w:rsidR="004C2387" w:rsidRPr="00DE7B7F" w:rsidRDefault="004C2387" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2387">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Any species with a retention time similar to</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Any species with a retention time </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C2387">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>similar to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2387">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>that of the desired anion will interfere.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2387">
@@ -4072,114 +4073,148 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2387">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>levels of organic acids that may interfere with inorganic anion analysis may be present in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2387">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>industrial wastes. Two common species, formate and acetate, elute between fluoride and</w:t>
+              <w:t xml:space="preserve">industrial </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C2387">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>wastes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C2387">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Two common species, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004C2387">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>formate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004C2387">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and acetate, elute between fluoride and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2387">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>chloride.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42E30" w:rsidRPr="00DE7B7F" w14:paraId="0B6C3133" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D808DEF" w14:textId="16A8BCB0" w:rsidR="00C42E30" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C42E30" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47D1FC8A" w14:textId="07DBD477" w:rsidR="00C86300" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the water dip or negative peak is interfering with the fluoride peak, is the equivalent of 1 mL of concentrated eluent added to 100</w:t>
             </w:r>
             <w:r w:rsidR="00AB1688">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4215,115 +4250,130 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DD21791" w14:textId="77777777" w:rsidR="00C42E30" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C42E30" w:rsidP="00C42E30">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FDF02EB" w14:textId="77777777" w:rsidR="00C42E30" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C42E30" w:rsidP="00C42E30">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="097FEB22" w14:textId="77777777" w:rsidR="00C42E30" w:rsidRPr="00DE7B7F" w:rsidRDefault="004C2387" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2387">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>The water dip or negative peak that elutes near, and can interfere with, the fluoride</w:t>
+              <w:t xml:space="preserve">The water dip or negative peak that </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C2387">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>elutes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C2387">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> near, and can interfere with, the fluoride</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2387">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>peak can usually be eliminated by the addition of the equivalent of 1 mL of concentrated eluent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -4363,78 +4413,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>standard and sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42E30" w:rsidRPr="00DE7B7F" w14:paraId="3A374414" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50A82DB2" w14:textId="625B5F1D" w:rsidR="00C42E30" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C42E30" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EEDDA08" w14:textId="588C7B67" w:rsidR="00C42E30" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples that contain particles larger than 0.45 µm and</w:t>
             </w:r>
             <w:r w:rsidR="002F2EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4478,97 +4526,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00383C52" w:rsidRPr="00383C52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65D252F9" w14:textId="77777777" w:rsidR="00C42E30" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C42E30" w:rsidP="00C42E30">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50C61424" w14:textId="77777777" w:rsidR="00C42E30" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C42E30" w:rsidP="00C42E30">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59FF8251" w14:textId="1FF0465F" w:rsidR="00C42E30" w:rsidRPr="00DE7B7F" w:rsidRDefault="00383C52" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="25A7486A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Samples that contain particles larger than 0.45 </w:t>
             </w:r>
             <w:r w:rsidR="0052437A" w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4777,72 +4822,70 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B743C4" w:rsidRPr="00DE7B7F" w14:paraId="54F618DE" w14:textId="77777777" w:rsidTr="007111B7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53128F3F" w14:textId="665CB7B2" w:rsidR="00B743C4" w:rsidRPr="00DE7B7F" w:rsidRDefault="00B743C4" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28A37D3A" w14:textId="77777777" w:rsidR="00B743C4" w:rsidRDefault="0048043D" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How a</w:t>
             </w:r>
             <w:r w:rsidR="00B743C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5053,86 +5096,120 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6287B607" w14:textId="77777777" w:rsidR="00B743C4" w:rsidRPr="00DE7B7F" w:rsidRDefault="00B743C4" w:rsidP="00B743C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B5F274D" w14:textId="77777777" w:rsidR="00B743C4" w:rsidRPr="00DE7B7F" w:rsidRDefault="00B743C4" w:rsidP="00B743C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C659A8E" w14:textId="1EB7D6B6" w:rsidR="00CF3470" w:rsidRDefault="0048043D" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The method does not specify how the aqueous extract of solids are prepared. </w:t>
+              <w:t xml:space="preserve">The method does not specify how the aqueous </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>extract</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of solids </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prepared. </w:t>
             </w:r>
             <w:r w:rsidR="00DC2B98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The SOP must </w:t>
             </w:r>
             <w:r w:rsidR="00F1706A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">describe </w:t>
             </w:r>
             <w:r w:rsidR="00EA57D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
@@ -5440,72 +5517,70 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B063FB" w:rsidRPr="00DE7B7F" w14:paraId="37014282" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53FE33D5" w14:textId="0E00118B" w:rsidR="00B063FB" w:rsidRPr="00DE7B7F" w:rsidRDefault="00B063FB" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A17659E" w14:textId="29BD765D" w:rsidR="00B063FB" w:rsidRPr="00DE7B7F" w:rsidRDefault="46B22216" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are IC operating parameters equivalent to those listed in Table 1</w:t>
             </w:r>
             <w:r w:rsidR="00F54EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5588,124 +5663,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="426AF5C7" w14:textId="77777777" w:rsidR="00B063FB" w:rsidRPr="00DE7B7F" w:rsidRDefault="00B063FB" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C63AD6F" w14:textId="0F7F30AA" w:rsidR="00B063FB" w:rsidRPr="00DE7B7F" w:rsidRDefault="00B063FB" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA3E48" w:rsidRPr="00DE7B7F" w14:paraId="1FC992E4" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46613E22" w14:textId="33ADA7DC" w:rsidR="00EA3E48" w:rsidRPr="00DE7B7F" w:rsidRDefault="00EA3E48" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B996E14" w14:textId="23B04FE9" w:rsidR="00EA3E48" w:rsidRPr="00DE7B7F" w:rsidRDefault="000C1603" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is </w:t>
-            </w:r>
+              <w:t>Is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000C1603">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a blank</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="0015197A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="000C1603">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidRPr="000C1603">
@@ -5829,168 +5913,192 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="497D411B" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00DE7B7F" w:rsidRDefault="00EA3E48" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6537912F" w14:textId="2EEEFD7F" w:rsidR="00EA3E48" w:rsidRPr="00DE7B7F" w:rsidRDefault="00146205" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00146205">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For each analyte of interest, prepare a blank</w:t>
             </w:r>
             <w:r w:rsidR="0015197A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00146205">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and calibration standards at a minimum of three concentrations by adding accurately measured volumes of one or more stock standards to a Class A volumetric flask and diluting to volume with reagent water.  A sufficient number of standards must be analyzed to allow an accurate calibration curve to be established. One of the standards </w:t>
+              <w:t xml:space="preserve"> and calibration standards at a minimum of three concentrations by adding accurately measured volumes of one or more stock standards to a Class A volumetric flask and diluting to volume with reagent water.  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00146205">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A sufficient number of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00146205">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> standards must be analyzed to allow an accurate calibration curve to be established. One of the standards </w:t>
             </w:r>
             <w:r w:rsidR="001C376C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">must </w:t>
             </w:r>
             <w:r w:rsidRPr="00146205">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">be representative of a concentration at or below the laboratory’s lower </w:t>
             </w:r>
             <w:r w:rsidR="001C376C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">reporting </w:t>
             </w:r>
             <w:r w:rsidRPr="00146205">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>limit</w:t>
             </w:r>
             <w:r w:rsidR="001C376C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">. The </w:t>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="001C376C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidRPr="00146205">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>other standards should correspond to the range of concentrations expected in the sample or should define the working range of the detector.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F2624" w:rsidRPr="00DE7B7F" w14:paraId="23C233BD" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DA11692" w14:textId="280D7CC3" w:rsidR="002F2624" w:rsidRPr="00DE7B7F" w:rsidRDefault="002F2624" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57EBD965" w14:textId="22351633" w:rsidR="002F2624" w:rsidRDefault="002F2624" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are calibration standards analyzed in order of increasing concentration?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
@@ -6033,51 +6141,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DA836F4" w14:textId="77777777" w:rsidR="002F2624" w:rsidRPr="00DE7B7F" w:rsidRDefault="002F2624" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="295101E3" w14:textId="128D4726" w:rsidR="002F2624" w:rsidRPr="002F2624" w:rsidRDefault="002F2624" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After a stable baseline is obtained</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6099,97 +6206,114 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>standards starting with the lowest concentration standard and increasing in concentration to the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>highest standard. Use a fixed injection volume between 25 and 100 μL (determined by injection</w:t>
+              <w:t xml:space="preserve">highest standard. Use a fixed injection volume between 25 and 100 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F2624">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>μL</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F2624">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (determined by injection</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>loop volume) for each calibration standard. Record the peak area responses and retention</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>times for each analyte.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00660FED" w:rsidRPr="00DE7B7F" w14:paraId="7A23D553" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="495DC3BE" w14:textId="28781683" w:rsidR="00660FED" w:rsidRPr="00DE7B7F" w:rsidRDefault="00660FED" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6271,104 +6395,101 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47372955" w14:textId="77777777" w:rsidR="00660FED" w:rsidRPr="00DE7B7F" w:rsidRDefault="00660FED" w:rsidP="00660FED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A397AAC" w14:textId="1EF8CE37" w:rsidR="00660FED" w:rsidRPr="002F2624" w:rsidRDefault="00660FED" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See explanation above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF23A4" w:rsidRPr="00DE7B7F" w14:paraId="2C3C8BBE" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="2204"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="684C2399" w14:textId="220478FB" w:rsidR="00FF23A4" w:rsidRPr="00EC6F57" w:rsidRDefault="00FF23A4" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2CC11E58" w14:textId="77777777" w:rsidR="00F54EF2" w:rsidRPr="00F54EF2" w:rsidRDefault="00F54EF2" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="445C59FC" w14:textId="23BF7892" w:rsidR="00FF23A4" w:rsidRPr="00F54EF2" w:rsidRDefault="46B22216" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -6481,51 +6602,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="225CC6E5" w14:textId="77777777" w:rsidR="00FF23A4" w:rsidRPr="00F54EF2" w:rsidRDefault="00FF23A4" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C47094C" w14:textId="1A4EEDCA" w:rsidR="00FF23A4" w:rsidRPr="00F54EF2" w:rsidRDefault="46B22216" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F54EF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The width of the retention time window used to make identifications should be based upon measurements of actual retention time variations of standards over the course of the day</w:t>
             </w:r>
             <w:r w:rsidR="00B31F8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6662,85 +6782,102 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FD554AC" w14:textId="77777777" w:rsidR="0046265E" w:rsidRPr="00DE7B7F" w:rsidRDefault="0046265E" w:rsidP="00F538FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="161E2A78" w14:textId="37485184" w:rsidR="0046265E" w:rsidRDefault="002F2624" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Establish the individual analyte calibration curves by plotting the peak area</w:t>
             </w:r>
             <w:r w:rsidR="00660FED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>responses for each standard against the corresponding concentrations. Use a least squares</w:t>
+              <w:t xml:space="preserve">responses for each standard against the corresponding concentrations. Use </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002F2624">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002F2624">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> least squares</w:t>
             </w:r>
             <w:r w:rsidR="00660FED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>linear</w:t>
             </w:r>
             <w:r w:rsidR="00660FED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -6855,72 +6992,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Method 8000 for additional guidance on calibration procedures.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A72876" w:rsidRPr="00DE7B7F" w14:paraId="2B220C87" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="460B1379" w14:textId="02699EE7" w:rsidR="00A72876" w:rsidRDefault="00A72876" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31F6D190" w14:textId="092FB3F8" w:rsidR="00A72876" w:rsidRPr="46B22216" w:rsidRDefault="00A72876" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the initial calibration curve verified with an I</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -7021,120 +7156,117 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="750E1831" w14:textId="77777777" w:rsidR="00A72876" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A72876" w:rsidP="00A72876">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38C2FAF3" w14:textId="44ABF762" w:rsidR="00A72876" w:rsidRPr="002F2624" w:rsidRDefault="00A72876" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Verify the accuracy of the initial calibration curve by analyzing an initial calibration</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">verification (ICV) standard. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A72876" w:rsidRPr="00DE7B7F" w14:paraId="1F60F9C5" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C8B445E" w14:textId="2901A989" w:rsidR="00A72876" w:rsidRDefault="00A72876" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55CA87AA" w14:textId="353BC48F" w:rsidR="00A72876" w:rsidRPr="46B22216" w:rsidRDefault="00A72876" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidRPr="003C0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -7217,104 +7349,101 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43CBBCD9" w14:textId="77777777" w:rsidR="00A72876" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A72876" w:rsidP="00A72876">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A18AAE5" w14:textId="50F06AEE" w:rsidR="00A72876" w:rsidRPr="002F2624" w:rsidRDefault="00A72876" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The ICV standard must be prepared from an independent (second source) material at or near the mid-range of the calibration curve. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A72876" w:rsidRPr="00DE7B7F" w14:paraId="4C020C94" w14:textId="77777777" w:rsidTr="006453CF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BF7CF59" w14:textId="3FD1A74B" w:rsidR="00A72876" w:rsidRDefault="00A72876" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FDCCF13" w14:textId="77777777" w:rsidR="00A72876" w:rsidRDefault="00A72876" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for ICV standard?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -7387,104 +7516,119 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38E65E5D" w14:textId="77777777" w:rsidR="00A72876" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A72876" w:rsidP="00A72876">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78BED519" w14:textId="32521910" w:rsidR="00A72876" w:rsidRPr="002F2624" w:rsidRDefault="00A72876" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The acceptance criteria for the ICV standard must be no greater than ± 10% of its true value. </w:t>
+              <w:t xml:space="preserve">The acceptance criteria for the ICV standard must be no greater </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C0FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>than ± 10</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% of its true value. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A72876" w:rsidRPr="00DE7B7F" w14:paraId="6DD3AFC9" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E27F435" w14:textId="690BAD67" w:rsidR="00A72876" w:rsidRDefault="00A72876" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A198F25" w14:textId="77777777" w:rsidR="00A72876" w:rsidRDefault="00A72876" w:rsidP="00897527">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
@@ -7652,51 +7796,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78FC6C33" w14:textId="77777777" w:rsidR="00A72876" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A72876" w:rsidP="00A72876">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D394B8C" w14:textId="77777777" w:rsidR="00A72876" w:rsidRDefault="00A72876" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rule: If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A1409F6" w14:textId="77777777" w:rsidR="00A72876" w:rsidRDefault="00A72876" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7762,51 +7905,69 @@
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and the instrument</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>recalibrated before samples are analyzed. The analysis data for the ICV must be kept on file</w:t>
+              <w:t xml:space="preserve">recalibrated before samples are analyzed. The analysis data for the ICV must be kept </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C0FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0FD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> file</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003C0FD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>with the sample analysis data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0051189E" w:rsidRPr="00DE7B7F" w14:paraId="04C1BBAF" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
@@ -7958,72 +8119,70 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0051189E" w:rsidRPr="00DE7B7F" w14:paraId="7900DEE9" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0145B503" w14:textId="00083B5D" w:rsidR="0051189E" w:rsidRPr="00DE7B7F" w:rsidRDefault="0051189E" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20F430ED" w14:textId="7E232EAF" w:rsidR="0051189E" w:rsidRDefault="00C15FD6" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is done if more resolution is needed between peaks</w:t>
             </w:r>
             <w:r w:rsidR="0051189E" w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8181,112 +8340,109 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18D19926" w14:textId="77777777" w:rsidR="0051189E" w:rsidRPr="00DE7B7F" w:rsidRDefault="0051189E" w:rsidP="0051189E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FCE50DD" w14:textId="776072EA" w:rsidR="0051189E" w:rsidRPr="004C1C23" w:rsidRDefault="00C15FD6" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Separation can be improved by adjusting the eluent concentration and/or flow rate</w:t>
             </w:r>
             <w:r w:rsidR="0051189E" w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00642734" w:rsidRPr="00DE7B7F" w14:paraId="4C795EA3" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="065822E0" w14:textId="56DA0453" w:rsidR="00642734" w:rsidRPr="00DE7B7F" w:rsidRDefault="00642734" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E3E8CCA" w14:textId="73121EF7" w:rsidR="00642734" w:rsidRPr="46B22216" w:rsidRDefault="00642734" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are sample dilutions made with eluent?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00642734">
               <w:rPr>
@@ -8367,69 +8523,86 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26A28877" w14:textId="77777777" w:rsidR="00642734" w:rsidRPr="00DE7B7F" w:rsidRDefault="00642734" w:rsidP="0051189E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C59D011" w14:textId="7FEB130F" w:rsidR="00901471" w:rsidRDefault="00901471" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F572AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Aqueous extracts of solids and oils from the bomb would be diluted with water and all other aqueous samples would be diluted with eluent.</w:t>
+              <w:t xml:space="preserve">Aqueous extracts of solids and oils from the bomb would be diluted with water and all other aqueous samples would be diluted with </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F572AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>eluent</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F572AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CE16A83" w14:textId="77777777" w:rsidR="00901471" w:rsidRDefault="00901471" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0691EEDB" w14:textId="4DB27223" w:rsidR="00BF295A" w:rsidRDefault="00C06AF1" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8437,51 +8610,69 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.1.3</w:t>
             </w:r>
             <w:r w:rsidR="00F572AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="00BF295A" w:rsidRPr="00BF295A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Any dilutions required in analyzing other water samples should be made with the eluent solution.</w:t>
+              <w:t xml:space="preserve">Any dilutions required in analyzing other water samples should be made with </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00BF295A" w:rsidRPr="00BF295A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00BF295A" w:rsidRPr="00BF295A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eluent solution.</w:t>
             </w:r>
             <w:r w:rsidR="00901471">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A6B2AF7" w14:textId="77777777" w:rsidR="00901471" w:rsidRDefault="00901471" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5B8C9880" w14:textId="2CDA7A92" w:rsidR="00642734" w:rsidRDefault="00F572AF" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8587,72 +8778,70 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="445A04DD" w14:textId="2A3C6807" w:rsidR="00F572AF" w:rsidRPr="46B22216" w:rsidRDefault="00F572AF" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A52724" w:rsidRPr="00DE7B7F" w14:paraId="3C21C405" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7990B24F" w14:textId="77777777" w:rsidR="00A52724" w:rsidRDefault="00A52724" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F157A4F" w14:textId="62FD02D1" w:rsidR="00A52724" w:rsidRDefault="000E0B74" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E0B74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the water dip or negative peak is interfering with the fluoride peak, is the equivalent of 1 mL of concentrated eluent </w:t>
             </w:r>
             <w:r w:rsidR="00C24824" w:rsidRPr="00C24824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8725,51 +8914,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0508C6BE" w14:textId="77777777" w:rsidR="00A52724" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A52724" w:rsidP="0051189E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CBD1029" w14:textId="77777777" w:rsidR="00A52724" w:rsidRPr="00BF295A" w:rsidRDefault="00A52724" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0051189E" w:rsidRPr="00DE7B7F" w14:paraId="1D91FE6C" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
@@ -8893,156 +9081,152 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A70253" w:rsidRPr="00DE7B7F" w14:paraId="2B0C3791" w14:textId="77777777" w:rsidTr="006453CF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01448C82" w14:textId="77777777" w:rsidR="00A70253" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A70253" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DCF1A10" w14:textId="4CA901BE" w:rsidR="00A70253" w:rsidRDefault="00040565" w:rsidP="00497C55">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040565">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does the lab perform IDOCs for new staff or when significant instrumentation changes are made?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002922A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 9056A, Section 9.2</w:t>
             </w:r>
             <w:r w:rsidR="0084420C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D27B28D" w14:textId="77777777" w:rsidR="00A70253" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A70253" w:rsidP="004326B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06F9AF41" w14:textId="77777777" w:rsidR="00A70253" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A70253" w:rsidP="004326B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B1E5BD9" w14:textId="77777777" w:rsidR="003F758D" w:rsidRPr="003F758D" w:rsidRDefault="003F758D" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F758D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory must demonstrate initial proficiency with the sample preparation and</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36B67C48" w14:textId="77777777" w:rsidR="003F758D" w:rsidRPr="003F758D" w:rsidRDefault="003F758D" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9070,51 +9254,69 @@
             </w:pPr>
             <w:r w:rsidRPr="003F758D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>precision for the target analyte in a clean matrix. The laboratory must also repeat the</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33C516E6" w14:textId="16DBB099" w:rsidR="00A70253" w:rsidRPr="00957D97" w:rsidRDefault="003F758D" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F758D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>demonstration of proficiency whenever new staff members are trained or significant changes in</w:t>
+              <w:t xml:space="preserve">demonstration of proficiency whenever new staff members </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F758D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003F758D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> trained or significant changes in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F758D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>instrumentation are made. See Method 8000</w:t>
             </w:r>
             <w:r w:rsidR="0084420C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> D</w:t>
             </w:r>
@@ -9148,72 +9350,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F758D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>demonstration of proficiency.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w14:paraId="4ADF223E" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F3BF599" w14:textId="04E4BE12" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D7725E3" w14:textId="5829C15F" w:rsidR="004326B4" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the Lower Limit of Quantitation for </w:t>
             </w:r>
             <w:r w:rsidR="005B4697">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9387,51 +9587,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="464D02F1" w14:textId="77777777" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="004326B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1376AD32" w14:textId="6DB474AB" w:rsidR="004326B4" w:rsidRPr="46B22216" w:rsidRDefault="004326B4" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00957D97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory should establish the LLOQ for each analyte as the lowest reliable</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9467,101 +9666,109 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00957D97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">requirements. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w14:paraId="718117FE" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DFCC2EA" w14:textId="565C7874" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44CE6FA3" w14:textId="78403746" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are recoveries for LLOQ standards</w:t>
             </w:r>
             <w:r w:rsidR="008C5FA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> analyzed or back-calculated</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> analyzed or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="008C5FA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>back-calculated</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> within 50% of their true values?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 9056A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9592,51 +9799,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ED88082" w14:textId="77777777" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="00660FED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12C6D90A" w14:textId="752333BD" w:rsidR="004326B4" w:rsidRPr="46B22216" w:rsidRDefault="004326B4" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analysis of a standard prepared at the LLOQ concentration levels or use of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9658,60 +9864,70 @@
               </w:rPr>
               <w:t xml:space="preserve"> concentration</w:t>
             </w:r>
             <w:r w:rsidR="006665AF" w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">as the lowest point calibration standard </w:t>
             </w:r>
             <w:r w:rsidR="00291E2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>and then back-</w:t>
+              <w:t xml:space="preserve">and then </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00291E2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>back-</w:t>
             </w:r>
             <w:r w:rsidR="00A17D07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>calculated</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00291E2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> against the curve </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>provides confirmation of the established</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
@@ -9728,175 +9944,189 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F2624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>the data reporting limit.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w14:paraId="4B301275" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="375F509F" w14:textId="1146472E" w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A57B4E" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EA4A2A0" w14:textId="6B06ADFD" w:rsidR="00A57B4E" w:rsidRPr="00893E48" w:rsidRDefault="00A57B4E" w:rsidP="00897527">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is a Continuing Calibration Verification (CCV) standard prepared from the same source as the calibration standards and at a </w:t>
+              <w:t xml:space="preserve">Is </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a Continuing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Calibration Verification (CCV) standard prepared from the same source as the calibration standards and at a </w:t>
             </w:r>
             <w:r w:rsidRPr="004326B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>concentration at or near the mid-range of the calibration curve? [SW-846 9056A, Section 10.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="004326B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CFFBD2C" w14:textId="77777777" w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A57B4E" w:rsidP="00A57B4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A093427" w14:textId="77777777" w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A57B4E" w:rsidP="00A57B4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E2276B0" w14:textId="340E946C" w:rsidR="00A57B4E" w:rsidRPr="003C0FD0" w:rsidRDefault="00A57B4E" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004326B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Verify the accuracy of the working calibration curve on each working day, or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9932,72 +10162,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004326B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>should be made from the same material as the initial calibration standards at or near mid-range.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w14:paraId="49AFF796" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50BF299A" w14:textId="50256E47" w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A57B4E" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50ABE464" w14:textId="1648A58B" w:rsidR="00A57B4E" w:rsidRPr="00893E48" w:rsidRDefault="00A57B4E" w:rsidP="00897527">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
@@ -10041,138 +10269,134 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 2H .0805 (a) (7) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="004326B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D65BC4C" w14:textId="77777777" w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A57B4E" w:rsidP="00A57B4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72F5A5FE" w14:textId="77777777" w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A57B4E" w:rsidP="00A57B4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54EE012D" w14:textId="54A48279" w:rsidR="00A57B4E" w:rsidRPr="003C0FD0" w:rsidRDefault="00A57B4E" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004326B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A calibration blank and calibration verification standard shall be analyzed prior to sample analysis, after every tenth sample, and at the end of each sample group, unless otherwise specified by the method, to check for carryover and calibration drift.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w14:paraId="44D7E2EF" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A12D0F4" w14:textId="470474A0" w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A57B4E" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EE6DBFD" w14:textId="370586D0" w:rsidR="00A57B4E" w:rsidRPr="00893E48" w:rsidRDefault="00A57B4E" w:rsidP="00897527">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
@@ -10224,85 +10448,83 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A57B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 9056A, Section 10.7]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="499226FE" w14:textId="77777777" w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A57B4E" w:rsidP="00A57B4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06EEACF4" w14:textId="77777777" w:rsidR="00A57B4E" w:rsidRPr="00DE7B7F" w:rsidRDefault="00A57B4E" w:rsidP="00A57B4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D6DB57B" w14:textId="6079F472" w:rsidR="00A57B4E" w:rsidRPr="003C0FD0" w:rsidRDefault="00A57B4E" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See explanation from Question </w:t>
             </w:r>
             <w:r w:rsidR="00642734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10314,72 +10536,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00642734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C47A6" w:rsidRPr="00DE7B7F" w14:paraId="0537E33E" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D0D4F14" w14:textId="10FAF5CB" w:rsidR="007C47A6" w:rsidRPr="00DE7B7F" w:rsidRDefault="007C47A6" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="629F8F40" w14:textId="0F1DF514" w:rsidR="007C47A6" w:rsidRPr="00893E48" w:rsidRDefault="007C47A6" w:rsidP="00897527">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
@@ -10524,51 +10744,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="363BDC7B" w14:textId="77777777" w:rsidR="007C47A6" w:rsidRPr="00DE7B7F" w:rsidRDefault="007C47A6" w:rsidP="007C47A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D293FBE" w14:textId="4D877491" w:rsidR="007C47A6" w:rsidRDefault="007C47A6" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">9056A: </w:t>
             </w:r>
             <w:r w:rsidRPr="007C47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10728,72 +10947,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>laboratory environment, sample processing equipment, and/or reagents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00020F97" w:rsidRPr="00DE7B7F" w14:paraId="6F5B043F" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3770CAD5" w14:textId="77777777" w:rsidR="00020F97" w:rsidRPr="00DE7B7F" w:rsidRDefault="00020F97" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D222664" w14:textId="001EB2D2" w:rsidR="00020F97" w:rsidRPr="00DE7B7F" w:rsidRDefault="00020F97" w:rsidP="00897527">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
@@ -10851,147 +11068,162 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A5B231E" w14:textId="77777777" w:rsidR="00020F97" w:rsidRPr="00DE7B7F" w:rsidRDefault="00020F97" w:rsidP="007C47A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="455F2D56" w14:textId="0C7E6555" w:rsidR="00020F97" w:rsidRDefault="00B874F7" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See explanation above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E67A02" w:rsidRPr="00DE7B7F" w14:paraId="37B27CE9" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="023A2533" w14:textId="06B43428" w:rsidR="00E67A02" w:rsidRPr="00DE7B7F" w:rsidRDefault="00E67A02" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3693B21E" w14:textId="30D510C7" w:rsidR="00E67A02" w:rsidRDefault="00E67A02" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion of the method blank</w:t>
             </w:r>
             <w:r w:rsidRPr="007A0478">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidRPr="00A47004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>15A NCAC 2H .0805 (a) (7) (H) (i)</w:t>
+              <w:t>15A NCAC 2H .0805 (a) (7) (H) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A47004">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A47004">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="002619E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B2506EF" w14:textId="77777777" w:rsidR="00E67A02" w:rsidRDefault="00E67A02" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3687D717" w14:textId="77777777" w:rsidR="00E67A02" w:rsidRDefault="00E67A02" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -11022,148 +11254,154 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DDDC406" w14:textId="77777777" w:rsidR="00E67A02" w:rsidRPr="00DE7B7F" w:rsidRDefault="00E67A02" w:rsidP="00E67A02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FB5DC8E" w14:textId="77777777" w:rsidR="00E67A02" w:rsidRPr="00DE7B7F" w:rsidRDefault="00E67A02" w:rsidP="00E67A02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EDB21F4" w14:textId="14536626" w:rsidR="00E67A02" w:rsidRPr="46B22216" w:rsidRDefault="00E67A02" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E67A02" w:rsidRPr="00DE7B7F" w14:paraId="72A6FA01" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20D4C215" w14:textId="4A4199FA" w:rsidR="00E67A02" w:rsidRPr="00DE7B7F" w:rsidRDefault="00E67A02" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5E827CA5" w14:textId="77777777" w:rsidR="00E67A02" w:rsidRDefault="00E67A02" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00893E48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>blanks do not meet the acceptance criterion</w:t>
-            </w:r>
+              <w:t xml:space="preserve">blanks do not meet the acceptance </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>criterion</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00893E48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00456B8F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00A47004">
@@ -11249,149 +11487,155 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="667C545F" w14:textId="77777777" w:rsidR="00E67A02" w:rsidRPr="00DE7B7F" w:rsidRDefault="00E67A02" w:rsidP="00E67A02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4ABD9B66" w14:textId="77777777" w:rsidR="00E67A02" w:rsidRPr="00DE7B7F" w:rsidRDefault="00E67A02" w:rsidP="00E67A02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66FF7E8E" w14:textId="4EBF8D9A" w:rsidR="00E67A02" w:rsidRPr="46B22216" w:rsidRDefault="00E67A02" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w14:paraId="044641C7" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6113A410" w14:textId="51BCF58B" w:rsidR="004326B4" w:rsidRPr="7BEC51F8" w:rsidRDefault="004326B4" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47FF5A0A" w14:textId="1EE5D0F9" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is a </w:t>
+              <w:t xml:space="preserve">Is </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:r w:rsidR="007C47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratory</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Control Sample (</w:t>
             </w:r>
             <w:r w:rsidR="007C47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">CS) analyzed daily? </w:t>
             </w:r>
             <w:r w:rsidRPr="00383C52">
@@ -11459,120 +11703,135 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4116AE2D" w14:textId="77777777" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="003C0FD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E24C92B" w14:textId="667A550B" w:rsidR="00561EB6" w:rsidRPr="00855E52" w:rsidRDefault="002D3F72" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3F72">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A laboratory control sample (LCS) should be included with each</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002D3F72">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>analytical batch. The LCS consists of an aliquot of a clean (control) matrix similar to the sample matrix and of the same weight or volume.</w:t>
+              <w:t xml:space="preserve">analytical batch. The LCS consists of an aliquot of a clean (control) matrix </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D3F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>similar to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D3F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the sample matrix and of the same weight or volume.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561EB6" w:rsidRPr="00DE7B7F" w14:paraId="735A44CE" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50E53FBF" w14:textId="77777777" w:rsidR="00561EB6" w:rsidRDefault="00561EB6" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EACD23D" w14:textId="77777777" w:rsidR="00561EB6" w:rsidRDefault="00561EB6" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">How is the LCS prepared? </w:t>
             </w:r>
             <w:r w:rsidRPr="00383C52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11650,104 +11909,119 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="246DFA7D" w14:textId="77777777" w:rsidR="00561EB6" w:rsidRPr="00DE7B7F" w:rsidRDefault="00561EB6" w:rsidP="003C0FD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A2F4AEE" w14:textId="47F29C5B" w:rsidR="00561EB6" w:rsidDel="00561EB6" w:rsidRDefault="00561EB6" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00561EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>The LCS consists of an aliquot of a clean (control) matrix similar to the sample matrix and of the same weight or volume. The LCS is spiked with the same analytes at the same concentrations as the matrix spike, when appropriate.</w:t>
+              <w:t xml:space="preserve">The LCS consists of an aliquot of a clean (control) matrix </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00561EB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>similar to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00561EB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the sample matrix and of the same weight or volume. The LCS is spiked with the same analytes at the same concentrations as the matrix spike, when appropriate.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w14:paraId="16656766" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="165629E4" w14:textId="5924BAA6" w:rsidR="004326B4" w:rsidRPr="7BEC51F8" w:rsidRDefault="004326B4" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0291C4F5" w14:textId="77777777" w:rsidR="004326B4" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D3D962A" w14:textId="4D13922E" w:rsidR="004326B4" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -11898,104 +12172,119 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DF9C897" w14:textId="77777777" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="003C0FD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02912C84" w14:textId="44086EE1" w:rsidR="004326B4" w:rsidRDefault="00561EB6" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00561EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>In the absence of historical data or well-defined MQOs/DQOs, this limit should be set at ± 20% of the spiked value. Acceptance limits derived from historical data must be no wider that ± 20%.</w:t>
+              <w:t xml:space="preserve">In the absence of historical data or well-defined MQOs/DQOs, this limit should be set at ± 20% of the spiked value. Acceptance limits derived from historical data must be no wider </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00561EB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>that ±</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00561EB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20%.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w14:paraId="2A661C4E" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B3C644F" w14:textId="71195462" w:rsidR="004326B4" w:rsidRDefault="004326B4" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="66E11AA4" w14:textId="77777777" w:rsidR="004326B4" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64C7EDA7" w14:textId="48461D41" w:rsidR="004326B4" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12142,104 +12431,101 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18DC670B" w14:textId="77777777" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="003C0FD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A69DD92" w14:textId="3929E318" w:rsidR="004326B4" w:rsidRDefault="00561EB6" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00561EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the LCS result is not acceptable, then the LCS must be reanalyzed once. If the results are still unacceptable, then all samples analyzed after the last acceptable LCS must be reprepared and reanalyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w14:paraId="64449885" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BF358D3" w14:textId="560FC8DB" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61A3487A" w14:textId="3C61D532" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a Calibration Blank analyzed immediately following daily calibration, after every 10 samples, and at the end of analysis? </w:t>
             </w:r>
             <w:r w:rsidR="00085B88" w:rsidRPr="00DE7B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -12274,141 +12560,174 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06560431" w14:textId="77777777" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="003C0FD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CEB91C9" w14:textId="7E3937E6" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="00085B88" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00085B88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A calibration blank and calibration verification standard shall be analyzed prior to sample analysis, after every tenth sample, and at the end of each sample group, unless otherwise specified by the method, to check for carryover and calibration drift.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w14:paraId="232742FB" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="369C119D" w14:textId="3699690E" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C5C9213" w14:textId="77777777" w:rsidR="004326B4" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="265C94CE" w14:textId="11C8E8B5" w:rsidR="004326B4" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>What is the acceptance criterion for the Calibration Blank? [</w:t>
+              <w:t xml:space="preserve">What is the acceptance criterion for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="46B22216">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the Calibration</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="46B22216">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Blank? [</w:t>
             </w:r>
             <w:r w:rsidR="00774D87" w:rsidRPr="00A47004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>15A NCAC 2H .0805 (a) (7) (H) (i)</w:t>
+              <w:t>15A NCAC 2H .0805 (a) (7) (H) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00774D87" w:rsidRPr="00A47004">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00774D87" w:rsidRPr="00A47004">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48C57BA0" w14:textId="77777777" w:rsidR="004326B4" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="26D4C73A" w14:textId="77777777" w:rsidR="00E67A02" w:rsidRPr="003953D9" w:rsidRDefault="00E67A02" w:rsidP="00897527">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
@@ -12459,104 +12778,101 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="460CEBC5" w14:textId="77777777" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="003C0FD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78BDC479" w14:textId="0F322A2A" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="009B547E" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w14:paraId="6EB73F8E" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="344155C0" w14:textId="365FFC5A" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="498373ED" w14:textId="77777777" w:rsidR="004326B4" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="53032862" w14:textId="0E0E5517" w:rsidR="004326B4" w:rsidRDefault="004326B4" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7B7F">
               <w:rPr>
@@ -12695,104 +13011,101 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1250CA11" w14:textId="77777777" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="004326B4" w:rsidP="003C0FD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40649BBC" w14:textId="3D4574B9" w:rsidR="004326B4" w:rsidRPr="00DE7B7F" w:rsidRDefault="00774D87" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D50321">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003953D9" w:rsidRPr="00DE7B7F" w14:paraId="22FED1F9" w14:textId="77777777" w:rsidTr="00A0198C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="070E16A3" w14:textId="1B60E05D" w:rsidR="003953D9" w:rsidRPr="00DE7B7F" w:rsidRDefault="003953D9" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42871BFE" w14:textId="7F7CEA7E" w:rsidR="003953D9" w:rsidRPr="00DE7B7F" w:rsidRDefault="003953D9" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a </w:t>
             </w:r>
             <w:r w:rsidR="00085B88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12851,85 +13164,83 @@
               <w:t>, Section 9.3</w:t>
             </w:r>
             <w:r w:rsidR="005A67B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
             <w:r w:rsidRPr="00383C52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5449C2A1" w14:textId="77777777" w:rsidR="003953D9" w:rsidRPr="00DE7B7F" w:rsidRDefault="003953D9" w:rsidP="003953D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CBC6EC9" w14:textId="77777777" w:rsidR="003953D9" w:rsidRPr="00DE7B7F" w:rsidRDefault="003953D9" w:rsidP="003953D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BD0E108" w14:textId="77777777" w:rsidR="009151D4" w:rsidRPr="009151D4" w:rsidRDefault="009151D4" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009151D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Documenting the effect of the matrix, for a given preparation batch consisting of</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7755CC97" w14:textId="77777777" w:rsidR="009151D4" w:rsidRPr="009151D4" w:rsidRDefault="009151D4" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12939,51 +13250,69 @@
             </w:pPr>
             <w:r w:rsidRPr="009151D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>similar sample characteristics, should include the analysis of at least one matrix spike and</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3196B125" w14:textId="77777777" w:rsidR="009151D4" w:rsidRPr="009151D4" w:rsidRDefault="009151D4" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009151D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>one duplicate unspiked sample or one matrix spike/matrix spike duplicate pair. The</w:t>
+              <w:t xml:space="preserve">one duplicate </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009151D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>unspiked</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009151D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sample or one matrix spike/matrix spike duplicate pair. The</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D16AEAE" w14:textId="77777777" w:rsidR="009151D4" w:rsidRPr="009151D4" w:rsidRDefault="009151D4" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009151D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>decision on whether to prepare and analyze duplicate samples or a matrix spike/matrix</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A384C09" w14:textId="77777777" w:rsidR="009151D4" w:rsidRPr="009151D4" w:rsidRDefault="009151D4" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13023,108 +13352,116 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009151D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>target analytes, then laboratories may use one matrix spike and a duplicate analysis of an</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DE9F23C" w14:textId="70A9AEE9" w:rsidR="003953D9" w:rsidRPr="00DE7B7F" w:rsidRDefault="009151D4" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009151D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>unspiked field sample. If samples are not expected to contain target analytes, laboratories</w:t>
+              <w:t>unspiked</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009151D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> field sample. If samples are not expected to contain target analytes, laboratories</w:t>
             </w:r>
             <w:r w:rsidR="00C151E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009151D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>should use a matrix spike and matrix spike duplicate pair.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0011011E" w:rsidRPr="00DE7B7F" w14:paraId="7ADD35E2" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24C9FFB2" w14:textId="6E8C1730" w:rsidR="0011011E" w:rsidRPr="00DE7B7F" w:rsidRDefault="0011011E" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2F249832" w14:textId="77777777" w:rsidR="0011011E" w:rsidRDefault="0011011E" w:rsidP="00897527">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29EF7E79" w14:textId="510D3B88" w:rsidR="0011011E" w:rsidRDefault="0011011E" w:rsidP="00897527">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13260,112 +13597,109 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35093E6C" w14:textId="77777777" w:rsidR="0011011E" w:rsidRPr="00DE7B7F" w:rsidRDefault="0011011E" w:rsidP="0011011E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EAC80FD" w14:textId="14D8D45E" w:rsidR="0011011E" w:rsidRPr="00DE7B7F" w:rsidRDefault="0011011E" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003953D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See Matrix Spike Technical Assistance document.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0011011E" w:rsidRPr="00DE7B7F" w14:paraId="1414B5CC" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F834739" w14:textId="0F62909D" w:rsidR="0011011E" w:rsidRDefault="0011011E" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A503E88" w14:textId="020276AA" w:rsidR="0011011E" w:rsidRDefault="0011011E" w:rsidP="00897527">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the volume of spike solution added to the sample ≤ 5% of the total volume</w:t>
             </w:r>
             <w:r w:rsidRPr="007800EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13405,154 +13739,167 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Matrix Spike </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="037BC5AC" w14:textId="77777777" w:rsidR="0011011E" w:rsidRPr="00DE7B7F" w:rsidRDefault="0011011E" w:rsidP="0011011E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E5AF7EE" w14:textId="77777777" w:rsidR="0011011E" w:rsidRPr="00DE7B7F" w:rsidRDefault="0011011E" w:rsidP="0011011E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42E631E3" w14:textId="58A07EC3" w:rsidR="0011011E" w:rsidRPr="003953D9" w:rsidRDefault="0011011E" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The volume of spike solution used in MS preparation must in all cases be </w:t>
+              <w:t xml:space="preserve">The volume of spike </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002370C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>solution</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002370C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> used in MS preparation must in all cases be </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>≤</w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5% of the total MS volume. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0011011E" w:rsidRPr="00DE7B7F" w14:paraId="3B450A63" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="695A13D8" w14:textId="53529A65" w:rsidR="0011011E" w:rsidRDefault="0011011E" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FB83F3A" w14:textId="64C5C644" w:rsidR="0011011E" w:rsidRDefault="0011011E" w:rsidP="00897527">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the </w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
@@ -13592,85 +13939,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00A02DC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B Matrix Spike</w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A5E7448" w14:textId="77777777" w:rsidR="0011011E" w:rsidRPr="00DE7B7F" w:rsidRDefault="0011011E" w:rsidP="0011011E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="349FAA53" w14:textId="77777777" w:rsidR="0011011E" w:rsidRPr="00DE7B7F" w:rsidRDefault="0011011E" w:rsidP="0011011E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C560685" w14:textId="4D0D5DEB" w:rsidR="0011011E" w:rsidRPr="003953D9" w:rsidRDefault="0011011E" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">It is preferable that the spike solution constitutes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13682,110 +14026,118 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1% of the total MS volume so that the MS can be considered a whole volume sample with no adjustment (i.e., volume correction) by calculation necessary. If the spike solution volume constitutes &gt;1% of t</w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>he total sample volume, the sample concentration must be adjusted by calculation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003953D9" w:rsidRPr="00DE7B7F" w14:paraId="6D73F2CD" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1369265A" w14:textId="22F9F9D9" w:rsidR="003953D9" w:rsidRPr="00DE7B7F" w:rsidRDefault="003953D9" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="096D842D" w14:textId="77777777" w:rsidR="003953D9" w:rsidRDefault="003953D9" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="630A3D06" w14:textId="1A0257DF" w:rsidR="00D81437" w:rsidRDefault="003953D9" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>What is the acceptance criterion for the M</w:t>
+              <w:t xml:space="preserve">What is the acceptance criterion for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DE7B7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the M</w:t>
             </w:r>
             <w:r w:rsidR="008452F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00DE7B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE7B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00383C52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 9056A</w:t>
@@ -13870,51 +14222,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17DAA445" w14:textId="77777777" w:rsidR="003953D9" w:rsidRPr="00DE7B7F" w:rsidRDefault="003953D9" w:rsidP="003953D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E9BE382" w14:textId="5FC019B8" w:rsidR="003953D9" w:rsidRPr="00DE7B7F" w:rsidRDefault="003953D9" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003953D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The method control limits for %</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13936,102 +14287,118 @@
               </w:rPr>
               <w:t>ecovery</w:t>
             </w:r>
             <w:r w:rsidRPr="003953D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> are 80 - 120. Alternate limits</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003953D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>may be used provided that they meet the data quality objectives of the specific</w:t>
+              <w:t xml:space="preserve">may be used </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003953D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>provided that</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003953D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> they meet the data quality objectives of the specific</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003953D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>project.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D50321" w:rsidRPr="00DE7B7F" w14:paraId="0C60A1AF" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="143696FD" w14:textId="6AF2B58C" w:rsidR="00D50321" w:rsidRPr="00DE7B7F" w:rsidRDefault="00D50321" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3F9B999C" w14:textId="77777777" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F60DCD9" w14:textId="22B2404A" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -14130,51 +14497,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F881994" w14:textId="77777777" w:rsidR="00D50321" w:rsidRPr="00DE7B7F" w:rsidRDefault="00D50321" w:rsidP="00D50321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2133836D" w14:textId="54C1E5A5" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rule:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D50321">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14321,72 +14687,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D50321">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>comments section of the report.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D50321" w:rsidRPr="00DE7B7F" w14:paraId="39679BB4" w14:textId="77777777" w:rsidTr="25A7486A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FA81702" w14:textId="7C2BB324" w:rsidR="00D50321" w:rsidRPr="00DE7B7F" w:rsidRDefault="00D50321" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3497C40E" w14:textId="3D2B43E1" w:rsidR="00D50321" w:rsidRPr="00DE7B7F" w:rsidRDefault="00D50321" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007800EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14480,121 +14844,154 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 2H .0805 (a) (7) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D4928F3" w14:textId="77777777" w:rsidR="00D50321" w:rsidRPr="00DE7B7F" w:rsidRDefault="00D50321" w:rsidP="00D50321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AB4C047" w14:textId="77777777" w:rsidR="00D50321" w:rsidRPr="00DE7B7F" w:rsidRDefault="00D50321" w:rsidP="00D50321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D86F01B" w14:textId="2D9B272A" w:rsidR="008452F0" w:rsidRDefault="008452F0" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008452F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>A duplicate or matrix spike duplicate (MSD) should be analyzed within every analytical batch in order to establish the precision of the method.</w:t>
+              <w:t xml:space="preserve">A duplicate or matrix spike duplicate (MSD) should be analyzed within every analytical batch </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008452F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008452F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> establish the precision of the method.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78812361" w14:textId="14294B46" w:rsidR="00327312" w:rsidRDefault="00327312" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00327312">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>If samples are expected to contain target analytes, then laboratories may use one matrix spike and a duplicate analysis of an unspiked field sample. If samples are not expected to contain target analytes, laboratories should use a matrix spike and matrix spike duplicate pair</w:t>
+              <w:t xml:space="preserve">If samples are expected to contain target analytes, then laboratories may use one matrix spike and a duplicate analysis of an </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00327312">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>unspiked</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00327312">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> field sample. If samples are not expected to contain target analytes, laboratories should use a matrix spike and matrix spike duplicate pair</w:t>
             </w:r>
             <w:r w:rsidR="001D6298">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="343A3E0A" w14:textId="77777777" w:rsidR="008452F0" w:rsidRDefault="008452F0" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="43414101" w14:textId="22C59D61" w:rsidR="00D50321" w:rsidRPr="00DE7B7F" w:rsidRDefault="00D50321" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14648,72 +15045,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MS</w:t>
             </w:r>
             <w:r w:rsidRPr="001D1549">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E67A02" w:rsidRPr="00DE7B7F" w14:paraId="11D17BE5" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="070B9AFA" w14:textId="7B37CC85" w:rsidR="00E67A02" w:rsidRDefault="00E67A02" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="249758DA" w14:textId="77777777" w:rsidR="00E67A02" w:rsidRDefault="00E67A02" w:rsidP="00897527">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
@@ -14899,68 +15294,66 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FA5C6E5" w14:textId="77777777" w:rsidR="00E67A02" w:rsidRPr="00DE7B7F" w:rsidRDefault="00E67A02" w:rsidP="00E67A02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45CC423E" w14:textId="77777777" w:rsidR="00E67A02" w:rsidRPr="00DE7B7F" w:rsidRDefault="00E67A02" w:rsidP="00E67A02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48161286" w14:textId="710DD588" w:rsidR="00E67A02" w:rsidRDefault="00E67A02" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E67A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The method control limit for RPD is 15% for all sample</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -14982,58 +15375,89 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E67A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>method control limit for RPD is 50% for sample concentrations that are near the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E67A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>low-range of the calibration curve. Alternate limits may be used provided that they</w:t>
+              <w:t>low-range</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E67A02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the calibration curve. Alternate limits may be used </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E67A02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>provided that</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E67A02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> they</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E67A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>meet the data quality objectives of the specific project.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D50321" w:rsidRPr="009C3D45" w14:paraId="47308F9D" w14:textId="77777777" w:rsidTr="006453CF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -15241,69 +15665,122 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52DF24D4" w14:textId="77777777" w:rsidR="00D50321" w:rsidRPr="005A3438" w:rsidRDefault="00D50321" w:rsidP="00D50321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D2DDFAB" w14:textId="77777777" w:rsidR="00775561" w:rsidRPr="00775561" w:rsidRDefault="00775561" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775561">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Under no circumstances will manual integration be performed solely for the purpose of meeting quality control criteria, nor is it to be used as a substitute for proper sample preparation (e.g., cleanup), proper instrument optimization or maintenance on the chromatographic system. Corrective actions, with regard to the instrumentation for computer software, must be taken if manual integrations become common for an analysis or an instrument that normally uses automated peak integration. Examples of inappropriate manual integration may include the following: </w:t>
+              <w:t xml:space="preserve">Under no circumstances will manual integration be performed solely for the purpose of meeting quality control criteria, nor is it to be used as a substitute for proper sample preparation (e.g., cleanup), proper instrument optimization or maintenance on the chromatographic system. Corrective actions, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00775561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>with regard to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00775561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the instrumentation for computer software, must be taken if manual </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00775561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>integrations</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00775561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> become common for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00775561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>an analysis</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00775561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or an instrument that normally uses automated peak integration. Examples of inappropriate manual integration may include the following: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13EA82CF" w14:textId="77777777" w:rsidR="00775561" w:rsidRPr="00775561" w:rsidRDefault="00775561" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="26A8F107" w14:textId="77777777" w:rsidR="00775561" w:rsidRPr="00775561" w:rsidRDefault="00775561" w:rsidP="00C246D9">
             <w:pPr>
               <w:ind w:left="436" w:hanging="270"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775561">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15652,51 +16129,50 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67DA1DC2" w14:textId="77777777" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00D50321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35B497DC" w14:textId="02D95044" w:rsidR="00D50321" w:rsidRDefault="00775561" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775561">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When manual integration is employed, the laboratory must clearly identify manually integrated compounds, document the reason the manual integration was performed, the date performed and who completed the work.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D50321" w14:paraId="75165002" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -15837,51 +16313,50 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F3FF048" w14:textId="77777777" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00D50321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62F1E620" w14:textId="2B6F7EA1" w:rsidR="00D50321" w:rsidRDefault="00775561" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D50321" w14:paraId="21CBE56D" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -15994,51 +16469,50 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="745E2B7D" w14:textId="77777777" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00D50321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BB74B2D" w14:textId="77777777" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7BEC51F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A flag or qualifier code may suffice for simple manual integrations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D50321" w14:paraId="61702759" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -16171,69 +16645,86 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CE8A947" w14:textId="77777777" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00D50321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04B2FBBD" w14:textId="181BC615" w:rsidR="00D50321" w:rsidRDefault="00775561" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775561">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>In addition, a hardcopy printout of the data displaying the manual integration shall be included in the raw data package (i.e., both the original and manually integrated chromatograms, of similar scale, must be present in the data package). All information necessary for the historical reconstruction of data must be maintained by the lab.</w:t>
+              <w:t xml:space="preserve">In addition, a hardcopy printout of the data displaying </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00775561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the manual</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00775561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> integration shall be included in the raw data package (i.e., both the original and manually integrated chromatograms, of similar scale, must be present in the data package). All information necessary for the historical reconstruction of data must be maintained by the lab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D50321" w14:paraId="19299C95" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26A2692F" w14:textId="2F212ECC" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
@@ -16263,51 +16754,69 @@
           <w:p w14:paraId="3FAA0079" w14:textId="77777777" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="77E0F7F9" w14:textId="451F95BF" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Does the laboratory have a data validation procedure in place to assure manual integrations are technically sound? [NC WW/GW LC</w:t>
+              <w:t xml:space="preserve">Does the laboratory have a data validation procedure in place to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="46B22216">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>assure</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="46B22216">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> manual integrations are technically sound? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00A02DC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B Manual Integration</w:t>
             </w:r>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy] </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C95F961" w14:textId="77777777" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00897527">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16348,69 +16857,86 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="633C6C1D" w14:textId="77777777" w:rsidR="00D50321" w:rsidRDefault="00D50321" w:rsidP="00D50321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="200C7678" w14:textId="1CCCF482" w:rsidR="00D50321" w:rsidRDefault="00775561" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775561">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Additionally, the laboratory must employ a systematic data validation procedure to check manual integrations to assure integrations are technically sound and representative of the response.</w:t>
+              <w:t xml:space="preserve">Additionally, the laboratory must employ a systematic data validation procedure to check manual integrations to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00775561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>assure</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00775561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> integrations are technically sound and representative of the response.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00327312" w:rsidRPr="009C3D45" w14:paraId="4D90CFAF" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26E47E08" w14:textId="270D264C" w:rsidR="00327312" w:rsidRPr="005A3438" w:rsidRDefault="00327312" w:rsidP="00EC6F57">
             <w:pPr>
               <w:numPr>
@@ -16535,51 +17061,50 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E5EF9E6" w14:textId="77777777" w:rsidR="00327312" w:rsidRPr="005A3438" w:rsidRDefault="00327312" w:rsidP="00D71F9A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CA5BEAE" w14:textId="77777777" w:rsidR="00327312" w:rsidRPr="005A3438" w:rsidRDefault="00327312" w:rsidP="00C246D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774D87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6C68C270" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00DE7B7F" w:rsidRDefault="00C37462">
       <w:pPr>
@@ -16720,153 +17245,145 @@
     <w:p w14:paraId="0FBB53F9" w14:textId="77777777" w:rsidR="00560E41" w:rsidRPr="00DE7B7F" w:rsidRDefault="00560E41">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20912B3C" w14:textId="0826D3C4" w:rsidR="00C37462" w:rsidRDefault="46B22216" w:rsidP="46B22216">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="46B22216">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Inspector: ______________________________________________________Date:_________________________________________</w:t>
+        <w:t>Inspector: ______________________________________________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="46B22216">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Date:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="46B22216">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="5496AA2B" w14:textId="330B14A8" w:rsidR="00775561" w:rsidRDefault="00775561" w:rsidP="46B22216">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B242D20" w14:textId="77777777" w:rsidR="00775561" w:rsidRDefault="00775561" w:rsidP="46B22216">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06BC0B28" w14:textId="0CFAAF61" w:rsidR="0009517A" w:rsidRPr="0009517A" w:rsidRDefault="00E67A02" w:rsidP="0009517A">
+    <w:p w14:paraId="06BC0B28" w14:textId="50828F39" w:rsidR="0009517A" w:rsidRPr="0009517A" w:rsidRDefault="00E67A02" w:rsidP="0009517A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                     </w:t>
       </w:r>
-      <w:r w:rsidR="00417380">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="0009517A" w:rsidRPr="0009517A">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="749B0707" w14:textId="77777777" w:rsidR="007857AA" w:rsidRDefault="007857AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3E515EC2" w14:textId="77777777" w:rsidR="007857AA" w:rsidRDefault="007857AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="529396E5" w14:textId="77777777" w:rsidR="007857AA" w:rsidRDefault="007857AA"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -16874,155 +17391,154 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="Yu Gothic"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="067D6816" w14:textId="30EC5B27" w:rsidR="00EA3E48" w:rsidRPr="004E0CAB" w:rsidRDefault="00476ED9" w:rsidP="46B22216">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>05/17/2023</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="140ED81B" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4A4A95D2" w14:textId="08060808" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00CA6F91" w:rsidP="46B22216">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>05/17/2023</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="63A87FA8" w14:textId="77777777" w:rsidR="007857AA" w:rsidRDefault="007857AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="076EEDF5" w14:textId="77777777" w:rsidR="007857AA" w:rsidRDefault="007857AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="5FFC9610" w14:textId="77777777" w:rsidR="007857AA" w:rsidRDefault="007857AA"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="54C8C25F" w14:textId="07D17645" w:rsidR="00775561" w:rsidRDefault="00775561">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AE1CB2D" w14:textId="09B2DCA2" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="46B22216" w:rsidP="00563D5B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="46B22216">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Anions IC-</w:t>
     </w:r>
     <w:r w:rsidR="006D71C4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> SW-846</w:t>
     </w:r>
@@ -17111,61 +17627,61 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005E57A2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00C7727E" w:rsidRPr="46B22216">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="236228C1" w14:textId="47CFBEA4" w:rsidR="00775561" w:rsidRDefault="00775561">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1701374A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A746B6A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21156698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3086350"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17355,100 +17871,86 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1646399678">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1117988469">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="823357314">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="109"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="000018A4"/>
     <w:rsid w:val="0000237A"/>
     <w:rsid w:val="00003572"/>
     <w:rsid w:val="00011F95"/>
+    <w:rsid w:val="0001307C"/>
     <w:rsid w:val="00014644"/>
     <w:rsid w:val="00014805"/>
     <w:rsid w:val="000166AC"/>
     <w:rsid w:val="00016E2C"/>
     <w:rsid w:val="00020F97"/>
     <w:rsid w:val="00022C74"/>
     <w:rsid w:val="0002329B"/>
     <w:rsid w:val="0002397D"/>
     <w:rsid w:val="00023E1A"/>
     <w:rsid w:val="00030467"/>
     <w:rsid w:val="0003128E"/>
     <w:rsid w:val="00031B5B"/>
     <w:rsid w:val="00032566"/>
     <w:rsid w:val="00035D82"/>
     <w:rsid w:val="000378D7"/>
     <w:rsid w:val="00040565"/>
     <w:rsid w:val="0004212D"/>
     <w:rsid w:val="00043BEA"/>
     <w:rsid w:val="000464E4"/>
     <w:rsid w:val="0005304C"/>
     <w:rsid w:val="000532E3"/>
     <w:rsid w:val="000533D1"/>
     <w:rsid w:val="00061749"/>
     <w:rsid w:val="0006289F"/>
     <w:rsid w:val="00072853"/>
@@ -17776,50 +18278,51 @@
     <w:rsid w:val="00515A0C"/>
     <w:rsid w:val="00516299"/>
     <w:rsid w:val="00516780"/>
     <w:rsid w:val="00520E23"/>
     <w:rsid w:val="00521A98"/>
     <w:rsid w:val="0052285F"/>
     <w:rsid w:val="00522D6F"/>
     <w:rsid w:val="0052437A"/>
     <w:rsid w:val="0053360C"/>
     <w:rsid w:val="005336A5"/>
     <w:rsid w:val="00537B2A"/>
     <w:rsid w:val="005406DF"/>
     <w:rsid w:val="00540A80"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="0054568D"/>
     <w:rsid w:val="00545E46"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="00553A1D"/>
     <w:rsid w:val="00555905"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="00561EB6"/>
     <w:rsid w:val="005620C1"/>
     <w:rsid w:val="0056335D"/>
     <w:rsid w:val="00563D5B"/>
+    <w:rsid w:val="00565C26"/>
     <w:rsid w:val="00566296"/>
     <w:rsid w:val="00571E66"/>
     <w:rsid w:val="00587EBE"/>
     <w:rsid w:val="005926B9"/>
     <w:rsid w:val="005937D1"/>
     <w:rsid w:val="00597EC8"/>
     <w:rsid w:val="005A3438"/>
     <w:rsid w:val="005A3AD8"/>
     <w:rsid w:val="005A67B7"/>
     <w:rsid w:val="005A686D"/>
     <w:rsid w:val="005A7EDB"/>
     <w:rsid w:val="005B4697"/>
     <w:rsid w:val="005B47E0"/>
     <w:rsid w:val="005B55F1"/>
     <w:rsid w:val="005C293F"/>
     <w:rsid w:val="005C3370"/>
     <w:rsid w:val="005C64D7"/>
     <w:rsid w:val="005C7C65"/>
     <w:rsid w:val="005D3398"/>
     <w:rsid w:val="005D5267"/>
     <w:rsid w:val="005D5398"/>
     <w:rsid w:val="005D5899"/>
     <w:rsid w:val="005D7082"/>
     <w:rsid w:val="005E02D7"/>
     <w:rsid w:val="005E1635"/>
@@ -18538,51 +19041,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="20ACA542"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8F81F398-1C25-4054-B88E-BAD61090046D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -19046,51 +19549,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A654D9"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19145,51 +19648,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -19456,224 +19959,183 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...25 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -19731,125 +20193,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09926869-F88C-4FC3-976E-39F561B1DFAD}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19054FD3-1DC4-4908-ADCF-EC0AF985BA5D}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B34AAA1E-60B2-48D3-9BE3-8CF2966E2D59}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4644FCC-3761-4D89-AB80-B58C1DFFA998}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09926869-F88C-4FC3-976E-39F561B1DFAD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
     <ds:schemaRef ds:uri="97c26e27-a340-4306-98a7-c36055956ab5"/>
-    <ds:schemaRef ds:uri="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>23036</Characters>
+  <Pages>8</Pages>
+  <Words>4102</Words>
+  <Characters>22974</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>54</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>1044</Lines>
+  <Paragraphs>334</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27023</CharactersWithSpaces>
+  <CharactersWithSpaces>26742</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>