--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -2274,71 +2274,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40959BFD" w14:textId="77777777" w:rsidR="00185720" w:rsidRPr="008352D2" w:rsidRDefault="00185720" w:rsidP="00185720">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Each laboratory shall have a formal process to track and document review dates and </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> made in all quality assurance, quality control and SOP documents.</w:t>
+              <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control and SOP documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00826B02" w:rsidRPr="00A0149B" w14:paraId="0A6E1641" w14:textId="77777777" w:rsidTr="00A62A03">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50A381C1" w14:textId="6987C94F" w:rsidR="00185720" w:rsidRPr="000E78C9" w:rsidRDefault="00185720" w:rsidP="000E78C9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -3661,69 +3641,51 @@
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00803A91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> S.U</w:t>
             </w:r>
             <w:r w:rsidR="00466173">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">, are filtered samples </w:t>
             </w:r>
             <w:r w:rsidR="00E10EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">wrapped in foil, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>placed in airtight plastic bags</w:t>
             </w:r>
             <w:r w:rsidR="00E10EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
@@ -7373,67 +7335,57 @@
           </w:tcPr>
           <w:p w14:paraId="7D426DFD" w14:textId="77777777" w:rsidR="0085747F" w:rsidRPr="00A0149B" w:rsidRDefault="0085747F" w:rsidP="0085747F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42E6D61B" w14:textId="217EA5F4" w:rsidR="0085747F" w:rsidRPr="009C1FF7" w:rsidRDefault="0085747F" w:rsidP="0085747F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005F484B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Steep</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Steep </w:t>
             </w:r>
             <w:r w:rsidR="00B721D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="005F484B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>samples at least 2 h at 4°C in the</w:t>
             </w:r>
             <w:r w:rsidR="00A414E3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -7714,71 +7666,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4879" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EC7A9C9" w14:textId="31F0DA42" w:rsidR="0085747F" w:rsidRDefault="0085747F" w:rsidP="0085747F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">After </w:t>
-[...19 lines deleted...]
-              <w:t>, are samples filtered or centrifuged?</w:t>
+              <w:t>After steeping, are samples filtered or centrifuged?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA3133" w:rsidRPr="00EA3133">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM</w:t>
             </w:r>
             <w:r w:rsidR="00B721D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EA3133" w:rsidRPr="00EA3133">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -9144,87 +9076,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4879" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53AE01EA" w14:textId="033E023F" w:rsidR="001159BC" w:rsidRPr="2ED54604" w:rsidRDefault="001159BC" w:rsidP="004D5327">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is a cuvette with longer </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> extracts?</w:t>
+              <w:t>Is a cuvette with longer path length used for very dilute extracts?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001159BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 10150 B-2022 (2) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="431" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="558C5F4C" w14:textId="77777777" w:rsidR="001159BC" w:rsidRPr="00A0149B" w:rsidRDefault="001159BC" w:rsidP="00330D14">
@@ -9255,69 +9151,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E02A308" w14:textId="5D657933" w:rsidR="001159BC" w:rsidRDefault="00306583" w:rsidP="00306583">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306583">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">For very </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> extracts, use cuvettes with</w:t>
+              <w:t>For very dilute extracts, use cuvettes with</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306583">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a longer path. If a larger cell is used, add a proportionately larger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -10286,199 +10164,626 @@
           <w:p w14:paraId="54C71F29" w14:textId="77777777" w:rsidR="00297E35" w:rsidRDefault="00297E35" w:rsidP="00471D33">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E6BDFC9" w14:textId="5C5157BB" w:rsidR="00297E35" w:rsidRDefault="00297E35" w:rsidP="00297E35">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00297E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Using the corrected values, calculate chlorophyll </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> pheophytin a per cubic meter as follows:</w:t>
+              <w:t>Using the corrected values, calculate chlorophyll a and pheophytin a per cubic meter as follows:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39AA131E" w14:textId="77777777" w:rsidR="00297E35" w:rsidRDefault="00297E35" w:rsidP="00297E35">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5BC9C036" w14:textId="7B3C149B" w:rsidR="00297E35" w:rsidRDefault="00297E35" w:rsidP="00297E35">
+          <w:p w14:paraId="5BC9C036" w14:textId="7B3C149B" w:rsidR="00297E35" w:rsidRPr="009111E2" w:rsidRDefault="00297E35" w:rsidP="00297E35">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00297E35">
+            <w:r w:rsidRPr="009111E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4AEF7764" wp14:editId="5FC4258C">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4AEF7764" wp14:editId="395B582A">
                   <wp:extent cx="2971800" cy="1053465"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="877848262" name="Picture 1"/>
+                  <wp:docPr id="877848262" name="Picture 1" descr="equations:&#10;chloropyhll a, mg/m cubed equals 664b minus 665a times 26.7 times V1 divided by V2 times L&#10;pheophytin a, mg/m cubed equals 665a minus 664b times 1.7 times 26.7 times V1 divided by V2 times L"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="877848262" name=""/>
+                          <pic:cNvPr id="877848262" name="Picture 1" descr="equations:&#10;chloropyhll a, mg/m cubed equals 664b minus 665a times 26.7 times V1 divided by V2 times L&#10;pheophytin a, mg/m cubed equals 665a minus 664b times 1.7 times 26.7 times V1 divided by V2 times L"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2971800" cy="1053465"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C9B8DE2" w14:textId="3E38335A" w:rsidR="00297E35" w:rsidRDefault="00297E35" w:rsidP="00297E35">
+          <w:p w14:paraId="276AD6E4" w14:textId="60A459AB" w:rsidR="00297E35" w:rsidRDefault="00297E35" w:rsidP="00471D33">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...53 lines deleted...]
-          <w:p w14:paraId="276AD6E4" w14:textId="60A459AB" w:rsidR="00297E35" w:rsidRDefault="00297E35" w:rsidP="00471D33">
+          </w:p>
+          <w:p w14:paraId="3277C5D8" w14:textId="77777777" w:rsidR="005265D9" w:rsidRDefault="005265D9" w:rsidP="005265D9">
+            <w:pPr>
+              <w:spacing w:before="91" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="1249" w:hanging="950"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>664</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>665</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>absorbance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>90%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>acetone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>extract</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>before</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>after acidification, respectively.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37EDC44A" w14:textId="77777777" w:rsidR="005265D9" w:rsidRDefault="005265D9" w:rsidP="005265D9">
+            <w:pPr>
+              <w:spacing w:before="83"/>
+              <w:ind w:left="846"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="6"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>extract</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(L),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37901609" w14:textId="77777777" w:rsidR="005265D9" w:rsidRDefault="005265D9" w:rsidP="005265D9">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="846"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="6"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>of sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DAA383A" w14:textId="77777777" w:rsidR="005265D9" w:rsidRDefault="005265D9" w:rsidP="005265D9">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="937"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>light path length</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>or width</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of cuvette </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(cm).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B1AEC4" w14:textId="77777777" w:rsidR="005265D9" w:rsidRDefault="005265D9" w:rsidP="00471D33">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="05E5AA1F" w14:textId="77777777" w:rsidR="00297E35" w:rsidRPr="002B3354" w:rsidRDefault="00297E35" w:rsidP="00471D33">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000057DF" w:rsidRPr="00A0149B" w14:paraId="60D530EC" w14:textId="77777777" w:rsidTr="00A62A03">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
@@ -12198,54 +12503,54 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00B43A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00005D2C" w:rsidRPr="00351E5A">
-      <w:headerReference w:type="default" r:id="rId13"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="35DADF4E" w14:textId="77777777" w:rsidR="00F21BA5" w:rsidRDefault="00F21BA5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="596B7835" w14:textId="77777777" w:rsidR="00F21BA5" w:rsidRDefault="00F21BA5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -12845,52 +13150,52 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="584343990">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1145395803">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1495805713">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="97"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -13186,50 +13491,51 @@
     <w:rsid w:val="003D3782"/>
     <w:rsid w:val="003D5D83"/>
     <w:rsid w:val="003E0818"/>
     <w:rsid w:val="003F1258"/>
     <w:rsid w:val="003F5B4B"/>
     <w:rsid w:val="003F5FB8"/>
     <w:rsid w:val="003F74B7"/>
     <w:rsid w:val="003F79C2"/>
     <w:rsid w:val="00403B15"/>
     <w:rsid w:val="004042F6"/>
     <w:rsid w:val="004058C1"/>
     <w:rsid w:val="00405FAC"/>
     <w:rsid w:val="00407554"/>
     <w:rsid w:val="00407ACE"/>
     <w:rsid w:val="0041037E"/>
     <w:rsid w:val="00411253"/>
     <w:rsid w:val="00412829"/>
     <w:rsid w:val="00414875"/>
     <w:rsid w:val="00415C52"/>
     <w:rsid w:val="00416C0F"/>
     <w:rsid w:val="00416C6E"/>
     <w:rsid w:val="00416F77"/>
     <w:rsid w:val="004203E7"/>
     <w:rsid w:val="00420615"/>
     <w:rsid w:val="004244C7"/>
+    <w:rsid w:val="00425315"/>
     <w:rsid w:val="00425F3B"/>
     <w:rsid w:val="0042674D"/>
     <w:rsid w:val="004315E8"/>
     <w:rsid w:val="0043239F"/>
     <w:rsid w:val="0043278C"/>
     <w:rsid w:val="00433793"/>
     <w:rsid w:val="0043420C"/>
     <w:rsid w:val="0043629B"/>
     <w:rsid w:val="00441041"/>
     <w:rsid w:val="00443CCC"/>
     <w:rsid w:val="00444760"/>
     <w:rsid w:val="00446992"/>
     <w:rsid w:val="00451035"/>
     <w:rsid w:val="00454E74"/>
     <w:rsid w:val="004558B1"/>
     <w:rsid w:val="004576D7"/>
     <w:rsid w:val="004579A8"/>
     <w:rsid w:val="00464CD7"/>
     <w:rsid w:val="004652F2"/>
     <w:rsid w:val="00466173"/>
     <w:rsid w:val="00466F10"/>
     <w:rsid w:val="004678D0"/>
     <w:rsid w:val="0046793A"/>
     <w:rsid w:val="00471D33"/>
     <w:rsid w:val="00473959"/>
@@ -13259,50 +13565,51 @@
     <w:rsid w:val="004C560B"/>
     <w:rsid w:val="004C7541"/>
     <w:rsid w:val="004D5320"/>
     <w:rsid w:val="004D5327"/>
     <w:rsid w:val="004D562B"/>
     <w:rsid w:val="004E13E9"/>
     <w:rsid w:val="004E2B09"/>
     <w:rsid w:val="004E5231"/>
     <w:rsid w:val="004E77F7"/>
     <w:rsid w:val="004F256A"/>
     <w:rsid w:val="004F30DB"/>
     <w:rsid w:val="004F4548"/>
     <w:rsid w:val="004F45AC"/>
     <w:rsid w:val="004F5487"/>
     <w:rsid w:val="004F60E2"/>
     <w:rsid w:val="00503F45"/>
     <w:rsid w:val="005066E8"/>
     <w:rsid w:val="00506D9A"/>
     <w:rsid w:val="005070E8"/>
     <w:rsid w:val="005138D4"/>
     <w:rsid w:val="00517916"/>
     <w:rsid w:val="00521A98"/>
     <w:rsid w:val="00524C8E"/>
     <w:rsid w:val="00524E3D"/>
     <w:rsid w:val="0052562E"/>
+    <w:rsid w:val="005265D9"/>
     <w:rsid w:val="00527910"/>
     <w:rsid w:val="005301E5"/>
     <w:rsid w:val="00535D1A"/>
     <w:rsid w:val="005375F7"/>
     <w:rsid w:val="005421D7"/>
     <w:rsid w:val="00542216"/>
     <w:rsid w:val="00542FCF"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="00553AAF"/>
     <w:rsid w:val="005566AA"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="00564178"/>
     <w:rsid w:val="00564637"/>
     <w:rsid w:val="00564FE6"/>
     <w:rsid w:val="00566035"/>
     <w:rsid w:val="005663DD"/>
     <w:rsid w:val="00567312"/>
     <w:rsid w:val="00567D59"/>
     <w:rsid w:val="00570E6B"/>
     <w:rsid w:val="00571AEC"/>
     <w:rsid w:val="0057246B"/>
     <w:rsid w:val="0057378F"/>
     <w:rsid w:val="005766D0"/>
@@ -13595,50 +13902,51 @@
     <w:rsid w:val="008C049C"/>
     <w:rsid w:val="008C4766"/>
     <w:rsid w:val="008C5BB1"/>
     <w:rsid w:val="008C7A65"/>
     <w:rsid w:val="008D0275"/>
     <w:rsid w:val="008D1D4E"/>
     <w:rsid w:val="008D6337"/>
     <w:rsid w:val="008D7125"/>
     <w:rsid w:val="008E0174"/>
     <w:rsid w:val="008E1BCA"/>
     <w:rsid w:val="008E6A27"/>
     <w:rsid w:val="008F12AE"/>
     <w:rsid w:val="008F1667"/>
     <w:rsid w:val="008F2211"/>
     <w:rsid w:val="008F5789"/>
     <w:rsid w:val="008F5EF6"/>
     <w:rsid w:val="008F6B07"/>
     <w:rsid w:val="008F6F39"/>
     <w:rsid w:val="008F7915"/>
     <w:rsid w:val="00901C71"/>
     <w:rsid w:val="009024D4"/>
     <w:rsid w:val="009027E1"/>
     <w:rsid w:val="00904AAA"/>
     <w:rsid w:val="00907407"/>
     <w:rsid w:val="00910232"/>
+    <w:rsid w:val="009111E2"/>
     <w:rsid w:val="009123FD"/>
     <w:rsid w:val="00913CB0"/>
     <w:rsid w:val="00920B9B"/>
     <w:rsid w:val="00920CEA"/>
     <w:rsid w:val="00925006"/>
     <w:rsid w:val="00930DA7"/>
     <w:rsid w:val="00931DE2"/>
     <w:rsid w:val="00932B60"/>
     <w:rsid w:val="0093365D"/>
     <w:rsid w:val="009404D5"/>
     <w:rsid w:val="009410C0"/>
     <w:rsid w:val="009419FD"/>
     <w:rsid w:val="00942DFD"/>
     <w:rsid w:val="00943DBB"/>
     <w:rsid w:val="00944E11"/>
     <w:rsid w:val="009456AF"/>
     <w:rsid w:val="00945FE0"/>
     <w:rsid w:val="009511C2"/>
     <w:rsid w:val="009523A9"/>
     <w:rsid w:val="00955222"/>
     <w:rsid w:val="00955C80"/>
     <w:rsid w:val="00957030"/>
     <w:rsid w:val="00961E99"/>
     <w:rsid w:val="009635A1"/>
     <w:rsid w:val="00964271"/>
@@ -14808,51 +15116,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15123,76 +15431,67 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a6069a042290a6c56d9d11497b4321" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -15381,126 +15680,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EEA91AB-42EC-430E-ABF4-7CDDAEC81AE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BE6ED40-6D8D-4204-8236-5AE85C3C93A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{786AC72A-1887-40B6-89F8-364541A47EFD}"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28F57268-3430-438C-8E6B-BD19DB3F651B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2348</Words>
-  <Characters>11393</Characters>
+  <Words>2197</Words>
+  <Characters>11744</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>227</Lines>
-  <Paragraphs>82</Paragraphs>
+  <Lines>533</Lines>
+  <Paragraphs>214</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13659</CharactersWithSpaces>
+  <CharactersWithSpaces>13727</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>Crawford, Todd</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>