--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -1429,66 +1429,68 @@
             </w:r>
             <w:r w:rsidR="008213C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00330D14">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>°C) with 10 parts saturated magnesium carbonate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00330D14">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>solution.</w:t>
             </w:r>
             <w:r w:rsidR="00AA7076">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B93D25A" w14:textId="77777777" w:rsidR="002B3354" w:rsidRPr="0054425D" w:rsidRDefault="002B3354" w:rsidP="002B3354">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
@@ -1709,60 +1711,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11309" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="5099"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="81"/>
-        <w:tblGridChange w:id="0">
-[...8 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
       <w:tr w:rsidR="00560E41" w:rsidRPr="00A0149B" w14:paraId="390473F4" w14:textId="77777777" w:rsidTr="00D117EF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="81" w:type="dxa"/>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11228" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="064DAE53" w14:textId="77777777" w:rsidR="00560E41" w:rsidRPr="009E31B2" w:rsidRDefault="00560E41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2180,51 +2172,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59B61745" w14:textId="77777777" w:rsidR="00185720" w:rsidRPr="00560E41" w:rsidRDefault="00185720" w:rsidP="00185720">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Verify proper method reference. During review notate deviations from the approved method and SOP. Recommend an annual review. Update SOPs any time changes are made to procedure and make a list or highlight any changes that were made to methodology.</w:t>
+              <w:t xml:space="preserve">Verify proper method reference. During review notate deviations from the approved method and SOP. Recommend an annual review. Update SOPs </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> time changes are made to procedure and make a list or highlight any changes that were made to methodology.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00487A80" w:rsidRPr="00A0149B" w14:paraId="468E0004" w14:textId="77777777" w:rsidTr="384BFC9A">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B86D6C3" w14:textId="77777777" w:rsidR="00185720" w:rsidRPr="001C0EC5" w:rsidRDefault="00185720" w:rsidP="001C0EC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -2378,51 +2388,71 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40959BFD" w14:textId="77777777" w:rsidR="00185720" w:rsidRPr="008352D2" w:rsidRDefault="00185720" w:rsidP="00185720">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control and SOP documents.</w:t>
+              <w:t xml:space="preserve">Each laboratory shall have a formal process to track and document review dates and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>any revisions</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> made in all quality assurance, quality control and SOP documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00185720" w:rsidRPr="00A0149B" w14:paraId="0A6E1641" w14:textId="77777777" w:rsidTr="00D117EF">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50A381C1" w14:textId="77777777" w:rsidR="00185720" w:rsidRPr="001C0EC5" w:rsidRDefault="00185720" w:rsidP="001C0EC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -3081,86 +3111,88 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">re samples </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">protected from light and </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>iced</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007E6DD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">above freezing but </w:t>
             </w:r>
             <w:r w:rsidRPr="00B31ECE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>≤</w:t>
@@ -3318,51 +3350,60 @@
               </w:rPr>
               <w:t xml:space="preserve">≤ </w:t>
             </w:r>
             <w:r w:rsidRPr="004A3767">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">6 </w:t>
             </w:r>
             <w:r w:rsidRPr="00054971">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r w:rsidRPr="004A3767">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">C, without freezing, until filtration. Filtration must begin as soon as possible but not to exceed 48 hours from the time of collection. Samples with a pH &lt; 6 S.U. must be extracted immediately after filtration. For samples with a pH </w:t>
+              <w:t xml:space="preserve">C, without freezing, until filtration. Filtration must begin as soon as possible but not to exceed 48 hours from the time of collection. Samples with a pH &lt; 6 S.U. must be extracted immediately after filtration. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3767">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">For samples with a pH </w:t>
             </w:r>
             <w:r w:rsidDel="00054971">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>≥</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA322A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6 S.U., filters may be wrapped in foil, placed in an air-tight bag and frozen </w:t>
             </w:r>
             <w:r w:rsidR="00CA322A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>between</w:t>
             </w:r>
@@ -3437,50 +3478,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D26117A" w14:textId="2DAD0BA8" w:rsidR="001F379F" w:rsidRPr="001C0EC5" w:rsidRDefault="001F379F" w:rsidP="001F379F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C0EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5099" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18794DE3" w14:textId="6615A20B" w:rsidR="001F379F" w:rsidRDefault="001F379F" w:rsidP="001F379F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4028,52 +4070,62 @@
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00803A8E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2022 (2)</w:t>
             </w:r>
             <w:r w:rsidRPr="000745F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
             <w:r w:rsidR="00491B97" w:rsidRPr="00491B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">[NC WW/GW LCB Chlorophyll Sample Collection, Preservation and Holding Time Policy]   </w:t>
-            </w:r>
+              <w:t xml:space="preserve">[NC WW/GW LCB Chlorophyll Sample Collection, Preservation and Holding Time </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00491B97" w:rsidRPr="00491B97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Policy]   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000745F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F6D0446" w14:textId="77777777" w:rsidR="001F379F" w:rsidRPr="00A0149B" w:rsidRDefault="001F379F" w:rsidP="001F379F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6521,51 +6573,69 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5099" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="12E57B7E" w14:textId="4E7B9009" w:rsidR="00B9324B" w:rsidRDefault="00B9324B" w:rsidP="00B9324B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>How long are samples allowed to steep?</w:t>
+              <w:t xml:space="preserve">How long are samples allowed to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>steep</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00305122" w:rsidRPr="005F484B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[SM </w:t>
             </w:r>
             <w:r w:rsidR="00305122" w:rsidRPr="00236B01">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10150 A-2022 (2) (b) (</w:t>
             </w:r>
             <w:r w:rsidR="00305122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6982,51 +7052,71 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5099" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EC7A9C9" w14:textId="4BCD83AD" w:rsidR="00B9324B" w:rsidRDefault="00B9324B" w:rsidP="00B9324B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>After steeping, are samples filtered or centrifuged?</w:t>
+              <w:t xml:space="preserve">After </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>steeping</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, are samples filtered or centrifuged?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3133">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM</w:t>
             </w:r>
             <w:r w:rsidR="0019126E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3133">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7758,58 +7848,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5099" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5649EC46" w14:textId="74D5E263" w:rsidR="00B9324B" w:rsidRPr="004443AC" w:rsidRDefault="00B9324B" w:rsidP="00B9324B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Are chlorophyll-a standard</w:t>
+              <w:t>Are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004443AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> chlorophyll-a standard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="004443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C5C21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7941,61 +8042,63 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>To achieve acceptable results, calibrate the fluorometer spectrophotometrically with a sample from the same source. Optimum sensitivity for chlorophyll</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> extract measurements is obtained at an excitation wavelength of 430 nm and an emission wavelength of 663 nm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B9324B" w:rsidRPr="00A0149B" w14:paraId="6757D73E" w14:textId="77777777" w:rsidTr="384BFC9A">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5481BE79" w14:textId="77777777" w:rsidR="00B9324B" w:rsidRPr="001C0EC5" w:rsidRDefault="00B9324B" w:rsidP="00B9324B">
             <w:pPr>
@@ -8252,51 +8355,71 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ACA8B89" w14:textId="16FBFC77" w:rsidR="00B9324B" w:rsidRPr="006D63AC" w:rsidRDefault="00B9324B" w:rsidP="00E55430">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00772EC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Calibrate the fluorometer with a known concentration of chlorophyll solution as follows. Prepare chlorophyll extract and analyze spectrophotometrically. Prepare serial dilutions of the extract to provide concentrations of approximately 2, 6, 20, and 60 μg chlorophyll</w:t>
+              <w:t xml:space="preserve">Calibrate the fluorometer with a known concentration of chlorophyll solution as follows. Prepare chlorophyll extract and analyze spectrophotometrically. Prepare serial dilutions of the extract to provide concentrations of approximately 2, 6, 20, and 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00772EC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>μg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00772EC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> chlorophyll</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="004443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00772EC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -8693,51 +8816,71 @@
             <w:r w:rsidRPr="00C52388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>derive calibration</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C52388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>factors to convert fluorometric readings in each sensitivity level</w:t>
+              <w:t xml:space="preserve">factors to convert fluorometric readings </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C52388">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C52388">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> each sensitivity level</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="009829CB" w14:textId="0DFA02A2" w:rsidR="00B9324B" w:rsidRPr="00FB1ED6" w:rsidRDefault="00B9324B" w:rsidP="00B9324B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C52388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>to concentrations of chlorophyll</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -8853,113 +8996,133 @@
             <w:r w:rsidRPr="005757AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Using the values obtained, derive calibration</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005757AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>factors to convert fluorometric readings in each sensitivity level to concentrations of chlorophyll</w:t>
+              <w:t xml:space="preserve">factors to convert fluorometric readings </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005757AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005757AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> each sensitivity level to concentrations of chlorophyll</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="005757AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a, as follows:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="387BB5F1" w14:textId="77777777" w:rsidR="00B9324B" w:rsidRDefault="00B9324B" w:rsidP="00B9324B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64106F11" w14:textId="74A399F0" w:rsidR="00B9324B" w:rsidRPr="005757AF" w:rsidRDefault="00B9324B" w:rsidP="00B9324B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27B6CD87" wp14:editId="0C8F685E">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27B6CD87" wp14:editId="764B5E99">
                   <wp:extent cx="693420" cy="551815"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1" name="Picture 1"/>
+                  <wp:docPr id="1" name="Picture 1" descr="Equation&#10;Fs equals Ca divided by Rs"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 1"/>
+                          <pic:cNvPr id="1" name="Picture 1" descr="Equation&#10;Fs equals Ca divided by Rs"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="693420" cy="551815"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -9006,135 +9169,177 @@
             </w:pPr>
             <w:r w:rsidRPr="005757AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidRPr="00A005D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="005757AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> = </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005757AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>calibration factor for sensitivity setting S</w:t>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005757AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>calibration</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005757AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> factor for sensitivity setting S</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17326462" w14:textId="455F3357" w:rsidR="00B9324B" w:rsidRPr="005757AF" w:rsidRDefault="00B9324B" w:rsidP="00B9324B">
             <w:pPr>
               <w:ind w:left="441" w:hanging="441"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005757AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C'</w:t>
             </w:r>
             <w:r w:rsidRPr="00A005D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005757AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = concentration of chlorophyll</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00A005D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="005757AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> determined spectrophotometrically (µg/L)</w:t>
+              <w:t xml:space="preserve"> determined spectrophotometrically (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005757AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>µg</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005757AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/L)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0341D2A8" w14:textId="629867D8" w:rsidR="00B9324B" w:rsidRDefault="00B9324B" w:rsidP="00B9324B">
             <w:pPr>
               <w:ind w:left="173" w:hanging="173"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005757AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00A005D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -10135,55 +10340,56 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="377DD98A" w14:textId="12B4E9EE" w:rsidR="00B9324B" w:rsidRPr="002C1A85" w:rsidRDefault="0045574C" w:rsidP="00B9324B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045574C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CC58F87" wp14:editId="2BCF8C79">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CC58F87" wp14:editId="44791835">
                   <wp:extent cx="3027285" cy="2623151"/>
                   <wp:effectExtent l="0" t="0" r="1905" b="6350"/>
                   <wp:docPr id="709246207" name="Picture 1" descr="Image"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="Image"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -10539,51 +10745,71 @@
             <w:tcW w:w="5099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28C48ED8" w14:textId="1626A47F" w:rsidR="00B9324B" w:rsidRDefault="00B9324B" w:rsidP="00B9324B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">What is the acceptance criterion sample duplicates? </w:t>
+              <w:t xml:space="preserve">What </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the acceptance criterion sample duplicates? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00C6567D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (A)]</w:t>
             </w:r>
@@ -12555,100 +12781,110 @@
     <w:p w14:paraId="426F72C0" w14:textId="5ABFF7B3" w:rsidR="00005D2C" w:rsidRPr="00911C8C" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>nspector: ______________________________________________________</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_________</w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A0149B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="NeutralizeTRC"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00E55430">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00005D2C" w:rsidRPr="00911C8C">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
@@ -12720,58 +12956,58 @@
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial,BoldItalic">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-Roman">
     <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A34C980" w14:textId="60E32CFB" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48" w:rsidP="001A4AB8">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="007B1AEA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>8/13/2025</w:t>
@@ -13225,51 +13461,52 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="584343990">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1145395803">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1600289439">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="97"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -13327,50 +13564,51 @@
     <w:rsid w:val="000E05FD"/>
     <w:rsid w:val="000E0DFC"/>
     <w:rsid w:val="000E39A9"/>
     <w:rsid w:val="000E3D47"/>
     <w:rsid w:val="000E52B8"/>
     <w:rsid w:val="000E6360"/>
     <w:rsid w:val="000F048F"/>
     <w:rsid w:val="000F190B"/>
     <w:rsid w:val="000F54A0"/>
     <w:rsid w:val="00101C3F"/>
     <w:rsid w:val="00105B35"/>
     <w:rsid w:val="00105B46"/>
     <w:rsid w:val="00105E2A"/>
     <w:rsid w:val="00106D27"/>
     <w:rsid w:val="00106F1C"/>
     <w:rsid w:val="00107953"/>
     <w:rsid w:val="001108C1"/>
     <w:rsid w:val="00114AA4"/>
     <w:rsid w:val="00115F2F"/>
     <w:rsid w:val="0011660C"/>
     <w:rsid w:val="001166A5"/>
     <w:rsid w:val="00117937"/>
     <w:rsid w:val="00123F0A"/>
     <w:rsid w:val="00124D75"/>
     <w:rsid w:val="00126F25"/>
+    <w:rsid w:val="001276A4"/>
     <w:rsid w:val="0013138F"/>
     <w:rsid w:val="00131F24"/>
     <w:rsid w:val="00132AEF"/>
     <w:rsid w:val="00134764"/>
     <w:rsid w:val="00135E12"/>
     <w:rsid w:val="001370F2"/>
     <w:rsid w:val="001406A7"/>
     <w:rsid w:val="00152A53"/>
     <w:rsid w:val="00155C92"/>
     <w:rsid w:val="0015622F"/>
     <w:rsid w:val="00156370"/>
     <w:rsid w:val="001649F1"/>
     <w:rsid w:val="0016611B"/>
     <w:rsid w:val="001708B2"/>
     <w:rsid w:val="00171178"/>
     <w:rsid w:val="00176072"/>
     <w:rsid w:val="00181E5F"/>
     <w:rsid w:val="00181ED2"/>
     <w:rsid w:val="00184FF1"/>
     <w:rsid w:val="00185720"/>
     <w:rsid w:val="00187968"/>
     <w:rsid w:val="001910F5"/>
     <w:rsid w:val="0019126E"/>
     <w:rsid w:val="001920D1"/>
     <w:rsid w:val="001921B2"/>
@@ -14052,50 +14290,51 @@
     <w:rsid w:val="00BC7AA4"/>
     <w:rsid w:val="00BC7CD4"/>
     <w:rsid w:val="00BD0625"/>
     <w:rsid w:val="00BD43EA"/>
     <w:rsid w:val="00BD6CB4"/>
     <w:rsid w:val="00BD769D"/>
     <w:rsid w:val="00BE0D8F"/>
     <w:rsid w:val="00BE0ED9"/>
     <w:rsid w:val="00BE2B18"/>
     <w:rsid w:val="00BE4B79"/>
     <w:rsid w:val="00BE65DE"/>
     <w:rsid w:val="00BF1187"/>
     <w:rsid w:val="00BF3F9B"/>
     <w:rsid w:val="00BF5035"/>
     <w:rsid w:val="00BF678C"/>
     <w:rsid w:val="00C05042"/>
     <w:rsid w:val="00C12F9B"/>
     <w:rsid w:val="00C15027"/>
     <w:rsid w:val="00C167F5"/>
     <w:rsid w:val="00C17968"/>
     <w:rsid w:val="00C17A2A"/>
     <w:rsid w:val="00C24B09"/>
     <w:rsid w:val="00C32135"/>
     <w:rsid w:val="00C37462"/>
     <w:rsid w:val="00C37967"/>
+    <w:rsid w:val="00C4486F"/>
     <w:rsid w:val="00C45F53"/>
     <w:rsid w:val="00C46A11"/>
     <w:rsid w:val="00C47123"/>
     <w:rsid w:val="00C51DCE"/>
     <w:rsid w:val="00C52388"/>
     <w:rsid w:val="00C54152"/>
     <w:rsid w:val="00C546A9"/>
     <w:rsid w:val="00C60C89"/>
     <w:rsid w:val="00C6567D"/>
     <w:rsid w:val="00C65EC7"/>
     <w:rsid w:val="00C71EF6"/>
     <w:rsid w:val="00C72317"/>
     <w:rsid w:val="00C76A86"/>
     <w:rsid w:val="00C808AA"/>
     <w:rsid w:val="00C84B7C"/>
     <w:rsid w:val="00C90521"/>
     <w:rsid w:val="00C960F9"/>
     <w:rsid w:val="00C96B32"/>
     <w:rsid w:val="00CA028A"/>
     <w:rsid w:val="00CA322A"/>
     <w:rsid w:val="00CA5496"/>
     <w:rsid w:val="00CB3051"/>
     <w:rsid w:val="00CB306A"/>
     <w:rsid w:val="00CB3D76"/>
     <w:rsid w:val="00CC04FD"/>
@@ -14656,50 +14895,51 @@
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
@@ -15255,61 +15495,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a6069a042290a6c56d9d11497b4321" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -15498,141 +15729,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57C69F70-A3FD-4A9E-9DFB-FDF60E8417B8}"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28F57268-3430-438C-8E6B-BD19DB3F651B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8300421E-0005-4B07-8EA2-BB7FDFD294F8}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EEA91AB-42EC-430E-ABF4-7CDDAEC81AE3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BE6ED40-6D8D-4204-8236-5AE85C3C93A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>15134</Characters>
+  <Pages>5</Pages>
+  <Words>2139</Words>
+  <Characters>15650</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>35</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>601</Lines>
+  <Paragraphs>257</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17754</CharactersWithSpaces>
+  <CharactersWithSpaces>17532</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>Crawford, Todd</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>