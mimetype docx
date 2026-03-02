--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="642B6A6A" w14:textId="0A617A9F" w:rsidR="009E4313" w:rsidRPr="00A0149B" w:rsidRDefault="009E4313" w:rsidP="00D874FC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC D</w:t>
       </w:r>
       <w:r w:rsidR="007E1570">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>EQ</w:t>
@@ -125,409 +125,397 @@
         <w:tblW w:w="10880" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="2920"/>
         <w:gridCol w:w="3730"/>
         <w:gridCol w:w="910"/>
         <w:gridCol w:w="1250"/>
       </w:tblGrid>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="5057164E" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="03C1B760" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="39A498B2" w14:textId="77777777" w:rsidR="000605DB" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A82AEB1" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0274A7D4" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="07F2875F" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="37FF8136" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="600CBB0C" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6370B1AB" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="755CE60D" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="5BE3438E" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E400AB8" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79E8326C" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="62086978" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="38A39533" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="769F8D9B" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77C30BAA" w14:textId="77777777" w:rsidR="009E4313" w:rsidRPr="00A0149B" w:rsidRDefault="009E4313" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10A36841" w14:textId="77777777" w:rsidR="009E4313" w:rsidRPr="00DA7B0E" w:rsidRDefault="009E4313" w:rsidP="009E4313">
@@ -725,171 +713,167 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="6480"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C16E46" w:rsidRPr="00C16E46" w14:paraId="7188F9F5" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F196E3F" w14:textId="77777777" w:rsidR="00C16E46" w:rsidRPr="00C16E46" w:rsidRDefault="00C16E46" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DA7509C" w14:textId="77777777" w:rsidR="00C16E46" w:rsidRPr="00EB1E50" w:rsidRDefault="00250FFA" w:rsidP="00363D35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nessler tubes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46CC55D3" w14:textId="77777777" w:rsidR="00C16E46" w:rsidRPr="00C16E46" w:rsidRDefault="00C16E46" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="280561E3" w14:textId="18C57718" w:rsidR="00C16E46" w:rsidRPr="00EB1E50" w:rsidRDefault="00C16E46" w:rsidP="00250FFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1E50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">pH </w:t>
             </w:r>
             <w:r w:rsidR="0053609E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1E50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>eter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B7635" w:rsidRPr="00C16E46" w14:paraId="2FE5870E" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EEA2A8F" w14:textId="77777777" w:rsidR="000B7635" w:rsidRPr="00C16E46" w:rsidRDefault="000B7635" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="686F81D8" w14:textId="2302FCA1" w:rsidR="000B7635" w:rsidRPr="00BF20EC" w:rsidRDefault="002643D5" w:rsidP="00627F71">
             <w:pPr>
@@ -959,73 +943,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidR="00250FFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ilter assembly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18D529C4" w14:textId="77777777" w:rsidR="000B7635" w:rsidRPr="00C16E46" w:rsidRDefault="000B7635" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="750E276D" w14:textId="77777777" w:rsidR="00DA78BE" w:rsidRDefault="00DA78BE" w:rsidP="006248C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Plastic bottles</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29FFA532" w14:textId="4DF0A47E" w:rsidR="00DA78BE" w:rsidRDefault="00DA78BE" w:rsidP="006248C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1163,122 +1145,118 @@
       </w:r>
       <w:r w:rsidR="00E419A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="360"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5148"/>
+        <w:gridCol w:w="356"/>
+        <w:gridCol w:w="4929"/>
+        <w:gridCol w:w="356"/>
+        <w:gridCol w:w="5041"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C57C62" w14:paraId="1FDFAA3A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F81EA11" w14:textId="77777777" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15FD7C2C" w14:textId="14CA4C96" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Organic-free water</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38917056" w14:textId="77777777" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5148" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E8F709A" w14:textId="054FAB5D" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Potassium chloroplatinate, K</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -1297,113 +1275,109 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, analytical grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C57C62" w14:paraId="512E068E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62922439" w14:textId="77777777" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B847E8B" w14:textId="233694F8" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hydrochloric acid, HCl, analytical grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44F75A2F" w14:textId="77777777" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5148" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="604BA60C" w14:textId="08DA9C3C" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cobaltous chloride, CoCl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1421,113 +1395,109 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>O, analytical grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C57C62" w14:paraId="58515814" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DBE5A83" w14:textId="77777777" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AA34721" w14:textId="227E25E8" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sodium Hydroxide, NaOH, analytical grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24EC9A6D" w14:textId="77777777" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5148" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23ED0E7B" w14:textId="0EC28A17" w:rsidR="00A04F40" w:rsidRDefault="00A04F40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Purchased Stock Standard</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="011E3735" w14:textId="7C0539A3" w:rsidR="004044D0" w:rsidRPr="004044D0" w:rsidRDefault="00E419A4" w:rsidP="00526D2A">
@@ -1594,51 +1564,50 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="5084"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4684"/>
         <w:gridCol w:w="12"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C16E46" w:rsidRPr="00A0149B" w14:paraId="07C84CC0" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11141" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="661FE931" w14:textId="77777777" w:rsidR="009E460B" w:rsidRDefault="009E460B" w:rsidP="009E460B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7141E3AD" w14:textId="77777777" w:rsidR="00C16E46" w:rsidRPr="00C16E46" w:rsidRDefault="009E460B" w:rsidP="009E460B">
             <w:pPr>
@@ -1812,72 +1781,70 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D78B4" w:rsidRPr="00A0149B" w14:paraId="5B692B12" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FB55263" w14:textId="0517B569" w:rsidR="002D78B4" w:rsidRPr="00A0149B" w:rsidRDefault="002D78B4" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A267D7A" w14:textId="77777777" w:rsidR="00CB61D1" w:rsidRDefault="00CB61D1" w:rsidP="00524388">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the SOP reviewed at least every 2 years? What is the most recent review/revision date of the SOP? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -1955,329 +1922,319 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="667BE68F" w14:textId="77777777" w:rsidR="002D78B4" w:rsidRPr="00560E41" w:rsidRDefault="002D78B4" w:rsidP="0053609E">
             <w:pPr>
               <w:ind w:left="-554" w:firstLine="554"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A48DAF5" w14:textId="77777777" w:rsidR="002D78B4" w:rsidRPr="00560E41" w:rsidRDefault="002D78B4" w:rsidP="00994091">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71AED689" w14:textId="381B8C90" w:rsidR="002D78B4" w:rsidRPr="00560E41" w:rsidRDefault="00CB61D1" w:rsidP="00CB61D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quality assurance, quality control, and Standard Operating Procedure documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are made.</w:t>
             </w:r>
             <w:r w:rsidR="00964E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006D39C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Verify proper method reference. During review notate deviations from the approved method and SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="54D15684" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CA6418E" w14:textId="79971E1C" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="412DD3A1" w14:textId="181BDEFF" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are all review/revision dates and procedural edits tracked and documented? [15A NCAC 02H .0805 (a) (7)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="161CA8D3" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00560E41" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64855841" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00560E41" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A9798E4" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00CB61D1" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control and SOP documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="23F93A75" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DF0F12C" w14:textId="356B1561" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F61226B" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there North Carolina data available for review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C72190B" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00560E41" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7037A158" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00560E41" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2135B1F8" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="008352D2" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2429,73 +2386,71 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANA</w:t>
             </w:r>
             <w:r w:rsidRPr="00C16E46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00552FB4" w:rsidRPr="00A0149B" w14:paraId="2854F466" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C64B298" w14:textId="77777777" w:rsidR="00552FB4" w:rsidRPr="00A0149B" w:rsidRDefault="00552FB4" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C0521A1" w14:textId="77777777" w:rsidR="0073295B" w:rsidRDefault="0073295B" w:rsidP="007F153E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="195D8101" w14:textId="332ACCF2" w:rsidR="00552FB4" w:rsidRDefault="000014B3" w:rsidP="007F153E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2660,161 +2615,156 @@
             </w:r>
             <w:r w:rsidR="00365075" w:rsidRPr="00365075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E2448BB" w14:textId="04CF1D56" w:rsidR="0073295B" w:rsidRPr="002925A9" w:rsidRDefault="0073295B" w:rsidP="007F153E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51073421" w14:textId="77777777" w:rsidR="00552FB4" w:rsidRPr="002925A9" w:rsidRDefault="00552FB4" w:rsidP="007F153E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C67BC1E" w14:textId="77777777" w:rsidR="00552FB4" w:rsidRDefault="00552FB4" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52A8947A" w14:textId="6D8D1577" w:rsidR="00552FB4" w:rsidRPr="002925A9" w:rsidRDefault="00146B26" w:rsidP="002925A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002925A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Collect samples in acid-washed amber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002925A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>glass bottles or plastic bottles covered to keep out light.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000014B3" w:rsidRPr="00A0149B" w14:paraId="51E503D6" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="746A0585" w14:textId="77777777" w:rsidR="000014B3" w:rsidRPr="00A0149B" w:rsidRDefault="000014B3" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2262C477" w14:textId="6E8491FF" w:rsidR="000014B3" w:rsidRPr="002925A9" w:rsidRDefault="00365075" w:rsidP="002925A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are bottles r</w:t>
             </w:r>
             <w:r w:rsidRPr="002925A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -2854,160 +2804,155 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00365075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 2120 B -2021 (5)(a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4217DA87" w14:textId="77777777" w:rsidR="000014B3" w:rsidRPr="002925A9" w:rsidRDefault="000014B3" w:rsidP="002925A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="282749F5" w14:textId="77777777" w:rsidR="000014B3" w:rsidRDefault="000014B3" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="064CF87A" w14:textId="7074C7B1" w:rsidR="000014B3" w:rsidRPr="002925A9" w:rsidRDefault="00C35A68" w:rsidP="002925A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C35A68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rinse bottles</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C35A68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>once with sample before filling bottle with sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="1CD1C5D7" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="057EED16" w14:textId="681FF1CB" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="715A0762" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples iced</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -3113,148 +3058,143 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25DA22C1" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C740C2C" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B079451" w14:textId="766503A0" w:rsidR="001B63F9" w:rsidRPr="003F5E8D" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">40 CFR footnote 2 allows 15 minutes for sample preservation, including thermal. This means that if a sample is received in the lab within 15 minutes it is not required to be on ice. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Document temperature downward trend for short transport samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="559BF14F" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="369F777D" w14:textId="2C8BE47F" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EB7BA99" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="0067392B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6DD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples refrigerated </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3354,130 +3294,125 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="097E3E4D" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B28C4B9" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="760FC23F" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="0405373A" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A853871" w14:textId="0DC99742" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43D33199" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples analyzed within </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3531,85 +3466,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0353F183" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4664DD45" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26898021" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="7BCD4578" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
@@ -3724,72 +3656,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="68B320D8" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CEF0FF2" w14:textId="09BC7E85" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A437A6D" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is your laboratory’s reporting limit? [15A NCAC 02H .0805 (a) (7) (H)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19BC7454" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -3840,113 +3770,109 @@
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16D37AF3" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A206F74" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5960914D" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="42CFEFF9" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="1970"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AFFF18F" w14:textId="1F4E68FE" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0FDF06C4" w14:textId="77777777" w:rsidR="0064296C" w:rsidRDefault="0064296C" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="07E2D4CB" w14:textId="1C265B14" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -4031,68 +3957,66 @@
               </w:rPr>
               <w:t xml:space="preserve">1 (4)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="240A1B0F" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="004752FD" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32BCC17A" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E57338C" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepare standards having CU of 5, 10, 15, 20, 25, 30, 40, 50, and 100. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42614D9D" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4164,72 +4088,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>all corresponding QC/Performance criteria and regulatory limits</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> are met. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="7CA995E0" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E35F7FA" w14:textId="1E1EA65A" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37770777" w14:textId="7E00127D" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are prepared standards protected from</w:t>
             </w:r>
             <w:r w:rsidR="000F1086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4243,290 +4165,280 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> light and kept only one month? [SM 2120 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00A31A76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 (4)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C662B4E" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26984FB1" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C35F29F" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Protect standards against evaporation and contamination when not in use. Keep in dark when not in </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>use, and</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> keep only for 1 month.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="16558A1B" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10E7A398" w14:textId="18E08884" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="217BC361" w14:textId="756842AB" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples allowed to come to room temperature before analysis? [SM 2120 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00467E89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 (5) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24032CD1" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28DB19D4" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="787AB3ED" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Keep samples cold until analysis, and warm them up to room temperature before measurements. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="2D777334" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A9FDCC9" w14:textId="78E1DDCE" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11E606F4" w14:textId="4E1550A8" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is pH meter calibrated </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4559,132 +4471,127 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> B-20</w:t>
             </w:r>
             <w:r w:rsidR="00C3776F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 (4) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40A582C0" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2895DDDD" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="186D2029" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="3A76D961" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A8B4F1B" w14:textId="0C072E56" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D66A802" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="56482F77" w14:textId="51A16532" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4771,255 +4678,245 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F0E2EDE" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00F65926" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E28C282" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CBAB01F" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41036642" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>One-point calibration is not allowed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="62E03C04" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C7E2B30" w14:textId="0A894E85" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F4BBF2F" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00A0149B" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the meter calibration process documented? [15A NCAC 02H .0805 (a) (7) (E)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67F23388" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51AFD0DB" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60EC4357" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="5123209F" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F6B565F" w14:textId="5095FD69" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63DD4A15" w14:textId="0B5ADD37" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is sample pH adjusted to 7 S</w:t>
             </w:r>
             <w:r w:rsidR="00CD2143">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5081,87 +4978,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [SM 2120 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00032175">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 (5) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B700416" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53598E84" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DBD4595" w14:textId="61ECB398" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If outside the range of 4 to 10</w:t>
             </w:r>
             <w:r w:rsidR="00807976">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5317,195 +5211,188 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>U</w:t>
             </w:r>
             <w:r w:rsidR="00CD2143">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="48B819CD" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BA75624" w14:textId="25278EB8" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DA08FDF" w14:textId="6CA2C230" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the pH adjustment documented, if performed? [SM 2120 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00032175">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 (5) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43BC5453" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AFBC6CD" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1806675D" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="1FBC8B2C" w14:textId="77777777" w:rsidTr="0073295B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59C29E18" w14:textId="799B000F" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A37E9A5" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E0B1A22" w14:textId="4EF52073" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5582,122 +5469,118 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FA475F4" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="334DD1A1" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B6FEBF9" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Observe sample color by filling a matched Nessler tube to the 50-mL mark with sample and comparing it with standards.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00191DFC" w:rsidRPr="00A0149B" w14:paraId="601BA3BF" w14:textId="77777777" w:rsidTr="0073295B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39E08901" w14:textId="77777777" w:rsidR="00191DFC" w:rsidRDefault="00191DFC" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75F4BB02" w14:textId="49D49273" w:rsidR="00191DFC" w:rsidRDefault="00191DFC" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples analyzed by comparing with standards looking vertically </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5719,132 +5602,127 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00344184">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>that light is reflected upward through the columns of liquid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [SM 2120 B-2021 (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48B73F27" w14:textId="77777777" w:rsidR="00191DFC" w:rsidRDefault="00191DFC" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38FE85B9" w14:textId="77777777" w:rsidR="00191DFC" w:rsidRDefault="00191DFC" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="175CD9C9" w14:textId="77777777" w:rsidR="00191DFC" w:rsidRDefault="00191DFC" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="6DB9C6DF" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F33D70D" w14:textId="4A5E29C6" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22CDCCD0" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What type of color is measured? </w:t>
             </w:r>
             <w:r w:rsidRPr="0095465F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -5918,122 +5796,118 @@
               <w:t>Both</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E4CF49A" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4950A797" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="363A180F" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Most permits will specify the type of color required to be measured.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="42D31A5F" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B0F4789" w14:textId="1975612E" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6438033F" w14:textId="2B21A5A7" w:rsidR="001B63F9" w:rsidRDefault="00E07161" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F177D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If Apparent Color is to be measured, are unfiltered samples analyzed?</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07161" w:rsidDel="00E07161">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6085,96 +5959,93 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B6E6BB7" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00560E41" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26270AB9" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="12D5C2C5" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37A78D12" w14:textId="471DE9CB" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31DBCE39" w14:textId="1BBF2D74" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If True Color is to be measured, are samples filtered prior to analysis using the proper procedure?  [SM 2120 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00AC06BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6210,51 +6081,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38EEF222" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00560E41" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41CBD66C" w14:textId="66F1E467" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If true color is to be measured, wash membrane filter and filter assembly by passing at least 50 mL </w:t>
             </w:r>
             <w:r w:rsidR="00701667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6268,72 +6138,70 @@
               </w:rPr>
               <w:t xml:space="preserve">water through filter. Filter about 25 mL sample and discard filtrate. Filter a further portion about 50 mL through the same filter and retain for analysis.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43EDBF6E" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="792178CE" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D9DB0F2" w14:textId="619EE08B" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="159A024B" w14:textId="2E9AEFB4" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7C15012C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For true color measurement, are the </w:t>
             </w:r>
             <w:r w:rsidR="005A1C83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6409,96 +6277,93 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27DA8D24" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00560E41" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0665595A" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="2E69C76D" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14246FFF" w14:textId="27191F7F" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54E95889" w14:textId="08C69E14" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are results reported in whole numbers? [SM 2120 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00AE1F42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6534,104 +6399,101 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="056255A1" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00560E41" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="287BBF61" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Report color results in whole numbers </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="24F122FB" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B147C9C" w14:textId="09DA0D4D" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BFD489C" w14:textId="3AB2C90E" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples that exceed </w:t>
             </w:r>
             <w:r w:rsidR="00D1653E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6701,120 +6563,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="373035AB" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00560E41" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F87B9D6" w14:textId="7F67FAA3" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the color exceeds </w:t>
             </w:r>
             <w:r w:rsidR="00D1653E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>the highest standard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, dilute sample in known proportions until the color is within the range of the standards.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="222968A9" w14:textId="77777777" w:rsidTr="0073295B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51D7C1A9" w14:textId="0D3D055D" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D2D5F5D" w14:textId="65FB2F2F" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What equation is used to calculate the Color results of diluted samples? [SM 2120 B</w:t>
             </w:r>
             <w:r w:rsidR="00E401A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6850,51 +6709,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7686C726" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00560E41" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B92E7F4" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DD94BE4" w14:textId="5EF6F6B2" w:rsidR="001B63F9" w:rsidRPr="002A6223" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7069,72 +6927,70 @@
               </w:rPr>
               <w:t xml:space="preserve"> 50mL total volume</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66CEAF56" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="1C6EFCD5" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29A0DCE2" w14:textId="790371B6" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B469A81" w14:textId="7B7EAC1E" w:rsidR="001B63F9" w:rsidRPr="005005E2" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">When reporting a color value, is the pH at which color is determined </w:t>
             </w:r>
             <w:r w:rsidR="0066363E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7226,51 +7082,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="267B13E0" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRPr="00560E41" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AB63DD5" w14:textId="77777777" w:rsidR="001B63F9" w:rsidRDefault="001B63F9" w:rsidP="001B63F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Color value of water is extremely pH dependent and invariably increases as the pH of the water is raised.  When reporting a color value, specify the pH at which color is determined.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B63F9" w:rsidRPr="00A0149B" w14:paraId="381C29D6" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -7403,72 +7258,70 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANA</w:t>
             </w:r>
             <w:r w:rsidRPr="00C16E46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00213388" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w14:paraId="721FC01C" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15DF25C1" w14:textId="77777777" w:rsidR="00213388" w:rsidRDefault="00213388" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB81B61" w14:textId="0D0B1BD1" w:rsidR="00213388" w:rsidRDefault="00213388" w:rsidP="00213388">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a </w:t>
             </w:r>
             <w:r w:rsidR="00035F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -7505,132 +7358,127 @@
               <w:t>meter calibration, before sample analysis? [</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">NC WW/GW LCB </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Approved Procedure for the Analysis of pH]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DFF2FE8" w14:textId="77777777" w:rsidR="00213388" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="00213388" w:rsidP="00213388">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31DD9EB0" w14:textId="77777777" w:rsidR="00213388" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="00213388" w:rsidP="00213388">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E1DA3C0" w14:textId="77777777" w:rsidR="00213388" w:rsidRDefault="00213388" w:rsidP="00213388">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00213388" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w14:paraId="5993B853" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22525BB1" w14:textId="77777777" w:rsidR="00213388" w:rsidRDefault="00213388" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19209F82" w14:textId="48FA1040" w:rsidR="00C85CFD" w:rsidRDefault="00C85CFD" w:rsidP="00C85CFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2C3DFE18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="2C3DFE18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7702,132 +7550,127 @@
             <w:r w:rsidRPr="00BD29A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C946852" w14:textId="77777777" w:rsidR="00213388" w:rsidRDefault="00213388" w:rsidP="00213388">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7472F584" w14:textId="77777777" w:rsidR="00213388" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="00213388" w:rsidP="00213388">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7941C016" w14:textId="77777777" w:rsidR="00213388" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="00213388" w:rsidP="00213388">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A730500" w14:textId="77777777" w:rsidR="00213388" w:rsidRDefault="00213388" w:rsidP="00213388">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w14:paraId="1CC0BBB2" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74FBC378" w14:textId="77777777" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7986D7BD" w14:textId="18F7AE0B" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the acceptance criterion for the </w:t>
             </w:r>
             <w:r w:rsidR="00035F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -7873,132 +7716,127 @@
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">NC WW/GW LCB </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Approved Procedure for the Analysis of pH]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="450F6552" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AAED7C6" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2098B0BB" w14:textId="77777777" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w14:paraId="02DABD17" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1884A5D5" w14:textId="77777777" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33DA91CE" w14:textId="048A2F6D" w:rsidR="007A3558" w:rsidRDefault="008358FF" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the evaluation of the </w:t>
             </w:r>
             <w:r w:rsidR="00035F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -8026,87 +7864,84 @@
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">NC WW/GW LCB </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Approved Procedure for the Analysis of pH]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="631852DE" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="372FEFFB" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BCC067C" w14:textId="77777777" w:rsidR="00183203" w:rsidRDefault="00183203" w:rsidP="00183203">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This may be accomplished with documenting the check buffer acceptance range (i.e., 6.9 – 7.1 S.U. or ±</w:t>
             </w:r>
             <w:r w:rsidRPr="00760D53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -8202,72 +8037,70 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0.1 S.U. of the true value</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to be acceptable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w14:paraId="4A7894FD" w14:textId="77777777" w:rsidTr="0073295B">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="132BDD4D" w14:textId="77777777" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="652AE885" w14:textId="6EA3E89E" w:rsidR="00773058" w:rsidRDefault="00773058" w:rsidP="00773058">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4D1AD101">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r w:rsidR="00035F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8348,362 +8181,348 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60BE2683" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79D867CF" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E136E3A" w14:textId="641FD63B" w:rsidR="007A3558" w:rsidRDefault="004C2277" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Check again with a freshly poured buffer. If the buffer still does not meet the criterion, recalibrate the instrument.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w14:paraId="0B684423" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B7DB802" w14:textId="142E4469" w:rsidR="007A3558" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1108E039" w14:textId="4888D898" w:rsidR="007A3558" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are filter blanks monitored when measuring true color? [SM 2120 B-2021 (2) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C8EA6BA" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="279EF401" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18039A51" w14:textId="77777777" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Monitor each lot of filters.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D43C1A2" w14:textId="77777777" w:rsidR="007A3558" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyze one blank with each lot of filters. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w14:paraId="6D0E6BD0" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A0AB5DA" w14:textId="4E033C32" w:rsidR="007A3558" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47EF3C71" w14:textId="6624AEA8" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are filter fibers visible in the blank? [15A NCAC 02H .0805 (a) (7) (A)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FEEA97F" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41E93CF0" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BD387D3" w14:textId="77777777" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w14:paraId="3575A4FC" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="2033"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D4AF350" w14:textId="6D293203" w:rsidR="007A3558" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F651B82" w14:textId="77777777" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="04DCFCBB" w14:textId="76BA5408" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8733,123 +8552,119 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="752EBD7A" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D27EADC" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidDel="00010CD9" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F69B5F1" w14:textId="1911E435" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA1C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3558" w:rsidRPr="00A0149B" w14:paraId="06B1826B" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D47277E" w14:textId="607093D9" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidRDefault="007A3558" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DC305B6" w14:textId="2A38278D" w:rsidR="007A3558" w:rsidRPr="000B495F" w:rsidRDefault="002D6DC4" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D6DC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is every 10</w:t>
             </w:r>
             <w:r w:rsidRPr="002D6DC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8872,247 +8687,238 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  [SM 2120 B-20</w:t>
             </w:r>
             <w:r w:rsidR="007A3558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="007A3558" w:rsidRPr="7C15012C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 (7) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DBED130" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C6BEF83" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23D03C99" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="000B495F" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3558" w:rsidRPr="00A0149B" w14:paraId="221A432E" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62E4E543" w14:textId="59E4E849" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidRDefault="007A3558" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="023C237F" w14:textId="06AE4289" w:rsidR="007A3558" w:rsidRPr="000B495F" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for the duplicates? [15A NCAC 02H .0805 (a) (7) (A)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="582A5EAE" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C7F251C" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64BF833A" w14:textId="77B38B63" w:rsidR="007A3558" w:rsidRPr="000B495F" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate control limits for duplicates when method-specific limits are not provided.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3558" w:rsidRPr="00A0149B" w14:paraId="4056F13F" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="648FFFE5" w14:textId="3DB02D68" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0358D946" w14:textId="77777777" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0294072F" w14:textId="1DFB1470" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9152,69 +8958,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EADE2AA" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FDD5984" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49BFFAEA" w14:textId="77777777" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C5EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our Rule requires corrective action any time quality control results indicate a problem.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -9223,72 +9027,70 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6509B44E" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00092769" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A3558" w:rsidRPr="00A0149B" w14:paraId="45944BF2" w14:textId="77777777" w:rsidTr="00AB1C8A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6271E0B7" w14:textId="2ACAD669" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidRDefault="007A3558" w:rsidP="00A913F4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5084" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45C6BCB9" w14:textId="798A8F1B" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the electronic Discharge Monitoring Report (eDMR) or client report if Quality Control (QC) requirements are not met?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -9304,87 +9106,84 @@
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15A NCAC 02H .0805 (a) (7) (B)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7442E2CA" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45035A91" w14:textId="77777777" w:rsidR="007A3558" w:rsidRPr="00A0149B" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6588A0F9" w14:textId="3B60A668" w:rsidR="007A3558" w:rsidRDefault="007A3558" w:rsidP="007A3558">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C7AD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6532546F" w14:textId="77777777" w:rsidR="00080358" w:rsidRPr="00A0149B" w:rsidRDefault="00080358" w:rsidP="009E4313">
       <w:pPr>
@@ -9525,219 +9324,219 @@
       <w:r w:rsidR="001603A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003B5326" w:rsidSect="004044D0">
       <w:headerReference w:type="even" r:id="rId14"/>
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="288A8DCD" w14:textId="77777777" w:rsidR="00E05F24" w:rsidRDefault="00E05F24">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3F1C600B" w14:textId="77777777" w:rsidR="00E05F24" w:rsidRDefault="00E05F24">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3527D54A" w14:textId="77777777" w:rsidR="00E05F24" w:rsidRDefault="00E05F24"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A7FEFC6" w14:textId="7A40F2A5" w:rsidR="00B164A8" w:rsidRPr="003A27F2" w:rsidRDefault="003A27F2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003A27F2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revision </w:t>
     </w:r>
     <w:r w:rsidR="001A4338">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>12/</w:t>
     </w:r>
     <w:r w:rsidR="009A1C82">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>18/2024</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5F1E7C89" w14:textId="46EA83CB" w:rsidR="00B164A8" w:rsidRPr="00693B60" w:rsidRDefault="00986563">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00693B60">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Re</w:t>
     </w:r>
     <w:r w:rsidR="000860B5" w:rsidRPr="00693B60">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">vision </w:t>
     </w:r>
     <w:r w:rsidR="009649E3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>12/18/2024</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6C2698B0" w14:textId="77777777" w:rsidR="00E05F24" w:rsidRDefault="00E05F24">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1D3FFBA1" w14:textId="77777777" w:rsidR="00E05F24" w:rsidRDefault="00E05F24">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="68F39DF1" w14:textId="77777777" w:rsidR="00E05F24" w:rsidRDefault="00E05F24"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D41B9A8" w14:textId="77777777" w:rsidR="00936DB4" w:rsidRDefault="00936DB4" w:rsidP="00067170">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Color SM 2120 B-2011</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2D7C12E3" w14:textId="77777777" w:rsidR="00936DB4" w:rsidRPr="003B457D" w:rsidRDefault="00936DB4" w:rsidP="00067170">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -9831,61 +9630,61 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00130A01">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EB89043" w14:textId="77777777" w:rsidR="00B164A8" w:rsidRDefault="00B164A8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="241D57F2" w14:textId="4643E0E1" w:rsidR="00936DB4" w:rsidRDefault="00936DB4" w:rsidP="00067170">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Color SM 2120 B-</w:t>
     </w:r>
     <w:r w:rsidR="008E3B36">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2021</w:t>
     </w:r>
@@ -9987,61 +9786,61 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00130A01">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="681FF69C" w14:textId="77777777" w:rsidR="00B164A8" w:rsidRDefault="00B164A8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="033E1FD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEC696FC"/>
     <w:lvl w:ilvl="0" w:tplc="79CAD410">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="72" w:hanging="72"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10094,120 +9893,106 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1216356026">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Crawford, Todd">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::todd.crawford@deq.nc.gov::d530ebaf-5378-45f8-a02e-9c5b3d1c264d"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C16AFC"/>
     <w:rsid w:val="000014B3"/>
     <w:rsid w:val="000054CA"/>
     <w:rsid w:val="00010CD9"/>
     <w:rsid w:val="00013756"/>
     <w:rsid w:val="00025C0C"/>
     <w:rsid w:val="0002786E"/>
     <w:rsid w:val="000301B6"/>
     <w:rsid w:val="00032175"/>
     <w:rsid w:val="00032D83"/>
     <w:rsid w:val="00032D8E"/>
     <w:rsid w:val="00034948"/>
     <w:rsid w:val="000359EC"/>
     <w:rsid w:val="00035F8F"/>
     <w:rsid w:val="000361F4"/>
     <w:rsid w:val="00036BE6"/>
+    <w:rsid w:val="00042DFF"/>
     <w:rsid w:val="00045013"/>
     <w:rsid w:val="00046362"/>
     <w:rsid w:val="00046596"/>
     <w:rsid w:val="00046C6C"/>
     <w:rsid w:val="000561FE"/>
     <w:rsid w:val="000578C6"/>
     <w:rsid w:val="00057BD7"/>
     <w:rsid w:val="000605DB"/>
     <w:rsid w:val="00060BC8"/>
     <w:rsid w:val="000610C6"/>
     <w:rsid w:val="0006280E"/>
     <w:rsid w:val="000661D9"/>
     <w:rsid w:val="00067170"/>
     <w:rsid w:val="00070E18"/>
     <w:rsid w:val="0007105D"/>
     <w:rsid w:val="0007140F"/>
     <w:rsid w:val="00072D14"/>
     <w:rsid w:val="00076FF6"/>
     <w:rsid w:val="0008007C"/>
     <w:rsid w:val="00080358"/>
     <w:rsid w:val="000860B5"/>
     <w:rsid w:val="0008687E"/>
     <w:rsid w:val="000906A4"/>
     <w:rsid w:val="00092EF8"/>
     <w:rsid w:val="0009537A"/>
@@ -10861,50 +10646,51 @@
     <w:rsid w:val="00B164A8"/>
     <w:rsid w:val="00B21945"/>
     <w:rsid w:val="00B21FBD"/>
     <w:rsid w:val="00B25315"/>
     <w:rsid w:val="00B31101"/>
     <w:rsid w:val="00B31820"/>
     <w:rsid w:val="00B31ECE"/>
     <w:rsid w:val="00B337B7"/>
     <w:rsid w:val="00B34DAA"/>
     <w:rsid w:val="00B35E89"/>
     <w:rsid w:val="00B36A35"/>
     <w:rsid w:val="00B41ED8"/>
     <w:rsid w:val="00B4629B"/>
     <w:rsid w:val="00B466CA"/>
     <w:rsid w:val="00B46961"/>
     <w:rsid w:val="00B54F98"/>
     <w:rsid w:val="00B55626"/>
     <w:rsid w:val="00B65504"/>
     <w:rsid w:val="00B66A32"/>
     <w:rsid w:val="00B7296A"/>
     <w:rsid w:val="00B809EF"/>
     <w:rsid w:val="00B80E5D"/>
     <w:rsid w:val="00B81DFF"/>
     <w:rsid w:val="00B82753"/>
     <w:rsid w:val="00B8363D"/>
+    <w:rsid w:val="00B856E8"/>
     <w:rsid w:val="00B9155B"/>
     <w:rsid w:val="00B93E12"/>
     <w:rsid w:val="00B96541"/>
     <w:rsid w:val="00BA2223"/>
     <w:rsid w:val="00BA390A"/>
     <w:rsid w:val="00BA4491"/>
     <w:rsid w:val="00BA5E75"/>
     <w:rsid w:val="00BA611F"/>
     <w:rsid w:val="00BA759D"/>
     <w:rsid w:val="00BB26CE"/>
     <w:rsid w:val="00BB56DD"/>
     <w:rsid w:val="00BC0595"/>
     <w:rsid w:val="00BC3F5A"/>
     <w:rsid w:val="00BC5699"/>
     <w:rsid w:val="00BC5DC1"/>
     <w:rsid w:val="00BC6B58"/>
     <w:rsid w:val="00BD46E4"/>
     <w:rsid w:val="00BD4DB4"/>
     <w:rsid w:val="00BE085F"/>
     <w:rsid w:val="00BE3B73"/>
     <w:rsid w:val="00BE79C3"/>
     <w:rsid w:val="00BF20EC"/>
     <w:rsid w:val="00BF2928"/>
     <w:rsid w:val="00BF3BAB"/>
     <w:rsid w:val="00BF4EBB"/>
@@ -11175,51 +10961,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26D81D97"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9153726B-F3B6-48FC-87E6-9EFE676C26E5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11743,51 +11529,51 @@
     <w:name w:val="Mention"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006C2DCF"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AE2D19"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="36048909">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="70931332">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12313,52 +12099,63 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1ea16cf91fc8ef9f84dde93f5cf4449f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a6069a042290a6c56d9d11497b4321" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -12547,150 +12344,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B18A18FA-F68C-4FFF-9A8A-5A92BC0A7695}">
-[...17 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A88EDBF6-7114-47F9-9F65-BA7362797329}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12385AEB-AC80-4462-AFBB-04F9AFBD9116}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E34C3B23-824E-4F38-BDE3-20052944C446}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{472B861F-6A7A-4180-842A-F7FF100D070F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{472B861F-6A7A-4180-842A-F7FF100D070F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E34C3B23-824E-4F38-BDE3-20052944C446}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>4</Pages>
   <Words>1654</Words>
-  <Characters>9692</Characters>
+  <Characters>9468</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>484</Lines>
-  <Paragraphs>199</Paragraphs>
+  <Lines>461</Lines>
+  <Paragraphs>167</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11147</CharactersWithSpaces>
+  <CharactersWithSpaces>11074</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="PublishingExpirationDate">
     <vt:lpwstr/>
   </property>