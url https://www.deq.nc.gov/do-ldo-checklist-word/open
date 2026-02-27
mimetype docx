--- v0 (2025-12-02)
+++ v1 (2026-02-27)
@@ -15524,62 +15524,62 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2686D521" w14:textId="54111E69" w:rsidR="00A35A2A" w:rsidRPr="007E2417" w:rsidRDefault="00027E64" w:rsidP="007E2417">
       <w:pPr>
         <w:ind w:left="7110" w:hanging="6030"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A409C20" wp14:editId="2CA16D1B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A409C20" wp14:editId="6B0BECDA">
             <wp:extent cx="7932420" cy="5791200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Picture 1"/>
+            <wp:docPr id="1" name="Picture 1" descr="oxygen solubility table, also found at https://www.ysi.com/File%20Library/Documents/Technical%20Notes/DO-Oxygen-Solubility-Table.pdf"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="oxygen solubility table, also found at https://www.ysi.com/File%20Library/Documents/Technical%20Notes/DO-Oxygen-Solubility-Table.pdf"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7932420" cy="5791200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -16404,51 +16404,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2110655403">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="56973372">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="716507937">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -16613,50 +16613,51 @@
     <w:rsid w:val="0035660D"/>
     <w:rsid w:val="003632E8"/>
     <w:rsid w:val="00363625"/>
     <w:rsid w:val="00363BD1"/>
     <w:rsid w:val="00364A05"/>
     <w:rsid w:val="0036514A"/>
     <w:rsid w:val="00365AA4"/>
     <w:rsid w:val="0037691D"/>
     <w:rsid w:val="003777CD"/>
     <w:rsid w:val="003846CD"/>
     <w:rsid w:val="00385592"/>
     <w:rsid w:val="0039205C"/>
     <w:rsid w:val="00394543"/>
     <w:rsid w:val="003A0766"/>
     <w:rsid w:val="003A6991"/>
     <w:rsid w:val="003B1618"/>
     <w:rsid w:val="003B37D4"/>
     <w:rsid w:val="003B4D74"/>
     <w:rsid w:val="003C2BF0"/>
     <w:rsid w:val="003C512D"/>
     <w:rsid w:val="003C672D"/>
     <w:rsid w:val="003D33BE"/>
     <w:rsid w:val="003D34E2"/>
     <w:rsid w:val="003D39B1"/>
     <w:rsid w:val="003D5D83"/>
+    <w:rsid w:val="003D6323"/>
     <w:rsid w:val="003E189F"/>
     <w:rsid w:val="003E1B6A"/>
     <w:rsid w:val="003E2C1E"/>
     <w:rsid w:val="003E4B78"/>
     <w:rsid w:val="004023A5"/>
     <w:rsid w:val="00404DEE"/>
     <w:rsid w:val="0040533E"/>
     <w:rsid w:val="004058C1"/>
     <w:rsid w:val="004062C3"/>
     <w:rsid w:val="0041037E"/>
     <w:rsid w:val="00420616"/>
     <w:rsid w:val="00424AB4"/>
     <w:rsid w:val="00431854"/>
     <w:rsid w:val="00433CE4"/>
     <w:rsid w:val="00434D26"/>
     <w:rsid w:val="004501C6"/>
     <w:rsid w:val="00450CCF"/>
     <w:rsid w:val="00454822"/>
     <w:rsid w:val="0045509C"/>
     <w:rsid w:val="00457FE3"/>
     <w:rsid w:val="00462121"/>
     <w:rsid w:val="00464694"/>
     <w:rsid w:val="00464C0E"/>
     <w:rsid w:val="00464CD7"/>
     <w:rsid w:val="004708E3"/>
@@ -16693,50 +16694,51 @@
     <w:rsid w:val="00532540"/>
     <w:rsid w:val="005337E4"/>
     <w:rsid w:val="0053416E"/>
     <w:rsid w:val="00535D5A"/>
     <w:rsid w:val="00536B0A"/>
     <w:rsid w:val="00541215"/>
     <w:rsid w:val="005418F5"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="005450AB"/>
     <w:rsid w:val="00546ED3"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="00551A30"/>
     <w:rsid w:val="005527CB"/>
     <w:rsid w:val="00554C5B"/>
     <w:rsid w:val="005550D0"/>
     <w:rsid w:val="00556435"/>
     <w:rsid w:val="005564F3"/>
     <w:rsid w:val="00556FD4"/>
     <w:rsid w:val="005603EB"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="005744F1"/>
     <w:rsid w:val="0058255A"/>
     <w:rsid w:val="00590F09"/>
     <w:rsid w:val="00591406"/>
+    <w:rsid w:val="005A6341"/>
     <w:rsid w:val="005A64A4"/>
     <w:rsid w:val="005B315E"/>
     <w:rsid w:val="005B3E0C"/>
     <w:rsid w:val="005B412C"/>
     <w:rsid w:val="005C282B"/>
     <w:rsid w:val="005C2C1A"/>
     <w:rsid w:val="005C5E5B"/>
     <w:rsid w:val="005D14D6"/>
     <w:rsid w:val="005D2456"/>
     <w:rsid w:val="005D2EB1"/>
     <w:rsid w:val="005D327F"/>
     <w:rsid w:val="005D4379"/>
     <w:rsid w:val="005E0328"/>
     <w:rsid w:val="005E459A"/>
     <w:rsid w:val="005F50A6"/>
     <w:rsid w:val="00602F81"/>
     <w:rsid w:val="006032CE"/>
     <w:rsid w:val="00606A54"/>
     <w:rsid w:val="00610D80"/>
     <w:rsid w:val="00611909"/>
     <w:rsid w:val="00614AC4"/>
     <w:rsid w:val="00617783"/>
     <w:rsid w:val="00620057"/>
     <w:rsid w:val="006210D6"/>
     <w:rsid w:val="00623499"/>
@@ -18165,61 +18167,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7a7b2b7f6b66202e8103598a278943b6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -18408,129 +18401,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6F761D2-0454-48F1-B055-2D240380A132}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65B99129-2CBA-49FD-A336-F43AC54B9F34}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F73B71F1-8B45-459A-92A9-6DB0DC52390A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1733</Words>
   <Characters>12041</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>752</Lines>
+  <Paragraphs>430</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13747</CharactersWithSpaces>
+  <CharactersWithSpaces>13344</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>