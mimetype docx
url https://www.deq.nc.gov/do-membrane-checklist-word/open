--- v0 (2025-12-02)
+++ v1 (2026-02-27)
@@ -848,162 +848,215 @@
           <w:p w14:paraId="0FC1EFB6" w14:textId="38BA973F" w:rsidR="00DB46E9" w:rsidRDefault="00DB46E9" w:rsidP="00DB46E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Conductivity standards </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB46E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(μmhos/cm):</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DB46E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>μmhos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DB46E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/cm):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="112774EA" w14:textId="77777777" w:rsidR="00DB46E9" w:rsidRPr="00DB46E9" w:rsidRDefault="00DB46E9" w:rsidP="00DB46E9">
             <w:pPr>
               <w:ind w:left="766"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E15C4F4" w14:textId="79C050D3" w:rsidR="00DB46E9" w:rsidRDefault="00DB46E9" w:rsidP="00DB46E9">
             <w:pPr>
               <w:ind w:left="766"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DB46E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Value: __________________ Exp: _________</w:t>
+              <w:t>Value: _</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DB46E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>_________________ Exp: _________</w:t>
             </w:r>
             <w:r w:rsidR="006451F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_____</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F037E16" w14:textId="77777777" w:rsidR="00DB46E9" w:rsidRPr="00DB46E9" w:rsidRDefault="00DB46E9" w:rsidP="00DB46E9">
             <w:pPr>
               <w:ind w:left="766"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44318215" w14:textId="66B3DF90" w:rsidR="00DB46E9" w:rsidRDefault="00DB46E9" w:rsidP="00DB46E9">
             <w:pPr>
               <w:ind w:left="766"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DB46E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Value: __________________ Exp: _________</w:t>
+              <w:t>Value: _</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DB46E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>_________________ Exp: _________</w:t>
             </w:r>
             <w:r w:rsidR="006451F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_____</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4017C068" w14:textId="77777777" w:rsidR="00DB46E9" w:rsidRPr="00DB46E9" w:rsidRDefault="00DB46E9" w:rsidP="00DB46E9">
             <w:pPr>
               <w:ind w:left="766"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28809302" w14:textId="275A1301" w:rsidR="00DB46E9" w:rsidRDefault="00DB46E9" w:rsidP="00DB46E9">
             <w:pPr>
               <w:ind w:left="766"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DB46E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Value: __________________ Exp: _________</w:t>
+              <w:t>Value: _</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DB46E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>_________________ Exp: _________</w:t>
             </w:r>
             <w:r w:rsidR="006451F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_____</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55FD1E9A" w14:textId="655105E2" w:rsidR="00B828A3" w:rsidRPr="00DB46E9" w:rsidRDefault="00B828A3" w:rsidP="00DB46E9">
             <w:pPr>
               <w:ind w:left="766"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -1716,51 +1769,71 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5137" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25F05B25" w14:textId="12D764A8" w:rsidR="00CB795E" w:rsidRDefault="00CB795E" w:rsidP="00F73064">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control and SOP documents.</w:t>
+              <w:t xml:space="preserve">Each laboratory shall have a formal process to track and document review dates and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>any revisions</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> made in all quality assurance, quality control and SOP documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00980A03" w:rsidRPr="00A0149B" w14:paraId="485F5E42" w14:textId="77777777" w:rsidTr="00F73064">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0405841D" w14:textId="093353B8" w:rsidR="00CB795E" w:rsidRDefault="00CB795E" w:rsidP="00F73064">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
@@ -5423,51 +5496,69 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5137" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7172AB17" w14:textId="3F3D4272" w:rsidR="006343CF" w:rsidRPr="00A0149B" w:rsidRDefault="006343CF" w:rsidP="00F73064">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D5119">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>This is accomplished by calibrating the electrode in an environment with a high relative humidity. Using dry air for the calibration can result in errant readings.</w:t>
+              <w:t xml:space="preserve">This is accomplished by calibrating the electrode in an environment with a high relative humidity. Using dry air for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007D5119">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the calibration</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007D5119">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> can result in errant readings.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D959A2" w:rsidRPr="00A0149B" w14:paraId="0AAEED19" w14:textId="77777777" w:rsidTr="00F73064">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47324595" w14:textId="77777777" w:rsidR="00D959A2" w:rsidRDefault="00D959A2" w:rsidP="00F73064">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5496,52 +5587,64 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the salinity of the sample(s) known or expected to be above 9 ppt? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EA44303" w14:textId="15D2E656" w:rsidR="00D959A2" w:rsidRPr="003D10CD" w:rsidRDefault="00D959A2" w:rsidP="00F73064">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D10CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>If not, skip to question #</w:t>
-            </w:r>
+              <w:t xml:space="preserve">If not, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D10CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>skip to question #</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00DD3DDE" w:rsidRPr="003D10CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BD1B2D" w:rsidRPr="003D10CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0021707D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -6790,57 +6893,67 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="059000A2" w14:textId="7E988F16" w:rsidR="006343CF" w:rsidRDefault="006343CF" w:rsidP="00F73064">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If not, is </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00760AC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>a post-analysis verification performed</w:t>
+              <w:t>a post</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00760AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-analysis verification performed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> at the end of the analysis day? </w:t>
             </w:r>
             <w:r w:rsidR="000E2D89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[NC WW/GW LCB Approved Procedure for the Analysis of Dissolved Oxygen (DO)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
@@ -7286,51 +7399,69 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52871259" w14:textId="257348E6" w:rsidR="006343CF" w:rsidRPr="00A0149B" w:rsidRDefault="006343CF" w:rsidP="00F73064">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The meter must be recalibrated and all samples since the last successful calibration must be reanalyzed.</w:t>
             </w:r>
             <w:r w:rsidR="00926CA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> If reanalysis is not possible, all of the data must be qualified.</w:t>
+              <w:t xml:space="preserve"> If reanalysis is not possible, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00926CA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>all of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00926CA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the data must be qualified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E86B1C" w:rsidRPr="00A0149B" w14:paraId="7A5870C4" w14:textId="77777777" w:rsidTr="00F73064">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48BF6138" w14:textId="77777777" w:rsidR="00E86B1C" w:rsidRPr="008C0C53" w:rsidRDefault="00E86B1C" w:rsidP="00F73064">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8140,65 +8271,75 @@
     <w:p w14:paraId="7ACB5DC6" w14:textId="51E94D7E" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>nspector: ______________________________________________________</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_________</w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A0149B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
@@ -14979,62 +15120,62 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DE8B8A1" w14:textId="0CD01807" w:rsidR="00A35A2A" w:rsidRDefault="00541755" w:rsidP="00A35A2A">
       <w:pPr>
         <w:ind w:left="7110" w:hanging="6030"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A409C20" wp14:editId="76E6BC3B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A409C20" wp14:editId="07DCC79E">
             <wp:extent cx="7933690" cy="5791200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Picture 1"/>
+            <wp:docPr id="1" name="Picture 1" descr="oxygen solubility table can be found at https://www.ysi.com/File%20Library/Documents/Technical%20Notes/DO-Oxygen-Solubility-Table.pdf"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="oxygen solubility table can be found at https://www.ysi.com/File%20Library/Documents/Technical%20Notes/DO-Oxygen-Solubility-Table.pdf"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7933690" cy="5791200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15115,58 +15256,58 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0BC71FDE" w14:textId="77777777" w:rsidR="005C46E4" w:rsidRDefault="005C46E4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="718FEAB7" w14:textId="711E3EF1" w:rsidR="00931097" w:rsidRDefault="00931097" w:rsidP="00ED38F2">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:left="144"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
@@ -15644,51 +15785,52 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2110655403">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="56973372">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="716507937">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -15756,50 +15898,51 @@
     <w:rsid w:val="001A6822"/>
     <w:rsid w:val="001B01CF"/>
     <w:rsid w:val="001B2604"/>
     <w:rsid w:val="001B2E06"/>
     <w:rsid w:val="001B6CAD"/>
     <w:rsid w:val="001D10BF"/>
     <w:rsid w:val="001D18D1"/>
     <w:rsid w:val="001D6BB7"/>
     <w:rsid w:val="001E1F68"/>
     <w:rsid w:val="001E4C2F"/>
     <w:rsid w:val="001E5010"/>
     <w:rsid w:val="001E6F37"/>
     <w:rsid w:val="001F371A"/>
     <w:rsid w:val="00202C1C"/>
     <w:rsid w:val="00204434"/>
     <w:rsid w:val="0020672B"/>
     <w:rsid w:val="002110F1"/>
     <w:rsid w:val="00211AF6"/>
     <w:rsid w:val="0021707D"/>
     <w:rsid w:val="0023543B"/>
     <w:rsid w:val="00236536"/>
     <w:rsid w:val="00236E1D"/>
     <w:rsid w:val="00237763"/>
     <w:rsid w:val="002402EB"/>
     <w:rsid w:val="00246250"/>
+    <w:rsid w:val="00257716"/>
     <w:rsid w:val="00265DB6"/>
     <w:rsid w:val="00271298"/>
     <w:rsid w:val="0027214F"/>
     <w:rsid w:val="00272CDB"/>
     <w:rsid w:val="00273930"/>
     <w:rsid w:val="00274D75"/>
     <w:rsid w:val="00282183"/>
     <w:rsid w:val="002837D5"/>
     <w:rsid w:val="00291F36"/>
     <w:rsid w:val="00293E54"/>
     <w:rsid w:val="002950BE"/>
     <w:rsid w:val="00297CE1"/>
     <w:rsid w:val="002A1166"/>
     <w:rsid w:val="002A1D86"/>
     <w:rsid w:val="002A3173"/>
     <w:rsid w:val="002B327B"/>
     <w:rsid w:val="002D739D"/>
     <w:rsid w:val="002E0D22"/>
     <w:rsid w:val="002E423C"/>
     <w:rsid w:val="00301BF0"/>
     <w:rsid w:val="00311560"/>
     <w:rsid w:val="00312389"/>
     <w:rsid w:val="0032181C"/>
     <w:rsid w:val="00327A2C"/>
     <w:rsid w:val="00332344"/>
@@ -16124,75 +16267,77 @@
     <w:rsid w:val="00CA5854"/>
     <w:rsid w:val="00CA63A4"/>
     <w:rsid w:val="00CA72F5"/>
     <w:rsid w:val="00CB3D76"/>
     <w:rsid w:val="00CB795E"/>
     <w:rsid w:val="00CC17C0"/>
     <w:rsid w:val="00CC4B8F"/>
     <w:rsid w:val="00CC6E5A"/>
     <w:rsid w:val="00CD3A20"/>
     <w:rsid w:val="00CD3F65"/>
     <w:rsid w:val="00CD61FE"/>
     <w:rsid w:val="00CD6EEE"/>
     <w:rsid w:val="00CD6F96"/>
     <w:rsid w:val="00CD7670"/>
     <w:rsid w:val="00CF0BEB"/>
     <w:rsid w:val="00CF0CE3"/>
     <w:rsid w:val="00CF22F3"/>
     <w:rsid w:val="00CF29FD"/>
     <w:rsid w:val="00CF391C"/>
     <w:rsid w:val="00CF748E"/>
     <w:rsid w:val="00D01C50"/>
     <w:rsid w:val="00D12DEE"/>
     <w:rsid w:val="00D13B4D"/>
     <w:rsid w:val="00D13CBC"/>
     <w:rsid w:val="00D144A1"/>
+    <w:rsid w:val="00D22279"/>
     <w:rsid w:val="00D253C7"/>
     <w:rsid w:val="00D26E1D"/>
     <w:rsid w:val="00D3412F"/>
     <w:rsid w:val="00D51950"/>
     <w:rsid w:val="00D57E0A"/>
     <w:rsid w:val="00D653A4"/>
     <w:rsid w:val="00D81707"/>
     <w:rsid w:val="00D81945"/>
     <w:rsid w:val="00D852CA"/>
     <w:rsid w:val="00D959A2"/>
     <w:rsid w:val="00D97A44"/>
     <w:rsid w:val="00DB11C0"/>
     <w:rsid w:val="00DB1889"/>
     <w:rsid w:val="00DB29C3"/>
     <w:rsid w:val="00DB46E9"/>
     <w:rsid w:val="00DC0C9B"/>
     <w:rsid w:val="00DC2D85"/>
     <w:rsid w:val="00DD3DDE"/>
     <w:rsid w:val="00DE4CC2"/>
     <w:rsid w:val="00DE53F5"/>
     <w:rsid w:val="00DE5CAA"/>
     <w:rsid w:val="00DF00E7"/>
     <w:rsid w:val="00DF4FC5"/>
     <w:rsid w:val="00DF53B0"/>
     <w:rsid w:val="00E1692E"/>
+    <w:rsid w:val="00E203F3"/>
     <w:rsid w:val="00E25456"/>
     <w:rsid w:val="00E33F8D"/>
     <w:rsid w:val="00E416FA"/>
     <w:rsid w:val="00E42829"/>
     <w:rsid w:val="00E469EC"/>
     <w:rsid w:val="00E50F56"/>
     <w:rsid w:val="00E603AE"/>
     <w:rsid w:val="00E65301"/>
     <w:rsid w:val="00E723E6"/>
     <w:rsid w:val="00E72735"/>
     <w:rsid w:val="00E731FD"/>
     <w:rsid w:val="00E8331F"/>
     <w:rsid w:val="00E86B1C"/>
     <w:rsid w:val="00EA00DD"/>
     <w:rsid w:val="00EA3E48"/>
     <w:rsid w:val="00EA62AC"/>
     <w:rsid w:val="00EB0892"/>
     <w:rsid w:val="00ED38F2"/>
     <w:rsid w:val="00EE08DA"/>
     <w:rsid w:val="00EE20D8"/>
     <w:rsid w:val="00EE212E"/>
     <w:rsid w:val="00EE2DFA"/>
     <w:rsid w:val="00EE31F0"/>
     <w:rsid w:val="00EE65C7"/>
     <w:rsid w:val="00EF41D1"/>
@@ -17178,61 +17323,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7a7b2b7f6b66202e8103598a278943b6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -17421,129 +17557,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73B352FD-EFBE-4F0E-A86B-21C77B5D42D5}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65B99129-2CBA-49FD-A336-F43AC54B9F34}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F73B71F1-8B45-459A-92A9-6DB0DC52390A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11680</Characters>
+  <Pages>5</Pages>
+  <Words>1620</Words>
+  <Characters>12109</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>27</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>756</Lines>
+  <Paragraphs>416</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13702</CharactersWithSpaces>
+  <CharactersWithSpaces>13313</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>