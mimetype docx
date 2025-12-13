--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -1,20733 +1,23870 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="12DBAEEA" w14:textId="32601F2A" w:rsidR="007D1DBF" w:rsidRPr="00C24209" w:rsidRDefault="00ED3B0D" w:rsidP="007D1DBF">
+    <w:p w14:paraId="4B416676" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="035FEB94" wp14:editId="438A7966">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15728640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="073AE9A5" wp14:editId="7A2214D0">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>0</wp:posOffset>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>348512</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>0</wp:posOffset>
+              <wp:posOffset>97158</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1409700" cy="554355"/>
+            <wp:extent cx="1227193" cy="440964"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="2" name="Picture 2" descr="A picture containing text, clipart&#10;&#10;Description automatically generated"/>
+            <wp:docPr id="3" name="Image 3"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="Picture 2" descr="A picture containing text, clipart&#10;&#10;Description automatically generated"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="3" name="Image 3"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1409700" cy="554355"/>
+                      <a:ext cx="1227193" cy="440964"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="007D1DBF" w:rsidRPr="00C24209">
+      <w:r>
+        <w:t>North</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:spacing w:val="-14"/>
         </w:rPr>
-        <w:t>North Carolina Department of Environmental Quality</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Carolina</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Environmental</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Quality</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D2002E" w14:textId="77777777" w:rsidR="007D1DBF" w:rsidRPr="00C24209" w:rsidRDefault="007D1DBF" w:rsidP="007D1DBF">
+    <w:p w14:paraId="2704883F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="180"/>
+        <w:ind w:left="4967" w:right="4606" w:firstLine="4"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C24209">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Division of Water Resources, Public Water Supply Section</w:t>
+        <w:t xml:space="preserve">Division of Water Resources, Public Water Supply Section </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B31">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Level</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B31">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B31">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B31">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B31">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Assessment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B31">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E0F1B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Revised</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Total</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Coliform</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Rule</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="635DAEE3" w14:textId="77777777" w:rsidR="007D1DBF" w:rsidRPr="00C24209" w:rsidRDefault="007D1DBF" w:rsidP="007D1DBF">
+    <w:p w14:paraId="73EBA862" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...56 lines deleted...]
-      <w:r w:rsidRPr="00F5015E">
+        <w:spacing w:before="244"/>
+        <w:ind w:left="1677"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>(Complete entire form and submit to the P</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009156E9">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">ublic Water Supply </w:t>
+        <w:t>(Complete</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5015E">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Section</w:t>
+        <w:t>entire</w:t>
       </w:r>
-      <w:r w:rsidR="00037ECE" w:rsidRPr="00F5015E">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">’s Rule Manager </w:t>
+        <w:t>form</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5015E">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">within </w:t>
+        <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5015E">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Supply</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Section’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Rule</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Manager</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>30 days</w:t>
+        <w:t>30</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5015E">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>days</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the Level 1 Assessment Trigger Date)</w:t>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Level</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Assessment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Trigger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Date)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC9A1F9" w14:textId="77777777" w:rsidR="0065116D" w:rsidRPr="008451EF" w:rsidRDefault="0065116D" w:rsidP="00B057C0">
+    <w:p w14:paraId="32A7AD17" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="180"/>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:i/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...2 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="413" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9360"/>
-        <w:gridCol w:w="2970"/>
-        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="2429"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00824DCF" w:rsidRPr="00CD15FC" w14:paraId="73B4DF22" w14:textId="77777777" w:rsidTr="007F5D41">
+      <w:tr w:rsidR="00E66584" w14:paraId="731CF22F" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="677"/>
+          <w:trHeight w:val="666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
-[...203 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A81E00" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D93CD3F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2429" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A35F5A1" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>County:</w:t>
             </w:r>
-            <w:r w:rsidR="00D95C6B">
-[...36 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D63A7" w:rsidRPr="00CD15FC" w14:paraId="4B3DA285" w14:textId="77777777" w:rsidTr="00D95C6B">
+      <w:tr w:rsidR="00E66584" w14:paraId="3DF58B81" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit/>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...53 lines deleted...]
-              <w:t>]</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="3883E6F7" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="9"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Trigger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Event</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="44"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>[Check</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>box(es)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>below</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>apply]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="bottom"/>
-[...18 lines deleted...]
-              <w:t>Level 1 Assessment Trigger Date</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="37406F2B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="80" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="1231"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Trigger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D63A7" w:rsidRPr="00CD15FC" w14:paraId="4FC8D275" w14:textId="77777777" w:rsidTr="004901A0">
+      <w:tr w:rsidR="00E66584" w14:paraId="15674EAE" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="576"/>
+          <w:trHeight w:val="565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
-            <w:vAlign w:val="bottom"/>
-[...70 lines deleted...]
-                <w:szCs w:val="20"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF5A743" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="415"/>
+              </w:tabs>
+              <w:spacing w:before="32" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:right="661" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>For</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>taking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>fewer</w:t>
             </w:r>
-            <w:r w:rsidR="004C0564">
-[...87 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>than</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>per</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>month:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>has</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>two</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>more</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>coliform-positive samples in the same month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="bottom"/>
-[...83 lines deleted...]
-            </w:sdt>
+          </w:tcPr>
+          <w:p w14:paraId="5E1E6F2F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="78"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="509C409B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="223" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>end</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>date:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D63A7" w:rsidRPr="00CD15FC" w14:paraId="70A40DC8" w14:textId="77777777" w:rsidTr="004901A0">
+      <w:tr w:rsidR="00E66584" w14:paraId="2D7EB18B" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="432"/>
+          <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
-            <w:vAlign w:val="bottom"/>
-[...124 lines deleted...]
-              <w:t xml:space="preserve">positive </w:t>
+          </w:tcPr>
+          <w:p w14:paraId="374230EB" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="415"/>
+              </w:tabs>
+              <w:spacing w:before="153" w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="415" w:hanging="308"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>For</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>taking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>more</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>per</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>month:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="76"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Greater</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>than</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>coliform-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>positive</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="bottom"/>
-[...73 lines deleted...]
-            </w:sdt>
+          </w:tcPr>
+          <w:p w14:paraId="015B7AB2" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="179" w:line="223" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>end</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>date:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D63A7" w:rsidRPr="00CD15FC" w14:paraId="62E0D0A0" w14:textId="77777777" w:rsidTr="004901A0">
+      <w:tr w:rsidR="00E66584" w14:paraId="5F264D28" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="576"/>
+          <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
-            <w:vAlign w:val="bottom"/>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+          </w:tcPr>
+          <w:p w14:paraId="706DE1C8" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="427BBB84" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="444"/>
+              </w:tabs>
+              <w:spacing w:line="253" w:lineRule="exact"/>
+              <w:ind w:left="444" w:hanging="337"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Failure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>take</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>every</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>repeat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>after</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>single</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>coliform-positive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>sample</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="bottom"/>
-[...74 lines deleted...]
-            </w:sdt>
+          </w:tcPr>
+          <w:p w14:paraId="1FD590F2" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="57" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="45"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Routine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>end</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>hours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(unless</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>extension approved by the Rule Manager):</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65B073B2" w14:textId="77777777" w:rsidR="004901A0" w:rsidRPr="004901A0" w:rsidRDefault="004901A0" w:rsidP="004901A0">
+    <w:p w14:paraId="5B6AEF0A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="245"/>
+        <w:ind w:left="432"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>evaluate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>each</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>listed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>elements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>typically</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>relate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>system.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Check</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(√)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>“Yes”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>potential</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>causes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>contamination</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>were</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>identified,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or check (√) “No” if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>none</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>were</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>identified, or check (√) “N/A” if the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>element is not applicable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to this water system. [Note:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Deficiencies and RTCR Sanitary Defects are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>denoted below with applicable codes, for example, (D112).]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306147F9" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="147"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="413" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5921"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="459"/>
+        <w:gridCol w:w="5974"/>
+        <w:gridCol w:w="504"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="506"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E66584" w14:paraId="1D06063C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F12E02B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="259" w:lineRule="exact"/>
+              <w:ind w:left="153"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="44"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ATYPICAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>EVENTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="322E9AC1" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F39C61" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="8" w:right="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC30CE7" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D2E7B0" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="530F28BF" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="079B111D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="52" w:right="51"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="62EC4453" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="54" w:right="51"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="47B605FF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B29FCB9" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Weather</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>heavy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>precipitation/flooding/snowmelt/drought</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D0FF46" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="4" w:right="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DE17DE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="234667A8" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0360DC" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="105"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Signs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vandalism/tampering/forced</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>entry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water system</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">assets </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA13)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA7C70B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="37" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="028BB2CA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="54" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44568EED" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="13700360" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D10E7B2" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="143"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>loss</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA11)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C956C41" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="4" w:right="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B66FC97" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F4F3D1" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="383A4CED" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="321" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Changes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>plant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>operation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TA2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>rates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TA3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/ construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TA4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA5FC30" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="37" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC879FC" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EFC6308" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="7A33928F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3E28B4" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Fire-fighting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>event</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA12)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AAC6F63" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="4" w:right="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3439F551" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8501CA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA2624C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="105"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A1D520" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="37" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="027A0C76" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="54" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3CCA8F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="27EA3BAE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="278A7B27" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="259" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="41"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>DISTRIBUTION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SYSTEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>MAINTENANCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OPERATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A33CBF" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F5E19FE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="8" w:right="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1817FE5E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B860E7F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E720BD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DDFBD38" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="52" w:right="51"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6AB68E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="54" w:right="51"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="3EEF7F2B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="600050BC" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Temporary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>loss</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>low</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>negative pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DA2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="072623ED" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="4" w:right="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D3CF697" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06CCE13D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE9A797" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="105"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Unprotected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>unapproved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cross-connection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(D004)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ACF422B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="37" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C2A3E44" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="54" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA39DF5" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="651459E6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04EE732F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>loss</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>inadequate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(D105</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>D107)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC58E64" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="4" w:right="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F474A3" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="182B50AF" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C2F748" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="105"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>j.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Hydrants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sheared,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>damaged</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>improperly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hydrants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DA5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6295575A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="37" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1644FB81" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="54" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F71353D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="00AAF227" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C9A664" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:left="323" w:right="171" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>lines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>new</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>installation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DA3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>leaks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/breaks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">repairs </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DD2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B01425D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="4" w:right="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A5BC32E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5B6392" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3607CA28" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="105"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>k.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Pumps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>operation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>failure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pumps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>repairs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(PA2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E32C95" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="38" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3237FB" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9A6895" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="42B54FF8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="493"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3918635D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Mains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>improperly sized</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to provide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>adequate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(D102</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> D103)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A8AC2B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="4" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE1DA92" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8ACAB7" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A8F8062" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="321" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>l.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Valves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>operation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>valves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>valve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>breakage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DA6)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>leaking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>air-relief / air-vacuum valves (DA7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3D0864" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="37" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6677C788" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="54" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2E9921" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="6A19C539" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="494"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C9B3C9" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="323" w:right="171" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>line</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>placed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>without</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>satisfactory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bacteriological tests</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(D120)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="150305EE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="4" w:right="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3007421F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21805DC1" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54997B52" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:ind w:left="91"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>m.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>surge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DA8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1CDA33" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="38" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30EB8F19" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DD913D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="5B9F416F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="493"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B00368" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="323" w:right="171" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="68"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Dead</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>end</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hydrant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flushing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>valve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>aboveground discharge, protected from contamination (D112)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707F959A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="4" w:right="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="699B39A4" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FF3CCC" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14CC0706" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="321" w:right="165" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>n.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Low residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfectant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concentration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(&lt;0.2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mg/L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>free</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>&lt;1.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mg/L total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>coliform</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sampling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DD4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72362B66" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="37" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="232BDE12" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="54" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64F30F4F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="373AA0F3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="079E2335" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>g.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Flushing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>fire hydrants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blow-offs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DA4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B96099" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="4" w:right="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABBBE33" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F7C8497" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F77B6F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:ind w:left="105"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>o.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Known</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bio-film</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>accumulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DA9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F471E6D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="37" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="566711EA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="54" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B272170" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="2CD38EC7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="494"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3D6D42" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="323" w:right="171" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>h.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>system</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>after</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flushing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>leak testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(D119)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="529554CB" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="4" w:right="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E2C517" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27AFD8ED" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5974" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2021C036" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="219" w:lineRule="exact"/>
+              <w:ind w:left="105"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>p.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49D78F5D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="37" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA3C204" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="54" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E570E7C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4B193911" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E66584">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:top="420" w:right="360" w:bottom="460" w:left="0" w:header="0" w:footer="271" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21AF13AD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="11236"/>
+          <w:tab w:val="left" w:pos="15270"/>
+        </w:tabs>
+        <w:spacing w:before="40"/>
+        <w:ind w:left="631"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="180"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:sz w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C6739A">
+        <w:lastRenderedPageBreak/>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Section A</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C6739A">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - </w:t>
+        <w:t>System</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C6739A">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>System</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Number:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Review and evaluate</w:t>
-[...107 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452C41D9" w14:textId="77777777" w:rsidR="007F5D41" w:rsidRDefault="007F5D41" w:rsidP="00B057C0">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="530" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5911"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="504"/>
+        <w:gridCol w:w="454"/>
+        <w:gridCol w:w="5969"/>
+        <w:gridCol w:w="504"/>
+        <w:gridCol w:w="504"/>
+        <w:gridCol w:w="506"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E66584" w14:paraId="3551768F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="133"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="549286CC" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="144A2DBC" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CC92ECE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D1586CD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DE14AF3" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57053C5E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EE9D828" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C1679F4" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="5DE5C3D4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="113E1B9A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="46"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>STORAGE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B599A5" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="57" w:right="51"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD41958" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="47" w:right="37"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DD2CF9" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="10" w:right="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E13046E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9DBDBC" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="40" w:right="37"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1084C3F8" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="505EBF82" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="54" w:right="51"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="4F67C950" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="882"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5296818B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="323" w:right="140" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Tank – Not disinfected properly (F004) / elevation not adequate to provide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>system</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(F115)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hydropneumatic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tank capacity not adequate to provide required pressure in distribution</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72F4900E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="204" w:lineRule="exact"/>
+              <w:ind w:left="323"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>system</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(F116)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B474BC5" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="100"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69328095" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="517BC0ED" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="100"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13A5140D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFEE2EE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="100"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5354A4BE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7140F685" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="328" w:right="91" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Inadequate cleaning and maintenance practices (FA7) - Visibly unsanitary conditions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>presence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>debris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>birds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tank or near openings (FD2) / Deterioration, rust, holes, etc. in vent, overflow</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="643E42ED" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="328"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pipe,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hatch,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>screens,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ladders,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FD3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="439A6C9E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="100"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1645C02B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE9F223" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="100"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05FAEB41" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="061FDB7B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="100"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F33C060" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="2D56DDF1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA2E2DE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>High</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>age</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>low disinfectant residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FA6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12E65291" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FA3814" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="224621F9" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7792049A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="71"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Hatch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sealed properly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FD4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C77C29" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF3003E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="575D3213" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="76175514" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="477"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="788D349F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="47"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>observed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>leaks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>repair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FA2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C28C24E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="118"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B2FEA2" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="118"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47DF4D97" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="118"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB0714C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="328" w:right="91" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>g.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>operation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>valves,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>altitude</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>valves,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>related appurtenances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FA9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F74979" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="119"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CA9121" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="119"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2E87AA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="119"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="481F5A15" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7827D5AD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Vandalism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tampering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">observed </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FA4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3D3FF7" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67CBB2C8" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C968A83" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="064C6DA1" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>h.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (FA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D166925" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FCC7800" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02245D63" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="4A81060B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="75CFBD88" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="45"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SOURCES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>GROUNDWATER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA6FC73" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="41" w:right="51"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2F8CF0" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="10" w:right="45"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3E9FC4" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="10" w:right="10"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0683EE1C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E525BBA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="24" w:right="37"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0895A0DA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="10" w:right="47"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F487A19" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="6" w:right="57"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="404FAC1B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D1C2AA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Unapproved/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>changed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>new source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>added</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5425D876" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEE0580" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2855E927" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02DE34FE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Threaded</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bibs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>equipped</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>anti-siphon devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (S110)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A3B41D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20418D16" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCE5997" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="470658F9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B8A4EC4" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Heavy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>rainfall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flooding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13FC8F92" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B1C89C3" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70DDE0BE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B03D03D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>j.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Potential</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cross-connections exist at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>site</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (S501)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C586756" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56812A67" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34449B4B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="7F0C7638" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="479"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5990224B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="323" w:right="140" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>standing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>evidence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flooding/run-off</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inundation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SD2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09808F49" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="119"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2405968C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="119"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="056D4717" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="119"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4CE2BF" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="109"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>k.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Inadequate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concrete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>slab</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well house</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concrete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>floor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (S108)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CA3855D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="119"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="684021AA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="119"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5871A3" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="119"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="111C3AC4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2033DD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="67"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Operational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>changes/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>changes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>static/pumping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>levels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A725FF5" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D7F619" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6808EA7B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="391862E0" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>l.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Unprotected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>opening</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pump</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pump</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7795FE51" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="504A6C8D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52333244" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="168D84BF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03071F70" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="323" w:right="140" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="72"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Inadequate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>damaged</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>components</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>seal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">well casing / grout seal / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pitless</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adaptor (SD3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="434DC1F0" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="104"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1915DB26" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="104"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76850BCE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="104"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6922D738" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="328" w:right="148" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>m.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>New</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, repaired or reconditioned </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> was not properly cleaned and disinfected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>representative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bacteriological</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>were</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>found to be free of contamination (S120)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A76312" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="115"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4890A0AD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="158"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F70DF7E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="115"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="583ACC06" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="160"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="62B1E7B5" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="115"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E12E950" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="160"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="308CE09B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2A4F54" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Upper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>terminal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>casing not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sealed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>watertight,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>exception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48322F58" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="323"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pipe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (S106)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="484F170A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="104"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D33ACD5" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="104"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="627A24D1" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="104"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02E36409" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68815547" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44B184D9" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69425391" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="5DD8A375" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="316"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2791689C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>g.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Vent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>damaged</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>unscreened</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SD4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1066FB65" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C7198C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="462BF11E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECDDCE6" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="190"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>n.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="71"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA02497" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="202"/>
+              <w:ind w:left="158"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA8A82B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="202"/>
+              <w:ind w:left="160"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D48685D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="202"/>
+              <w:ind w:left="160"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="1FE96EC0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="318"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B039A17" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>h.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Vent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pipe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tube</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>downward-directed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and screened</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (S107)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="343B5559" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63460DDF" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="118F1C5A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A3F513B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A1C288A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="154C0363" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="202AAADC" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="534BEF43" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="594A7166" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="42"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SOURCES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>SURFACE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>WATER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>SOURCES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="17ED31FF" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="41" w:right="51"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A3B23F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="10" w:right="45"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF9CD9C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="10" w:right="10"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D51D8C1" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F52587" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="24" w:right="37"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="52AD7579" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="10" w:right="47"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="63807D18" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="6" w:right="57"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="2CB98289" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2326CC9C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="23"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/ intake</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>new source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>added</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22844C66" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4873A2B8" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1736597E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B13F8CA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SA11)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="683C11D5" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6384F7E9" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="43" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F27962F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="55" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="12E1D48F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D1862D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="23"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Heavy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>rainfall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flooding/high</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>raw</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>turbidity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>measurements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78156654" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="680399A0" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D298BBA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE26165" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BF3F3A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="193"/>
+              <w:ind w:left="158"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E95E53" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="193"/>
+              <w:ind w:left="160"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD47038" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="193"/>
+              <w:ind w:left="160"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="75921F56" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA43EF9" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="23"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Changes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(lake</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>turnover,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>algal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blooms,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>etc.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4410CC2B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5375753F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1FD3BE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C0B0267" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D681636" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D290BED" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ABB7C09" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="37EAB1E6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C91DAF" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>TREATMENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B84645F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="41" w:right="51"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="410B40EB" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="10" w:right="45"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C64EE3" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="10" w:right="10"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCD3A4C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="05425BAA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="24" w:right="37"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC34B5E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="10" w:right="47"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="282F4159" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="6" w:right="57"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="35CFA7A6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B791BB" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="95"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Treatment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>malfunction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>interruption</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TD2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5E9038" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="106"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CF93A7" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="106"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E60494F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="106"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE914CC" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Detectable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concentration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>system</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MRT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>site</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ECF9953" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="328"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintained</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (T139)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D39B601" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A082EB0" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66F3E61C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="36F4C9F5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5F5F39" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:ind w:left="0" w:right="329"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Disinfection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>provided</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as specified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>approved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>plans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D4F855" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="0" w:right="420"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>specifications.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Stand-by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>provided</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(T110)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00479AA4" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56043D2D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BABB8A5" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05D77D3E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Clogging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>filters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TA5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36EC6B32" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D9356E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E395BF" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="2F09DDD5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="457"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F4825C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="237" w:lineRule="auto"/>
+              <w:ind w:left="323" w:right="186" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Minimum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concentration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Entry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Point</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not maintained as required (T138)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A39F2C4" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="109"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C231FE6" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="109"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8B741A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="109"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F1D01B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C95A4C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="109"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="049A022F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="109"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2352801F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="109"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="7E7751B1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2890138A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="46"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>SAMPLING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4A62D6" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="41" w:right="51"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="52BE6D14" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="10" w:right="45"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E6B8116" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="10" w:right="10"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D442D9E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B96CD5B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="24" w:right="37"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5350F66C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="10" w:right="47"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="640A6952" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="6" w:right="57"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="7A07DD4E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4285EA83" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Visibly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>unsanitary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sampling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>site/tap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26827D22" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77073726" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADB96AD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05305E04" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="71"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9379F9" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53BB19FA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE06177" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="27"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="23FAB9C9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC1F9B1" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Infrequently</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E94B4A0" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E20FE1" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0087F599" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE58D4D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>g.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Aerator</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>was</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>removed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="536AAEF2" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC6558D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59CCE1AE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="3C17D0DC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B62B3C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Threads</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>inside</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of tap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA5871F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="583D806F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7509CD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0705D165" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>h.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Inadequate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flushing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="053ED3F4" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="39" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5655FD53" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="44" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE43025" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="3C1EC166" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B46475" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="218" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Treatment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>device</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>after</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>connection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[Point</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Entry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(POE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B7EC2DB" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="323"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Point</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(POU)] </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09062A32" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="104"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8D8373" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="104"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF8B0F6" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="104"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA9B392" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F5AB897" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="64"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (MA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="26683673" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06FD9918" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="158"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E6F3DA" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C25CCA2" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="160"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="112845E9" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="510EB411" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="160"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="3FE80B00" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02EE3C00" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08808C98" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="56" w:right="51"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="469E465D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="45" w:right="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="454" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40FE2F86" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7271F8C0" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1960CC1F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31838A2B" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E586359" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43FAC548" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="180"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
+        <w:sectPr w:rsidR="00E66584">
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:top="460" w:right="360" w:bottom="571" w:left="0" w:header="0" w:footer="271" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DE6F201" w14:textId="77777777" w:rsidR="00E14E7F" w:rsidRPr="00CC711A" w:rsidRDefault="00E14E7F" w:rsidP="00B057C0">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="415" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6217"/>
+        <w:gridCol w:w="8663"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E66584" w14:paraId="13E2AAE1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6217" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="066F4389" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="183" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8663" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="757E9337" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="8558"/>
+              </w:tabs>
+              <w:spacing w:line="183" w:lineRule="exact"/>
+              <w:ind w:left="4525"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Number:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="0D5266F9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="765"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14880" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C243FD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486963712" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08856069" wp14:editId="7FD03E88">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>0</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>-97663</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="9448800" cy="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="4" name="Group 4"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="9448800" cy="6350"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="9448800" cy="6350"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="5" name="Graphic 5"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="9448800" cy="6350"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="9448800" h="6350">
+                                      <a:moveTo>
+                                        <a:pt x="9448800" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="4692396" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="4686300" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="6096"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="4686300" y="6096"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="4692396" y="6096"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="9448800" y="6096"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="9448800" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="710A0C2B" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:-7.7pt;width:744pt;height:.5pt;z-index:-16352768;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="94488,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBCsgoLhwIAAJ0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVV1P2zAUfZ+0/2D5faSUEpWoKZpgVJMQ&#10;QwK0Z9dxPjTH17Pdpvz7XTtxGoE0GOtDch0f349zj29Xl4dWkr0wtgGV09OTGSVCcSgaVeX06fHm&#10;y5IS65gqmAQlcvosLL1cf/606nQm5lCDLIQh6ETZrNM5rZ3TWZJYXouW2RPQQuFmCaZlDpemSgrD&#10;OvTeymQ+m6VJB6bQBriwFr9e95t0HfyXpeDuR1la4YjMKebmwtOE59Y/k/WKZZVhum74kAb7QBYt&#10;axQGHV1dM8fIzjSvXLUNN2ChdCcc2gTKsuEi1IDVnM5eVLMxsNOhlirrKj3ShNS+4OnDbvndfmP0&#10;g743ffZo3gL/ZZGXpNNVNt336+oIPpSm9YewCHIIjD6PjIqDIxw/XiwWy+UMiee4l56dD4TzGrvy&#10;6hCvv/3tWMKyPmRIbEyk06gceyTH/h85DzXTInBuffH3hjRFTs8pUaxF/W4GqZx75fjQiPHsDSs7&#10;EPlhbsYiWcZ31m0EBI7Z/ta6XqtFtFgdLX5Q0TSoeK91GbTuKEGtG0pQ69te65o5f843zpukmzSp&#10;HnrkN1vYi0cIMOc7NXYyNhkzPWKkmmIX6cX87CKlZIKNiPjWwesiXaZnXh9vIt+PSWcYGrnCBGOw&#10;+H4d9B3gYy1vgqck/RM43ItJwlyCFX0NvkuhmLFziJtqw4JsiptGSt8sa6rtlTRkz/zAC7+BiwkM&#10;L5DNeql6awvFM+q8Q2nn1P7eMSMokd8V3iQ/MqNhorGNhnHyCsJgDTox1j0efjKjiUYzpw6nwB3E&#10;C8WyKGLM3wN6rD+p4OvOQdl4hYfc+oyGBV7uYIUZGJgY5rUfstN1QB3/VdZ/AAAA//8DAFBLAwQU&#10;AAYACAAAACEAnQayS94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBW7uJ&#10;phJiNqUU9VQEW0G8TbPTJDQ7G7LbJP33bk72OO893nwvX0+mFQP1rrGsIF5GIIhLqxuuFHwf3hcp&#10;COeRNbaWScGVHKyL+7scM21H/qJh7ysRSthlqKD2vsukdGVNBt3SdsTBO9neoA9nX0nd4xjKTSuf&#10;ouhFGmw4fKixo21N5Xl/MQo+Rhw3z/HbsDufttffw+rzZxeTUo8P0+YVhKfJ/4dhxg/oUASmo72w&#10;dqJVEIZ4BYt4lYCY7SRNg3ScpSQBWeTydkHxBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AEKyCguHAgAAnQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAJ0GskveAAAACQEAAA8AAAAAAAAAAAAAAAAA4QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;">
+                      <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;width:94488;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="9448800,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB7PF8cwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mtVakdUoKrQUL8VV0ONz89wNbl6WTdT135tCweMwM98ws0VrK3GjxhvHCgb9BARx&#10;7rThQsF+9/U+AeEDssbKMSl4kIfFvPM2w1S7O2/ploVCRAj7FBWUIdSplD4vyaLvu5o4emfXWAxR&#10;NoXUDd4j3FZymCRjadFwXCixpnVJ+SW7WgXfp8PH2ow2eTb59XVWueN2ZY5K9brtcgoiUBte4f/2&#10;j1bwCX9X4g2Q8ycAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAezxfHMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m9448800,l4692396,r-6096,l,,,6096r4686300,l4692396,6096r4756404,l9448800,xe" fillcolor="black" stroked="f">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Occurrence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Provide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>explanation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>were</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>identified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>provide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>additional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>supports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>findings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(i.e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CB74157" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:right="134"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>data).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>corresponding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>dates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>findings.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>were</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>identified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>above,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>provide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>explanation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>factors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>may have caused total coliform-positive sample results.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="4DF8ED8E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="3834"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14880" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D45130F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="60BBBA5A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="566"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14880" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BE48E2" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Describe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>actions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>taken</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>proposed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>actions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>issue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>identified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>provide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>corresponding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>dates</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BFF004F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>item.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Note:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Drinking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>sample(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>results</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>“absent”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>coliform</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>bacteria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>demonstrate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>actions.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="54E3F981" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4626"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14880" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE8FEDE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="346"/>
+              </w:tabs>
+              <w:spacing w:line="294" w:lineRule="exact"/>
+              <w:ind w:left="346" w:hanging="239"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>box</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ALL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>actions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>been</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>completed</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31863AE7" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="346"/>
+              </w:tabs>
+              <w:spacing w:before="1"/>
+              <w:ind w:right="321" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Check</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>box</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>drinking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>water samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>were</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>collected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>upon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">actions </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>results</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>were</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>“absent”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>coliform</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>bacteria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(required to demonstrate completion of corrective actions)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="058E88DD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRPr="00A31B31" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="195"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E0F1B">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>EXAMPLES:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E0F1B">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>(TD2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>-Treatment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>malfunction</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Corrective</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Action</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>taken:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Replaced</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>chlorinator;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Completed:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>04/30/2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48252AB3" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="148"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>(S110)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>–Threaded</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>hose</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>bibs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>equipped</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>anti-siphon</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>devices</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Corrective</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Action</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>proposed:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Install</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>anti-siphon</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>devices;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Completed:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A31B31">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>05/15/2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="48E7B9F5" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="180"/>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="12"/>
+          <w:i/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E66584">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:top="520" w:right="360" w:bottom="460" w:left="0" w:header="0" w:footer="271" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CD5BBA6" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="85" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="329" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5913"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="20"/>
+        <w:gridCol w:w="4404"/>
+        <w:gridCol w:w="6031"/>
+        <w:gridCol w:w="4416"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001418B6" w:rsidRPr="00CD15FC" w14:paraId="28F74E55" w14:textId="77777777" w:rsidTr="00D21987">
+      <w:tr w:rsidR="00E66584" w14:paraId="4B8F25CA" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5913" w:type="dxa"/>
-[...204 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8CD2BB" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7D1A7C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="354" w:lineRule="exact"/>
+              <w:ind w:left="1706"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="66"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="396DFCFC" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C57D97" w:rsidRPr="00CD15FC" w14:paraId="506F14D4" w14:textId="77777777" w:rsidTr="00D21987">
+      <w:tr w:rsidR="00E66584" w14:paraId="4A9858CD" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:hRule="exact" w:val="331"/>
+          <w:trHeight w:val="249"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5913" w:type="dxa"/>
-[...4084 lines deleted...]
-            <w:tcW w:w="5913" w:type="dxa"/>
+            <w:tcW w:w="4404" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...390 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA992D8" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10447" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...104 lines deleted...]
-            </w:sdt>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D7347D9" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="5152"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Number:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14541" w14:paraId="1C49AAB0" w14:textId="77777777" w:rsidTr="000E2519">
+      <w:tr w:rsidR="00E66584" w14:paraId="24676E26" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:hRule="exact" w:val="144"/>
+          <w:trHeight w:val="565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7380" w:type="dxa"/>
-[...38 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="51938BCF" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6" w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="6088" w:right="2893" w:hanging="2703"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Depending</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Person</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Responsible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Conducting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Documenting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Assessment, Select Option A, B or C below</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14541" w14:paraId="4A00C43D" w14:textId="77777777" w:rsidTr="00D21987">
+      <w:tr w:rsidR="00E66584" w14:paraId="659A34B1" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5913" w:type="dxa"/>
-[...216 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+            <w:tcW w:w="4404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EF97B80" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="607"/>
-[...1 lines deleted...]
-                <w:tab w:val="left" w:pos="1687"/>
+                <w:tab w:val="left" w:pos="348"/>
               </w:tabs>
-              <w:spacing w:after="40"/>
-[...176 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:right="148" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Option A:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Assessment Conducted and Documented</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Representative (must be Owner, Operator or PE)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3403B338" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="267" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>[Complete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Only]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6031" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFF3D65" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="8"/>
-[...1473 lines deleted...]
-                <w:numId w:val="4"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="342"/>
+                <w:tab w:val="left" w:pos="348"/>
               </w:tabs>
-              <w:spacing w:after="40"/>
-[...3674 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:right="564" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Option B:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Assessment Conducted by Water System Representative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Owner,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>PE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Documented</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>by Public Water Supply Section Representative</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36E2FB32" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="267" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>[Complete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Both</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Sections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>2]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4416" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCB8D26" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="427"/>
-                <w:tab w:val="left" w:pos="517"/>
+                <w:tab w:val="left" w:pos="348"/>
               </w:tabs>
-              <w:spacing w:after="40"/>
-[...54 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="107" w:right="311" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Option C:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Assessment Conducted and Documented</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Supply</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Section </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Representative</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67F2B86E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="267" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>[Complete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Only]</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC60D6" w:rsidRPr="0088376E" w14:paraId="7E96F06F" w14:textId="77777777" w:rsidTr="00D21987">
+      <w:tr w:rsidR="00E66584" w14:paraId="3DF3E9C6" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="78"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5913" w:type="dxa"/>
-[...184 lines deleted...]
-            </w:r>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="67E4573F" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC60D6" w:rsidRPr="0088376E" w14:paraId="3439AE45" w14:textId="77777777" w:rsidTr="00D21987">
+      <w:tr w:rsidR="00E66584" w14:paraId="558E9402" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:hRule="exact" w:val="461"/>
+          <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5913" w:type="dxa"/>
-[...330 lines deleted...]
-        </w:sdt>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="515C1B42" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="76" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="44"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Representative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Owner,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Operator</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>PE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Operator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC60D6" w:rsidRPr="0088376E" w14:paraId="46D5FB3C" w14:textId="77777777" w:rsidTr="0012342B">
+      <w:tr w:rsidR="00E66584" w14:paraId="400E1F7A" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:trHeight w:hRule="exact" w:val="460"/>
+          <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5913" w:type="dxa"/>
-[...331 lines deleted...]
-        </w:sdt>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D0F32E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="95" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC60D6" w:rsidRPr="0088376E" w14:paraId="0FCE2DB7" w14:textId="77777777" w:rsidTr="00D21987">
+      <w:tr w:rsidR="00E66584" w14:paraId="6B4E1FBF" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:trHeight w:hRule="exact" w:val="469"/>
+          <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5913" w:type="dxa"/>
-[...353 lines deleted...]
-        </w:sdt>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="78DA5725" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="76" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Title:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC60D6" w:rsidRPr="0088376E" w14:paraId="0DCA4E10" w14:textId="77777777" w:rsidTr="00D21987">
+      <w:tr w:rsidR="00E66584" w14:paraId="5B93928D" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5913" w:type="dxa"/>
-[...1825 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4404" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...117 lines deleted...]
-            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F24E596" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="76" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>On-site</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Assessment:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6031" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="3588876E" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="76" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="0" w:right="214"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51C05BEE" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="4925EA6D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="476A03F0" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Signature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(Not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Option</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>B):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="49EB21DF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9F2213" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Phone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="191C7939" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7F4239" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="59" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="1F4765E0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="78"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7463447D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="79B6323A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="111BFC99" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="59" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="39"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Supply</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Representative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="074D8B30" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB1C132" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="1330974C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="345"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E152C1" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="76" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Regional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Office:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="36F77310" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="345"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A2908A3" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="76" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>On-site</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Assessment:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6031" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w14:paraId="233D40BD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="76" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="0" w:right="214"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FE95F3C" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC60D6" w14:paraId="35CA5A1C" w14:textId="77777777" w:rsidTr="00554681">
+      <w:tr w:rsidR="00E66584" w14:paraId="583FC614" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:hRule="exact" w:val="775"/>
+          <w:trHeight w:val="362"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14859" w:type="dxa"/>
-[...81 lines deleted...]
-              <w:t xml:space="preserve"> factors that may have caused total coliform-positive sample results.  </w:t>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0606CD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC60D6" w14:paraId="388A18CF" w14:textId="77777777" w:rsidTr="00674FA0">
+      <w:tr w:rsidR="00E66584" w14:paraId="67BB7544" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="3844"/>
+          <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14879" w:type="dxa"/>
-[...185 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="219EE4C7" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="95" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Phone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Number:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC60D6" w14:paraId="3B9C5F0F" w14:textId="77777777" w:rsidTr="00554681">
+      <w:tr w:rsidR="00E66584" w14:paraId="0321476D" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="576"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14879" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t xml:space="preserve"> to demonstrate completion of corrective actions.  </w:t>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8E9CC7" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="56" w:line="249" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC60D6" w14:paraId="4C79BA5D" w14:textId="77777777" w:rsidTr="00F43D5E">
+      <w:tr w:rsidR="00E66584" w14:paraId="451B9BF4" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="4637"/>
+          <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14879" w:type="dxa"/>
-[...535 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EBDDEDD" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="277" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>copy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>was</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>sent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>owner</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>via</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Mail:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="1B99CD78" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="81"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3ABE0D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00E66584">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E66584" w14:paraId="30CB0F5F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14851" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="766C38C7" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Comments:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...2253 lines deleted...]
-    <w:p w14:paraId="63F9BAFA" w14:textId="77777777" w:rsidR="003F2110" w:rsidRDefault="003F2110" w:rsidP="00B11F7E">
+    <w:p w14:paraId="79198AB2" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:contextualSpacing/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Andalus" w:hAnsi="Andalus" w:cs="Andalus"/>
-[...34 lines deleted...]
-          <w:szCs w:val="2"/>
+          <w:b/>
+          <w:sz w:val="5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Andalus" w:hAnsi="Andalus" w:cs="Andalus"/>
-[...1 lines deleted...]
-          <w:szCs w:val="2"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="5"/>
         </w:rPr>
-        <w:tab/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72FBF5EB" wp14:editId="471624CB">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>205740</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>56493</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9431020" cy="18415"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9431020" cy="18415"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9431020" h="18415">
+                              <a:moveTo>
+                                <a:pt x="9430512" y="12204"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="12204"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="18300"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="9430512" y="18300"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="9430512" y="12204"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="9431020" h="18415">
+                              <a:moveTo>
+                                <a:pt x="9430512" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="9430512" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="9430512" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="5B9BD4"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6F407607" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:16.2pt;margin-top:4.45pt;width:742.6pt;height:1.45pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="9431020,18415" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAivVjETQIAAM4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2yAQfp+0/wHxvvhHkyq14lRro06T&#10;qq5SM+2ZYBxbw8CAxM5/vwMb102kSd32Yg7fx/Hdd9ytbruGoyPTppYix8ksxogJKota7HP8ffvw&#10;aYmRsUQUhEvBcnxiBt+uP35YtSpjqawkL5hGEESYrFU5rqxVWRQZWrGGmJlUTICzlLohFrZ6HxWa&#10;tBC94VEax9dRK3WhtKTMGPi76Z147eOXJaP2W1kaZhHPMXCz/qv9d+e+0XpFsr0mqqrpQIP8BYuG&#10;1AIuHUNtiCXooOuLUE1NtTSytDMqm0iWZU2ZzwGySeKzbF4qopjPBcQxapTJ/L+w9On4op61o27U&#10;o6Q/DSgStcpko8dtzIDpSt04LBBHnVfxNKrIOoso/LyZXyVxCmJT8CXLebJwKkckC4fpwdgvTPpA&#10;5PhobF+EIlikChbtRDA1lNIVkfsiWoygiBojKOKuL6Ii1p1z7JyJ2gmTKhBx3kYe2VZ6nHVJAN94&#10;kaQYObppGs8Huq84LqZ4yOwMGfxhVT7ugFtexf6ZgQDBH9Ye9+b+96EnbENMyqVhvd5Ohn+TIxD/&#10;sxQBFSiEdSrDdRIvB12DO6yXKrwLfH77hQAg/Pg2wJ6+PiN5XTzUnDuZjN7v7rlGRwLPbHF3c7cJ&#10;L2EC863Rd4Pri50sTs8atTBAcmx+HYhmGPGvAjrUTZtg6GDsgqEtv5d+JvkKaWO33Q+iFVJg5thC&#10;Mz3J0P8kC23ichmx7qSQnw9WlrXrIc+tZzRsYGj4zhsGnJtK071HvY7h9W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBIibVh3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJNC&#10;2xDiVBUSBy6RaKnEcRMvSYS9DrGbhr/HPcFtVjOaeVtsZ2vERKPvHStIFwkI4sbpnlsF74eXuwyE&#10;D8gajWNS8EMetuX1VYG5dmd+o2kfWhFL2OeooAthyKX0TUcW/cINxNH7dKPFEM+xlXrEcyy3Ri6T&#10;ZC0t9hwXOhzouaPma3+yCg5VTdnH0Zp2U71+s19N1e44KXV7M++eQASaw18YLvgRHcrIVLsTay+M&#10;gvvlQ0wqyB5BXOxVulmDqKNKM5BlIf8/UP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Ir1YxE0CAADOBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEASIm1Yd4AAAAIAQAADwAAAAAAAAAAAAAAAACnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;" path="m9430512,12204l,12204r,6096l9430512,18300r,-6096xem9430512,l,,,6108r9430512,l9430512,xe" fillcolor="#5b9bd4" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0062133A" w:rsidRPr="003F2110" w:rsidSect="00B16854">
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+    <w:p w14:paraId="63EAD10A" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="235" w:lineRule="exact"/>
+        <w:ind w:left="356" w:right="341"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>return</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Supply</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>days</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Level</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Assessment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Trigger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42624892" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+      <w:pPr>
+        <w:spacing w:line="228" w:lineRule="auto"/>
+        <w:ind w:left="4713" w:right="4697"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>1634</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Mail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Center,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Raleigh,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>North</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Carolina</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>27699-1634 Attention: Total Coliform Rule Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F86DE02" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+      <w:pPr>
+        <w:spacing w:line="243" w:lineRule="exact"/>
+        <w:ind w:left="356" w:right="338"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>OR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FFCBD2" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+      <w:pPr>
+        <w:spacing w:line="251" w:lineRule="exact"/>
+        <w:ind w:left="356" w:right="340"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r>
+          <w:rPr>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="21"/>
+          </w:rPr>
+          <w:t>pwss.rtcr@deq.nc.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:sectPr w:rsidR="00E66584">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
-      <w:pgMar w:top="432" w:right="432" w:bottom="288" w:left="432" w:header="144" w:footer="288" w:gutter="0"/>
+      <w:pgMar w:top="560" w:right="360" w:bottom="460" w:left="0" w:header="0" w:footer="271" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5242BCAE" w14:textId="77777777" w:rsidR="00FC60D6" w:rsidRDefault="00FC60D6" w:rsidP="007D1DBF">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0E5518CF" w14:textId="77777777" w:rsidR="00A31B31" w:rsidRDefault="00A31B31">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="611EFC09" w14:textId="77777777" w:rsidR="00FC60D6" w:rsidRDefault="00FC60D6" w:rsidP="007D1DBF">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="74647D0F" w14:textId="77777777" w:rsidR="00A31B31" w:rsidRDefault="00A31B31">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Segoe UI Symbol">
+    <w:altName w:val="Segoe UI Symbol"/>
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...7 lines deleted...]
-    <w:altName w:val="Arial"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="33A39EE2" w14:textId="784B729C" w:rsidR="00FC60D6" w:rsidRDefault="00FC60D6">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0647C24D" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
-    <w:r w:rsidRPr="00CE046B">
-[...41 lines deleted...]
-    <w:r w:rsidR="003460E4">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486963200" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08471591" wp14:editId="2A13197E">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>261620</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>7460615</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="417830" cy="139700"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Textbox 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="417830" cy="139700"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="24AB3B58" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+                          <w:pPr>
+                            <w:spacing w:line="203" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>08/2016</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="08471591" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:20.6pt;margin-top:587.45pt;width:32.9pt;height:11pt;z-index:-16353280;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUbzSClAEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSPxD5bvxJsW0XaVTQWtQEgV&#10;VGr5AMdrZ1esPe6Mk938PWN3kyC4IS722DN+894br24nP4i9ReohNHK5qKSwwUDbh20jfzx/fnct&#10;BSUdWj1AsI08WJK367dvVmOs7QV0MLQWBYMEqsfYyC6lWCtFprNe0wKiDZx0gF4nPuJWtahHRveD&#10;uqiqD2oEbCOCsUR8e/+alOuC75w16btzZJMYGsncUlmxrJu8qvVK11vUsevNTEP/Awuv+8BNT1D3&#10;Ommxw/4vKN8bBAKXFga8Aud6Y4sGVrOs/lDz1OloixY2h+LJJvp/sObb/ik+okjTJ5h4gEUExQcw&#10;P4m9UWOkeq7JnlJNXJ2FTg593lmC4Ifs7eHkp52SMHz5fnl1fckZw6nl5c1VVfxW58cRKX2x4EUO&#10;Gok8rkJA7x8o5fa6PpbMXF7bZyJp2kxcksMNtAfWMPIYG0kvO41WiuFrYJ/yzI8BHoPNMcA03EH5&#10;GVlKgI+7BK4vnc+4c2ceQCE0f5Y84d/Pper8pde/AAAA//8DAFBLAwQUAAYACAAAACEAfUxO9d8A&#10;AAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPPU/DMBCGdyT+g3VIbNROVaUkxKkqBBMSIg0DoxNf&#10;E6vxOcRuG/49zgTjvffo/Sh2sx3YBSdvHElIVgIYUuu0oU7CZ/368AjMB0VaDY5Qwg962JW3N4XK&#10;tbtShZdD6Fg0IZ8rCX0IY865b3u0yq/ciBR/RzdZFeI5dVxP6hrN7cDXQqTcKkMxoVcjPvfYng5n&#10;K2H/RdWL+X5vPqpjZeo6E/SWnqS8v5v3T8ACzuEPhqV+rA5l7NS4M2nPBgmbZB3JqCfbTQZsIcQ2&#10;rmsWKUsz4GXB/48ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBUbzSClAEAABoDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB9TE713wAAAAwB&#10;AAAPAAAAAAAAAAAAAAAAAO4DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA+gQAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="24AB3B58" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+                    <w:pPr>
+                      <w:spacing w:line="203" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>08/2016</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="001F25B2">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="end"/>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486963712" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39C5CAFE" wp14:editId="74095267">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>9373936</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>7460615</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="357505" cy="139700"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="357505" cy="139700"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0AC970F2" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+                          <w:pPr>
+                            <w:spacing w:line="203" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>Page</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-16"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="39C5CAFE" id="Textbox 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:738.1pt;margin-top:587.45pt;width:28.15pt;height:11pt;z-index:-16352768;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzsLTYmAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSPxD5bvZDetQmGVTQVUIKQK&#10;KpV+gOO1sxZrj5lxspu/Z+xuEgS3ios9nhk/v/fG69vJD+JgkByEVi4XtRQmaOhc2LXy6cfnN++k&#10;oKRCpwYIppVHQ/J28/rVeoyNuYIehs6gYJBAzRhb2acUm6oi3RuvaAHRBC5aQK8SH3FXdahGRvdD&#10;dVXXb6sRsIsI2hBx9u65KDcF31qj03drySQxtJK5pbJiWbd5rTZr1exQxd7pmYZ6AQuvXOBHz1B3&#10;KimxR/cPlHcagcCmhQZfgbVOm6KB1Szrv9Q89iqaooXNoXi2if4frP52eIwPKNL0ESYeYBFB8R70&#10;T2JvqjFSM/dkT6kh7s5CJ4s+7yxB8EX29nj200xJaE5er25W9UoKzaXl9fubuvhdXS5HpPTFgBc5&#10;aCXyuAoBdbinlJ9Xzall5vL8fCaSpu0kXJc5c2fObKE7spSRp9lK+rVXaKQYvga2K4/+FOAp2J4C&#10;TMMnKB8kKwrwYZ/AukLggjsT4DkUXvOfyYP+81y6Lj978xsAAP//AwBQSwMEFAAGAAgAAAAhAFUS&#10;Kn7jAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo09CmJMSpKgQnJEQa&#10;Dhyd2E2sxusQu234ezanctvZHc2+ybeT7dlZj944FLBcRMA0Nk4ZbAV8VW8PT8B8kKhk71AL+NUe&#10;tsXtTS4z5S5Y6vM+tIxC0GdSQBfCkHHum05b6Rdu0Ei3gxutDCTHlqtRXijc9jyOooRbaZA+dHLQ&#10;L51ujvuTFbD7xvLV/HzUn+WhNFWVRvieHIW4v5t2z8CCnsLVDDM+oUNBTLU7ofKsJ73aJDF5aVpu&#10;Vimw2bN+jNfA6nmXJinwIuf/exR/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALOwtNiY&#10;AQAAIQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFUS&#10;Kn7jAAAADwEAAA8AAAAAAAAAAAAAAAAA8gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAACBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="0AC970F2" w14:textId="77777777" w:rsidR="00E66584" w:rsidRDefault="00A31B31">
+                    <w:pPr>
+                      <w:spacing w:line="203" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>Page</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-16"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...98 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6754E19B" w14:textId="77777777" w:rsidR="00FC60D6" w:rsidRDefault="00FC60D6" w:rsidP="007D1DBF">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6A1E2C06" w14:textId="77777777" w:rsidR="00A31B31" w:rsidRDefault="00A31B31">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F4BB4ED" w14:textId="77777777" w:rsidR="00FC60D6" w:rsidRDefault="00FC60D6" w:rsidP="007D1DBF">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6B89DA7F" w14:textId="77777777" w:rsidR="00A31B31" w:rsidRDefault="00A31B31">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="05DF5FBB"/>
+    <w:nsid w:val="01A07F7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B306775A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="84D086AC"/>
+    <w:lvl w:ilvl="0" w:tplc="195A10DE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="107" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6BECDCE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1025" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="4EEC1E20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1950" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="08F883E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2875" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="CD90A186">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3800" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="5" w:tplc="3D101BFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4725" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="6" w:tplc="D3307A8C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5650" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="7" w:tplc="B7EC84AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6575" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8EFCBE9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7500" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08B82EB2"/>
+    <w:nsid w:val="28587ABD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C2B63AEE"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="D74618A6"/>
+    <w:lvl w:ilvl="0" w:tplc="1B5E3732">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="107" w:hanging="243"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E54AFB94">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="529" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="1B6AFFCE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="958" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="0E10ECD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="1388" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="BA3E50E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="1817" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="5" w:tplc="2C14689C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="2247" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="6" w:tplc="C0C26078">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="2676" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="7" w:tplc="64581E48">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="3105" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1A5A65EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3535" w:hanging="243"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1DE21A11"/>
+    <w:nsid w:val="32BA5263"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BE985422"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="D012FB24"/>
+    <w:lvl w:ilvl="0" w:tplc="437AFA80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="446" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="115"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BAFCF038">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1331" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b w:val="0"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="292CEC2C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="2222" w:hanging="339"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="EAD203EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3113" w:hanging="339"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="2474D54E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="4004" w:hanging="339"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="5" w:tplc="C3B6AF54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4895" w:hanging="339"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="6" w:tplc="ACF6F9F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5786" w:hanging="339"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="7" w:tplc="ADF2C45E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6677" w:hanging="339"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C090E678">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7568" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="20C00CA7"/>
+    <w:nsid w:val="453013FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="58BC8DA4"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="320C82AA"/>
+    <w:lvl w:ilvl="0" w:tplc="50C88E8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="107" w:hanging="243"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="64A8E52C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="692" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="7AB88796">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1284" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="1ED0563C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="1876" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="D34828F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2468" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="5" w:tplc="37D8E58C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="3060" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="6" w:tplc="EA9E68B2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="3652" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="7" w:tplc="F1D417F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="4244" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F2B0DF08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4836" w:hanging="243"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="37074E7A"/>
+    <w:nsid w:val="4DF27603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F6C47CBC"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="5FC0DBA0"/>
+    <w:lvl w:ilvl="0" w:tplc="2A10056E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="107" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C54EC716">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1577" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="51F22F46">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3054" w:hanging="240"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="E80CD0F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4531" w:hanging="240"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="9572E4CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6008" w:hanging="240"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="5" w:tplc="C7D4AC5A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="7485" w:hanging="240"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="6" w:tplc="94F02640">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="8962" w:hanging="240"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="7" w:tplc="F2509A8A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="10439" w:hanging="240"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="187CB12C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11916" w:hanging="240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="44941506"/>
+    <w:nsid w:val="6D645B3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="94C6F16C"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="175C8128"/>
+    <w:lvl w:ilvl="0" w:tplc="4CD87278">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="108" w:hanging="243"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C6CC15EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="530" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b w:val="0"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="B2EC760E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="961" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="6778E2D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="1391" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="03B47558">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="1822" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="5" w:tplc="3E62C074">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="2253" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="6" w:tplc="A0EE4DB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="2683" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="7" w:tplc="25F8FCAC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="3114" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="05BA20E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3544" w:hanging="243"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="54BB3ED2"/>
+    <w:nsid w:val="77B5343A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F27C35F8"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="A2C62C22"/>
+    <w:lvl w:ilvl="0" w:tplc="8522E180">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="417" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7BD62836">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1313" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="22F2FF10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...76 lines deleted...]
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="2206" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b w:val="0"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="3" w:tplc="8FE61816">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...76 lines deleted...]
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="3099" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="4" w:tplc="7DEEAD04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="3992" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="5" w:tplc="DCF686C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="4885" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="6" w:tplc="1A78DCD4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="5778" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="7" w:tplc="6240A1F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="6671" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="8" w:tplc="3410944E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...22 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="7564" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...95 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...356 lines deleted...]
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="1" w16cid:durableId="1530484953">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="899174207">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1712804966">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="839585541">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="387801979">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1224945167">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
-[...32 lines deleted...]
-  <w:num w:numId="14">
+  <w:num w:numId="7" w16cid:durableId="1076710871">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00564636"/>
-[...469 lines deleted...]
-    <w:rsid w:val="00FF79C1"/>
+    <w:rsidRoot w:val="00E66584"/>
+    <w:rsid w:val="004B753D"/>
+    <w:rsid w:val="006E0F1B"/>
+    <w:rsid w:val="00A31B31"/>
+    <w:rsid w:val="00A7161C"/>
+    <w:rsid w:val="00E66584"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="165889"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="354E7AD9"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{57F1B2F7-7204-436F-9F3C-EBD839F6C2FF}"/>
+  <w14:docId w14:val="22A1A237"/>
+  <w15:docId w15:val="{75634406-9EEB-4163-8046-D33455B381FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -21068,2513 +24205,445 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="001D7206"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="240" w:after="0"/>
+      <w:spacing w:before="12"/>
+      <w:ind w:left="356"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
-    </w:rPr>
-[...20 lines deleted...]
-      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...16 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006D4E00"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:ind w:left="107"/>
+      <w:jc w:val="center"/>
     </w:pPr>
-  </w:style>
-[...141 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...82 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...1822 lines deleted...]
-</w:webSettings>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pwss.rtcr@deq.nc.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1563</Words>
-  <Characters>8914</Characters>
+  <Words>1381</Words>
+  <Characters>7872</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>74</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>DEH</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10457</CharactersWithSpaces>
+  <CharactersWithSpaces>9235</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...2 lines deleted...]
-  <cp:keywords/>
+  <dc:creator>Laura_Leonard</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-12-02T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Acrobat PDFMaker 25 for Word</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-12-02T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Adobe PDF Library 25.1.201</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="SourceModified">
+    <vt:lpwstr>D:20251202195420</vt:lpwstr>
+  </property>
+</Properties>
+</file>