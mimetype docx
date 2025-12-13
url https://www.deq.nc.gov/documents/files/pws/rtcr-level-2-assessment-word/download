--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -1,27364 +1,29320 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4CF665BC" w14:textId="45235F11" w:rsidR="003B3E1D" w:rsidRPr="00C24209" w:rsidRDefault="00CC1E85" w:rsidP="003B3E1D">
+    <w:p w14:paraId="5F8F4A21" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41158427" wp14:editId="394C74A3">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15728640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E9E02C9" wp14:editId="5EDD9A95">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>0</wp:posOffset>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>344508</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>0</wp:posOffset>
+              <wp:posOffset>96299</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1409700" cy="554355"/>
+            <wp:extent cx="1231199" cy="444400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="2" name="Picture 2"/>
+            <wp:docPr id="3" name="Image 3"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="3" name="Image 3"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1409700" cy="554355"/>
+                      <a:ext cx="1231199" cy="444400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="003B3E1D" w:rsidRPr="00C24209">
-[...56 lines deleted...]
-        <w:t xml:space="preserve">Level </w:t>
+      <w:r>
+        <w:t>North</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="-14"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00060DC9">
+      <w:r>
+        <w:t>Carolina</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="-13"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Assessment Form </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C24209">
+      <w:r>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="-12"/>
         </w:rPr>
-        <w:t>for the Revised Total Coliform Rule</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Environmental</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Quality</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52BBC917" w14:textId="77777777" w:rsidR="003C7EC4" w:rsidRPr="00226FC4" w:rsidRDefault="00F734AD" w:rsidP="00DB62D2">
+    <w:p w14:paraId="171BCA27" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="180"/>
+        <w:ind w:left="4608" w:right="4608" w:hanging="2"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">Division of Water Resources, Public Water Supply Section </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A7663">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Level</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A7663">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A7663">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A7663">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A7663">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Assessment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A7663">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61AC3">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61AC3">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB62D2">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Revised</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Total</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Coliform</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Rule</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="091E6C2C" w14:textId="77777777" w:rsidR="0065116D" w:rsidRPr="00F5015E" w:rsidRDefault="0065116D" w:rsidP="0065116D">
+    <w:p w14:paraId="2026FECE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00F5015E">
+        <w:spacing w:before="244"/>
+        <w:ind w:left="1318"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>(Complete entire form and submit to the P</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A566A1">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">ublic Water Supply </w:t>
+        <w:t>(Complete</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5015E">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Section</w:t>
+        <w:t>entire</w:t>
       </w:r>
-      <w:r w:rsidR="00037ECE" w:rsidRPr="00F5015E">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">’s Rule Manager </w:t>
+        <w:t>form</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5015E">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">within </w:t>
+        <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5015E">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Supply</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Section’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Rule</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Manager</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>30 days</w:t>
+        <w:t>30</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5015E">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>days</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the Level </w:t>
+        <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00713131">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Level</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5015E">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> Assessment Trigger Date)</w:t>
+        <w:t>Assessment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Trigger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Date)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F288E47" w14:textId="77777777" w:rsidR="0065116D" w:rsidRPr="00F734AD" w:rsidRDefault="0065116D" w:rsidP="00B057C0">
+    <w:p w14:paraId="1309E700" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="180"/>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:i/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="85" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="45" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:left w:w="115" w:type="dxa"/>
-          <w:right w:w="115" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9360"/>
+        <w:gridCol w:w="9364"/>
         <w:gridCol w:w="2970"/>
-        <w:gridCol w:w="2610"/>
+        <w:gridCol w:w="2612"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00824DCF" w:rsidRPr="00CD15FC" w14:paraId="321E6F82" w14:textId="77777777" w:rsidTr="00DB62D2">
+      <w:tr w:rsidR="004C7374" w14:paraId="668DDC47" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="576"/>
+          <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9360" w:type="dxa"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:tcW w:w="9364" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEFAD62" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...32 lines deleted...]
-            </w:sdt>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EDB8641" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...43 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2612" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="76BA5CFA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="114"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>County:</w:t>
             </w:r>
-            <w:r w:rsidR="00D73389">
-[...36 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D63A7" w:rsidRPr="00CD15FC" w14:paraId="068D9D3F" w14:textId="77777777" w:rsidTr="005C066B">
+      <w:tr w:rsidR="004C7374" w14:paraId="5BB3925C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9360" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:tcW w:w="9364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B487A90" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="5"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Trigger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Trigger </w:t>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Event</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="44"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>[Check</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>box(es)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>below</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>apply]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5692E04B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="80" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="1319"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Trigger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="355BC8D6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1302A998" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="423"/>
+              </w:tabs>
+              <w:spacing w:before="81" w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="423" w:hanging="308"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>had</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00A45A52">
-[...14 lines deleted...]
-              <w:t>[</w:t>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>E.coli</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00A45A52">
-[...19 lines deleted...]
-            <w:tcW w:w="5580" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Maximum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Contaminant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(MCL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>violation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5582" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="bottom"/>
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> Assessment Trigger Date</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="6830DB59" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107" w:line="223" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>end</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D63A7" w:rsidRPr="00CD15FC" w14:paraId="5667D503" w14:textId="77777777" w:rsidTr="005C066B">
+      <w:tr w:rsidR="004C7374" w14:paraId="590AC19D" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="360"/>
+          <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9360" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:tcW w:w="9364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D349BFA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="423"/>
+              </w:tabs>
+              <w:spacing w:before="81" w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="423" w:hanging="308"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...38 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...9 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>had</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-            <w:tcW w:w="5580" w:type="dxa"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>second</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>trigger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>within</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>rolling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12-month</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>period</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5582" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="bottom"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+          </w:tcPr>
+          <w:p w14:paraId="06507E52" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107" w:line="223" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Second</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...34 lines deleted...]
-            </w:sdt>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>trigger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>date:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D63A7" w:rsidRPr="00CD15FC" w14:paraId="0EE727AB" w14:textId="77777777" w:rsidTr="005C066B">
+      <w:tr w:rsidR="004C7374" w14:paraId="546D4777" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="360"/>
+          <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9360" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:tcW w:w="9364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB29C39" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="452"/>
+              </w:tabs>
+              <w:spacing w:before="77" w:line="253" w:lineRule="exact"/>
+              <w:ind w:left="452" w:hanging="337"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...39 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>For</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-            <w:tcW w:w="5580" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>approved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>annual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>monitoring,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>trigger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>occurred</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>two</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>consecutive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5582" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="bottom"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1FF7AC" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="107" w:line="223" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...53 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Second</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...39 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...18 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...34 lines deleted...]
-            </w:sdt>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>trigger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>date:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4740B14F" w14:textId="77777777" w:rsidR="00ED52C1" w:rsidRPr="005C7700" w:rsidRDefault="00ED52C1" w:rsidP="00B057C0">
+    <w:p w14:paraId="7F5B9318" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="180"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="196"/>
+        <w:ind w:left="72" w:right="137"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>evaluate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>each</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>listed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>elements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>typically</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>relate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>system.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Check</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(√)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>“Yes”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>potential</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>causes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>contamination</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>were</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>identified,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>check</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(√) “No” if none were identified, or check (√) “N/A” if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the element is not applicable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to this water system. For the “Yes” checked (√) items, describe the issue identified and indicate the corrective</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>action(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>taken</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>proposed,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>including</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>date(s).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Attach</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pages,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>necessary.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>[Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Deficiencies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>RTCR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Sanitary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Defects are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>denoted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>below with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>applicable codes, for example, (D112).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Note 2:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Drinking water sample(s) with results “absent” of total coliform bacteria </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>are required</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> to demonstrate completion of corrective actions.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7726EB03" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
           <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17DEF48D" w14:textId="77777777" w:rsidR="00B5668E" w:rsidRDefault="00B057C0" w:rsidP="00B057C0">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="41" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5852"/>
+        <w:gridCol w:w="504"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="557"/>
+        <w:gridCol w:w="3713"/>
+        <w:gridCol w:w="3821"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004C7374" w14:paraId="656DCD20" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B12D67D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="259" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ATYPICAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>EVENTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBB51C1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="9" w:right="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="093C1283" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="6" w:right="6"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="609EE44F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="8" w:right="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA997CB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="259" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="67313291" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="259" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Actions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>dates)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="1CAC423E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40632668" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Weather</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>heavy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>precipitation/flooding/snowmelt/drought</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C53F32" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48162BB8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1598016C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="037B3BF8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="29B84142" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="07CAFAAB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17760005" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>loss</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (MA11)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24EB7BD6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FA872C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E20994C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03A5CB42" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7363DE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="74CEB130" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10FF1C62" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Fire-fighting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>event</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA12)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F0A02A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B3D2674" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F8F6A7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="511B1539" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1709FA29" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="23E861E0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="431"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3870646A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Signs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vandalism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tampering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/ forced</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>entry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>system</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>assets</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AC91897" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="191" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA13)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC129C8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="108"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="506C97BA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="108"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71058BA4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="108"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CCB00F2" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12F03330" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="30B25A50" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24FF9303" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Changes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>plant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>operation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TA2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB79C40" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF22C00" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8ED371" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28526EEB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D75F12E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="7C70F4D2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="453F786B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Changes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>rates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TA3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EFB740B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9F954C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="282F7381" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F6EEF1C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DD7D772" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="1F5CE3BC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="146D1646" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>g.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Plant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>activities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TA4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37FC4A2E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B69CE0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CAD393B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C796FF1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49C82C6B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="17EFB1F8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49995520" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>h.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A637E73" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F6C2BD" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1699B902" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="225B4E61" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23DAB21C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="70F68ECD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="618B29BE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="259" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>DISTRIBUTION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SYSTEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>MAINTENANCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>OPERATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CD5622" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="9" w:right="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6E36B7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="6" w:right="6"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4135AE39" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="8" w:right="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="43698CD6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="259" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="434CB633" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="259" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Actions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>dates)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="2BBD02F1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD14B3B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Temporary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>loss</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>low</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>negative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DA2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="213FDA8C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29AFE49C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE1ED8B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0562C22B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="38BFA8D7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="32604BF6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="676"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D26B24B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Inadequate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>less</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>than</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>psi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">during </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>peak</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20929973" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="237" w:lineRule="auto"/>
+              <w:ind w:left="331" w:right="92"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>demand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(fire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>design)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>less</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>than</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>psi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>peak demand (non-fire flow design) (D105 or D107)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33159F14" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F8494FC" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5475C3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F36C176" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A89D05" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="199C716E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21B84DAD" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36889F9E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="57F3F0D8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="334EF4DC" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>lines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>new</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>installation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DA3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77146340" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64308B74" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3562CF10" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AAE5E33" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6085A4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="756A4A4D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="446B6982" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>lines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>leaks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/breaks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>repairs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DD2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67BB6E4D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C836427" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A60062" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3669B619" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="107BB8B9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="55340758" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="673"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B1558D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="331" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Mains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>improperly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sized</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>provide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>minimum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>psi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(fire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flow design) or 30 psi (non-fire flow design) during peak demand (D102 or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="732BB326" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="216" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>D103)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E84AA18" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="727E4D22" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7261F946" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33A4F03C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A106BC" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="118C4B71" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E36EC2A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C0EF75A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="0D6922DD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="480A9808" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="71"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>line</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>placed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>without</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">satisfactory </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bacteriological</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5977354F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tests</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(D120)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D44FFB3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B12545C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="393B4190" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="314EF9C5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DD0C6D8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="1A90899D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="156B3C53" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>g.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Dead</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>end</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hydrant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flushing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>valve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>aboveground</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DF5ECEE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="323"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>discharge,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>protected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>contamination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(D112)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8F49D0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0FAB39" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16286A86" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="278B4EBA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26580A51" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="35FC0AC0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="180"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
+        <w:sectPr w:rsidR="004C7374">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:top="420" w:right="360" w:bottom="300" w:left="360" w:header="0" w:footer="116" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B057C0">
+    </w:p>
+    <w:p w14:paraId="213542DD" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10287"/>
+          <w:tab w:val="left" w:pos="14911"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00991A3A">
+      <w:r>
+        <w:t>System</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...138 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007D107E" w:rsidRPr="00DC3B26">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>required</w:t>
+        <w:t>Name:</w:t>
       </w:r>
-      <w:r w:rsidR="007D107E">
+      <w:r>
+        <w:tab/>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0020655E">
+      <w:r>
+        <w:t>System</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:t>to demonstrate completion of corrective action</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002E6B24">
+      <w:r>
+        <w:t xml:space="preserve">Number: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F587852" w14:textId="77777777" w:rsidR="00B057C0" w:rsidRPr="005C7700" w:rsidRDefault="00B057C0" w:rsidP="00B057C0">
+    <w:p w14:paraId="1352ED55" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="180"/>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="36"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B057C0">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76801D7E" wp14:editId="2BF86309">
+                <wp:extent cx="9493250" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="4" name="Group 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9493250" cy="6350"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9493250" cy="6350"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="5" name="Graphic 5"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="9493250" cy="6350"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="9493250" h="6350">
+                                <a:moveTo>
+                                  <a:pt x="4714354" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4708271" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4708271" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4714354" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4714354" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="9493250" h="6350">
+                                <a:moveTo>
+                                  <a:pt x="9492742" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4714367" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4714367" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9492742" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9492742" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="082B370B" id="Group 4" o:spid="_x0000_s1026" style="width:747.5pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="94932,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBynb0SrAIAAFIHAAAOAAAAZHJzL2Uyb0RvYy54bWykVVtv2yAUfp+0/4B4X5ykuTRWnWpq12hS&#10;1VVqpj0TjC8aBgYkTv79DtjYTquta5cHc8j5OJzznQtX18eKowPTppQiwZPRGCMmqExLkSf4+/bu&#10;0yVGxhKREi4FS/CJGXy9/vjhqlYxm8pC8pRpBEaEiWuV4MJaFUeRoQWriBlJxQQoM6krYmGr8yjV&#10;pAbrFY+m4/EiqqVOlZaUGQP/3jZKvPb2s4xR+y3LDLOIJxh8s/6r/XfnvtH6isS5JqooaesGeYcX&#10;FSkFXNqZuiWWoL0uX5iqSqqlkZkdUVlFMstKynwMEM1k/CyajZZ75WPJ4zpXHU1A7TOe3m2WPhw2&#10;Wj2pR914D+K9pD8N8BLVKo+HerfPe/Ax05U7BEGgo2f01DHKjhZR+HM1W11M50A8Bd3iAiRPOC0g&#10;Ky8O0eLL345FJG6u9I51jtQKKsf05Jj/I+epIIp5zo0L/lGjMk3wHCNBKqjfTVsqcxeIuxowjr12&#10;Z1oi381NFySJ6d7YDZOeY3K4N9ZTl6dBIkWQ6FEEUUPFu1rnvtYtRlDrGiOo9V1DvSLWnXOJcyKq&#10;B0kq2hw5ZSUPbCs9zLpMzZaT2cV8hlFIMnjaY7g4x44vp8vJGTYgwqq8VaiMgb2gC+sQsxivFi4C&#10;uDaow9rAZsv+0n8A99G8CewLeOAD5dKwxi1H55tphQaZLmfTMxr+TCs4vVieYQMHYQ1c9MhXwxu6&#10;8Cbwq1wAT125gTwsaCN5md6VnDvGjM53N1yjA3FT2v/aVA9g0PUmbvrLSTuZnqA5a+jHBJtfe6IZ&#10;RvyrgPZ3cz4IOgi7IGjLb6R/DXyytLHb4w+iFVIgJtjC6HqQYQqQOHSei6XDupNCft5bmZWuLb1v&#10;jUftBiZSO0FhcPuqbR8Z9zIM9x7VP4Xr3wAAAP//AwBQSwMEFAAGAAgAAAAhAAUd7TPaAAAABAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdRK1ozKaUop6KYCuIt2l2moRmZ0N2&#10;m6T/3qkXvQzzeMOb7+WLybVqoD40ng2kswQUceltw5WBz+3rzSOoEJEttp7JwIkCLIrLixwz60f+&#10;oGETKyUhHDI0UMfYZVqHsiaHYeY7YvH2vncYRfaVtj2OEu5afZskD9phw/Khxo5WNZWHzdEZeBtx&#10;XN6lL8P6sF+dvrfz9691SsZcX03LZ1CRpvh3DGd8QYdCmHb+yDao1oAUib/z7N0/zUXvZEtAF7n+&#10;D1/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHKdvRKsAgAAUgcAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAUd7TPaAAAABAEAAA8AAAAAAAAA&#10;AAAAAAAABgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAANBgAAAAA=&#10;">
+                <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;width:94932;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="9493250,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBexktFwAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EBviZxCQ3GihBIo7TG1+wCLtLFdWysjqf7J01eBQI7DzHzD7I+T7cRAPjSOFWzWGQhi&#10;7UzDlYKf8mP1BiJEZIOdY1IwU4Dj4Wmxx9y4kb9pKGIlEoRDjgrqGPtcyqBrshjWridO3sV5izFJ&#10;X0njcUxw28mXLNtKiw2nhRp7OtWk2+LPKsC53eBVm3YwfWXnz/I3+nOp1PNyet+BiDTFR/je/jIK&#10;XuF2Jd0AefgHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXsZLRcAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m4714354,r-6083,l,,,6096r4708271,l4714354,6096r,-6096xem9492742,l4714367,r,6096l9492742,6096r,-6096xe" fillcolor="black" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F678F92" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="41" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5852"/>
+        <w:gridCol w:w="504"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="557"/>
+        <w:gridCol w:w="3713"/>
+        <w:gridCol w:w="3821"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004C7374" w14:paraId="566DB1C3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FBCEFE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>h.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Flushing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>fire hydrants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blow-offs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DA4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4140E953" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7243E326" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="316E2C61" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA95D94" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E77D685" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="51270923" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="451"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49497303" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="218" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>system</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>after</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flushing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>leak</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21CE0685" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.1003(a)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="77"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(D119)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DCDA47" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="118"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EAEDE4F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="118"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45937B1A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="118"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45E67EC5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="369A1BBE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="2A599714" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="619657A2" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>j.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Unprotected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>unapproved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cross-connection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(D004)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FACCC79" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="032D2A02" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B13F5A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08D85B7C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F3A4AEF" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="6CBB8AD3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A05B59A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="218" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>k.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Backflow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>operation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintained</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5814BEE5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>properly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tested</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DD3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EEC2AE3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="117"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35361C2F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="117"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E4091E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="117"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="023EC022" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C5D921F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="3A8D428F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71C9B025" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>l.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="62"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Hydrants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sheared,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>damaged</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>improperly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hydrants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DA5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61776012" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BAD6A48" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D31A89" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BADAD18" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00D65BD2" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="4627980B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="290"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="583F356D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>m.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Pumps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>operation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>failure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pumps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>repairs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(PA2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF174DC" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="491CE2BB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7432EC5C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60A269C0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51BFCCFB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="4C354388" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7800B62F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>n.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Valves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>operation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>valves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>valve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>breakage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DA6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5A2142" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BAC84D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A31E53" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46CEFC71" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DB74DED" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="074B4BE2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="326C885B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>o.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Air-relief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>air-vacuum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>valves –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>operation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>leakage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DA7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B7DDA2" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10BE49C6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F20F410" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E40006C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="585D1DC1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="38F84193" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EAADD9D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>p.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>surge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DA8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C04B8F0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C378E0D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A5171C7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="718685BA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50C537BE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="63CAFC25" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="523"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F87E2B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="21"/>
+              <w:ind w:left="331" w:right="92" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>q.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Low</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfectant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concentration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(&lt;0.2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mg/L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>free</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>&lt;1.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mg/L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>chlorine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>coliform</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sampling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DD4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="260D0254" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="154"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1F07A9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="154"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D75D29C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="154"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C1D79F3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31DC197F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="7B48E058" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="290"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D37FD91" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>r.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="62"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Known</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bio-film</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>accumulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DA9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6807939E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05B6FCA1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58065300" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05AB0EC8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E62B1BA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="115FE5CA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D37D84" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>s.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(DA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D82FA03" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74BDFC62" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37883DC1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00B5DC39" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BCE38A4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="6714EA77" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="26FF3F24" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="46"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>STORAGE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="292609DE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="9" w:right="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="33554F8F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="6" w:right="6"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD9E67B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="8" w:right="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="446BEC1A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="20"/>
+              <w:ind w:left="1075"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B4D7F2D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="20"/>
+              <w:ind w:left="374"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Actions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>dates)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="4D727934" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2873C0A8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="722"/>
+              </w:tabs>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Tank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>properly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>accordance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AWWA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Standard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BB2B64F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>C-652</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.1003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>approved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>method by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Department</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(F004)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1208E745" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="117"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9CEB33" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="117"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F7F903" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="117"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7418E119" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="79806368" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="6CFA551F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA09370" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="331" w:right="176" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Tank -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Elevation not adequate to produce a designed minimum distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>system</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>psi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(fire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flow)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>psi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>peak flow (F115)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A44F779" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62D690E1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C810338" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C65625E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="387BA6FC" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AC1EE88" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CE8C134" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0848D404" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="6AFA3F17" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="451"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA084E4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Tank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Hydropneumatic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>capacity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B16F7C4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>minimum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pressure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>psi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>periods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>peak</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(F116)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2C0B59" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="118"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BC1374" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="118"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6142EC81" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="118"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F7806E0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AAC9C70" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="5A972152" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D533D5C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>observed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>leaks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>repair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FA2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D65AA65" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6046B277" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13396DE7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D39F543" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5382C39C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="2DDEF741" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E624F9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Unsecured</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>facility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>unauthorized</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>allowed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (FA3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02254AAA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAE05F1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E26D283" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02669B9F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="356CE6CC" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="5C8AC986" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC04C9B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Vandalism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tampering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">observed </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FA4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3547C7E7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DCCAA7C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB5080D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F02AC9E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54A517B1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="63AD7F73" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53620CEB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="218" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>g.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Evidence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>contamination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>potential</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>contamination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73967B25" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>near</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>facility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (FA5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EFF2A3B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="117"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0419EF" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="117"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E63D373" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="117"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26B38C4A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5119BE7C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="325F0F56" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="290"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FF47E8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>h.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>High</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>age</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>low</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfectant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FA6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09763CB1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="180308A0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="476EB00D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C64B8F6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F18B831" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="2E5CEA17" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03DC206D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Inadequate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cleaning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>practices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FA7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED4A255" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E645B37" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B0C19A1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A402EB8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B4D4501" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="4683A938" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="451"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8D4D12" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="331" w:right="176" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>j.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Visibly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>unsanitary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>conditions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>presence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>debris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/ birds / bats etc. in tank or near openings (FD2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D287C6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57AFA7C5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C41FB0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="670064B9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1524F97B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="0DA3053E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43FF9266" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="218" w:lineRule="exact"/>
+              <w:ind w:left="331" w:right="92" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>k.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Deterioration,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>rust,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>holes,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vent,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>overflow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pipe,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hatch, screens, ladders, etc. (FD3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA030B7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2279B845" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="329EF619" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1753FE6B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C54007A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="4E5285DB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="420CC27D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>l.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Vent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>installed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>improperly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FA8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8DFA44" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C70023" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="185CF4E4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="412B8ED1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F12C669" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="6BF7A827" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE608FC" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>m.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Hatch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sealed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>properly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FD4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F390FF" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="400E8497" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08017BA9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BF1BDF7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44116FB7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="517B1CF7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16FAD6DB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>n.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Improper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>operation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>valves,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>altitude</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>valves,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> related</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30115E9C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>appurtenances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FA9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2567525A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CF0BB5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D00DD65" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="153A3FD7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76AFCDE7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="6587141A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1307EB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>o.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(FA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2423BA8F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B8C0EA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FCD96FE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D265AC6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2375493B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0A1B2814" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004C7374">
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:top="400" w:right="360" w:bottom="460" w:left="360" w:header="0" w:footer="116" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EDD39B1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10405"/>
+          <w:tab w:val="left" w:pos="15026"/>
+        </w:tabs>
+        <w:spacing w:after="57"/>
+        <w:ind w:left="271"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15729664" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72FC1846" wp14:editId="4C3C249F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>327660</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>175767</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9493250" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9493250" cy="6350"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9493250" h="6350">
+                              <a:moveTo>
+                                <a:pt x="4735690" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4729607" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4729607" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4735690" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4735690" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="9493250" h="6350">
+                              <a:moveTo>
+                                <a:pt x="9492742" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="4735703" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="4735703" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="9492742" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="9492742" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="63BD08D9" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:25.8pt;margin-top:13.85pt;width:747.5pt;height:.5pt;z-index:15729664;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="9493250,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTa3nEVwIAACAGAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFvmzAQfp+0/2D5fYGShDQopJpadZpU&#10;dZWaac+OMQHN2J7tBPLvdzY4IZumLtN4wGfu8/Hdd75b3XUNRwemTS1Fjm8mMUZMUFnUYpfjr5vH&#10;D7cYGUtEQbgULMdHZvDd+v27VasylshK8oJpBEGEyVqV48palUWRoRVriJlIxQQ4S6kbYmGrd1Gh&#10;SQvRGx4lcZxGrdSF0pIyY+DrQ+/Eax+/LBm1X8rSMIt4joGb9W/t31v3jtYrku00UVVNBxrkH1g0&#10;pBbw01OoB2IJ2uv6t1BNTbU0srQTKptIlmVNmc8BsrmJf8nmtSKK+VxAHKNOMpn/F5Y+H17Vi3bU&#10;jXqS9LsBRaJWmezkcRszYLpSNw4LxFHnVTyeVGSdRRQ+LmfLaTIHsSn40ilYLiTJwlm6N/YTkz4O&#10;OTwZ29egCBapgkU7EUwNlXQ15L6GFiOoocYIarjta6iIdeccOWeidkSkGng4ZyMPbCM9zLoUZovp&#10;PF0C25AIMD1juLjEJss0XlxgAyKsyke9jBd8YR1j0niZDgIFd1h72Gxx/ulfgM/ZXAUORQr/plwa&#10;1tfNyXm1rHAJksUsuZDqz7JO54t4eoENPMIatDgj30xvTOEq8JtawBU5XTewxxfaSF4XjzXnTjGj&#10;d9t7rtGBuOnjn6HUI5hvtr6/XKdtZXF80aiFkZRj82NPNMOIfxbQ825+BUMHYxsMbfm99FPOF0sb&#10;u+m+Ea2QAjPHFtrzWYaJQrLQeS6XE9adFPLj3sqydm3pufWMhg2MId/Mw8h0c26896jzYF//BAAA&#10;//8DAFBLAwQUAAYACAAAACEASqsN8tsAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KiTiiZViFMhJMQVGj5gGy9JSGxHtpsmfD3bExx3ZjT7pjwsZhQz+dA7qyDdJCDINk73&#10;tlXwWb8+7EGEiFbj6CwpWCnAobq9KbHQ7mI/aD7GVnCJDQUq6GKcCilD05HBsHETWfa+nDcY+fSt&#10;1B4vXG5GuU2STBrsLX/ocKKXjprheDYKcB1S/Gn0MOupNetb/R39e63U/d3y/AQi0hL/wnDFZ3So&#10;mOnkzlYHMSrYpRknFWzzHMTV3z1mrJxY2ecgq1L+X1D9AgAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAFNrecRXAgAAIAYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAEqrDfLbAAAACQEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" path="m4735690,r-6083,l,,,6096r4729607,l4735690,6096r,-6096xem9492742,l4735703,r,6096l9492742,6096r,-6096xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>System</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>System</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Number: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="80" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="160" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:left w:w="115" w:type="dxa"/>
-          <w:right w:w="115" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="365"/>
-        <w:gridCol w:w="5540"/>
+        <w:gridCol w:w="5883"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="503"/>
+        <w:gridCol w:w="558"/>
+        <w:gridCol w:w="3731"/>
+        <w:gridCol w:w="3767"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004C7374" w14:paraId="495B2C11" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="17FB1E82" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="45"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SOURCES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>GROUNDWATER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CE2796" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="12"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD16E79" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="11"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F87EEA7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="15" w:right="3"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CDB3637" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BBA2A3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="17"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Actions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>dates)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="5FEF9131" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="290"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B674BF" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="16"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="77"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Unapproved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>changed /</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>new</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>added</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A9A4CA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4223DEAE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75229871" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3F2215" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="500B635C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="0B49C636" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A1FDAA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="68"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Heavy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>rainfall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flooding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="558D15B5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2086AE60" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DC68BF" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47AB595A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="138FB61A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="4FD10D9A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2845B307" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="66"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with standing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>evidence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flooding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>run-off</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>inundation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14F1C9DE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SD2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADA1794" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC738A5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D4EE67" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57CAC4CD" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18ECCF15" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="268C1A14" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2203B6E5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="66"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Operational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>changes/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>changes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>static</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pumping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>levels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="038C42E4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36EED42F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="034EE120" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="041F3822" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CB929F9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="5F6D69E4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D139A5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="331" w:right="67" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="72"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Inadequate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>damaged</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>components</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>seal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">well casing / grout seal / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pitless</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adaptor (SD3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="609D5A9D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FAA138D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ABCCBE3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07E677C5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F8D6BCD" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="725DA9D3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0384488B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Upper terminal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>casing not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sealed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>watertight,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>exception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04DFA184" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pipe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (S106)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1243EE18" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5311B77B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B8BC54" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F1DC9C4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64D24994" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="1461FB22" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E48F58C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>g.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Vent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>damaged</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>unscreened</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SD4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2000B2EF" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DD41B5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="242E9027" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="295CE204" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B576F9E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="49DAF0F6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEC0F36" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>h.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="68"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Vent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pipe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>vent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tube not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>downward-directed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>screened</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (S107)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34104583" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F478396" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="258FF8E5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F4C3625" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49C5F1D2" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="1C73452F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5AE7E1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Threaded</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bibs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>equipped</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>anti-siphon devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (S110)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7E8CC4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEAEF94" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F5D955" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F9F602E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6039976E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="379FEC20" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D31D6F9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>j.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Potential</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cross-connections exist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>site</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(S501)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C10B917" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38998EC2" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7606756D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70D3C557" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0746866E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="5F634C85" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D324A04" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>k.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="59"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Inadequate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concrete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>slab</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>well</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>house</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concrete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>floor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (S108)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4E2C61" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B097688" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55150B75" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23656F5B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="056DC676" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="0C8FFC38" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="289"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7B783C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>l.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Unprotected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>opening</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pump</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/ pump</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC0818B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A369320" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB72677" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F4B762C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D01791D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="0AA4F494" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACBAA0B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>m.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Nearby</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>potential sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>contamination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4247163A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2C8BAF" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F77F89" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18E45EC6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C1487A8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="38CF0781" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75477C3F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>n.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="67"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52767CB7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="269B4DD3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F056D39" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E3BE7D0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B391B09" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="2CF2DB94" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="702"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="795FB487" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="331" w:right="67" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>o.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>New, repaired or reconditioned well was not properly cleaned and disinfected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>representative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bacteriological</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>were</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>found to be free of contamination (S120)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="679DA8FC" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2668B4D3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19EDBE00" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="509EB415" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="736F584D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="119B778A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14459C76" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D901E9A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="13B88B24" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDE8A3D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="16"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>p.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="68"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="236A3F52" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0BFBB0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC3730A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21213A40" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12C46738" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="5BCA84E0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="29BE959B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="42"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>SOURCES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>SURFACE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>WATER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SOURCES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7E37A0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="12"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7828A035" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="11"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4996FC1A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
+              <w:ind w:left="15" w:right="3"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="40524C2F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="30417FA4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="17"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Actions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>dates)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="0A100F53" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03587E77" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="79"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>intake</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>new</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>added</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F83CB8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="723E6676" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EEDB460" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="602DBC49" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="559D2E8F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="77E564FB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2528A1CB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Heavy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>rainfall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flooding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>high</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>raw</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>turbidity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>measurements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SA9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D3BCE5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30024FFE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C3A2F4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="634F691E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7880951D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="18B76E31" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="365FDD4E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="65"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Changes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(lake</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>turnover,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>algal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>blooms,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>etc.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SA10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B9D760" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72882FC6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9DBE15" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57920EE8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1952CE0C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="705DCA1E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="500AFA62" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="67"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SA11)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50345E5D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0414EAAF" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="317BE755" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="796684B6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CFE3C57" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="1B0B3B72" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="290"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="591FCC1F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="73"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(SA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E69868" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30718AC6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE5A23A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A8D4BD0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39A21BA4" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="1581AF63" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F4483A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>TREATMENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E839B4E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="12"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E9EF0E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="11"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E84BF55" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="15" w:right="3"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="35ACF227" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="20"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D28694" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="20"/>
+              <w:ind w:left="17"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Actions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>dates)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="6F09D780" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="293"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3237B7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Treatment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>malfunction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>interruption</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TD2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40903DA6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7899DECB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42051B9D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="59013844" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED86791" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="5EE92A4C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="679D41AF" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:left="331" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Disinfection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>provided</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>specified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>approved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>plans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>and specifications.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Stand-by disinfection equipment is not provided (T110)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16EDBDE7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="146"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="399B0CE7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="146"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4AC66C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="146"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BAAE22C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55B369A8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="1D9BA9EB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32087E67" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Minimum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concentration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Entry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Point</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AE5F243" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintained</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(T138)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="328BBAB3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35862E02" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="779FD96A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A64BDC7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15D16851" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="0FA38FFC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D26293" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="219" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Detectable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>residual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>concentration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>system</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>MRT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>site</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D1CA92C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="331"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintained</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(T139)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F92DBEB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="300BA588" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49DA201B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="500E9382" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A3DCB0D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="1B989E56" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D77D5B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Clogging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>filters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TA5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F0D87D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73ADF15F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7311D207" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DB354F3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33CEB23D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="57FA8C6B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48FF0A5B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="68"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>treatment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TA6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3D18FA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F41971" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C80F02C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="398AA605" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="170FE616" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="3C4A5B67" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E9C814" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>g.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AD6DA0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58535C1B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11014E81" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3731" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A2D6468" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3767" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A71D6CD" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0BA14B99" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004C7374">
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:top="400" w:right="360" w:bottom="460" w:left="360" w:header="0" w:footer="116" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45DDE381" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10287"/>
+          <w:tab w:val="left" w:pos="14909"/>
+        </w:tabs>
+        <w:spacing w:before="33"/>
+        <w:ind w:left="151"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>System</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>System</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6DAB2B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="36"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A55D6E2" wp14:editId="0A215DE4">
+                <wp:extent cx="9493250" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="7" name="Group 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9493250" cy="6350"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9493250" cy="6350"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="8" name="Graphic 8"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="9493250" cy="6350"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="9493250" h="6350">
+                                <a:moveTo>
+                                  <a:pt x="4714354" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4708271" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4708271" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4714354" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4714354" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="9493250" h="6350">
+                                <a:moveTo>
+                                  <a:pt x="9492742" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4714367" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4714367" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9492742" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="9492742" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="6B3C5771" id="Group 7" o:spid="_x0000_s1026" style="width:747.5pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="94932,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAE4GrErAIAAFIHAAAOAAAAZHJzL2Uyb0RvYy54bWykVVtv2yAUfp+0/4B4X5ykaS5WnWpq12hS&#10;1VVqpj0TjC8aBgYkTv79DtjYTquta5cHc8j5OJzznQtX18eKowPTppQiwZPRGCMmqExLkSf4+/bu&#10;0xIjY4lICZeCJfjEDL5ef/xwVauYTWUheco0AiPCxLVKcGGtiqPI0IJVxIykYgKUmdQVsbDVeZRq&#10;UoP1ikfT8Xge1VKnSkvKjIF/bxslXnv7Wcao/ZZlhlnEEwy+Wf/V/rtz32h9ReJcE1WUtHWDvMOL&#10;ipQCLu1M3RJL0F6XL0xVJdXSyMyOqKwimWUlZT4GiGYyfhbNRsu98rHkcZ2rjiag9hlP7zZLHw4b&#10;rZ7Uo268B/Fe0p8GeIlqlcdDvdvnPfiY6codgiDQ0TN66hhlR4so/LmarS6ml0A8Bd38AiRPOC0g&#10;Ky8O0eLL345FJG6u9I51jtQKKsf05Jj/I+epIIp5zo0L/lGjMk0wVLEgFdTvpi2VpQvEXQ0Yx167&#10;My2R7+amC5LEdG/shknPMTncG+upy9MgkSJI9CiCqKHiXa1zX+sWI6h1jRHU+q6hXhHrzrnEORHV&#10;gyQVbY6cspIHtpUeZl2mZovJ7OJyhlFIMnjaY7g4x46X08XkDBsQYVXeKlTGwF7QhXWImY9XcxcB&#10;XBvUYW1gs0V/6T+A+2jeBPYFPPCBcmlY45aj8820QoNMF7PpGQ1/phWcni/OsIGDsAYueuSr4Q1d&#10;eBP4VS6Ap67cQB4WtJG8TO9Kzh1jRue7G67Rgbgp7X9tqgcw6HoTN/3lpJ1MT9CcNfRjgs2vPdEM&#10;I/5VQPu7OR8EHYRdELTlN9K/Bj5Z2tjt8QfRCikQE2xhdD3IMAVIHDrPxdJh3UkhP++tzErXlt63&#10;xqN2AxOpnaAwuH3Vto+MexmGe4/qn8L1bwAAAP//AwBQSwMEFAAGAAgAAAAhAAUd7TPaAAAABAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdRK1ozKaUop6KYCuIt2l2moRmZ0N2&#10;m6T/3qkXvQzzeMOb7+WLybVqoD40ng2kswQUceltw5WBz+3rzSOoEJEttp7JwIkCLIrLixwz60f+&#10;oGETKyUhHDI0UMfYZVqHsiaHYeY7YvH2vncYRfaVtj2OEu5afZskD9phw/Khxo5WNZWHzdEZeBtx&#10;XN6lL8P6sF+dvrfz9691SsZcX03LZ1CRpvh3DGd8QYdCmHb+yDao1oAUib/z7N0/zUXvZEtAF7n+&#10;D1/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAATgasSsAgAAUgcAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAUd7TPaAAAABAEAAA8AAAAAAAAA&#10;AAAAAAAABgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAANBgAAAAA=&#10;">
+                <v:shape id="Graphic 8" o:spid="_x0000_s1027" style="position:absolute;width:94932;height:63;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="9493250,6350" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCwx+TbvQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LasMw&#10;EN0XegcxhexqOV2E4FoOJRDSZWrnAIM1tV1bIyMp/uT01SKQ5eP988NiBjGR851lBdskBUFcW91x&#10;o+Band73IHxA1jhYJgUreTgUry85ZtrO/ENTGRoRQ9hnqKANYcyk9HVLBn1iR+LI/VpnMEToGqkd&#10;zjHcDPIjTXfSYMexocWRji3VfXkzCnDtt3ivdT/psTHrufoL7lIptXlbvj5BBFrCU/xwf2sFcWu8&#10;Em+ALP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsMfk270AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" path="m4714354,r-6083,l,,,6096r4708271,l4714354,6096r,-6096xem9492742,l4714367,r,6096l9492742,6096r,-6096xe" fillcolor="black" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464C929F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="41" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5852"/>
         <w:gridCol w:w="504"/>
-        <w:gridCol w:w="504"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3782"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="557"/>
+        <w:gridCol w:w="3713"/>
+        <w:gridCol w:w="3821"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00194688" w:rsidRPr="00CD15FC" w14:paraId="06A2F07A" w14:textId="77777777" w:rsidTr="00B3789A">
+      <w:tr w:rsidR="004C7374" w14:paraId="6C7A5046" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
+            <w:tcW w:w="5852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A1BD4D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>SAMPLING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E7D6CB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="9" w:right="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0627D67C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="6" w:right="6"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="415C0805" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="8" w:right="4"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AC91C5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="1075"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3160DFE6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="374"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Corrective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Actions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>dates)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="69D51326" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B66767B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Visibly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>unsanitary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sampling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>site/tap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DC19A3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD04A98" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CA94E5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBEC958" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3EF8A0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="16E888C3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4C90EB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>b.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Infrequently</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A60415E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B87D40" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A9F2BD" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43D22B7B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70DAD9F5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="140BB673" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="290"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D364F2" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>c.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Threads</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>inside</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D49C63" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58806133" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="501DB632" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EE37FBF" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18A8853A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="52A860F7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20630BFB" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="218" w:lineRule="exact"/>
+              <w:ind w:left="331" w:hanging="216"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Treatment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>device</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>after</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>connection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[Point</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Entry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(POE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>or Point of Use (POU)] (MA5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CF6A7D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A34E9C5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF8F26D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B78FA7D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B2E84C5" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="01916006" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="289"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="209CD70C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Recent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BF2AFBE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="684CD154" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66078464" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="496EDA5A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CBB895C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="6BEED1D1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="411D723D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disinfected</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (MA7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B46082" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE73212" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0378A406" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46393898" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C3D04D3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="0B8482EF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F41D7C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>g.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Aerator</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>was</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>removed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (MA8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="071C00E2" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="585A819E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="232B67FC" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5341035D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="002AF84E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="4F3F74D0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="759FBFF2" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>h.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Inadequate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>tap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>flushing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (MA9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C93AD2E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1867753C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54094920" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="034731A9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D48DC7C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="40C0D5FD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50713264" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(MA1):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A71693" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2219BCA0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50661AF1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78248110" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3821" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B784A22" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="40DE2A5E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="29"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="260C41B9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="514"/>
+        </w:tabs>
+        <w:ind w:left="514" w:hanging="363"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Check</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>box</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ALL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>corrective</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>actions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F422D6D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="513"/>
+          <w:tab w:val="left" w:pos="515"/>
+        </w:tabs>
+        <w:spacing w:before="41" w:line="218" w:lineRule="auto"/>
+        <w:ind w:left="515" w:right="401"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Check</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>box</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>drinking</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>samples</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>collected</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>upon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>completion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>corrective</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">actions </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>“absent”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>total</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>coliform</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">bacteria </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(required to demonstrate completion of corrective actions)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D5728E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="13"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D1BB9BD" wp14:editId="6BB14D31">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>251459</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>122994</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9493250" cy="4064000"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="9" name="Textbox 9"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9493250" cy="4064000"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="19BA2640" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+                            <w:pPr>
+                              <w:spacing w:line="268" w:lineRule="exact"/>
+                              <w:ind w:left="110"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                              </w:rPr>
+                              <w:t>Comments:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="3D1BB9BD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textbox 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:19.8pt;margin-top:9.7pt;width:747.5pt;height:320pt;z-index:-15726592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4demGxQEAAH8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNNlSKho1XcFWi5BW&#10;gLTwAa5jNxGOx8y4Tfr3jN20XcENkYMzzoyf33szWd+PvRNHg9SBr+XdrJTCeA1N5/e1/PH98c17&#10;KSgq3ygH3tTyZEjeb16/Wg+hMnNowTUGBYN4qoZQyzbGUBUF6db0imYQjOekBexV5C3uiwbVwOi9&#10;K+ZluSwGwCYgaEPEX7fnpNxkfGuNjl+tJROFqyVzi3nFvO7SWmzWqtqjCm2nJxrqH1j0qvN86RVq&#10;q6ISB+z+guo7jUBg40xDX4C1nTZZA6u5K/9Q89yqYLIWNofC1Sb6f7D6y/E5fEMRx48wcgOzCApP&#10;oH8Se1MMgaqpJnlKFXF1Ejpa7NObJQg+yN6ern6aMQrNH1eL1dv5O05pzi3K5aIss+PF7XhAip8M&#10;9CIFtURuWKagjk8UEwFVXUrSbc6LoZbLcrU8EwXXNY+dcylHuN89OBRHlXqdn9ReRqCXZQluq6g9&#10;1+XUVOb8JPisMamN425kjBTuoDmxUQPPSi3p10GhkcJ99tyMNFiXAC/B7hJgdA+Qxy+x9PDhEMF2&#10;WdwNd7qZu5wZTxOZxujlPlfd/pvNbwAAAP//AwBQSwMEFAAGAAgAAAAhAGLE6OvdAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoU5oamsapUKRy4YBo+wFuvE0i4nWI3TT9&#10;e7YnOO6b0exMvplcJ0YcQutJw3yWgECqvG2p1nDYb59eQYRoyJrOE2q4YoBNcX+Xm8z6C33huIu1&#10;4BAKmdHQxNhnUoaqQWfCzPdIrJ384Ezkc6ilHcyFw10nn5NESWda4g+N6bFssPrenZ2G9899jD/z&#10;Q0rhY9y+lKpX17LX+vFheluDiDjFPzPc6nN1KLjT0Z/JBtFpWKwUO5mvUhA3fblImRw1qCUjWeTy&#10;/4TiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPh16YbFAQAAfwMAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGLE6OvdAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAHwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAApBQAAAAA=&#10;" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t"/>
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="19BA2640" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+                      <w:pPr>
+                        <w:spacing w:line="268" w:lineRule="exact"/>
+                        <w:ind w:left="110"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-2"/>
+                        </w:rPr>
+                        <w:t>Comments:</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F98A81F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004C7374">
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:top="400" w:right="360" w:bottom="460" w:left="360" w:header="0" w:footer="116" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="48" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4947"/>
+        <w:gridCol w:w="2157"/>
+        <w:gridCol w:w="1262"/>
+        <w:gridCol w:w="1528"/>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="3038"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004C7374" w14:paraId="2634EA95" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="373"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7694BC" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="354" w:lineRule="exact"/>
+              <w:ind w:left="126"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="65"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="3C6DF5E5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="250"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="57181A63" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B93403" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="260D2E15" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6366" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="62ADB10C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="1103"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="68A90AFA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="617F388B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="6200" w:right="2776" w:hanging="2814"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Depending</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Person</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Responsible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Conducting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Documenting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Assessment, Select Option A or B below</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="7BCAF7D9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="613"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7104" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
-[...166 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+          </w:tcPr>
+          <w:p w14:paraId="38171AE6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="4"/>
               </w:numPr>
-              <w:rPr>
-[...325 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="351"/>
+              </w:tabs>
+              <w:ind w:right="368" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Option</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>A:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Conducted</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Documented</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>State-Approved Party</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>[Complete Section 1 Only]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7628" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="696FA99E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="3"/>
               </w:numPr>
-              <w:rPr>
-[...198 lines deleted...]
-            </w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="349"/>
+              </w:tabs>
+              <w:ind w:right="514" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Option</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>B:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Conducted</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Documented</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Supply Section Representative </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>[Complete Section 2 Only]</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00125FFE" w:rsidRPr="00CD15FC" w14:paraId="4B4035D4" w14:textId="77777777" w:rsidTr="00B3789A">
+      <w:tr w:rsidR="004C7374" w14:paraId="0FB62EE6" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="288"/>
+          <w:trHeight w:val="81"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="34933DCA" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="25D48796" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="335"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B31F017" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="42"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Representative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="0677D984" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="335"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6562482D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="3F85B19B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="335"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE05766" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Title:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="74C7E09A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="335"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="06FB6114" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Firm:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="34018124" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="336"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="330077D2" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="67" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Address</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Firm:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="33F40787" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="337"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38C4115A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>On-site</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Assessment:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54DA8A47" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EF7A4CD" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="433"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D7A3299" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="577709B9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="568"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4947" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D187C2" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="110" w:right="541"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Qualification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>State-Approved</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Party: (Complete all that apply)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0851DC6C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="2"/>
               </w:numPr>
-              <w:rPr>
-[...192 lines deleted...]
-            <w:tcW w:w="3746" w:type="dxa"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="349"/>
+              </w:tabs>
+              <w:spacing w:line="294" w:lineRule="exact"/>
+              <w:ind w:left="349" w:hanging="239"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Certified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Operator</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...39 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+          </w:tcPr>
+          <w:p w14:paraId="4781BE87" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="22"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:rPr>
-[...190 lines deleted...]
-            <w:tcW w:w="3746" w:type="dxa"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="349"/>
+              </w:tabs>
+              <w:spacing w:line="294" w:lineRule="exact"/>
+              <w:ind w:left="349" w:hanging="239"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Professional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Engineer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="5A19CCEE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="616"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4947" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBCDF64" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>NC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Certified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Operator,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>provide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Certification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Level: (Check all that apply)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3419" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...23 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="44D2C95B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25" w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="11"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Surface</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65839394" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="296" w:lineRule="exact"/>
+              <w:ind w:left="1020"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3328" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C187B6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25" w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="16"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Well</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="327FF6A8" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="296" w:lineRule="exact"/>
+              <w:ind w:left="738"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="50"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3038" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="722664F1" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25" w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="1047"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Distribution</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45FB708E" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="296" w:lineRule="exact"/>
+              <w:ind w:left="648"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="50"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00125FFE" w:rsidRPr="00CD15FC" w14:paraId="17D1BC20" w14:textId="77777777" w:rsidTr="00B3789A">
+      <w:tr w:rsidR="004C7374" w14:paraId="2D1A961B" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="288"/>
+          <w:trHeight w:val="613"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
+            <w:tcW w:w="4947" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD79C08" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="110" w:right="1704"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Classification: (Check all that apply)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3419" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="center"/>
-[...172 lines deleted...]
-            <w:tcW w:w="3746" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C89A305" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="11"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Surface</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="373FAE90" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="1020"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3328" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...23 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="2118A98C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="16"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Well</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A2D3487" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="738"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="50"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3038" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4345029F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="1047"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Distribution</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="498276F6" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="648"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="75"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="50"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00125FFE" w:rsidRPr="00CD15FC" w14:paraId="708139EC" w14:textId="77777777" w:rsidTr="00B3789A">
+      <w:tr w:rsidR="004C7374" w14:paraId="66B3CB2C" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="288"/>
+          <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...200 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFD625F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="250" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Signature:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00125FFE" w:rsidRPr="00CD15FC" w14:paraId="1996F027" w14:textId="77777777" w:rsidTr="00B3789A">
+      <w:tr w:rsidR="004C7374" w14:paraId="2DBD6A44" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="288"/>
+          <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...200 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A865025" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Phone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00125FFE" w:rsidRPr="00CD15FC" w14:paraId="2757B6F2" w14:textId="77777777" w:rsidTr="00B3789A">
+      <w:tr w:rsidR="004C7374" w14:paraId="3574FC7B" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="288"/>
+          <w:trHeight w:val="338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...200 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A28FD7" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00531CFD" w:rsidRPr="00CD15FC" w14:paraId="5E563059" w14:textId="77777777" w:rsidTr="00B3789A">
+      <w:tr w:rsidR="004C7374" w14:paraId="70D55B3C" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="78"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6406B833" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="341BA5A6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="335"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4419FD6A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD15FC">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2.  DISTRIBUTION SYSTEM MAINTENANCE &amp; OPERATION</w:t>
-[...13 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...16 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:spacing w:val="39"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...16 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...17 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Issue Description</w:t>
-[...13 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:t>Supply</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Corrective Action</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>s (include dates)</w:t>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Representative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A279E" w:rsidRPr="00CD15FC" w14:paraId="23985E9E" w14:textId="77777777" w:rsidTr="00B3789A">
+      <w:tr w:rsidR="004C7374" w14:paraId="7C1CBC50" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="288"/>
+          <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...279 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AE987D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A279E" w:rsidRPr="00CD15FC" w14:paraId="35B197CD" w14:textId="77777777" w:rsidTr="00DE4294">
+      <w:tr w:rsidR="004C7374" w14:paraId="149078D6" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="685"/>
+          <w:trHeight w:val="337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...197 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="75713F26" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Regional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Office:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A279E" w:rsidRPr="00CD15FC" w14:paraId="5D2256D2" w14:textId="77777777" w:rsidTr="00B3789A">
+      <w:tr w:rsidR="004C7374" w14:paraId="0E70D247" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="288"/>
+          <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...195 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0578701B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>On-site</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Assessment:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78715E6C" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3040524A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="433"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3038" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EA1C0DE" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A279E" w:rsidRPr="00CD15FC" w14:paraId="2C914693" w14:textId="77777777" w:rsidTr="00B3789A">
+      <w:tr w:rsidR="004C7374" w14:paraId="3A2319D7" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="288"/>
+          <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...197 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="193FA82A" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Signature:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A279E" w:rsidRPr="00CD15FC" w14:paraId="4D786F3D" w14:textId="77777777" w:rsidTr="00B444C4">
+      <w:tr w:rsidR="004C7374" w14:paraId="61B51C9A" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="685"/>
+          <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...181 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA32AFD" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="67" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Phone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A279E" w:rsidRPr="00CD15FC" w14:paraId="3EC39D7F" w14:textId="77777777" w:rsidTr="00B3789A">
+      <w:tr w:rsidR="004C7374" w14:paraId="1E58F947" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="461"/>
+          <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...182 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1720F9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Email:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A279E" w:rsidRPr="00CD15FC" w14:paraId="22D1BC12" w14:textId="77777777" w:rsidTr="00B3789A">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="004C7374" w14:paraId="381497BC" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="461"/>
+          <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...180 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="565FE658" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38" w:line="277" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>copy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>was</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>sent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Owner</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">via </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Mail:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B6A82" w:rsidRPr="00CD15FC" w14:paraId="2E818277" w14:textId="77777777" w:rsidTr="00FA4FA2">
+      <w:tr w:rsidR="004C7374" w14:paraId="723E2782" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="58"/>
+          <w:trHeight w:val="104"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7472" w:type="dxa"/>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="5B9BD4"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="090DD201" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="74F7B066" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="5B9BD4"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="557E9A70" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92" w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="1500"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Please</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>return</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>form</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Supply</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>address</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>below</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>within</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Trigger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="26EAB559" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="258"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...53 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D37209B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="133" w:right="1"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>1634</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Mail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Center,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Raleigh,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>North</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Carolina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>27699-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>1634</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="35DCAAF6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...62 lines deleted...]
-            </w:sdt>
+          </w:tcPr>
+          <w:p w14:paraId="153BE569" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="239" w:lineRule="exact"/>
+              <w:ind w:left="133" w:right="1"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Attention:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Coliform</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Rule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Manager</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B6A82" w:rsidRPr="00CD15FC" w14:paraId="54258F21" w14:textId="77777777" w:rsidTr="00FA4FA2">
+      <w:tr w:rsidR="004C7374" w14:paraId="1E2E7A35" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="58"/>
+          <w:trHeight w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7472" w:type="dxa"/>
-[...5698 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="4947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...14 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D977396" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...8722 lines deleted...]
-            <w:tcW w:w="365" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="663A21A0" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...45 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F28D2C3" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="239" w:lineRule="exact"/>
+              <w:ind w:left="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...75 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2A624D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...192 lines deleted...]
-            <w:tcW w:w="365" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4109E72F" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F6CD4B" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="004C7374">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7374" w14:paraId="0EDD2414" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="237"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="7813136D" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="218" w:lineRule="exact"/>
+              <w:ind w:left="133"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>form</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9">
+              <w:r>
+                <w:rPr>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>pwss.rtcr@deq.nc.gov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...3233 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+    <w:p w14:paraId="54BDC0E5" w14:textId="77777777" w:rsidR="006A7663" w:rsidRDefault="006A7663"/>
+    <w:sectPr w:rsidR="006A7663">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
-      <w:pgMar w:top="432" w:right="432" w:bottom="288" w:left="432" w:header="144" w:footer="288" w:gutter="0"/>
+      <w:pgMar w:top="420" w:right="360" w:bottom="300" w:left="360" w:header="0" w:footer="116" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42039D13" w14:textId="77777777" w:rsidR="00B0002C" w:rsidRDefault="00B0002C" w:rsidP="003B3E1D">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3286FB42" w14:textId="77777777" w:rsidR="006A7663" w:rsidRDefault="006A7663">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6519CFF0" w14:textId="77777777" w:rsidR="00B0002C" w:rsidRDefault="00B0002C" w:rsidP="003B3E1D">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="691D72BC" w14:textId="77777777" w:rsidR="006A7663" w:rsidRDefault="006A7663">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Segoe UI Symbol">
+    <w:altName w:val="Segoe UI Symbol"/>
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1D927370" w14:textId="067C69EE" w:rsidR="00B0002C" w:rsidRDefault="00B0002C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68448569" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="8"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00AD2F33">
+    <w:r>
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:noProof/>
+        <w:sz w:val="8"/>
       </w:rPr>
-      <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486843392" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26A49089" wp14:editId="1249A6BF">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>261620</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>7462139</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="417195" cy="139700"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Textbox 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="417195" cy="139700"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="349F4A16" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+                          <w:pPr>
+                            <w:spacing w:line="203" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>08/2016</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="26A49089" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:20.6pt;margin-top:587.55pt;width:32.85pt;height:11pt;z-index:-16473088;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcZXGulQEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUtuO0zAQfUfiHyy/UyfLZdmo6QpYgZBW&#10;LNLCB7iO3UTEHjPjNunfM/amLYI3xMt4bI/PnHPG69vZj+JgkQYIraxXlRQ2GOiGsGvl928fX7yV&#10;gpIOnR4h2FYeLcnbzfNn6yk29gp6GDuLgkECNVNsZZ9SbJQi01uvaQXRBr50gF4n3uJOdagnRvej&#10;uqqqN2oC7CKCsUR8evd0KTcF3zlr0oNzZJMYW8ncUolY4jZHtVnrZoc69oNZaOh/YOH1ELjpGepO&#10;Jy32OPwF5QeDQODSyoBX4NxgbNHAaurqDzWPvY62aGFzKJ5tov8Ha74cHuNXFGl+DzMPsIigeA/m&#10;B7E3aorULDXZU2qIq7PQ2aHPK0sQ/JC9PZ79tHMShg9f1df1zWspDF/VL2+uq+K3ujyOSOmTBS9y&#10;0krkcRUC+nBPKbfXzalk4fLUPhNJ83bmkpxuoTuyhonH2Er6uddopRg/B/Ypz/yU4CnZnhJM4wco&#10;PyNLCfBun8ANpfMFd+nMAyiEls+SJ/z7vlRdvvTmFwAAAP//AwBQSwMEFAAGAAgAAAAhAA9k25Hf&#10;AAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s6QQdLU2nCcEJCdGVA8e0&#10;8dpojVOabCtvT3qCo39/+v252M52YGecvHEkIVkJYEit04Y6CZ/1690jMB8UaTU4Qgk/6GFbXl8V&#10;KtfuQhWe96FjsYR8riT0IYw5577t0Sq/ciNS3B3cZFWI49RxPalLLLcDXwuRcqsMxQu9GvG5x/a4&#10;P1kJuy+qXsz3e/NRHSpT15mgt/Qo5e3NvHsCFnAOfzAs+lEdyujUuBNpzwYJ98k6kjFPNg8JsIUQ&#10;aQasWaJskwAvC/7/ifIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXGVxrpUBAAAaAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAD2Tbkd8AAAAM&#10;AQAADwAAAAAAAAAAAAAAAADvAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="349F4A16" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+                    <w:pPr>
+                      <w:spacing w:line="203" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>08/2016</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00AD2F33">
+    <w:r>
       <w:rPr>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:noProof/>
+        <w:sz w:val="8"/>
       </w:rPr>
-      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486843904" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E8EB219" wp14:editId="33533237">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>9362693</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>7462139</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="370205" cy="139700"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="370205" cy="139700"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="72DCEED9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+                          <w:pPr>
+                            <w:spacing w:line="203" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>Page</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>5</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="2E8EB219" id="Textbox 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:737.2pt;margin-top:587.55pt;width:29.15pt;height:11pt;z-index:-16472576;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGNM7kmAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSP1Hyzfm92kgsIqm4q2AiFV&#10;gFT4AMdrZy3WHjPjZDd/z9jdJAhuiIs9nhk/v/fG67vJD+JgkByEVi4XtRQmaOhc2LXy+7cP12+l&#10;oKRCpwYIppVHQ/Juc/VqPcbGrKCHoTMoGCRQM8ZW9inFpqpI98YrWkA0gYsW0KvER9xVHaqR0f1Q&#10;rer6TTUCdhFBGyLOPr4U5abgW2t0+mItmSSGVjK3VFYs6zav1Watmh2q2Ds901D/wMIrF/jRM9Sj&#10;Skrs0f0F5Z1GILBpocFXYK3TpmhgNcv6DzXPvYqmaGFzKJ5tov8Hqz8fnuNXFGm6h4kHWERQfAL9&#10;g9ibaozUzD3ZU2qIu7PQyaLPO0sQfJG9PZ79NFMSmpM3t/Wqfi2F5tLy5t1tXfyuLpcjUvpowIsc&#10;tBJ5XIWAOjxRys+r5tQyc3l5PhNJ03YSrsucuTNnttAdWcrI02wl/dwrNFIMnwLblUd/CvAUbE8B&#10;puEBygfJigK83yewrhC44M4EeA6F1/xn8qB/P5euy8/e/AIAAP//AwBQSwMEFAAGAAgAAAAhAFmY&#10;XSTjAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok5I2NMSpKgQnJEQa&#10;DhydeJtYjdchdtvw9zinctvZHc2+ybeT6dkZR6ctCYgXETCkxipNrYCv6u3hCZjzkpTsLaGAX3Sw&#10;LW5vcpkpe6ESz3vfshBCLpMCOu+HjHPXdGikW9gBKdwOdjTSBzm2XI3yEsJNz5dRtOZGagofOjng&#10;S4fNcX8yAnbfVL7qn4/6szyUuqo2Eb2vj0Lc3027Z2AeJ381w4wf0KEITLU9kXKsDzpJkyR4wxSn&#10;qxjY7Fk9LlNg9bzbpDHwIuf/exR/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMY0zuSY&#10;AQAAIQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFmY&#10;XSTjAAAADwEAAA8AAAAAAAAAAAAAAAAA8gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAACBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="72DCEED9" w14:textId="77777777" w:rsidR="004C7374" w:rsidRDefault="006A7663">
+                    <w:pPr>
+                      <w:spacing w:line="203" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>Page</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>5</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="000F7CA4">
-[...62 lines deleted...]
-    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...83 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="745179E2" w14:textId="77777777" w:rsidR="00B0002C" w:rsidRDefault="00B0002C" w:rsidP="003B3E1D">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5B0B8214" w14:textId="77777777" w:rsidR="006A7663" w:rsidRDefault="006A7663">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30BF4741" w14:textId="77777777" w:rsidR="00B0002C" w:rsidRDefault="00B0002C" w:rsidP="003B3E1D">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4461D517" w14:textId="77777777" w:rsidR="006A7663" w:rsidRDefault="006A7663">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="02743A81"/>
+    <w:nsid w:val="066E616D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="590A2B7C"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="874AAD4C"/>
+    <w:lvl w:ilvl="0" w:tplc="B2026BBC">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="350" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="A5CAB0C6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="806" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="17FC5D68">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1253" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="B99A0128">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1700" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="D55EEF74">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2147" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="FAA07CCC">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2594" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="40AC5246">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3040" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="C130D924">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="3487" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="C3D08974">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="3934" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08027025"/>
+    <w:nsid w:val="1334615E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="832E2470"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="3C12E322"/>
+    <w:lvl w:ilvl="0" w:tplc="3AB22AA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="110" w:hanging="243"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3CBC6B6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="817" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b w:val="0"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="E4B23D7A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1514" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="EE9220D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2212" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="5352D71C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2909" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="5" w:tplc="F72605B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3607" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="6" w:tplc="CDF0E406">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="4304" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="7" w:tplc="3B1890A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="5001" w:hanging="243"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C5D622C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5699" w:hanging="243"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08740689"/>
+    <w:nsid w:val="2BFF20DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CC764834"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="3E24364A"/>
+    <w:lvl w:ilvl="0" w:tplc="27F099AC">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="516" w:hanging="365"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:position w:val="-2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="CF12851C">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1980" w:hanging="365"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="1BA25C52">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="3440" w:hanging="365"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="52946E82">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4900" w:hanging="365"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="E4CAC9D6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6360" w:hanging="365"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="B2E47E60">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="7820" w:hanging="365"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="8A52D9E2">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="9280" w:hanging="365"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="71D8FE0C">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="10740" w:hanging="365"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="D8468D0A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="12200" w:hanging="365"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08E855BF"/>
+    <w:nsid w:val="30EA332D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="263AE2B4"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="E96EB79A"/>
+    <w:lvl w:ilvl="0" w:tplc="1E62DD4A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="350" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="193A14B8">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="817" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="5EB017D8">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1275" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="1C58C696">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1733" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="1B6EB400">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2190" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="067C1A8A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2648" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="7CDEED86">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3106" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="D4763F48">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="3563" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="3ACACE7E">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="4021" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="14251247"/>
+    <w:nsid w:val="64CD5EBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E89676D6"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="734A70FC"/>
+    <w:lvl w:ilvl="0" w:tplc="09F2CE3A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="108" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="1F2AF5E0">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="851" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="4C04A894">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1603" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="A7E48002">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2355" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="408CC81A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3107" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="433EFD18">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3859" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="2B02405E">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4610" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="C3EE2662">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5362" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="DFE853AE">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6114" w:hanging="243"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="15CE3524"/>
+    <w:nsid w:val="65355E2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4856846A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="E8DA7D74"/>
+    <w:lvl w:ilvl="0" w:tplc="6136C6C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="424" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A0E2734C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1313" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="8CD678C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="2206" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="7C646F80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3100" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="F1C6DE76">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3993" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="5" w:tplc="0554DFE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="6" w:tplc="2A209334">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5780" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="7" w:tplc="C9069E4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6673" w:hanging="310"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="647E8FD4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7567" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2D6B20DD"/>
+    <w:nsid w:val="71DF38DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CA48DAFC"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="E3AE3858"/>
+    <w:lvl w:ilvl="0" w:tplc="E076B9BC">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="424" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="EFFAF482">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1313" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="ADF4D6B6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2206" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="BB88DAF4">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3100" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="520E7E78">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3993" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="61AECD4C">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="758E5E42">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5780" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="9042A06C">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="6673" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="DBAAAA0E">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="7567" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2D9B40CD"/>
+    <w:nsid w:val="753E0B41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E3E20256"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="F780A740"/>
+    <w:lvl w:ilvl="0" w:tplc="B6FECDAA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="☐"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="216" w:hanging="216"/>
+        <w:ind w:left="453" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="115"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AC54BEDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1349" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="D93C9574">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="2238" w:hanging="339"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="F8C2CE1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3128" w:hanging="339"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="A288C06C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="4017" w:hanging="339"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
-[...11 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="5" w:tplc="7CC4ED6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4907" w:hanging="339"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="6" w:tplc="1A98C3BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5796" w:hanging="339"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
-[...14 lines deleted...]
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="6608D550">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="6685" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="07A21D1E">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="7575" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...83 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...2054 lines deleted...]
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="1" w16cid:durableId="160660745">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="748234014">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="679504740">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="4" w16cid:durableId="590698335">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
-[...2 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="907376302">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="6" w16cid:durableId="708532564">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7">
-[...59 lines deleted...]
-  <w:num w:numId="27">
+  <w:num w:numId="7" w16cid:durableId="1589999989">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="28">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="8" w16cid:durableId="1366711940">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00564636"/>
-[...412 lines deleted...]
-    <w:rsid w:val="00FF7DED"/>
+    <w:rsidRoot w:val="004C7374"/>
+    <w:rsid w:val="00390562"/>
+    <w:rsid w:val="004B753D"/>
+    <w:rsid w:val="004C7374"/>
+    <w:rsid w:val="006A7663"/>
+    <w:rsid w:val="00A61AC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="88065"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="51AED892"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{57F1B2F7-7204-436F-9F3C-EBD839F6C2FF}"/>
+  <w14:docId w14:val="2AFBA328"/>
+  <w15:docId w15:val="{4B438EDA-66FA-49A0-ACA1-CFA31103BF3E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -27699,3195 +29655,477 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="12"/>
+      <w:ind w:right="3"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="514" w:hanging="363"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="33"/>
+      <w:ind w:left="151"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...16 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006D4E00"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:ind w:left="514" w:hanging="365"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="001418B6"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="115"/>
+      <w:jc w:val="center"/>
     </w:pPr>
-    <w:rPr>
-[...101 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...82 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...2575 lines deleted...]
-</w:webSettings>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pwss.rtcr@deq.nc.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1804</Words>
-  <Characters>10284</Characters>
+  <Words>1510</Words>
+  <Characters>8608</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>71</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12064</CharactersWithSpaces>
+  <CharactersWithSpaces>10098</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Laura_Leonard</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-12-02T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-12-02T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
+  </property>
+</Properties>
+</file>