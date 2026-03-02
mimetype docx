--- v0 (2025-10-22)
+++ v1 (2026-03-02)
@@ -1,30 +1,28 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
@@ -1095,67 +1093,57 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B9A55BF" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="0054425D" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AD85401" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00D8683B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Reagents</w:t>
-[...8 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Reagents:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10968" w:type="dxa"/>
         <w:tblInd w:w="97" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3295"/>
       </w:tblGrid>
@@ -7911,69 +7899,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D04CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the %RSD is </w:t>
             </w:r>
             <w:r w:rsidR="003142CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>≤</w:t>
             </w:r>
             <w:r w:rsidRPr="00D04CBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">25% for Target PAH Analytes, the surrogates, and hydrocarbon ranges, linearity can be </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and the average CF can be used for quantitation in lieu of a calibration curve.</w:t>
+              <w:t>25% for Target PAH Analytes, the surrogates, and hydrocarbon ranges, linearity can be assumed and the average CF can be used for quantitation in lieu of a calibration curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C13F27" w:rsidRPr="00A0149B" w14:paraId="536F3EB3" w14:textId="77777777" w:rsidTr="000734D2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6660EB30" w14:textId="4FC4B2EA" w:rsidR="00C13F27" w:rsidRPr="000734D2" w:rsidRDefault="00C13F27" w:rsidP="000734D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="425"/>
               <w:rPr>
@@ -10225,67 +10195,57 @@
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4867" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="609A0D08" w14:textId="7E195ECE" w:rsidR="00F62A1C" w:rsidRPr="00933A87" w:rsidRDefault="004510FE" w:rsidP="00255C1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> matrix spiking and surrogate spiking solutions</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Are matrix spiking and surrogate spiking solutions</w:t>
             </w:r>
             <w:r w:rsidR="005B6B17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> added directly to the sample after the sample is transferred to the separatory funnel or liquid-liquid extractor? </w:t>
             </w:r>
             <w:r w:rsidR="005B6B17" w:rsidRPr="009766CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C75C25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [MADEP EPH Rev. 2.1 (December 2019) Section 9.1.1.1]</w:t>
@@ -10395,69 +10355,51 @@
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49C4FFDE" w14:textId="18C5FB82" w:rsidR="00255C1C" w:rsidRPr="008C0C53" w:rsidRDefault="00E467F3" w:rsidP="00255C1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the pH</w:t>
             </w:r>
             <w:r w:rsidR="00976B86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of the sample checked with wide range pH paper, and if </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> adjusted to pH &lt;2</w:t>
+              <w:t xml:space="preserve"> of the sample checked with wide range pH paper, and if necessary adjusted to pH &lt;2</w:t>
             </w:r>
             <w:r w:rsidR="00147E21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> S.U.</w:t>
             </w:r>
             <w:r w:rsidR="00976B86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00786225">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [MADEP EPH Rev. 2.1 (December 2019) Section 9.1]</w:t>
             </w:r>
@@ -20417,302 +20359,257 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A14A172" w14:textId="21C01B80" w:rsidR="008C49A0" w:rsidRPr="00AE0147" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE0147">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">9.9.3: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7768E381" w14:textId="7F3D8824" w:rsidR="008C49A0" w:rsidRPr="001B1360" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
+          <w:p w14:paraId="0906BED5" w14:textId="77777777" w:rsidR="00FA55D4" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001B1360">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Equation 10: Percent Moisture</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DECD5E2" w14:textId="77777777" w:rsidR="008C49A0" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
+          <w:p w14:paraId="55572AA0" w14:textId="0B3AD296" w:rsidR="00FA55D4" w:rsidRPr="00FA55D4" w:rsidRDefault="00FA55D4" w:rsidP="008C49A0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B1360">
-[...56 lines deleted...]
-          <w:p w14:paraId="51D6090E" w14:textId="77777777" w:rsidR="008C49A0" w:rsidRPr="00104D2A" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% Moisture = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>g wet sample – g dry sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   * 100</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="145A8187" w14:textId="01FAF631" w:rsidR="00FA55D4" w:rsidRPr="00FA55D4" w:rsidRDefault="00FA55D4" w:rsidP="008C49A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA55D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">g wet sample </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA55D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DECD5E2" w14:textId="6AAD6BAD" w:rsidR="008C49A0" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51D6090E" w14:textId="77777777" w:rsidR="008C49A0" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00104D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Equation 11: Percent Solids</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B2642A4" w14:textId="77777777" w:rsidR="008C49A0" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
+          <w:p w14:paraId="5E860086" w14:textId="32711F80" w:rsidR="00FA55D4" w:rsidRPr="00FA55D4" w:rsidRDefault="00FA55D4" w:rsidP="008C49A0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...45 lines deleted...]
-          <w:p w14:paraId="25D75E47" w14:textId="77777777" w:rsidR="008C49A0" w:rsidRPr="00104D2A" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>% Dry solids = (100) – (% Moisture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B2642A4" w14:textId="38D23DC7" w:rsidR="008C49A0" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25D75E47" w14:textId="77777777" w:rsidR="008C49A0" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Equation 12: Dry Weight of Sample</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="003620F3" w14:textId="52489552" w:rsidR="008C49A0" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
-[...53 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="25B110F9" w14:textId="636ACA98" w:rsidR="00FA55D4" w:rsidRPr="00FA55D4" w:rsidRDefault="00FA55D4" w:rsidP="008C49A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Wd (g) = (%Dry Solids/100) (g of extracted sample)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="003620F3" w14:textId="4BB46A9C" w:rsidR="008C49A0" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C49A0" w:rsidRPr="002F79DF" w14:paraId="741BA6C9" w14:textId="77777777" w:rsidTr="000576C4">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D4DAFE2" w14:textId="77777777" w:rsidR="008C49A0" w:rsidRPr="000734D2" w:rsidRDefault="008C49A0" w:rsidP="008C49A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -21357,83 +21254,83 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="008F72E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C37462" w:rsidRPr="00351E5A" w:rsidSect="008B1C89">
-      <w:headerReference w:type="even" r:id="rId14"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="378F35DB" w14:textId="77777777" w:rsidR="00E6270E" w:rsidRDefault="00E6270E">
+    <w:p w14:paraId="7721E8ED" w14:textId="77777777" w:rsidR="005B6017" w:rsidRDefault="005B6017">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27B50A92" w14:textId="77777777" w:rsidR="00E6270E" w:rsidRDefault="00E6270E">
+    <w:p w14:paraId="589C3EB4" w14:textId="77777777" w:rsidR="005B6017" w:rsidRDefault="005B6017">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="694DFCA6" w14:textId="77777777" w:rsidR="00E6270E" w:rsidRDefault="00E6270E"/>
+    <w:p w14:paraId="1029BFEB" w14:textId="77777777" w:rsidR="005B6017" w:rsidRDefault="005B6017"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
@@ -21543,65 +21440,65 @@
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="0066739B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5/</w:t>
     </w:r>
     <w:r w:rsidR="00ED1833">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>07/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E828528" w14:textId="77777777" w:rsidR="00E6270E" w:rsidRDefault="00E6270E">
+    <w:p w14:paraId="18C886AF" w14:textId="77777777" w:rsidR="005B6017" w:rsidRDefault="005B6017">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32EF3566" w14:textId="77777777" w:rsidR="00E6270E" w:rsidRDefault="00E6270E">
+    <w:p w14:paraId="3A9A8991" w14:textId="77777777" w:rsidR="005B6017" w:rsidRDefault="005B6017">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4453DAA4" w14:textId="77777777" w:rsidR="00E6270E" w:rsidRDefault="00E6270E"/>
+    <w:p w14:paraId="69203A43" w14:textId="77777777" w:rsidR="005B6017" w:rsidRDefault="005B6017"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12A43846" w14:textId="1A8B0974" w:rsidR="00DA2400" w:rsidRDefault="00DA2400">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0662A78E" w14:textId="62F66002" w:rsidR="00C27B68" w:rsidRPr="0058752C" w:rsidRDefault="00FF0BBA" w:rsidP="00BA46A6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="11160"/>
       </w:tabs>
       <w:rPr>
@@ -21911,51 +21808,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="612857739">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="314842876">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="319500392">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -22269,50 +22166,51 @@
     <w:rsid w:val="00527D62"/>
     <w:rsid w:val="005340FC"/>
     <w:rsid w:val="00535915"/>
     <w:rsid w:val="00540AC7"/>
     <w:rsid w:val="005441CF"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="00545E74"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="0055686A"/>
     <w:rsid w:val="00560D56"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="005637E0"/>
     <w:rsid w:val="00565018"/>
     <w:rsid w:val="005663B8"/>
     <w:rsid w:val="00575DBD"/>
     <w:rsid w:val="00580FA2"/>
     <w:rsid w:val="0058137E"/>
     <w:rsid w:val="00583354"/>
     <w:rsid w:val="00585B40"/>
     <w:rsid w:val="0059745D"/>
     <w:rsid w:val="005A1232"/>
     <w:rsid w:val="005A14A3"/>
     <w:rsid w:val="005B0E70"/>
     <w:rsid w:val="005B1C8D"/>
+    <w:rsid w:val="005B6017"/>
     <w:rsid w:val="005B625F"/>
     <w:rsid w:val="005B6B17"/>
     <w:rsid w:val="005C2070"/>
     <w:rsid w:val="005C38EE"/>
     <w:rsid w:val="005C47D5"/>
     <w:rsid w:val="005C53BA"/>
     <w:rsid w:val="005C6729"/>
     <w:rsid w:val="005D01F6"/>
     <w:rsid w:val="005D0E68"/>
     <w:rsid w:val="005D134C"/>
     <w:rsid w:val="005D1A7F"/>
     <w:rsid w:val="005D2058"/>
     <w:rsid w:val="005D2616"/>
     <w:rsid w:val="005D3E8D"/>
     <w:rsid w:val="005D4A24"/>
     <w:rsid w:val="005E0044"/>
     <w:rsid w:val="005E06CB"/>
     <w:rsid w:val="005E1C6E"/>
     <w:rsid w:val="005E2729"/>
     <w:rsid w:val="005E3BF5"/>
     <w:rsid w:val="005E7A18"/>
     <w:rsid w:val="005F50A6"/>
     <w:rsid w:val="005F6B11"/>
     <w:rsid w:val="006040FA"/>
     <w:rsid w:val="006111F5"/>
@@ -22704,50 +22602,51 @@
     <w:rsid w:val="00C07C43"/>
     <w:rsid w:val="00C12595"/>
     <w:rsid w:val="00C12BFE"/>
     <w:rsid w:val="00C13F27"/>
     <w:rsid w:val="00C14269"/>
     <w:rsid w:val="00C23C3F"/>
     <w:rsid w:val="00C25A6F"/>
     <w:rsid w:val="00C27B68"/>
     <w:rsid w:val="00C30FFC"/>
     <w:rsid w:val="00C310C6"/>
     <w:rsid w:val="00C33238"/>
     <w:rsid w:val="00C33ED0"/>
     <w:rsid w:val="00C351E2"/>
     <w:rsid w:val="00C37462"/>
     <w:rsid w:val="00C40207"/>
     <w:rsid w:val="00C525B2"/>
     <w:rsid w:val="00C529DF"/>
     <w:rsid w:val="00C548D9"/>
     <w:rsid w:val="00C54ABD"/>
     <w:rsid w:val="00C63A08"/>
     <w:rsid w:val="00C642E6"/>
     <w:rsid w:val="00C67269"/>
     <w:rsid w:val="00C7593B"/>
     <w:rsid w:val="00C75C25"/>
     <w:rsid w:val="00C77B39"/>
+    <w:rsid w:val="00C809F0"/>
     <w:rsid w:val="00C861C3"/>
     <w:rsid w:val="00C86784"/>
     <w:rsid w:val="00C86E92"/>
     <w:rsid w:val="00C86EB9"/>
     <w:rsid w:val="00C8742E"/>
     <w:rsid w:val="00C877EA"/>
     <w:rsid w:val="00C905E8"/>
     <w:rsid w:val="00C90E7A"/>
     <w:rsid w:val="00CA0742"/>
     <w:rsid w:val="00CA36DE"/>
     <w:rsid w:val="00CA50F2"/>
     <w:rsid w:val="00CB2C09"/>
     <w:rsid w:val="00CB3AD5"/>
     <w:rsid w:val="00CB3D76"/>
     <w:rsid w:val="00CC389C"/>
     <w:rsid w:val="00CD0755"/>
     <w:rsid w:val="00CD1F17"/>
     <w:rsid w:val="00CD3F65"/>
     <w:rsid w:val="00CD61FE"/>
     <w:rsid w:val="00CD7670"/>
     <w:rsid w:val="00CE2FE9"/>
     <w:rsid w:val="00CE3EAD"/>
     <w:rsid w:val="00CE4CEC"/>
     <w:rsid w:val="00CE58B6"/>
     <w:rsid w:val="00CF0ED9"/>
@@ -22876,50 +22775,51 @@
     <w:rsid w:val="00F204F1"/>
     <w:rsid w:val="00F23DA3"/>
     <w:rsid w:val="00F24F29"/>
     <w:rsid w:val="00F25709"/>
     <w:rsid w:val="00F42B4E"/>
     <w:rsid w:val="00F47051"/>
     <w:rsid w:val="00F54058"/>
     <w:rsid w:val="00F54562"/>
     <w:rsid w:val="00F57381"/>
     <w:rsid w:val="00F574C3"/>
     <w:rsid w:val="00F576A6"/>
     <w:rsid w:val="00F60CE9"/>
     <w:rsid w:val="00F62A1C"/>
     <w:rsid w:val="00F63045"/>
     <w:rsid w:val="00F66640"/>
     <w:rsid w:val="00F70C51"/>
     <w:rsid w:val="00F71FC8"/>
     <w:rsid w:val="00F71FF3"/>
     <w:rsid w:val="00F80165"/>
     <w:rsid w:val="00F8645C"/>
     <w:rsid w:val="00F8775A"/>
     <w:rsid w:val="00F93C4B"/>
     <w:rsid w:val="00FA040D"/>
     <w:rsid w:val="00FA1A3C"/>
     <w:rsid w:val="00FA236C"/>
+    <w:rsid w:val="00FA55D4"/>
     <w:rsid w:val="00FA68EB"/>
     <w:rsid w:val="00FB08B0"/>
     <w:rsid w:val="00FB0B8F"/>
     <w:rsid w:val="00FB41B4"/>
     <w:rsid w:val="00FC05CD"/>
     <w:rsid w:val="00FC4D49"/>
     <w:rsid w:val="00FC5140"/>
     <w:rsid w:val="00FC6DFD"/>
     <w:rsid w:val="00FD567A"/>
     <w:rsid w:val="00FD7498"/>
     <w:rsid w:val="00FD752B"/>
     <w:rsid w:val="00FE4B67"/>
     <w:rsid w:val="00FE7CFD"/>
     <w:rsid w:val="00FF0BBA"/>
     <w:rsid w:val="00FF59A3"/>
     <w:rsid w:val="182D425B"/>
     <w:rsid w:val="330BD329"/>
     <w:rsid w:val="3DC2D18A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -23561,51 +23461,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -23876,76 +23776,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a6069a042290a6c56d9d11497b4321" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -24134,126 +24023,122 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0542044B-9BBD-499C-AE47-B156749C20C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B0AB87A-1A06-4145-A3C1-149940BEA4C9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B457E90-8546-4925-8E9E-1226D82523BF}"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68ECBF89-0738-480F-A714-184562F22E31}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>4327</Words>
-  <Characters>24631</Characters>
+  <Words>4408</Words>
+  <Characters>24734</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>205</Lines>
-  <Paragraphs>57</Paragraphs>
+  <Lines>1124</Lines>
+  <Paragraphs>399</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28901</CharactersWithSpaces>
+  <CharactersWithSpaces>28743</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson;Michael.Cumbus@ncdenr.gov</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>