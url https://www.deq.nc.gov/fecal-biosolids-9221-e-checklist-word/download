--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="048DF66C" w14:textId="645AE148" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00974901">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -129,379 +129,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="775F881C" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B85696F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="382AA3A3" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56D475A9" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FB2BF3E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="7A692F2A" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F58B2A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34E8A0CD" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B6DAA71" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1930A651" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="614E37C3" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="304351E0" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21A8BC58" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="32D1FF56" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10BE0BBC" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65D4E13E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D3D4ABA" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -687,1088 +675,1034 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3330"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3330"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED4ECA" w:rsidRPr="00A0149B" w14:paraId="01BB67FD" w14:textId="77777777" w:rsidTr="00B17A4C">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B2AD843" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="00A0149B" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25B74E18" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="00713C15" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evaporating Dishes 100 mL capacity, 90 mm diameter made of Porcelain, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> or high silica glass</w:t>
+              <w:t>Evaporating Dishes 100 mL capacity, 90 mm diameter made of Porcelain, Platinum or high silica glass</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="043BBAB3" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="00A0149B" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02761F8D" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="00A0149B" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A51262" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analytical balance, capable of weighing 0.1 mg (0.0</w:t>
             </w:r>
             <w:r w:rsidR="00BE41C9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FBEE8E2" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="00A0149B" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19F9082D" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Desiccator, provided with desiccant containing a color indicator of moisture concentration or an instrumental indicator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w14:paraId="2F3B2E31" w14:textId="77777777" w:rsidTr="00B17A4C">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D910CE3" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10A807E2" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Drying oven, for operation at 103 to 105 ºC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1943220D" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F7E01FF" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="601F7318" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Graduated Cylinder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="318F494B" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60FB9976" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alcohol</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w14:paraId="320BA6C8" w14:textId="77777777" w:rsidTr="00B17A4C">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C67DDFA" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07BB80F0" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pan balance capable of weighing 0.1 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3F4E24BF" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33E477A6" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ECEE0FD" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterilizer oven, 170ºC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="419A20E7" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50ED1356" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autoclave, capable of maintaining 121ºC for 15 minutes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w14:paraId="3D2BFE5B" w14:textId="77777777" w:rsidTr="00B17A4C">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="040A06A6" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FADC66E" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Incubator, 35 ± 0.5ºC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18A21F50" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E980021" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4849B114" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Water bath, 44.5 ± 0.2ºC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E1B23DB" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="023B6F5D" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thermometer, 0.5ºC increments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w14:paraId="081DF80A" w14:textId="77777777" w:rsidTr="00B17A4C">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BC9AC0C" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62DA21AC" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thermometer, 0.1ºC increments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="654AB11A" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D7928AE" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C1A8D2E" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile wood applicator sticks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11A6DBD4" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="494C1DBF" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Refrigerator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w14:paraId="70B251A3" w14:textId="77777777" w:rsidTr="00B17A4C">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00C14E56" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12E6DD49" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inoculation loop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3DC3FB29" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2287175F" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33984D9C" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile blender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74E6390D" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRPr="0054425D" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F27B0B1" w14:textId="77777777" w:rsidR="00ED4ECA" w:rsidRDefault="00ED4ECA" w:rsidP="001172AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">No. 7 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1806,54 +1740,54 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Reagents:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="360"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5040"/>
+        <w:gridCol w:w="359"/>
+        <w:gridCol w:w="5151"/>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="5011"/>
       </w:tblGrid>
       <w:tr w:rsidR="005910F1" w:rsidRPr="006735D5" w14:paraId="6351E4B5" w14:textId="77777777" w:rsidTr="006735D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57ECF019" w14:textId="77777777" w:rsidR="005910F1" w:rsidRPr="006735D5" w:rsidRDefault="005910F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5184" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37C3DF40" w14:textId="77777777" w:rsidR="005910F1" w:rsidRPr="006735D5" w:rsidRDefault="002C0F9B" w:rsidP="005910F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -2212,51 +2146,50 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="503"/>
         <w:gridCol w:w="5174"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4448"/>
       </w:tblGrid>
       <w:tr w:rsidR="00560E41" w:rsidRPr="00A0149B" w14:paraId="224FCD64" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11025" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FF97433" w14:textId="77777777" w:rsidR="00DE769F" w:rsidRPr="000808F0" w:rsidRDefault="00DE769F" w:rsidP="00DE769F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FEBC0C9" w14:textId="77777777" w:rsidR="00560E41" w:rsidRPr="00A0149B" w:rsidRDefault="00DE769F" w:rsidP="00DE769F">
             <w:pPr>
@@ -3370,195 +3303,188 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="499A4487" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C938F10" w14:textId="012E9FF1" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53E43439" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples collected in sterile bottles?</w:t>
             </w:r>
             <w:r w:rsidRPr="00A51DE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74B45F9F" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46C54CB3" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A1C4546" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="399FA587" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E43CE6D" w14:textId="148A8DFC" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A530E34" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00681FC1" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00681FC1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples iced to </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -3640,142 +3566,137 @@
             <w:r w:rsidRPr="00681FC1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00681FC1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20C5E705" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="633C7EA9" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22D3FD0D" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="75F6F4BF" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C9E02A9" w14:textId="5DE53B48" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14D8E656" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00681FC1" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00681FC1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples stored at </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -3857,142 +3778,137 @@
             <w:r w:rsidRPr="00681FC1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00681FC1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D50704B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71F0DD56" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40682241" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="0133066E" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E183B20" w14:textId="3F0072B7" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22A0F84B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="0045620F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045620F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples analyzed as soon as possible after collection with the start of incubation no more than </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -4050,91 +3966,88 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="0045620F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12C6F26C" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="0045620F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="754ECDAE" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="0045620F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B35921B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="0045620F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk506456971"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidRPr="00646231">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4553,51 +4466,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C8223A8" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="179EA093" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006774AE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
@@ -5025,51 +4937,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27361243" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60675C92" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1 for Class B States: </w:t>
             </w:r>
             <w:r w:rsidRPr="006774AE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">To demonstrate that a given domestic sludge sample meets Class B Pathogen requirements under alternative 1, the density of fecal coliform from at least seven samples of treated sewage sludge must be determined and the geometric mean of the fecal coliform density must not exceed 2 million Colony Forming Units (CFU) or Most Probable Number (MPN) per gram of total solids (dry weight basis). </w:t>
@@ -5224,130 +5135,108 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FEA2697" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00560E41" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>L</w:t>
-[...9 lines deleted...]
-              <w:t>AB</w:t>
+              <w:t>LAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24D72EC5" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00560E41" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...10 lines deleted...]
-              <w:t>OP</w:t>
+              <w:t>SOP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E2A1315" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00560E41" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="1C3C172E" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CBE50FF" w14:textId="6354DEAC" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -5445,102 +5334,83 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75A45C76" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D7C11DB" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1 for Class B States: </w:t>
             </w:r>
             <w:r w:rsidRPr="006774AE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">To demonstrate that a given domestic sludge sample meets Class B Pathogen requirements under alternative 1, the density of fecal coliform from at least seven samples of treated sewage sludge must be determined and the geometric mean of the fecal coliform density must not exceed 2 million Colony Forming Units (CFU) or Most Probable Number (MPN) per gram of total solids (dry weight basis). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The solids content of treated domestic sludge can be highly variable. Therefore, an aliquot of each sample must be </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and the solids content determined in accordance procedure 2540 G. of the 18</w:t>
+              <w:t>The solids content of treated domestic sludge can be highly variable. Therefore, an aliquot of each sample must be dried and the solids content determined in accordance procedure 2540 G. of the 18</w:t>
             </w:r>
             <w:r w:rsidRPr="00C20D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> edition of Standard Methods for the Examination of Water and Wastewater (SM).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BC5C31E" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5764,51 +5634,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2274FDFE" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D40B776" w14:textId="0AB84F3B" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Heat dish at 103 - 105</w:t>
             </w:r>
             <w:r w:rsidRPr="00955416">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ºC</w:t>
@@ -5873,74 +5742,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>103 - 105 ºC oven</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> until ready for use.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6768" w:rsidRPr="008A6768" w14:paraId="3B8FCD11" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41D6E35A" w14:textId="77777777" w:rsidR="008A6768" w:rsidRPr="008A6768" w:rsidRDefault="008A6768" w:rsidP="00607D24">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BDCCD75" w14:textId="16CEE905" w:rsidR="008A6768" w:rsidRPr="008A6768" w:rsidRDefault="008A6768" w:rsidP="008A6768">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C48BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Is sample manually processed? [SM 2540 G-</w:t>
             </w:r>
             <w:r w:rsidRPr="001C48BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-47"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -5950,211 +5817,203 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
             <w:r w:rsidRPr="001C48BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C48BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(3) (a) (2) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="10C2F293" w14:textId="77777777" w:rsidR="008A6768" w:rsidRPr="008A6768" w:rsidRDefault="008A6768" w:rsidP="008A6768">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="21E0A8A0" w14:textId="77777777" w:rsidR="008A6768" w:rsidRPr="008A6768" w:rsidRDefault="008A6768" w:rsidP="008A6768">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42B1D6F2" w14:textId="1ACE2FF9" w:rsidR="008A6768" w:rsidRPr="008A6768" w:rsidRDefault="008A6768" w:rsidP="008A6768">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_Hlk77580077"/>
             <w:r w:rsidRPr="001C48BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Manually process samples as quickly as possible to prevent moisture loss. Processing via mechanical grinding is not recommended because moisture levels could drop during processing.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="6BB58B11" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29BB1611" w14:textId="1046B43E" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="094A4838" w14:textId="7E30A044" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are 25-50 grams of mixed, cored or coarsely pulverized sample placed in a prepared evaporating dish and weighed? [SM 2540 G-</w:t>
             </w:r>
             <w:r w:rsidR="008A6768">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(3) (a) (2) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01C14F1C" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70049293" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A781473" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the sample consists of discrete pieces of solid material (dewatered sludge, for example), take cores from each piece with a No. 7 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6185,74 +6044,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F4148">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>to 50 g in a prepared evaporating dish and weigh.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="20F5A8E5" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EA4FECB" w14:textId="6102C113" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ACF6FB7" w14:textId="624A9F08" w:rsidR="00534803" w:rsidRPr="008A6768" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A6768">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the sample dried </w:t>
             </w:r>
             <w:r w:rsidR="008A6768" w:rsidRPr="001C48BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">in a 103 - 105 ºC oven for ≥1 </w:t>
@@ -6289,85 +6146,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="008A6768" w:rsidRPr="008A6768">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008A6768">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(3) (a) (2) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52FD7B46" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="616F0452" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B059A19" w14:textId="51DF91AD" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5831">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place in an oven</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6385,219 +6239,212 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>for ≥1 hr</w:t>
             </w:r>
             <w:r w:rsidRPr="005A5831">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="59865829" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B5D1DC1" w14:textId="71AB71DF" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E4B304F" w14:textId="08E48406" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample cooled to balance temperature in a desiccator and weighed? [SM 2540 G-</w:t>
             </w:r>
             <w:r w:rsidR="008A6768">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(3) (a) (2) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75890D34" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25CC812C" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3184436F" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="005A5831" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5831">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cool to balance temperature in a desiccator</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A1BD9FB" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5831">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and weigh.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="31F4EDDB" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11F0FEE7" w14:textId="04B1C9CF" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="656FADDF" w14:textId="22E27E3A" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="008A6768">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6642,130 +6489,125 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [SM 2540 G-</w:t>
             </w:r>
             <w:r w:rsidR="008A6768">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(3) (a) (2) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="086E2892" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05171361" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="614F1567" w14:textId="66114A3D" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="6B446FF9" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C55B171" w14:textId="139DEB83" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E850F73" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are all times that samples are placed in</w:t>
             </w:r>
             <w:r w:rsidR="00BE7E8E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6802,85 +6644,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00BE7E8E" w:rsidRPr="00017307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00BE7E8E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71AE689F" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AF07E4B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B22EF6" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0729D7B2" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00BE7E8E" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91557">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The date and time that samples are placed into and removed from ovens, water baths, incubators and other equipment shall be documented if a time limit is required by the method</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="2A4A849C" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
@@ -7004,51 +6843,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D1AA9AB" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32EBE6FB" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00920F42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>(A – B) X 100</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F08E75A" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -7282,80 +7120,78 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="51908EA3" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="027C76FF" w14:textId="3C2059A6" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BEDBB26" w14:textId="44AED253" w:rsidR="00534803" w:rsidRPr="004713A9" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7424,97 +7260,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="09519C91" w14:textId="25A79597" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AF01163" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06D7CAFA" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F927B4A" w14:textId="20840BC6" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Although SM 9221 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
@@ -7564,80 +7397,78 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) provides instructions for preparing medium from individual components, a commercially prepared mix of the dehydrated medium must be used if prepared in the lab since it is readily available. Alternatively, the medium may be purchased ready-to-use and already dispensed into tubes with inverted vials.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60917" w:rsidRPr="00A0149B" w14:paraId="205A1827" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A13CFFC" w14:textId="77777777" w:rsidR="00A60917" w:rsidRPr="00A0149B" w:rsidRDefault="00A60917" w:rsidP="00A60917">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="451ED69B" w14:textId="1B2E3CBD" w:rsidR="00A60917" w:rsidRPr="00A82667" w:rsidRDefault="00A60917" w:rsidP="00BC4345">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -7691,174 +7522,187 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (4)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B1BCCE7" w14:textId="77777777" w:rsidR="00A60917" w:rsidRPr="00A574A8" w:rsidRDefault="00A60917" w:rsidP="00A60917">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04909689" w14:textId="77777777" w:rsidR="00A60917" w:rsidRPr="00A574A8" w:rsidRDefault="00A60917" w:rsidP="00A60917">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39EBA65D" w14:textId="4F057521" w:rsidR="00A60917" w:rsidRPr="00A82667" w:rsidRDefault="00A60917" w:rsidP="00A60917">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE59B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM 9020 B-2015 (5) (j) (4) states: If prepared ready-to-use commercial medium has an expiration date greater than that noted in Table </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BE59B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9020:V</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00BE59B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, have the manufacturer supply evidence of medium quality for that entire period . Verify usability weekly by testing recoveries with known densities of culture controls that will also meet QC check requirements.</w:t>
+              <w:t xml:space="preserve">, have the manufacturer supply evidence of medium quality for that entire </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>period .</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Verify usability weekly by testing recoveries with known densities of culture controls that will also meet QC check requirements.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00790C90" w:rsidRPr="00A0149B" w14:paraId="5EF279BD" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30F6622C" w14:textId="77777777" w:rsidR="00790C90" w:rsidRPr="00A0149B" w:rsidRDefault="00790C90" w:rsidP="00790C90">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11AEA421" w14:textId="77777777" w:rsidR="00790C90" w:rsidRDefault="00790C90" w:rsidP="00790C90">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If no manufacturer’s data is available, is a culture positive with known densities analyzed weekly to demonstrate viability?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00990225">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7931,156 +7775,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00C51942">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AAFA53D" w14:textId="77777777" w:rsidR="00790C90" w:rsidRPr="00A574A8" w:rsidRDefault="00790C90" w:rsidP="00790C90">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F62E003" w14:textId="77777777" w:rsidR="00790C90" w:rsidRPr="00A574A8" w:rsidRDefault="00790C90" w:rsidP="00790C90">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F38BE8A" w14:textId="3FE45FA4" w:rsidR="00790C90" w:rsidRPr="00BE59B6" w:rsidRDefault="00790C90" w:rsidP="00790C90">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See explanation above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="6D5ACE18" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31BCEB5E" w14:textId="145A666C" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="379E3B0F" w14:textId="04C4751D" w:rsidR="00534803" w:rsidRPr="006B46C0" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -8116,97 +7955,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C4C73FB" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="006B46C0" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C0A539A" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="006B46C0" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2336189C" w14:textId="0AA4C968" w:rsidR="00534803" w:rsidRPr="006B46C0" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020-</w:t>
             </w:r>
             <w:r w:rsidR="001A25EB" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
@@ -8240,80 +8076,78 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> states: Document preparation activities such as name of media, volume produced, format, final pH, date prepared, and name of preparer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="53F62FC1" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FA15C1D" w14:textId="7B8C93B4" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C57A5DD" w14:textId="6ECF4111" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media prepared in clean containers that are at least twice the volume of the media being prepared? [SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="007F2D0B" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8332,148 +8166,143 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49830D9D" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43AE2377" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A93677F" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="31B0F06C" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2692D6EE" w14:textId="2320E656" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A4C3DCD" w14:textId="20002269" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent grade water used in preparing media? [SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="007F2D0B" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8492,151 +8321,146 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09EBDD68" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3899A2E4" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="790AE2EF" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="42F57794" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C0433FA" w14:textId="795AFD2F" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="784AE85E" w14:textId="63E680FA" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is media stirred while heating? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8647,99 +8471,96 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CC14360" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D42A300" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED0E41F" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3ECC696E" w14:textId="0F278114" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8751,80 +8572,78 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1) states:  Stir media, particularly agars, while heating. Avoid scorching or boil-over by using a boiling water bath for small batches of media and by continually attending to larger volumes heated on a hot plate or gas burner. Preferably use hot plate stirrer combinations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="25974FA0" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DF941B4" w14:textId="5D179492" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E5A8788" w14:textId="16A39A01" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is sufficient medium dispensed in fermentation tubes with an inverted vial (Durham tube) to cover the inverted vial at least one-half to two-thirds after sterilization? [SM 9221 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8875,159 +8694,154 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="320E50E3" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A41DE31" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BF5F3CF" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Before sterilization, dispense sufficient medium, in fermentation tubes with an inverted vial, to cover the inverted vial at least one-half to two-thirds after sterilization.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="4878FAC2" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38D677AE" w14:textId="67B66A3E" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16BA1DCA" w14:textId="0E2854AB" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="007F2D0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9105,99 +8919,96 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C20046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D157E1C" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C93ED0F" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11FA4014" w14:textId="4F6B6152" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="007F2D0B" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alternatively, omit the inverted vial and add 0.01 g/L brom</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>o</w:t>
@@ -9233,80 +9044,78 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> broth to determine acid production, an indicator of a positive result in this part of the coliform test.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="35042894" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6438C6DB" w14:textId="4727BD69" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7131AC5A" w14:textId="3740E391" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is medium autoclaved at 121°C for 12 to 15 minutes in capped tubes? [SM 9221 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9357,97 +9166,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19ADEF02" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40B6F25F" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="457D0DC3" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Close tubes with metal or heat-resistant plastic caps. Autoclave medium at 121°C for 12 to 15 min.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6985D737" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9517,80 +9323,78 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note: Cap tubes loosely and set autoclave exhaust to slow.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="5373CD0E" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B958CC1" w14:textId="2E6B7BE2" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3345C3E5" w14:textId="41AA4F0A" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">After sterilization, are inverted vials free of air bubbles? [SM 9221 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9641,159 +9445,154 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="167904BB" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BB739EC" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F35F137" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ensure that inverted vials are free of air bubbles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="0031592A" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C8E7884" w14:textId="30D7A8B5" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20B21F0C" w14:textId="3B35717E" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is pH of the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9908,97 +9707,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C5DC096" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63B2214B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43B41C2D" w14:textId="0C4FD235" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="008B58A3" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
@@ -10159,69 +9955,51 @@
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">) states: </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> pH should be 6.</w:t>
+              <w:t>) states: Medium pH should be 6.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ± 0.2 after sterilization.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52B6A601" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10284,80 +10062,78 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> HCl that has been filtered and sterilized. If the pH is more than 0.5 S.U. outside of the specified pH, discard and determine why (e.g., incorrect preparation or abnormal pH of reagent water).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="69FFF9AA" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00363F48" w14:textId="36DB599D" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C266847" w14:textId="4405E8B2" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the LTB media used within the container-specific holding time</w:t>
             </w:r>
             <w:r w:rsidRPr="00A574A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10400,178 +10176,811 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A574A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> V]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="287B39B5" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A61A561" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...39 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A5EF9CA" w14:textId="12304284" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3154"/>
+              <w:gridCol w:w="1024"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="0999EA64" w14:textId="77777777" w:rsidTr="002E3069">
+              <w:trPr>
+                <w:trHeight w:val="65"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="78A16F6E" w14:textId="60746CCF" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>Medium</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="643CBFE0" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>Holding Time</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="12B406FE" w14:textId="77777777" w:rsidTr="002E3069">
+              <w:trPr>
+                <w:trHeight w:val="62"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="70C1B506" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Broth in </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>screw-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>flasks</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="524A97F2" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>96 h</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="53BE65E5" w14:textId="77777777" w:rsidTr="002E3069">
+              <w:trPr>
+                <w:trHeight w:val="65"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1F7CFD37" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Poured agar in plates with tight-fitting </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>covers</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="190AF0A3" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="1B2EC071" w14:textId="77777777" w:rsidTr="002E3069">
+              <w:trPr>
+                <w:trHeight w:val="65"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4A57E360" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Agar or broth in </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>loose-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>tubes</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="28BAA3E8" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="02DE2552" w14:textId="77777777" w:rsidTr="002E3069">
+              <w:trPr>
+                <w:trHeight w:val="129"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6B997BA0" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Agar or broth in tightly closed </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>screw-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>tubes</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t>b</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7A289B63" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>3 months</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="0CDDAEBE" w14:textId="77777777" w:rsidTr="002E3069">
+              <w:trPr>
+                <w:trHeight w:val="131"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1F4A741D" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>Poured agar plates with loose-fitting covers in sealed plastic bags</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="06552E4B" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="38228AE9" w14:textId="77777777" w:rsidTr="002E3069">
+              <w:trPr>
+                <w:trHeight w:val="129"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2F856B0B" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Large volume of agar in tightly closed screw-cap flask or </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>bottle</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2C684B6E" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>3 months</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="2037DF38" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E3069">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E3069">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+              </w:rPr>
+              <w:t>Hold under refrigerated conditions (2–8 °C).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A7B2144" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E3069">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E3069">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+              </w:rPr>
+              <w:t>Hold at &lt;30 °C.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F123ECD" w14:textId="542AD5F5" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="56FF7745" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C19DBA2" w14:textId="25380B4E" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BCDEE89" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the LTB media properly stored as described in Table 9020:V? </w:t>
             </w:r>
             <w:r w:rsidRPr="00A574A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10648,97 +11057,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If using A-1 Medium, skip to question</w:t>
             </w:r>
             <w:r w:rsidR="00D963B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 46.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0030123C" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F384217" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C4C5256" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D6E63">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See Table in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Explanation</w:t>
             </w:r>
             <w:r w:rsidRPr="004D6E63">
@@ -10895,80 +11301,78 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="1055ED6B" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="140E6463" w14:textId="32688F5F" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="072DF0A0" w14:textId="46477FA2" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the EC medium purchased ready-to-use or prepared in the lab? If purchased ready-to-use skip to question </w:t>
             </w:r>
             <w:r w:rsidR="00751EF3" w:rsidRPr="00BE2039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10979,97 +11383,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="004713A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0874E89E" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="080CBB9C" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B860AB7" w14:textId="7D5B62CF" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Although SM 9221 E-20</w:t>
             </w:r>
             <w:r w:rsidR="00714A73">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
@@ -11077,80 +11478,78 @@
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) (a) provides instructions for preparing medium from individual components, a commercially prepared mix of the dehydrated medium must be used if prepared in the lab since it is readily available. Alternatively, the medium may be purchased ready-to-use and already dispensed into tubes with inverted vials.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="157CA5AA" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B81DABE" w14:textId="5FF66295" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FB17FB1" w14:textId="35EA9031" w:rsidR="00534803" w:rsidRPr="006B46C0" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -11186,97 +11585,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="677C8CE1" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="006B46C0" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30357CF0" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="006B46C0" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F06DDEE" w14:textId="02AA7E59" w:rsidR="00534803" w:rsidRPr="006B46C0" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020-20</w:t>
             </w:r>
             <w:r w:rsidR="00714A73">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
@@ -11284,80 +11680,78 @@
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 B (5) (j) (1) Page 9-15 states: Document preparation activities such as name of media, volume produced, format, final pH, date prepared, and name of preparer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="5AF1930E" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69EC390E" w14:textId="390CEA5A" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2655C72C" w14:textId="61BDC7F0" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media prepared in clean containers that are at least twice the volume of the media being prepared? [SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="00084E9E" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11376,154 +11770,149 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43C6AAD7" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3794DB5D" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64B04FC8" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="7DBF9BD1" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00A37368" w14:textId="4C32DD9B" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="198EFECD" w14:textId="48AC3774" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent grade water used in preparing media? [SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="00084E9E" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11542,157 +11931,152 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DD1C3C9" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1350B5AD" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A5659CC" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="60BB7CCE" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AC9AC08" w14:textId="18FD363A" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65D97DF4" w14:textId="2DFE95A7" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media stirred while heating? [SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="00084E9E" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11711,99 +12095,96 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63C1EBAE" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="217B5D96" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14C20223" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Add dehydrated ingredients to water, mix thoroughly, and heat to dissolve. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71D8A67E" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11838,80 +12219,78 @@
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1) states:  Stir media, particularly agars, while heating. Avoid scorching or boil-over by using a boiling water bath for small batches of media and by continually attending to larger volumes heated on a hot plate or gas burner. Preferably use hot plate stirrer combinations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="5F36AEEA" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13AFD0E4" w14:textId="6B44E8B7" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AED7D70" w14:textId="4EF618B7" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is sufficient medium dispensed in fermentation tubes with an inverted vial (Durham tube) to cover the inverted vial at least one-half to two-thirds after sterilization? [SM 9221 E-</w:t>
             </w:r>
             <w:r w:rsidR="00084E9E" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11930,165 +12309,160 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F21DE2" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A714C07" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="477E9C15" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Before sterilization, dispense sufficient medium, in fermentation tubes with an inverted vial, to cover the inverted vial at least one-half to two-thirds after sterilization.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="40539F9D" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FE12651" w14:textId="1D47F2CD" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B87CD11" w14:textId="521EF986" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is medium autoclaved at 121°C for 12 to 15 minutes in capped tubes? [SM 9221 E-</w:t>
             </w:r>
             <w:r w:rsidR="00084E9E" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12107,97 +12481,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73D2BE45" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76DA46A3" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ED4D8DF" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Close tubes with metal or heat-resistant plastic caps. Autoclave medium at 121°C for 12 to 15 min.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3690AE04" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12273,80 +12644,78 @@
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note: Cap tubes loosely and set autoclave exhaust to slow.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="46FCD709" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="631F2359" w14:textId="759F9E44" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C9BFAF4" w14:textId="79804C40" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After sterilization, are inverted vials free of air bubbles? [SM 9221 E-</w:t>
             </w:r>
             <w:r w:rsidR="00687C02" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12365,162 +12734,157 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46F73284" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1459BD8F" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51C9D4FD" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ensure that inverted vials are free of air bubbles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="4DE712C3" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CD24809" w14:textId="0D9AF33A" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A228451" w14:textId="1EFF1608" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is pH of the EC medium adjusted if necessary and documented to be 6.9 ± 0.2 S.U.? [SM 9221 E-</w:t>
             </w:r>
             <w:r w:rsidR="00687C02" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12571,97 +12935,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="793B0BC9" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69402197" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C559C8F" w14:textId="3AFCE4E8" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="00687C02" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
@@ -12758,69 +13119,51 @@
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00687C02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="00687C02" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">(1) (a) states: </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> pH should be 6.9 ± 0.2</w:t>
+              <w:t>(1) (a) states: Medium pH should be 6.9 ± 0.2</w:t>
             </w:r>
             <w:r w:rsidR="00391492">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> S.U.</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> after sterilization.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FBBC5D7" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12873,80 +13216,78 @@
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> HCl that has been filtered and sterilized. If the pH is more than 0.5 S.U. outside of the specified pH, discard and determine why (e.g., incorrect preparation or abnormal pH of reagent water).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="77D37E3F" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34C7A49F" w14:textId="4D3A00F1" w:rsidR="00534803" w:rsidRPr="00C92BAD" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="541AAE5C" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the EC media used within the container-specific holding time? [SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="00687C02" w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13027,165 +13368,805 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009201A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Skip to question 58.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A34DFE7" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="797E707D" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3154"/>
+              <w:gridCol w:w="1024"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="52FED703" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="65"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="64625F07" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>Medium</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2CE4723A" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>Holding Time</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="48980B3F" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="62"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="158B73EC" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Broth in </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>screw-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>flasks</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="21EAD271" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>96 h</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="016BC560" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="65"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0BF453B2" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Poured agar in plates with tight-fitting </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>covers</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="373B850B" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="48359C42" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="65"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1E7FA734" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Agar or broth in </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>loose-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>tubes</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="223E39A1" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="1B101CB4" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="129"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4BB86C1A" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Agar or broth in tightly closed </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>screw-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>tubes</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t>b</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7D17F49D" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>3 months</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="6CFE5E58" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="131"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5429EDFF" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>Poured agar plates with loose-fitting covers in sealed plastic bags</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="679C29D9" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="002E3069" w:rsidRPr="002E3069" w14:paraId="08EC35F7" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="129"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3154" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7576411D" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Large volume of agar in tightly closed screw-cap flask or </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>bottle</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1024" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="54ACEC25" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002E3069">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>3 months</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="68DEF522" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E3069">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E3069">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+              </w:rPr>
+              <w:t>Hold under refrigerated conditions (2–8 °C).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C6F003A" w14:textId="77777777" w:rsidR="002E3069" w:rsidRPr="002E3069" w:rsidRDefault="002E3069" w:rsidP="002E3069">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E3069">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E3069">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times-Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+              </w:rPr>
+              <w:t>Hold at &lt;30 °C.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02AE67DF" w14:textId="50338AD8" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="60D8AE49" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FA9E03F" w14:textId="6E3DC6C1" w:rsidR="00534803" w:rsidRPr="00C92BAD" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="130CB8E4" w14:textId="5FA130AD" w:rsidR="00534803" w:rsidRPr="00C92BAD" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -13289,180 +14270,193 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (4)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="134BE477" w14:textId="49AE3EC6" w:rsidR="00534803" w:rsidRPr="00C92BAD" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="618860D3" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47F77650" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B82B7F8" w14:textId="78D60F62" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00BE59B6" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE59B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM 9020 B-2015 (5) (j) (4) states: If prepared ready-to-use commercial medium has an expiration date greater than that noted in Table </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BE59B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9020:V</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00BE59B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, have the manufacturer supply evidence of medium quality for that entire period . Verify usability weekly by testing recoveries with known densities of culture controls that will also meet QC check requirements.</w:t>
+              <w:t xml:space="preserve">, have the manufacturer supply evidence of medium quality for that entire </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>period .</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Verify usability weekly by testing recoveries with known densities of culture controls that will also meet QC check requirements.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300116" w:rsidRPr="00A0149B" w14:paraId="50DF408F" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06181D66" w14:textId="77777777" w:rsidR="00300116" w:rsidRPr="00C92BAD" w:rsidRDefault="00300116" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="662C98C9" w14:textId="12987794" w:rsidR="00990225" w:rsidRPr="00C92BAD" w:rsidRDefault="00C35A6C" w:rsidP="00B30865">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If no manufacturer’s data is available, is </w:t>
             </w:r>
             <w:r w:rsidR="00382F60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13500,162 +14494,157 @@
               </w:rPr>
               <w:t>to demonstrate viability?</w:t>
             </w:r>
             <w:r w:rsidR="00990225">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00990225" w:rsidRPr="00990225">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 9020 B-2015 (5) (j) (4)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57EE42D7" w14:textId="77777777" w:rsidR="00300116" w:rsidRPr="000A5E1F" w:rsidRDefault="00300116" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A871A8E" w14:textId="77777777" w:rsidR="00300116" w:rsidRPr="000A5E1F" w:rsidRDefault="00300116" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C129B5E" w14:textId="3F14AB7A" w:rsidR="00300116" w:rsidRPr="00DD0B10" w:rsidDel="00BE59B6" w:rsidRDefault="00B30865" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See explanation above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE59B6" w:rsidRPr="00A0149B" w14:paraId="58F91327" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47B6EA2F" w14:textId="77777777" w:rsidR="00BE59B6" w:rsidRPr="00C92BAD" w:rsidRDefault="00BE59B6" w:rsidP="00BE59B6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C321993" w14:textId="4719123F" w:rsidR="00BE59B6" w:rsidRDefault="00BE59B6" w:rsidP="00BE59B6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="00AA29D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13742,97 +14731,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00C35A6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57984E89" w14:textId="77777777" w:rsidR="00BE59B6" w:rsidRPr="000A5E1F" w:rsidRDefault="00BE59B6" w:rsidP="00BE59B6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0909CFBD" w14:textId="77777777" w:rsidR="00BE59B6" w:rsidRPr="000A5E1F" w:rsidRDefault="00BE59B6" w:rsidP="00BE59B6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="587343B3" w14:textId="586678FB" w:rsidR="00BE59B6" w:rsidRPr="00DD0B10" w:rsidDel="00BE59B6" w:rsidRDefault="00BE59B6" w:rsidP="00BE59B6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D6E63">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
             <w:r w:rsidR="008C33BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>t</w:t>
@@ -14157,97 +15143,94 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00BD5E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76DE69F0" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D931A11" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F5BDE03" w14:textId="3DF4385A" w:rsidR="00534803" w:rsidRPr="00A574A8" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Although SM 9221 E-</w:t>
             </w:r>
             <w:r w:rsidR="00714A73" w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
@@ -14309,51 +15292,50 @@
           <w:p w14:paraId="2D19485E" w14:textId="77777777" w:rsidR="00F7630C" w:rsidRPr="00C92BAD" w:rsidRDefault="00F7630C" w:rsidP="00F7630C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AA2E57E" w14:textId="4501BDBB" w:rsidR="00F7630C" w:rsidRDefault="00F7630C" w:rsidP="00F7630C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -14425,173 +15407,187 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3DFA16CA" w14:textId="77777777" w:rsidR="00F7630C" w:rsidRPr="00C92BAD" w:rsidRDefault="00F7630C" w:rsidP="00185D0D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E4918A7" w14:textId="77777777" w:rsidR="00F7630C" w:rsidRPr="00A0149B" w:rsidRDefault="00F7630C" w:rsidP="00F7630C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15438D45" w14:textId="77777777" w:rsidR="00F7630C" w:rsidRPr="00A574A8" w:rsidRDefault="00F7630C" w:rsidP="00F7630C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B8F584C" w14:textId="179A045D" w:rsidR="00F7630C" w:rsidRPr="00A82667" w:rsidRDefault="00F7630C" w:rsidP="00F7630C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE59B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM 9020 B-2015 (5) (j) (4) states: If prepared ready-to-use commercial medium has an expiration date greater than that noted in Table </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BE59B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9020:V</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00BE59B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, have the manufacturer supply evidence of medium quality for that entire period . Verify usability weekly by testing recoveries with known densities of culture controls that will also meet QC check requirements.</w:t>
+              <w:t xml:space="preserve">, have the manufacturer supply evidence of medium quality for that entire </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>period .</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE59B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Verify usability weekly by testing recoveries with known densities of culture controls that will also meet QC check requirements.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00185D0D" w:rsidRPr="00A0149B" w14:paraId="3E50C709" w14:textId="77777777" w:rsidTr="004F665B">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0662911A" w14:textId="77777777" w:rsidR="00185D0D" w:rsidRPr="00C92BAD" w:rsidRDefault="00185D0D" w:rsidP="00185D0D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F4FFB62" w14:textId="77777777" w:rsidR="00185D0D" w:rsidRDefault="00185D0D" w:rsidP="00185D0D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If no manufacturer’s data is available, is a culture positive with known densities analyzed weekly to demonstrate viability?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00990225">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14631,156 +15627,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00185D0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60F2C0FA" w14:textId="77777777" w:rsidR="00185D0D" w:rsidRPr="00A0149B" w:rsidRDefault="00185D0D" w:rsidP="00185D0D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BE2329A" w14:textId="77777777" w:rsidR="00185D0D" w:rsidRPr="00A574A8" w:rsidRDefault="00185D0D" w:rsidP="00185D0D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FBC1A7C" w14:textId="53697933" w:rsidR="00185D0D" w:rsidRPr="00BE59B6" w:rsidRDefault="00185D0D" w:rsidP="00185D0D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See explanation above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="4D4E9579" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78693344" w14:textId="498C8A60" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76E0A3E6" w14:textId="7CC09496" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media prepared in clean containers that are at least twice the volume of the media being prepared? [SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="00DD504D" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14799,148 +15790,143 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22FC937C" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EB2C94C" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BE14CDD" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A82667" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="097BD5F0" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AC91EF8" w14:textId="4D6760A9" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70B5EC07" w14:textId="031131D0" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent grade water used in preparing media? [SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="00DD504D" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14959,151 +15945,146 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E2CC3E1" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6663419D" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08D90AB1" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="4A47FA9F" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ECAFD0D" w14:textId="6B1E9412" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C5AC3A5" w14:textId="2329EB50" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media stirred while heating? [SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="00DD504D" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15122,99 +16103,96 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41108EBF" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33410E54" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F205CB9" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4792154D" w14:textId="70E61E37" w:rsidR="00534803" w:rsidRPr="00DA51AB" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15242,74 +16220,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1) states:  Stir media, particularly agars, while heating. Avoid scorching or boil-over by using a boiling water bath for small batches of media and by continually attending to larger volumes heated on a hot plate or gas burner. Preferably use hot plate stirrer combinations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="4DCE6B8D" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="466682D3" w14:textId="272D658C" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65B5A30E" w14:textId="01F2E659" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are both a single strength and double strength medium prepared?</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15378,144 +16354,139 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="043D3817" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B9D8254" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="249D9E4B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00EC2E81" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2E81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For 10 ml samples, prepare double-strength medium so the final concentration of ingredients after sample addition is correct.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="11AC2F53" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0300E4EE" w14:textId="6C510798" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="545B36BB" w14:textId="461156A9" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is pH of the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15614,97 +16585,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A4F8D96" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68F78251" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A4F3A8F" w14:textId="22365A74" w:rsidR="00534803" w:rsidRPr="000A5E1F" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="00DD504D" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
@@ -15932,74 +16900,72 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> HCl that has been filtered and sterilized. If the pH is more than 0.5 S.U. outside of the specified pH, discard and determine why (e.g., incorrect preparation or abnormal pH of reagent water).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="58BCEF3E" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15A0434B" w14:textId="2F599A16" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40425A4E" w14:textId="45CAC082" w:rsidR="00534803" w:rsidRPr="00DA2BEE" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA2BEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are fermentation tubes, containing an inverted vial, filled with sufficient medium to cover the inverted vial at least one-half to two-thirds after sterilization?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16076,138 +17042,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C8F35CE" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D100704" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AE9DC80" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00EC2E81" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2E81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Before sterilization dispense, in fermentation tubes with an inverted vial, sufficient medium to cover the inverted vial at least one-half to two-thirds after sterilization. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="707D8A3C" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63330812" w14:textId="3D3780BE" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37C97F9E" w14:textId="5618CFEB" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are the tubes closed with </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2E81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16324,138 +17285,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4831AB83" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="348D95A2" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36B247E9" w14:textId="369D668E" w:rsidR="00534803" w:rsidRPr="00EC2E81" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2E81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Close with metal or heat-resistant plastic caps. Sterilize by autoclaving at 121°C for 10 min. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="606A408B" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B2D22C6" w14:textId="10EBA1E1" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D9BCCE3" w14:textId="38B949D9" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are the inverted vials verified to be free of air bubbles? </w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16524,138 +17480,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D0FFAD4" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79167319" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D4A8F59" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00DA2BEE" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2E81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Ensure that inverted vials are free of air bubbles. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="68CCB6FE" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="673AEE09" w14:textId="09B8C676" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ACAAB6E" w14:textId="7E321A7A" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are sterilized A-1 tubes stored at room temperature in the dark and used within 7 days? </w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16724,85 +17675,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C1F84D6" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5037D278" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08921F70" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00EC2E81" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2E81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Store in the dark at room temperature for not longer than 7 days. Ignore formation of precipitate during storage.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="2425C241" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
@@ -16966,51 +17914,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="55C37BCF" w14:textId="77777777" w:rsidTr="00105160">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="579A0503" w14:textId="62CBDD6C" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -17112,74 +18059,72 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18F23136" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E569326" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="0071074D" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A57EAEC" w14:textId="27CCD12D" w:rsidR="00534803" w:rsidRPr="0071074D" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Add 1.25 mL stock Phosphate buffer solution and 5.0 ml magnesium chloride stock solution to 1-L reagent grade water. 100 ml volumes or less autoclave for 15 minutes. Rinse water volumes &gt;100 ml adjust autoclave time for volume – see table 9020: IV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -17268,80 +18213,78 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If dilutions are prepared – do not suspend a sample in any dilution water for more than 30 minutes at room temperature because injury, death, or multiplication may occur.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="50268EBC" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47718D4A" w14:textId="1A2FECB0" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A462898" w14:textId="398711AB" w:rsidR="00534803" w:rsidRPr="0071074D" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the Phosphate buffer and Magnesium Chloride stock solutions sterilized after preparation and stored in the refrigerator? [SM 9050 C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -17376,97 +18319,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) and (2)</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="209051D2" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="0071074D" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B9FAFC4" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="0071074D" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1826E12D" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="0071074D" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock Phosphate buffer solution; Dissolve 34.0 g potassium dihydrogen phosphate (KH</w:t>
             </w:r>
             <w:r w:rsidRPr="001339D0">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -17588,80 +18528,78 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>O) to 1 l reagent grade water. Sterilize and store stock solution under refrigerated conditions, discarding if solution becomes turbid.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="717928FE" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="0071074D" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="098AFE40" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="723EA2E0" w14:textId="3DEF374F" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67FB70BF" w14:textId="25FE4028" w:rsidR="00534803" w:rsidRPr="0071074D" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the stock phosphate buffer documented to be pH 7.2 </w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17779,97 +18717,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(E)</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34213584" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="0071074D" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="790ED288" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="0071074D" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48AF937B" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If prepared, document in the preparation instructions or if purchased, retain manufacturer’s documentation stating it is the proper pH.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12B9BB11" w14:textId="77777777" w:rsidR="00AE727F" w:rsidRDefault="00AE727F" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18044,51 +18979,50 @@
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D222D" w:rsidRPr="00A0149B" w14:paraId="2DEBB2AB" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="647"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11025" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25905A7A" w14:textId="77777777" w:rsidR="007D222D" w:rsidRPr="00560E41" w:rsidRDefault="00B67FDB" w:rsidP="000F711E">
             <w:pPr>
               <w:ind w:left="144"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">It is recommended that </w:t>
             </w:r>
             <w:r w:rsidR="00640F5F">
               <w:rPr>
@@ -18106,74 +19040,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>analyzing</w:t>
             </w:r>
             <w:r w:rsidR="00640F5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> unfamiliar samples set 5 dilutions instead of 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="617ED3DA" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46321460" w14:textId="152DADA1" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A4480F1" w14:textId="25F004AB" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="009B00A0" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When analyzing</w:t>
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -18237,88 +19169,85 @@
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00534803" w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>solid samples (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01135DC5" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F00F53A" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42CCA7C9" w14:textId="2ACF05AA" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="009838CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>In a sterile dish weigh out 30.0 grams of well mixed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -18469,74 +19398,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analyzing less than 30.0 g of sample is not permitted.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="5567CFEA" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59922B49" w14:textId="411DF439" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5793683C" w14:textId="3D4100EF" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="009B00A0" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When analyzing</w:t>
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -18616,88 +19543,85 @@
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> liquid</w:t>
             </w:r>
             <w:r w:rsidR="00534803" w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> samples (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D12A208" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EDEFDBF" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BB9775B" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">In a sterile </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">graduated cylinder, measure out </w:t>
@@ -18789,74 +19713,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analyzing less than 30.0 mL of sample is not permitted.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="31132EAB" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AA01442" w14:textId="52A3AEA7" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A35F00F" w14:textId="78A44990" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the sample transferred to a sterile blender and </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -18960,88 +19882,85 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and liquid sample (1)</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42473F3F" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42523EE2" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68434CA0" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use 270 mL of sterile buffered dilution water</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -19060,74 +19979,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78DF7EDF" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="455A521B" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47F22120" w14:textId="4A3F0529" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EED9BA6" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample homogenized in the blender at high speed for two minutes?</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19162,88 +20079,85 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Appendix F. (1.1), solid samples (1)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B1F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and liquid sample (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C78ECAB" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="761C5341" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37B2DDA0" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cover and blend on high speed for two minutes. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63ED0416" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -19265,74 +20179,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 ml</w:t>
             </w:r>
             <w:r w:rsidRPr="002B7149">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of this sample contains 0.10 g of the original sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="38FF5EE3" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="350CC11B" w14:textId="38CC2F38" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="455906D8" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19479,88 +20391,85 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="005B1F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="036864BD" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56ED5916" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A7F8432" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use a sterile pipette to transfer 11.0 mL of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -19646,74 +20555,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> dilution “A.”</w:t>
             </w:r>
             <w:r w:rsidRPr="00524010">
               <w:rPr>
                 <w:rFonts w:ascii="FTHFKO+ArialMT" w:hAnsi="FTHFKO+ArialMT" w:cs="FTHFKO+ArialMT"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="0DE3B689" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37E7F372" w14:textId="578054F4" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5873331B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is this sample (known as dilution “A”) </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19836,88 +20743,85 @@
             </w:r>
             <w:r w:rsidRPr="005B1F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="567C72B7" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F49C37F" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BDDEA5A" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hake</w:t>
@@ -19980,74 +20884,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006909A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.0 mL of this mixture is 0.010 mL of the original sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="74E8673E" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73DE6442" w14:textId="29886E2C" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35B9248C" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:r w:rsidRPr="00524010">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -20215,88 +21117,85 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ABBF058" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37001F82" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AC59944" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524010">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use a sterile pipette to transfer 1.0 mL of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
@@ -20737,51 +21636,50 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D61DE7A" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00BA4638" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EA0AD2F" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00524010">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use a sterile pipette to transfer 1.0 mL of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
@@ -21047,74 +21945,72 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="2BEF0490" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41B73B72" w14:textId="367670FD" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D705A5C" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are four series of 5 </w:t>
             </w:r>
             <w:r w:rsidRPr="00E005D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -21234,221 +22130,213 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>question 7</w:t>
             </w:r>
             <w:r w:rsidR="00186BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00C92BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13149054" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F1A994" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50035C0B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E30628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Four series of 5 tubes will be used for the analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A74EF" w:rsidRPr="00A0149B" w14:paraId="565E3CE3" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AAC71FF" w14:textId="77777777" w:rsidR="003A74EF" w:rsidRPr="003D27DB" w:rsidRDefault="003A74EF" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="449E3AFF" w14:textId="41EC7ABA" w:rsidR="003A74EF" w:rsidRDefault="001B7046" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the concentration of the LTB used in each series based on the amount of inoculum added? [</w:t>
             </w:r>
             <w:r w:rsidRPr="001B7046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9221 B-2014 (3) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="001B7046">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="054A301E" w14:textId="77777777" w:rsidR="003A74EF" w:rsidRPr="00A0149B" w:rsidRDefault="003A74EF" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A249C75" w14:textId="77777777" w:rsidR="003A74EF" w:rsidRPr="00A0149B" w:rsidRDefault="003A74EF" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="631B8CD1" w14:textId="11C18743" w:rsidR="001B7046" w:rsidRDefault="001B7046" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepare in accordance with Table 9221:I; making lauryl </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -21470,74 +22358,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3992F8C4" w14:textId="38517098" w:rsidR="003A74EF" w:rsidRPr="00E30628" w:rsidRDefault="003A74EF" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B4C0A" w:rsidRPr="00A0149B" w14:paraId="4068E6F6" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="786E784C" w14:textId="77777777" w:rsidR="005B4C0A" w:rsidRPr="003D27DB" w:rsidRDefault="005B4C0A" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4109EC3A" w14:textId="7D80AA51" w:rsidR="005B4C0A" w:rsidRDefault="005B4C0A" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For Class A samples: Is the first series of 5 tubes inoculated with 10 mL of the blender contents? </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4C0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -21574,85 +22460,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and solid samples (1)</w:t>
             </w:r>
             <w:r w:rsidRPr="005B4C0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34B84736" w14:textId="77777777" w:rsidR="005B4C0A" w:rsidRPr="00A0149B" w:rsidRDefault="005B4C0A" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C90A9CD" w14:textId="77777777" w:rsidR="005B4C0A" w:rsidRPr="00A0149B" w:rsidRDefault="005B4C0A" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DEB5EC2" w14:textId="3B8849ED" w:rsidR="005B4C0A" w:rsidRDefault="009316CB" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepare the sample as described for “Class B Alternative 1, Liquid Samples </w:t>
             </w:r>
             <w:r w:rsidRPr="009316CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -21790,74 +22673,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">amples] </w:t>
             </w:r>
             <w:r w:rsidR="003A74EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">This is equivalent to adding 1.0 g of sludge (wet weight) to the first series of tubes. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E26D1" w:rsidRPr="00A0149B" w14:paraId="3558DEDC" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A8198B5" w14:textId="77777777" w:rsidR="006E26D1" w:rsidRPr="003D27DB" w:rsidRDefault="006E26D1" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4809BE80" w14:textId="2479DE95" w:rsidR="006E26D1" w:rsidRDefault="006E26D1" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For Class A samples: Are the remaining series of tubes inoculated </w:t>
             </w:r>
             <w:r w:rsidR="009316CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -21935,154 +22816,149 @@
               </w:rPr>
               <w:t xml:space="preserve"> and solid samples (1</w:t>
             </w:r>
             <w:r w:rsidR="009316CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18CC25D5" w14:textId="1BE8AB8B" w:rsidR="006E26D1" w:rsidRDefault="006E26D1" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AD41A31" w14:textId="77777777" w:rsidR="006E26D1" w:rsidRPr="00A0149B" w:rsidRDefault="006E26D1" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65FDC462" w14:textId="77777777" w:rsidR="006E26D1" w:rsidRPr="00A0149B" w:rsidRDefault="006E26D1" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5363C3BC" w14:textId="336BFA4C" w:rsidR="006E26D1" w:rsidRPr="00E30628" w:rsidRDefault="009316CB" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Inoculate at least four series of five tubes using </w:t>
             </w:r>
             <w:r w:rsidR="00946A80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tenfold</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> serial dilutions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="5025BF70" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B8ED7BD" w14:textId="7E98D561" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01F735D2" w14:textId="177E920E" w:rsidR="00534803" w:rsidRPr="00DD4723" w:rsidRDefault="005B4C0A" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For Class B samples: </w:t>
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -22159,138 +23035,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> samples (</w:t>
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00534803" w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03D869B2" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="205B922F" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7403C83D" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E30628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inoculate the first series of 5 tubes each with 10.0 mL of dilution “B.” This is a 0.0010 m L of the original sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="7AFE770A" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="260"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="532E03E1" w14:textId="40A19131" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2757A090" w14:textId="786706ED" w:rsidR="00534803" w:rsidRPr="00DD4723" w:rsidRDefault="005B4C0A" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For Class B samples: </w:t>
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -22399,138 +23270,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> samples (</w:t>
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00534803" w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67B77546" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="041AEAC8" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17ADA0CC" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB3EF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The second series of tubes should be inoculated with 1.0 mL of dilution “B” (0.00010).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="3CA68F41" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F29BF09" w14:textId="05A90E56" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F926E3F" w14:textId="10D05A13" w:rsidR="00534803" w:rsidRPr="00DD4723" w:rsidRDefault="005B4C0A" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For Class B samples: </w:t>
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -22639,138 +23505,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> samples (</w:t>
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00534803" w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F9C46A5" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="694F0706" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17CD5E47" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB3EF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The third series of tubes should receive 10.0 mL of “C” (0.000010).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="522A790E" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="341"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CD272B3" w14:textId="42B5F121" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10871ED0" w14:textId="126E8078" w:rsidR="00534803" w:rsidRPr="00DD4723" w:rsidRDefault="005B4C0A" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For Class B samples: </w:t>
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -22879,138 +23740,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> samples (</w:t>
             </w:r>
             <w:r w:rsidR="00534803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00534803" w:rsidRPr="00BA4638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AB5C69D" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A913F97" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00A0149B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5141536E" w14:textId="77777777" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB3EF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inoculate a fourth series of 5 tubes each with 1.0 mL of dilution “C” (0.0000010).  Continue the procedure as described in SM.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="5FD62069" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4272DC9C" w14:textId="7EABA07A" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B86344C" w14:textId="6BF47AA3" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all samples incubated at 35 ± 0.5ºC for 24 ± 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23113,132 +23969,127 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76912976" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39F09C9D" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EB4F98B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B9248B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="163D7F84" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34A650F5" w14:textId="47090088" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B7CA7A9" w14:textId="2374237B" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">After 24 ± 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23341,132 +24192,127 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2838E460" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="299DF298" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B708225" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B9248B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="2F4BD4CA" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="505195A9" w14:textId="07A72043" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64E762C3" w14:textId="47FE6E57" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are sample tubes that show no growth or gas re-incubated for another 24 hours at 35 ± 0.5ºC and re-examined after a total of 48 ± 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23561,132 +24407,127 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BC4C209" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66549C06" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56F27A54" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B9248B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="1B5A9922" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B2F0EEB" w14:textId="18D2D6E6" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="275C166E" w14:textId="39884F3A" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is each tube showing, growth or acidity gently shaken or rotated?</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -23771,132 +24612,127 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12D53143" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17CF8CC4" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1058023D" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B9248B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="131610D1" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DB15EF3" w14:textId="16F55CA3" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="189499EC" w14:textId="63312CD1" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is growth from the positive presumptive sample tubes transferred to tubes containing the EC broth using a sterile 3- or 3.5-mm diameter loop or sterile wooden applicator stick?</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -23981,140 +24817,135 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17E1C023" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A94CA8B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="492B0971" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B9248B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use one or more loopfuls or insert stick at least 2.5 cm into the culture, promptly remove and plunge to the bottom of the fermentation tube containing the broth.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="1BE0E98A" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="508FD075" w14:textId="59BC549C" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="383CEAA0" w14:textId="0CF14D65" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are all EC tubes place in a water bath within 30 minutes of inoculation?</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -24199,132 +25030,127 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1401D8F7" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25ED313B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17867270" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B9248B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="4E43694C" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E6C051D" w14:textId="5AAFD5C8" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="310CE2EE" w14:textId="5808F8E1" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are inoculated EC broth tubes incubated at 44.5 ± 0.2ºC for 24 ± 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -24427,132 +25253,127 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="566AA38B" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5410F897" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A1DA4AE" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B9248B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="285A014C" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B2B6A65" w14:textId="59CD8332" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B9D59BE" w14:textId="2B7F9B63" w:rsidR="00534803" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there sufficient water depth maintained in the water bath to immerse tubes to the upper level of the medium?</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -24637,132 +25458,127 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B77A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E889893" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59523557" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41D520D9" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B9248B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="5E4DC35B" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FF079A2" w14:textId="011588E5" w:rsidR="00534803" w:rsidRPr="003D27DB" w:rsidRDefault="00534803" w:rsidP="000F711E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6776F818" w14:textId="77777777" w:rsidR="00DD64A1" w:rsidRDefault="00DD64A1" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5A188C0E" w14:textId="77777777" w:rsidR="00DD64A1" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -24793,87 +25609,84 @@
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00186BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AC1DF08" w14:textId="77777777" w:rsidR="00DD64A1" w:rsidRDefault="00DD64A1" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A962FF6" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EBAEC85" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00FB4C6B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="darkGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1410A9C6" w14:textId="77777777" w:rsidR="00534803" w:rsidRPr="00B9248B" w:rsidRDefault="00534803" w:rsidP="00534803">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534803" w:rsidRPr="00A0149B" w14:paraId="3FE54B3C" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25036,51 +25849,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B619FC6" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00C92BAD" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B3B4D6B" w14:textId="27594EBD" w:rsidR="009316CB" w:rsidRDefault="00E542EC" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E542EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the concentration of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -25125,85 +25937,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (a)</w:t>
             </w:r>
             <w:r w:rsidRPr="00E542EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D15C2D5" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56E051B9" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76AC1912" w14:textId="5F8E28A5" w:rsidR="009316CB" w:rsidRDefault="00E542EC" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E542EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For 10mL samples, prepare double-strength medium so the final concentration of ingredients after sample addition is correct.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="3A324384" w14:textId="77777777" w:rsidTr="00550462">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
@@ -25211,51 +26020,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78C9E898" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00C92BAD" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74ED0CA5" w14:textId="2FC7F51C" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For Class A samples: Is the first series of 5 tubes inoculated with 10 mL of the blender contents? </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4C0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -25292,85 +26100,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and solid samples (1)</w:t>
             </w:r>
             <w:r w:rsidRPr="005B4C0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="450B18D7" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55C4D688" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25131302" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepare the sample as described for “Class B Alternative 1, Liquid Samples </w:t>
             </w:r>
             <w:r w:rsidRPr="009316CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -25458,51 +26263,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31B6C661" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00C92BAD" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F5C1EFE" w14:textId="6A7D9988" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For Class A samples: Are the remaining series of tubes inoculated using </w:t>
             </w:r>
             <w:r w:rsidR="00946A80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -25556,85 +26360,82 @@
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and solid samples (1)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BE54384" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="355BF559" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23E01B5E" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6786BC4A" w14:textId="6AF91471" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Inoculate at least four series of five tubes using </w:t>
             </w:r>
             <w:r w:rsidR="00946A80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tenfold</w:t>
@@ -25730,51 +26531,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DBA40B1" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D509F16" w14:textId="0EC619B0" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9221 E-2014 (2)(</w:t>
             </w:r>
             <w:r w:rsidRPr="00D24CFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b</w:t>
@@ -26008,51 +26808,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E1CF770" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="784D49E4" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB3EF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The second series of tubes should be inoculated with 1.0 mL of dilution “B” (0.00010).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="2F332909" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
@@ -26204,51 +27003,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DC9F53D" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57D205BE" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB3EF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The third series of tubes should receive 10.0 mL of “C” (0.000010).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="2DA44D61" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
@@ -26400,51 +27198,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27FC8DA9" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ED35D05" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB3EF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inoculate a fourth series of 5 tubes each with 1.0 mL of dilution “C” (0.0000010).  Continue the procedure as described in SM.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="474BFEC9" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
@@ -26606,51 +27403,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15CB8510" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BBC711B" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="6F53E721" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="497A4707" w14:textId="5B9FC5A6" w:rsidR="009316CB" w:rsidRPr="003D27DB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
@@ -26804,51 +27600,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D7E7C26" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="086D9759" w14:textId="4BBBD11E" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="5EB0F5E3" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27129,51 +27924,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6320255B" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="634610D0" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="11FFE5F7" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -27460,51 +28254,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5172BBD1" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="399C3178" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MPN Table IV is on page 18 of this checklist.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="2F14D5EA" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
@@ -27711,73 +28504,126 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6734542F" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5D8E872F" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="005141BB" w:rsidP="009316CB">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8E872F" w14:textId="00B640AB" w:rsidR="009316CB" w:rsidRDefault="00894923" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:pict w14:anchorId="574F8FBD">
-[...3 lines deleted...]
-              </w:pict>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="574F8FBD" wp14:editId="0C7A8F2B">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-31750</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>31115</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2424430" cy="333375"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="48" name="Picture 8" descr="equation: MPN Fecal Coliform per g equals 10 times MPN indexper 100 mL divided by largest volume times percent dry solids. "/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="48" name="Picture 8" descr="equation: MPN Fecal Coliform per g equals 10 times MPN indexper 100 mL divided by largest volume times percent dry solids. "/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2424430" cy="333375"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FE4F66F" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4DCECA6E" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1138AA17" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -27992,51 +28838,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0661A0C7" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A61A4DE" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Section 9.5 states: F</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF73F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -28369,71 +29214,124 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20DE767E" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="117477BF" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="005141BB" w:rsidP="009316CB">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="117477BF" w14:textId="738F9497" w:rsidR="009316CB" w:rsidRDefault="00894923" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:pict w14:anchorId="224A2C04">
-[...3 lines deleted...]
-              </w:pict>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="5" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="224A2C04" wp14:editId="2A5D3B21">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-37465</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>86995</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2424430" cy="333375"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="47" name="Picture 7" descr="equation: MPN fecal coliform per gram = 10 times MPN index per 100 mL divided by largest volume time % dry solids"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="47" name="Picture 7" descr="equation: MPN fecal coliform per gram = 10 times MPN index per 100 mL divided by largest volume time % dry solids"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2424430" cy="333375"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C22A82A" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00490F8A" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="189A1B91" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B204804" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -28664,51 +29562,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6382B485" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28543A78" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="1F2A2901" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24E5C166" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="003D27DB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
@@ -28927,51 +29824,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D4918BB" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38469500" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rule:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A674F2">
@@ -29005,103 +29901,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD3F98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NC WW/GW LC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD3F98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Policy states: All chemicals, reagents, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and consumables used by the laboratory must have the following information documented: Date received,</w:t>
+              <w:t xml:space="preserve"> Policy states: All chemicals, reagents, standards and consumables used by the laboratory must have the following information documented: Date received,</w:t>
             </w:r>
             <w:r w:rsidRPr="00971907">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Date Opened (in use), Vendor, Lot Number, and Expiration Date (where specified</w:t>
             </w:r>
             <w:r w:rsidRPr="003A38E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">).  Consumable materials such as pH buffers, lots of pre-made standards and/or media, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and bacteria filters, etc. are included in this requirement. </w:t>
+              <w:t xml:space="preserve">).  Consumable materials such as pH buffers, lots of pre-made standards and/or media, solids and bacteria filters, etc. are included in this requirement. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="33ABD772" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F87C0B1" w14:textId="74106622" w:rsidR="009316CB" w:rsidRPr="003D27DB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -29158,51 +30018,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CDC7025" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="009713E3" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="647F71B4" w14:textId="07005351" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states: Record items sterilized and sterilization temperature along with total run-time (exposure to heat), actual time period at sterilization temperature, set and actual pressure readings, and initials of responsible person for each run cycle. This means three times must be recorded (start time, time it reaches set point and end time). Alternatively, verify the cycle time at operating temperature and pressure annually and document cycle start time and length each day of use.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0839FD01" w14:textId="33A34478" w:rsidR="009316CB" w:rsidRPr="002F083F" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:b w:val="0"/>
@@ -29286,51 +30145,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D012CFC" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="009713E3" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CD029B7" w14:textId="255B8E9E" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17EA7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Do not expose media containing carbohydrates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -29498,51 +30356,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FD0C162" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="330E41B8" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="11B0AB68" w14:textId="5475C90D" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B0507">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -29666,51 +30523,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6470C3E5" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="551819B5" w14:textId="0B94F00B" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B0507">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">To sterilize glassware via dry heat, use a hot-air oven set at </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -29855,68 +30711,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FB32C55" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37B86E01" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4492A30D" w14:textId="4DA9E0EC" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Sample bottles may be sterilized in an autoclave at 121ºC for 15 min.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57F020BC" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -29971,117 +30825,113 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C4ED931" w14:textId="152BA740" w:rsidR="009316CB" w:rsidRPr="003D27DB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57EF1087" w14:textId="14489BF4" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are laboratory sterilized bottles checked for sterility? [SM 9020 B-2015 (5) (d)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="095A022F" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D127135" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="278DD792" w14:textId="3FADDE49" w:rsidR="009316CB" w:rsidRPr="00BB6723" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB6723">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM States</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> T</w:t>
@@ -30256,51 +31106,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>accept</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB6723">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Certificate of Analysis for store bought bottles or sample bags in lieu of the above testing.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="27245DC0" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F276182" w14:textId="11219400" w:rsidR="009316CB" w:rsidRPr="003D27DB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30337,51 +31186,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EB48110" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26AA97EA" w14:textId="0866CA9B" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When incubator is in use, (i.e., samples are being incubated), monitor and record corrected temperature twice daily separated by 4 hours.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BE5A83A" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -30482,51 +31330,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04EDC42D" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="308B9EDB" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6C434BDD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Be sure to check thermometer in water bath to ensure tip is not sitting on bottom of incubator. Check thermometer immersion type (total vs. partial) and line.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="775A0D59" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -30559,61 +31406,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="758057A4" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6C434BDD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Probe type thermometers also have manufacturer specified immersion depths.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57AF1F0B" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="005141BB" w:rsidP="009316CB">
+          <w:p w14:paraId="57AF1F0B" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13">
-              <w:r w:rsidR="009316CB" w:rsidRPr="6C434BDD">
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidRPr="6C434BDD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://www.epa.gov/sites/production/files/2015-10/documents/nistuserfriendlyguide.pdf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="6EF7A21D" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D61F2BC" w14:textId="4254140D" w:rsidR="009316CB" w:rsidRPr="003D27DB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
@@ -30671,51 +31518,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6793192D" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1139BC40" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E39A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Digital temperature-measuring devices and temperature-measuring devices used in incubators shall be verified at the temperature of use every three months against a Reference Temperature-Measuring Device and their accuracy shall be corrected.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="2EA01F9B" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -30791,51 +31637,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4667E66B" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AFF7163" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7E8E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All temperature-measuring devices shall have accuracy that meets or exceeds one-half the tolerance required for its intended use. All temperature-measuring devices shall be used, stored, and maintained according to the manufacturer's instructions.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54ADA6A0" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -30965,51 +31810,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04544B12" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DF0E229" w14:textId="3F5B0B86" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Record accuracy-check results, along with the date, device identification number, and the technician’s signature or initials – in a QC logbook. If a correction calculation is necessary, mark the appropriate correction factor on the device so only corrected temperature values are recorded</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="372C7396" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -31180,51 +32024,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E1ED9DC" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40989321" w14:textId="44CC06D6" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM Table 9020:I. states: media – Check performance with + and - culture controls – Each batch or lot.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38513A65" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -31418,103 +32261,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33C3A0AA" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72F76AFA" w14:textId="36318835" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Test media sterility before first use. Incubate minimally one per lot or a set percentage, e.g., 1 to 4%, of laboratory-prepared and ready-to-use medium, broth</w:t>
             </w:r>
             <w:r w:rsidRPr="0086692F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> at an appropriate temperature for the amount of time the test would be performed and observe for growth. Record results. If any contamination is indicated, determine the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and reject analytical data from the samples tested with these materials.</w:t>
+              <w:t xml:space="preserve"> at an appropriate temperature for the amount of time the test would be performed and observe for growth. Record results. If any contamination is indicated, determine the cause and reject analytical data from the samples tested with these materials.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="7008CA53" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CFBB3A6" w14:textId="7F2E9E04" w:rsidR="009316CB" w:rsidRPr="00DA6587" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -31606,86 +32430,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DB6575A" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0741FB94" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00FA5F97" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA5F97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">At a minimum, reagent water used to make dilutions, prepare buffered dilution/rinse </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> or prepare media must be analyzed at least every twelve months for the following parameters: Specific Conductance, Total Organic Carbon, Cadmium, Chromium, Copper, Nickel, Lead, and Zinc.</w:t>
+              <w:t>At a minimum, reagent water used to make dilutions, prepare buffered dilution/rinse water or prepare media must be analyzed at least every twelve months for the following parameters: Specific Conductance, Total Organic Carbon, Cadmium, Chromium, Copper, Nickel, Lead, and Zinc.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="095D1531" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00FA5F97" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5302A3A9" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00FA5F97" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA5F97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -32007,51 +32812,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40D3E96A" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CAE6D1D" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A9CB0B3" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -32231,51 +33035,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="238A008C" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0043BBD4" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control, and Standard Operating Procedure documents. Supporting Records shall be maintained as evidence that these practices are implemented. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="418953A3" w14:textId="77777777" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -32397,51 +33200,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72F12177" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="279DBA28" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="3CB6F89B" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="503" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FD09453" w14:textId="3B902754" w:rsidR="009316CB" w:rsidRDefault="009316CB" w:rsidP="009316CB">
@@ -32617,51 +33419,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="065318A5" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CE51DDA" w14:textId="38BFA03A" w:rsidR="009316CB" w:rsidRPr="00A96A07" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009316CB" w:rsidRPr="00A0149B" w14:paraId="04B08126" w14:textId="77777777" w:rsidTr="004F28BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
@@ -32875,51 +33676,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C45EB36" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A0149B" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="515D55C7" w14:textId="77777777" w:rsidR="009316CB" w:rsidRPr="00A96A07" w:rsidRDefault="009316CB" w:rsidP="009316CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15433">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3FCCDD70" w14:textId="77777777" w:rsidR="00B54099" w:rsidRDefault="00B54099" w:rsidP="6C434BDD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -33462,53 +34262,53 @@
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="1FF0DD65" w14:textId="77777777" w:rsidR="00B715E5" w:rsidRDefault="00B715E5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="766A30D9" w14:textId="77777777" w:rsidR="00B715E5" w:rsidRDefault="00B715E5" w:rsidP="00B715E5">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B715E5" w:rsidSect="00DE0C83">
-          <w:headerReference w:type="default" r:id="rId14"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="576" w:right="630" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62E0E7C5" w14:textId="77777777" w:rsidR="00B715E5" w:rsidRDefault="00B715E5" w:rsidP="00B715E5">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="692862FB" w14:textId="77777777" w:rsidR="00B715E5" w:rsidRDefault="00B715E5" w:rsidP="00B715E5">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -34348,77 +35148,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1620" w:right="-90" w:hanging="180"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F1710">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Again, the language saying “If, after removal of the lowest dilution with all positive tubes, no dilution with all positive reactions remains, …” is talking about Step 2.  So what Step 5 is saying is, if the scenario you are looking for in Step 4 (an all positive tube dilution series that is within two dilutions of the highest dilution series with any positive tubes) does not exist, then you use the two lowest dilutions as they </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> then add the number of positive tubes in the remaining dilutions together to get your third dilution</w:t>
+        <w:t>Again, the language saying “If, after removal of the lowest dilution with all positive tubes, no dilution with all positive reactions remains, …” is talking about Step 2.  So what Step 5 is saying is, if the scenario you are looking for in Step 4 (an all positive tube dilution series that is within two dilutions of the highest dilution series with any positive tubes) does not exist, then you use the two lowest dilutions as they are  and then add the number of positive tubes in the remaining dilutions together to get your third dilution</w:t>
       </w:r>
       <w:r w:rsidRPr="008F1710">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60245D04" w14:textId="77777777" w:rsidR="008F1710" w:rsidRPr="008F1710" w:rsidRDefault="008F1710" w:rsidP="008F1710">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-90" w:hanging="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -34456,75 +35230,118 @@
         <w:t>Control of Pathogens and Vector Attraction in Sewage Sludge</w:t>
       </w:r>
       <w:r w:rsidRPr="008F1710">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, EPA/625/R-92/013, (July 2003), more commonly known as the White House book, to determine the final MPN/gram result.  See below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="267C5855" w14:textId="77777777" w:rsidR="008F1710" w:rsidRPr="008F1710" w:rsidRDefault="008F1710" w:rsidP="008F1710">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B5588BA" w14:textId="77777777" w:rsidR="008F1710" w:rsidRPr="008F1710" w:rsidRDefault="005141BB" w:rsidP="008F1710">
+    <w:p w14:paraId="0B5588BA" w14:textId="2050C469" w:rsidR="008F1710" w:rsidRPr="008F1710" w:rsidRDefault="00894923" w:rsidP="008F1710">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2880" w:right="-90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:pict w14:anchorId="3CA13064">
-[...3 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CA13064" wp14:editId="30C93C14">
+            <wp:extent cx="3474720" cy="454660"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="3" name="Picture 1" descr="equation: MPN fecal coliform per gram = 10 times MPN index per 100 mL divided by largest volume time % dry solids"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="3" name="Picture 1" descr="equation: MPN fecal coliform per gram = 10 times MPN index per 100 mL divided by largest volume time % dry solids"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3474720" cy="454660"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B6B04DC" w14:textId="77777777" w:rsidR="008F1710" w:rsidRPr="008F1710" w:rsidRDefault="008F1710" w:rsidP="008F1710">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03A65C18" w14:textId="77777777" w:rsidR="008F1710" w:rsidRPr="008F1710" w:rsidRDefault="008F1710" w:rsidP="008F1710">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="-90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
@@ -34838,5376 +35655,5033 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1548" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="999999"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="999999"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1504"/>
         <w:gridCol w:w="1818"/>
         <w:gridCol w:w="1504"/>
         <w:gridCol w:w="2145"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="416F0029" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DEF1EA4" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00FD73AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Combination of</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="097758BE" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00FD73AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Positives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42941883" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00FD73AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MPN Index/100 mL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="467D28DD" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00FD73AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Combination of</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A9586DE" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00FD73AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Positives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6563D1A8" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00FD73AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MPN Index/100 mL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="2E405B1D" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A65EE79" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0-0-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="137A8009" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&lt;1.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D8E9835" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-0-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42721946" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="56EF034F" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75F4225A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0-0-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31D6C717" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17A08284" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-1-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03BBCE89" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="06DE93BC" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A5EC79D" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0-1-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="111CAAAE" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13CC841E" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-1-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27F54180" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="3D2C5F68" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23D64AAC" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0-1-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EFB64E0" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D59CEA6" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39599816" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="6080BC3B" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A54E355" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0-2-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55A229D1" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="492B0D05" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-1-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="139F4758" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="41954354" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45C2054A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0-2-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F51CA44" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FC95923" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-2-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A6D63AA" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="559906B9" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1644CDCD" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0-3-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6897F49B" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="288FD4EC" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-2-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30E829D1" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="481164FF" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AA3D234" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-0-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29C3FD6B" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EDDB442" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-2-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A591F44" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="4ED4A067" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E5C56B0" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-0-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="177685CA" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38F766C8" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-2-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="062EDCAE" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="2DA6DCD9" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E1A7B2A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-0-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68F3DBBD" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E41C78F" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-3-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C91BA59" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="4EA0BD95" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="757335B0" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-1-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FDF9E5E" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20CB58B0" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-3-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="341617ED" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="5BDB9F64" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0795D8D8" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-1-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AAC9689" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A17C4DB" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-3-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CE80384" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="090D6387" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="137EA143" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BFD4A53" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F193AD4" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-4-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45F2A76A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="01C8AA2D" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61AFF999" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-2-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37074E54" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E54CE00" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-4-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="066F958B" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="2981F93F" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A352810" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-2-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="344EABA2" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="491B2AB3" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-4-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32420336" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="30EF7B19" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A43BC6D" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-3-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13A099EF" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="133E34E0" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-5-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="547F410D" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="68260150" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E522CB8" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-3-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="618A895A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AC41AF0" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-5-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="704A2979" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="742926A0" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="150D4BBB" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1-4-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A1F0D77" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5454617A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-0-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="442C5797" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="6E96D3A6" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69BBC21B" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-0-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63127AEB" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="570285E7" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-0-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16D7C46A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="3F660A6F" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B42698A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-0-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DD78BB5" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4117578D" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-0-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="378689ED" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="451316C9" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48AB2D26" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-0-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69EFE910" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33CCF7FC" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-0-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59524AF9" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="0C9ABE45" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="085DFF2E" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-1-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1913393E" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1187B57A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-1-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E49B468" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="575426DE" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2782114B" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-1-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43DE34E0" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E9F4BEB" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-1-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00304859" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="237E143C" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5263F6C1" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FFE25C0" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33FB1636" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="428FD8D4" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="0FBECC07" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36DB05C2" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-2-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B78B3A7" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3090CEC8" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-1-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E59A294" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="5E0F6072" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25A5EE3A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-2-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69B0FE0F" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="460F813B" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-2-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BDD90F8" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="2957D2A5" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EF3D3E7" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-2-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B14FA44" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="252"/>
                 <w:tab w:val="left" w:pos="456"/>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2ED1E922" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-2-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45E97C71" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="3EFFBBE2" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2938C462" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-3-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01D29F2C" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="228"/>
                 <w:tab w:val="left" w:pos="288"/>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08311DF9" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-2-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F579BC5" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="71792735" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73D7AA29" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-3-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33A7D7AA" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="288"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="432"/>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49095678" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-2-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06471EE7" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="2B389620" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FE20B4C" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-4-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DD843F1" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CB34C84" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-2-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="658B473B" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="228"/>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="2B4E9488" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34E40E7C" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-0-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C0C821D" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76E86EEB" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-3-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DF42C26" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="5E3F74E1" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00A50060" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-0-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="550C039E" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48F3ACB3" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-3-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47352E56" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>110</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="0D793134" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4373BB32" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-0-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49E156BD" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64C967E0" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-3-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DA2E6B3" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="432EC599" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D615900" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-1-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AA04F49" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="130E67C8" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-3-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AB02957" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="252"/>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="4973B9FD" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="745F53FF" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-1-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0826608A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43524E32" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-3-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="478EB99E" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="3C7E982D" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77B305B5" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29EEF90D" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FD52AC8" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-4-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FD72A4D" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="6B0CA598" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FA0C5C5" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-2-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35D00516" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="085FF3C3" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-4-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6417405A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="192"/>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="2C44C63C" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F399D72" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-2-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="405A078A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58E00CE7" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-4-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="265BD69B" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="67B9BBEE" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6575C20A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-2-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71A1D617" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="689F361A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-4-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EEB6620" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="6B180699" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B6B7F4A" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-3-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45FF0DF4" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64C71BD6" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-4-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4583C48C" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="2112C5BF" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13C21053" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-3-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F8F3A2" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="204"/>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67A73928" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-4-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1548B349" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>430</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="2027B48D" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6838FC23" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-3-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D2DBD0E" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EBAA2F9" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-5-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="290AD8B1" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="1BB359C7" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E464C2E" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-4-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59E55B13" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EE3C3FD" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-5-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12E2A3D2" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="228"/>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="343EF7B0" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A87DA65" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-4-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58D229E2" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="119DB119" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-5-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="699FD86F" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>540</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="6045207D" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EB0DAD9" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-5-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11C8B4B7" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BC989F3" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-5-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DBE1554" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="3D96A55A" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56FC479B" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-0-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2753EA3D" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="594DF356" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-5-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E7D0788" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="31FD0567" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57524955" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-0-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AD42157" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="070FC9D2" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5-5-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03BE2E25" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="964"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&gt;1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD73AB" w:rsidRPr="00502835" w14:paraId="4302C5FB" w14:textId="77777777" w:rsidTr="00B715E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52C51097" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-0-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D1A5854" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00946CB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="827"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E33FB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26BB88CD" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="037BE4BD" w14:textId="77777777" w:rsidR="00FD73AB" w:rsidRPr="009E33FB" w:rsidRDefault="00FD73AB" w:rsidP="00AB16B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C72052D" w14:textId="77777777" w:rsidR="006F1005" w:rsidRDefault="00D87846" w:rsidP="00261639">
-[...144 lines deleted...]
-    <w:p w14:paraId="1D3D64C5" w14:textId="77777777" w:rsidR="00AD6147" w:rsidRDefault="005141BB">
+    <w:p w14:paraId="1D3D64C5" w14:textId="752CA649" w:rsidR="00AD6147" w:rsidRDefault="00AD6147" w:rsidP="002E3069">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AD6147" w:rsidSect="00A96D19">
-      <w:footerReference w:type="default" r:id="rId22"/>
-      <w:footerReference w:type="first" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="1530" w:bottom="576" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="343B4AF4" w14:textId="77777777" w:rsidR="00FB4C6B" w:rsidRDefault="00FB4C6B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4D2C6851" w14:textId="77777777" w:rsidR="00FB4C6B" w:rsidRDefault="00FB4C6B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="234A1D43" w14:textId="77777777" w:rsidR="00FB4C6B" w:rsidRDefault="00FB4C6B"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times-Roman">
+    <w:altName w:val="Yu Gothic"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FTHFKO+ArialMT">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1DB7E38B" w14:textId="6372FCF3" w:rsidR="0074512B" w:rsidRPr="004E0CAB" w:rsidRDefault="0074512B">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CD17F7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
@@ -40247,171 +40721,171 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="004C00B6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="32A10963" w14:textId="77777777" w:rsidR="0074512B" w:rsidRDefault="0074512B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B7D122D" w14:textId="76A0317E" w:rsidR="0074512B" w:rsidRPr="00B8487A" w:rsidRDefault="0074512B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="00FA21D3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>09/22/2021</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="094F975A" w14:textId="1AEB9EE5" w:rsidR="0074512B" w:rsidRPr="004E0CAB" w:rsidRDefault="0074512B">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CD17F7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="00FA21D3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>09/22/2021</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D6E1164" w14:textId="77777777" w:rsidR="0074512B" w:rsidRDefault="0074512B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="52232358" w14:textId="77777777" w:rsidR="0074512B" w:rsidRPr="00B8487A" w:rsidRDefault="0074512B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3/18/2020</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6406A35D" w14:textId="77777777" w:rsidR="00FB4C6B" w:rsidRDefault="00FB4C6B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7E7E7B0A" w14:textId="77777777" w:rsidR="00FB4C6B" w:rsidRDefault="00FB4C6B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0A7D3B1E" w14:textId="77777777" w:rsidR="00FB4C6B" w:rsidRDefault="00FB4C6B"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03F12424" w14:textId="77777777" w:rsidR="0074512B" w:rsidRPr="0058752C" w:rsidRDefault="0074512B" w:rsidP="00BC1197">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="108"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E9486F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Fecal Coliform Sludge MPN (503)</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -40449,51 +40923,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1701374A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A746B6A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21156698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3086350"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -41184,125 +41658,111 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2027515943">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2032565187">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1185290181">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="759568319">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1096290938">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1493645179">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1398939870">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1690567817">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Crawford, Todd">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::todd.crawford@ncdenr.gov::d530ebaf-5378-45f8-a02e-9c5b3d1c264d"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="112"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="0000129B"/>
     <w:rsid w:val="000018EE"/>
     <w:rsid w:val="0000246A"/>
     <w:rsid w:val="00002532"/>
     <w:rsid w:val="000031C3"/>
     <w:rsid w:val="0000332D"/>
     <w:rsid w:val="00003573"/>
     <w:rsid w:val="0000366F"/>
     <w:rsid w:val="00004B2A"/>
     <w:rsid w:val="00004C5B"/>
     <w:rsid w:val="00005C74"/>
     <w:rsid w:val="00006A21"/>
     <w:rsid w:val="00006BD3"/>
     <w:rsid w:val="00010347"/>
     <w:rsid w:val="000103AD"/>
     <w:rsid w:val="00010A74"/>
     <w:rsid w:val="000113EF"/>
     <w:rsid w:val="000122EC"/>
     <w:rsid w:val="00013379"/>
     <w:rsid w:val="00013770"/>
     <w:rsid w:val="00013CA5"/>
     <w:rsid w:val="00014650"/>
@@ -41437,50 +41897,51 @@
     <w:rsid w:val="000A1DC0"/>
     <w:rsid w:val="000A28E7"/>
     <w:rsid w:val="000A2CE3"/>
     <w:rsid w:val="000B23F2"/>
     <w:rsid w:val="000B293E"/>
     <w:rsid w:val="000B4357"/>
     <w:rsid w:val="000B4983"/>
     <w:rsid w:val="000B5F1B"/>
     <w:rsid w:val="000B6233"/>
     <w:rsid w:val="000B6E47"/>
     <w:rsid w:val="000C0388"/>
     <w:rsid w:val="000C0CB0"/>
     <w:rsid w:val="000C14D1"/>
     <w:rsid w:val="000C1556"/>
     <w:rsid w:val="000C1763"/>
     <w:rsid w:val="000C274F"/>
     <w:rsid w:val="000C2C03"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000C43EB"/>
     <w:rsid w:val="000C49E9"/>
     <w:rsid w:val="000C5102"/>
     <w:rsid w:val="000C59B4"/>
     <w:rsid w:val="000C6093"/>
     <w:rsid w:val="000C778B"/>
     <w:rsid w:val="000D0B60"/>
+    <w:rsid w:val="000D172F"/>
     <w:rsid w:val="000D1C92"/>
     <w:rsid w:val="000D20A6"/>
     <w:rsid w:val="000D34A8"/>
     <w:rsid w:val="000D379A"/>
     <w:rsid w:val="000D497E"/>
     <w:rsid w:val="000D5C63"/>
     <w:rsid w:val="000D6A92"/>
     <w:rsid w:val="000E0D13"/>
     <w:rsid w:val="000E0DFC"/>
     <w:rsid w:val="000E1D96"/>
     <w:rsid w:val="000E63F5"/>
     <w:rsid w:val="000E6B30"/>
     <w:rsid w:val="000E73E0"/>
     <w:rsid w:val="000E742A"/>
     <w:rsid w:val="000F10E2"/>
     <w:rsid w:val="000F16DE"/>
     <w:rsid w:val="000F20C4"/>
     <w:rsid w:val="000F29FB"/>
     <w:rsid w:val="000F35D3"/>
     <w:rsid w:val="000F3B3B"/>
     <w:rsid w:val="000F3E3B"/>
     <w:rsid w:val="000F42E4"/>
     <w:rsid w:val="000F4E82"/>
     <w:rsid w:val="000F4FA1"/>
     <w:rsid w:val="000F553F"/>
@@ -41890,50 +42351,51 @@
     <w:rsid w:val="002C301F"/>
     <w:rsid w:val="002C3506"/>
     <w:rsid w:val="002C35BE"/>
     <w:rsid w:val="002C3928"/>
     <w:rsid w:val="002C47AE"/>
     <w:rsid w:val="002C59CE"/>
     <w:rsid w:val="002C5F98"/>
     <w:rsid w:val="002C5FF8"/>
     <w:rsid w:val="002C6841"/>
     <w:rsid w:val="002C6B20"/>
     <w:rsid w:val="002C7B6B"/>
     <w:rsid w:val="002D1674"/>
     <w:rsid w:val="002D1AB3"/>
     <w:rsid w:val="002D2F6A"/>
     <w:rsid w:val="002D2FDA"/>
     <w:rsid w:val="002D4273"/>
     <w:rsid w:val="002D4D76"/>
     <w:rsid w:val="002D7059"/>
     <w:rsid w:val="002D739D"/>
     <w:rsid w:val="002D7A17"/>
     <w:rsid w:val="002E006B"/>
     <w:rsid w:val="002E08F1"/>
     <w:rsid w:val="002E0B1D"/>
     <w:rsid w:val="002E0D22"/>
     <w:rsid w:val="002E2567"/>
+    <w:rsid w:val="002E3069"/>
     <w:rsid w:val="002E30FE"/>
     <w:rsid w:val="002E3A0B"/>
     <w:rsid w:val="002E5116"/>
     <w:rsid w:val="002E629D"/>
     <w:rsid w:val="002E637F"/>
     <w:rsid w:val="002E65C6"/>
     <w:rsid w:val="002E750D"/>
     <w:rsid w:val="002E7BC1"/>
     <w:rsid w:val="002E7DB4"/>
     <w:rsid w:val="002E7E0B"/>
     <w:rsid w:val="002E7EC6"/>
     <w:rsid w:val="002F0084"/>
     <w:rsid w:val="002F1304"/>
     <w:rsid w:val="002F192D"/>
     <w:rsid w:val="002F1FE7"/>
     <w:rsid w:val="002F296E"/>
     <w:rsid w:val="002F44EA"/>
     <w:rsid w:val="002F4F67"/>
     <w:rsid w:val="002F5488"/>
     <w:rsid w:val="002F56B3"/>
     <w:rsid w:val="002F6341"/>
     <w:rsid w:val="002F76E6"/>
     <w:rsid w:val="002F7E4E"/>
     <w:rsid w:val="00300116"/>
     <w:rsid w:val="003002ED"/>
@@ -43095,50 +43557,51 @@
     <w:rsid w:val="008808B4"/>
     <w:rsid w:val="008813BB"/>
     <w:rsid w:val="008820A8"/>
     <w:rsid w:val="00882462"/>
     <w:rsid w:val="00882707"/>
     <w:rsid w:val="0088280E"/>
     <w:rsid w:val="0088348B"/>
     <w:rsid w:val="00883ABE"/>
     <w:rsid w:val="0088425D"/>
     <w:rsid w:val="00884469"/>
     <w:rsid w:val="0088494E"/>
     <w:rsid w:val="00885EB6"/>
     <w:rsid w:val="008860EA"/>
     <w:rsid w:val="00887979"/>
     <w:rsid w:val="00887B6E"/>
     <w:rsid w:val="00890099"/>
     <w:rsid w:val="008903A5"/>
     <w:rsid w:val="00890902"/>
     <w:rsid w:val="00892875"/>
     <w:rsid w:val="00892A42"/>
     <w:rsid w:val="00892D76"/>
     <w:rsid w:val="00892D92"/>
     <w:rsid w:val="00892E89"/>
     <w:rsid w:val="00894633"/>
     <w:rsid w:val="008947B3"/>
+    <w:rsid w:val="00894923"/>
     <w:rsid w:val="00894927"/>
     <w:rsid w:val="00894ED8"/>
     <w:rsid w:val="00896911"/>
     <w:rsid w:val="008978CB"/>
     <w:rsid w:val="00897A60"/>
     <w:rsid w:val="008A05AC"/>
     <w:rsid w:val="008A0909"/>
     <w:rsid w:val="008A0AEE"/>
     <w:rsid w:val="008A0C82"/>
     <w:rsid w:val="008A10EE"/>
     <w:rsid w:val="008A160B"/>
     <w:rsid w:val="008A324B"/>
     <w:rsid w:val="008A3D84"/>
     <w:rsid w:val="008A4127"/>
     <w:rsid w:val="008A5030"/>
     <w:rsid w:val="008A52F7"/>
     <w:rsid w:val="008A62E8"/>
     <w:rsid w:val="008A657E"/>
     <w:rsid w:val="008A6768"/>
     <w:rsid w:val="008B0402"/>
     <w:rsid w:val="008B040A"/>
     <w:rsid w:val="008B2052"/>
     <w:rsid w:val="008B219E"/>
     <w:rsid w:val="008B259F"/>
     <w:rsid w:val="008B286E"/>
@@ -44718,51 +45181,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1077"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="62F2120B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CA9E3AC6-8EEB-4B39-9C65-2C63E6F63A83}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -44795,50 +45258,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -45102,50 +45566,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
@@ -45330,51 +45795,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E6152D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E6152D"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -45429,51 +45894,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/sites/production/files/2015-10/documents/nistuserfriendlyguide.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/sites/production/files/2015-10/documents/nistuserfriendlyguide.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -45744,181 +46209,191 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9a8b126618a8f26294f29d3496ebfcef">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...12 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...56 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -45977,148 +46452,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32701E7A-E199-4C3D-B8D8-E1C561582BCF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B737597-3A52-4B00-B2EC-5CFF3CD94E3C}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F223A71B-CE68-44A4-8E09-CF308CA73EC2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{839B0CD7-9D4F-41EB-8B93-7F45D351F091}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>50325</Characters>
+  <Pages>18</Pages>
+  <Words>9726</Words>
+  <Characters>50269</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>419</Lines>
-  <Paragraphs>118</Paragraphs>
+  <Lines>1795</Lines>
+  <Paragraphs>2068</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>59035</CharactersWithSpaces>
+  <CharactersWithSpaces>57927</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="42" baseType="variant">
       <vt:variant>
         <vt:i4>6946862</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.epa.gov/sites/production/files/2015-10/documents/nistuserfriendlyguide.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>106</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -46228,32 +46682,41 @@
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>T_ Crawford</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="AuthorIds_UIVersion_74240">
     <vt:lpwstr>995</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>6914800</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>