--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -1,59 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="12F71D03" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="007763A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -126,379 +124,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="042C7C83" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CB69FEC" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6521F627" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62ED12B4" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BF369BE" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="00876CCE" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39B162F1" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="652D779D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C52A77E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29F03E01" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="68795157" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6665D667" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BDF16C4" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="57CBB1C4" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1132656D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5569D2E0" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3C6F969A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -637,82 +623,80 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3318"/>
       </w:tblGrid>
       <w:tr w:rsidR="00247019" w:rsidRPr="00A0149B" w14:paraId="16A30744" w14:textId="77777777" w:rsidTr="00247019">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5840F174" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="00A0149B" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E7BD950" w14:textId="77777777" w:rsidR="00247019" w:rsidRDefault="0046748D" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Waterbath </w:t>
             </w:r>
             <w:r w:rsidR="00247019">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Incubator capable of maintaining 44.5 ± 0.2°C</w:t>
@@ -730,72 +714,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Air Incubators are not allowed per 40 CFR</w:t>
             </w:r>
             <w:r w:rsidR="00E6431D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AA1D51D" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="00A0149B" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D798CB5" w14:textId="77777777" w:rsidR="00247019" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quanti-Trays</w:t>
             </w:r>
             <w:r w:rsidR="00123616">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
@@ -853,408 +835,394 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4086C2EE" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="00A0149B" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CF10D97" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile, non-buffered</w:t>
             </w:r>
             <w:r w:rsidR="00C317D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, oxidant-free</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> dilution water</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00247019" w:rsidRPr="0054425D" w14:paraId="0DF7C99C" w14:textId="77777777" w:rsidTr="00A76B25">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="075A7208" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33D54478" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quanti-Tray</w:t>
             </w:r>
             <w:r w:rsidR="00123616">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sealer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17B085D7" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A0B3F34" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C848D46" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="142C990A" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anti-foam solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006262D7" w:rsidRPr="0054425D" w14:paraId="63E1757A" w14:textId="77777777" w:rsidTr="00247019">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75FE2941" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32819CAC" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quanti-Tray® rubber insert</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31644847" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F35A4CE" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00765F04" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile inoculating loop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78006AF1" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4313A659" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00247019">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E. coli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1269,173 +1237,167 @@
               <w:t xml:space="preserve"> (optional)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00493797" w:rsidRPr="0054425D" w14:paraId="4044BFEF" w14:textId="77777777" w:rsidTr="00493797">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B64BEA8" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42F31E1B" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comparator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03D6BAF1" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FCE6DD1" w14:textId="77777777" w:rsidR="00493797" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Most Probable Number (MPN) Chart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D57C298" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AD1089F" w14:textId="34937515" w:rsidR="00493797" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00247019">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pseudomonas </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00247019">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
@@ -1484,73 +1446,71 @@
               </w:rPr>
               <w:t>ptional)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00493797" w:rsidRPr="0054425D" w14:paraId="5BE658AF" w14:textId="77777777" w:rsidTr="00A76B25">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28841D8D" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F6E6903" w14:textId="77777777" w:rsidR="00493797" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00247019">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>120 ml sterile vessels with Na</w:t>
             </w:r>
             <w:r w:rsidRPr="00696538">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -1577,119 +1537,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="00696538">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79BF7A2B" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41BEBAFB" w14:textId="77777777" w:rsidR="00493797" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Colilert®-18 reagent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D1816A9" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="302A2551" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="00247019" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EE51D9F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="0054425D" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -1709,51 +1665,50 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="4896"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4824"/>
         <w:gridCol w:w="72"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C3947" w:rsidRPr="00A0149B" w14:paraId="6DD6B4E6" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="72" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10991" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04044889" w14:textId="77777777" w:rsidR="003C3947" w:rsidRPr="000808F0" w:rsidRDefault="003C3947" w:rsidP="003C3947">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="335F65F2" w14:textId="77777777" w:rsidR="003C3947" w:rsidRPr="003B29E8" w:rsidRDefault="003C3947" w:rsidP="003C3947">
             <w:pPr>
@@ -2099,51 +2054,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="732C6710" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="00CD61FE" w:rsidP="00560E41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="097AD224" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="00CD61FE" w:rsidP="00560E41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47DC7656" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -2164,69 +2118,51 @@
           </w:p>
           <w:p w14:paraId="6FB4911D" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="004F5487" w:rsidP="001B2604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify proper method reference. </w:t>
             </w:r>
             <w:r w:rsidR="001B2604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">During </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> notate deviations from the approved method and SOP. </w:t>
+              <w:t xml:space="preserve">During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="76FEA4C7" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3436CDFB" w14:textId="779D0FB9" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
@@ -2349,51 +2285,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F05C387" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00560E41" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B2AEAFB" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00560E41" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38859053" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -2868,220 +2803,213 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="698E8BD2" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0548DA08" w14:textId="2E8305B2" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1282CF85" w14:textId="5062F2EE" w:rsidR="00035805" w:rsidRPr="00411C00" w:rsidRDefault="00035805" w:rsidP="000F7963">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples collected in sterile containers using aseptic technique?</w:t>
             </w:r>
             <w:r w:rsidR="00AA0503">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A223C1" w:rsidRPr="000444B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[Colilert®-18, Procedural Notes</w:t>
             </w:r>
             <w:r w:rsidR="00A223C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F5FE6A0" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D1F62A3" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1817F13E" w14:textId="580438BD" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Aseptic technique should always be followed when using Colilert-18. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="4C989CAF" w14:textId="77777777" w:rsidTr="00B30569">
         <w:trPr>
           <w:trHeight w:val="1151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C96EF40" w14:textId="737E4F42" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65653CAB" w14:textId="02CC3328" w:rsidR="00035805" w:rsidRPr="00411C00" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is residual chlorine neutralized at time of sample collection with sterile Na</w:t>
             </w:r>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -3185,86 +3113,83 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
             <w:r w:rsidR="000F7963">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77D564D4" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="508A0AC2" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ACB8420" w14:textId="33915BA6" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="007E10E9" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E10E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9060 A-2013:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3461,76 +3386,74 @@
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00035805" w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> will neutralize a sample containing 15 mg/L residual chlorine.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="4D006566" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15BFD658" w14:textId="4FB38FC3" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B8EAF9A" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00411C00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples iced to above freezing but </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3543,141 +3466,136 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ºC during </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>transport</w:t>
             </w:r>
             <w:r w:rsidRPr="00411C00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BF3ABA5" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E0CA6CB" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06678906" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR footnote 2 allows 15 minutes for sample preservation, including thermal. This means that if a sample is received in the lab within 15 minutes it is not required to be on ice.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="67B09444" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="233ED911" w14:textId="369EFE30" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D1A20F1" w14:textId="3CC7BE52" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples checked for residual chlorine</w:t>
             </w:r>
             <w:r w:rsidR="000444B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3732,89 +3650,86 @@
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidR="000444B2" w:rsidRPr="000444B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000444B2" w:rsidRPr="000444B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 02H .0805 (a) (7) (M)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E6E8722" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6142E510" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5058548D" w14:textId="079A4E84" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use of TRC strips is allowed, </w:t>
             </w:r>
             <w:r w:rsidR="006C4002">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3856,76 +3771,74 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sample Collection, Preservation and Receipt Requirements Policy</w:t>
             </w:r>
             <w:r w:rsidR="006C4002">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="1068EA08" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C34D5E2" w14:textId="0C8A42D2" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5F70E04B" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What action is taken if chlorine is present?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3999,284 +3912,275 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="068CDC86" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00F679B1" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64F4B2F4" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00F679B1" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A823646" w14:textId="4F6158E5" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If another sample cannot be collected, dechlorinate the sample and notify the NC WW/GW Laboratory Certification </w:t>
             </w:r>
             <w:r w:rsidR="00AB4EC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Branch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> that a non-compliant sample was received and analyzed. The sample must be qualified with the nature of the infraction on the DMR and/or client report.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="34984899" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23E6FD24" w14:textId="2F321B6D" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F8A0573" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="0067392B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00411C00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>placed into the incubator</w:t>
             </w:r>
             <w:r w:rsidRPr="00411C00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> within 8 hours of collection? [40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CFFEF89" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21951DD5" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70A63DA8" w14:textId="581D8DDB" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00615DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sample analysis should begin as soon as possible after receipt; sample incubation must be started no later than 8 hours from time of collection.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="04FB947B" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5125E515" w14:textId="3052F3B9" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35D225C1" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="005E1442" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples stored at </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4309,92 +4213,89 @@
           </w:p>
           <w:p w14:paraId="59FF2FC2" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DD80CBB" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="546D20F3" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7995DAE6" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="297F533C" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4507,353 +4408,341 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="279A9B46" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14A8E251" w14:textId="795CD2DA" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DFEF5C6" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00F749DE" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is Colilert-18 reagent stored at 2-25°C away from light? [IDEXX Colilert-18 Method</w:t>
             </w:r>
             <w:r w:rsidR="000444B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Storage</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2927772F" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A142023" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2121C54B" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00EB59BA" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Store at 2-25°C away from light.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="5DA99863" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71439BC7" w14:textId="7911DC71" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49BC08D8" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples brought to room temperature prior to analysis? [IDEXX Colilert-18 Method</w:t>
             </w:r>
             <w:r w:rsidR="000444B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="000444B2" w:rsidRPr="000444B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quanti-Tray Enumeration Procedure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DAC2182" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F8E464D" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="702BDC26" w14:textId="5888FCBB" w:rsidR="00035805" w:rsidRPr="00EB59BA" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Add contents of one pack to a 100-m</w:t>
             </w:r>
             <w:r w:rsidR="000444B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> room temperature water sample in a sterile vessel.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="41BACADB" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E47EE19" w14:textId="3D42E6F1" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="388610A5" w14:textId="115CD3DF" w:rsidR="00035805" w:rsidRPr="00933A87" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the content of one pack added to a 100-m</w:t>
             </w:r>
             <w:r w:rsidR="00DC01B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4877,157 +4766,152 @@
             </w:r>
             <w:r w:rsidR="00DC01B3" w:rsidRPr="00DC01B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quanti-Tray Enumeration Procedure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A39626F" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="568203A8" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54D31ADF" w14:textId="437F8571" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Add contents of one pack to a 100-m</w:t>
             </w:r>
             <w:r w:rsidR="000444B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> room temperature water sample in a sterile vessel. A slight tinge may be observed when Colilert-18 is added to the sample. In samples with excessive chlorine, a blue flash may be seen when adding Colilert-18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="4FCCD6AA" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36051857" w14:textId="4AA28A2F" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C8380D7" w14:textId="048DFF34" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample shaken until the contents are dissolved? [IDEXX Colilert-18</w:t>
             </w:r>
             <w:r w:rsidR="00B3303D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5036,141 +4920,136 @@
             <w:r w:rsidR="00B3303D" w:rsidRPr="00B3303D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Quanti-Tray Enumeration Procedure</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BF2C3FF" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B55EC46" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A55FCB6" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cap vessel and shake until dissolved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="54B825D8" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="2654"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00541E0A" w14:textId="589C16B9" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="361116C9" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="48A3FCDB" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5265,69 +5144,67 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B82D0C2" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="448F7E0A" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FE31E1F" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004072E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EPA Region 4 (Science and Ecosystem Support Division) Approval of Colilert-18 for the Detection and Enumeration of Fecal Coliforms in Wastewater Samples Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5352,76 +5229,74 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Colilert-18 Method</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: If excess foam caused problems while using Quanti-Tray, you may choose to use IDEXX Antifoam Solution (Catalog# WAFDB) OR IDEXX 120 ml vessels with Antifoam (Catalog# WV120SBAF-200).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="2FF87F2A" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3790BD51" w14:textId="77209564" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46BB8AD7" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="008C0C53" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are sealed trays incubated at 44.5°C ± 0.2°C? [IDEXX Colilert-18 Method]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
@@ -5446,127 +5321,124 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20FAE849" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54ADF0B7" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Place the sealed tray in a … (44.5 ± 0.2°C for fecal coliforms) incubator for 18 hours. Pre-warming to 35°C is not required per the method and the </w:t>
             </w:r>
             <w:r w:rsidRPr="004072E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Colilert-18 Fecal Coliform Protocol Addendum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="3F22F6F0" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B332A33" w14:textId="38100388" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24E6CC5B" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples incubated for 18-22 hours? [IDEXX Colilert-18 Method]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="453A9334" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="006252DF" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -5600,151 +5472,130 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="486AF7C5" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AB018C2" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Place the sealed tray in a 44.5 ± 0.2°</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> fecal coliforms incubator for 18 hours.</w:t>
+              <w:t>Place the sealed tray in a 44.5 ± 0.2°C for fecal coliforms incubator for 18 hours.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60B29C4C" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004072E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EPA Region 4 (Science and Ecosystem Support Division) Approval of Colilert-18 for the Detection and Enumeration of Fecal Coliforms in Wastewater Samples Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: Place sealed tray in a 44.5 ± 0.2°C incubator for 18-22 hours. The usual pre-warming to 35°C is not required since the sample is first placed in the Quanti-tray sealer prior to incubation. (Note: Temperature was increased from 35°C to 44.5°C to facilitate fecal coliform growth rather than total coliform.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="2B424027" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B681B2C" w14:textId="596448F4" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23E7337D" w14:textId="6C554867" w:rsidR="00035805" w:rsidRPr="00C52B9B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the time that samples are place</w:t>
             </w:r>
             <w:r w:rsidR="00953A66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5830,106 +5681,103 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10B99902" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B2F93B4" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="000912EC" w:rsidRDefault="00F91557" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91557">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The date and time that samples are placed into and removed from ovens, water baths, incubators and other equipment shall be documented if a time limit is required by the method</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="10AD862D" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27A3D0E4" w14:textId="774F9C98" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5291818F" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the incubator temperature documented?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="332436C6" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -6000,106 +5848,103 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7317D73B" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74A8F435" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="000912EC" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5D97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each day samples are placed into or removed from an incubator, oven, water bath, refrigerator, or other temperature-controlled device, the temperature shall be checked, recorded, dated, and initialed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="742C40AF" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C0115A1" w14:textId="443758E6" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00A7C4EB" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00C52B9B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the time that samples are removed from the incubator documented? [</w:t>
             </w:r>
             <w:r w:rsidRPr="00017307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6131,147 +5976,142 @@
             </w:r>
             <w:r w:rsidRPr="00017307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F3A0F90" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3173D6E4" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4407A406" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="000912EC" w:rsidRDefault="00F91557" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91557">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The date and time that samples are placed into and removed from ovens, water baths, incubators and other equipment shall be documented if a time limit is required by the method</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="7CA778A9" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60BA76DA" w14:textId="1A5A35C4" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C6E7E02" w14:textId="6C4F5751" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is sterile, non-buffered, oxidant-free dilution water used to make dilutions when required? [IDEXX Colilert-18</w:t>
             </w:r>
             <w:r w:rsidR="00B3303D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6312,110 +6152,107 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B59DCBB" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6175BB83" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use only sterile, non-buffered, oxidant-free water for dilutions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="2B326A56" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FCCF710" w14:textId="11CD5B40" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk498606482"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="352EEA78" w14:textId="637158D0" w:rsidR="00035805" w:rsidRPr="008B7751" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a </w:t>
             </w:r>
             <w:r w:rsidR="00D066D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6529,51 +6366,50 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00F44C9E" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="372BED11" w14:textId="24FD7158" w:rsidR="00035805" w:rsidRDefault="00391CA4" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="0029340D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6676,76 +6512,74 @@
               </w:rPr>
               <w:t xml:space="preserve">bath </w:t>
             </w:r>
             <w:r w:rsidR="00F26227">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> incubator is used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="6C4487D5" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46138DCB" w14:textId="0615727B" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C4FE065" w14:textId="269732C5" w:rsidR="00035805" w:rsidRDefault="00B3303D" w:rsidP="00FD711F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3303D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Are trays fully immersed and weighted in the water bath (i.e., not in plastic bags)? [IDEXX Colilert</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3303D">
@@ -6795,51 +6629,50 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57EB6E39" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="224B416D" w14:textId="77777777" w:rsidR="00ED028F" w:rsidRDefault="00ED028F" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="35455447" w14:textId="3C19A639" w:rsidR="00ED028F" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -7008,73 +6841,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="07ED1A85" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21E0E7BF" w14:textId="7FD59A04" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C27576A" w14:textId="709405B5" w:rsidR="00035805" w:rsidRPr="00414BED" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a comparator used to determine color intensity for result interpretation? [</w:t>
             </w:r>
             <w:r w:rsidR="00B3303D" w:rsidRPr="00B3303D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -7113,51 +6944,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75FE551B" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3913EE10" w14:textId="77777777" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B207DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Colilert</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -7213,73 +7043,71 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Yellow equal to or greater than the comparator when incubated at 44.5±0.2°C: Positive for fecal coliforms</w:t>
             </w:r>
             <w:r w:rsidR="0003793A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="4394BE5A" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E1F14D8" w14:textId="40829AA4" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="796F629B" w14:textId="767836DE" w:rsidR="00035805" w:rsidRPr="00DD4723" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the number of positive wells counted and recorded for large and small wells on a laboratory benchsheet? [IDEXX Colilert®-18 Method</w:t>
             </w:r>
             <w:r w:rsidR="00103D06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7381,51 +7209,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06BC997C" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C58CB78" w14:textId="77777777" w:rsidR="004D4AD4" w:rsidRDefault="00A8466F" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A76C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rule:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -7483,73 +7310,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Number.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="36609088" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C57532B" w14:textId="6D7363E9" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D1E759B" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00D8503D" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the MPN Table provided with the trays used to obtain a Most Probable Number? [IDEXX Colilert®-18 Method]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
@@ -7571,119 +7396,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58D4E8EE" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AF8D06B" w14:textId="53D44298" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Count the number of positive wells and refer to the MPN table provided with the trays to obtain a Most Probabl</w:t>
             </w:r>
             <w:r w:rsidR="005A76C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Number.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035805" w:rsidRPr="00A0149B" w14:paraId="41B357E3" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31958E65" w14:textId="7ECCD5C8" w:rsidR="00035805" w:rsidRDefault="00035805" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="629AC3BF" w14:textId="0B6C969F" w:rsidR="00A8466F" w:rsidRPr="00A8466F" w:rsidRDefault="00035805" w:rsidP="005267CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are results multiplied by an appropriate dilution factor when sample dilutions are made?</w:t>
             </w:r>
             <w:r w:rsidR="00170EE5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00170EE5" w:rsidRPr="00170EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7716,51 +7538,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C34ABA1" w14:textId="77777777" w:rsidR="00035805" w:rsidRPr="00A0149B" w:rsidRDefault="00035805" w:rsidP="00035805">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EFD491D" w14:textId="77777777" w:rsidR="00562745" w:rsidRPr="00D769F9" w:rsidRDefault="00562745" w:rsidP="00562745">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:ind w:left="-11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D769F9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[06-31855-00: Diluting water samples for use with the Quanti-Tray or Quanti-Tray/2000 system]</w:t>
             </w:r>
@@ -7804,73 +7625,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dilution factor</w:t>
             </w:r>
             <w:r w:rsidR="00D82338">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="0F569401" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="183F6959" w14:textId="1332487A" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53B9328E" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If multiple dilutions </w:t>
             </w:r>
             <w:r w:rsidR="004D4AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7908,51 +7727,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AFACEEF" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CFA4EB1" w14:textId="698E3A91" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D7103">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use the least-diluted sample that provides a</w:t>
             </w:r>
             <w:r w:rsidR="00F83CCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8039,73 +7857,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ver average the MPN values from </w:t>
             </w:r>
             <w:r w:rsidRPr="007D7103">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>different dilutions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00003631" w:rsidRPr="00A0149B" w14:paraId="5C09307E" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0778A3D6" w14:textId="0B133CAD" w:rsidR="00003631" w:rsidRDefault="00003631" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3A32086F" w14:textId="77777777" w:rsidR="00003631" w:rsidRDefault="00003631" w:rsidP="00003631">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C7A4CF0" w14:textId="77777777" w:rsidR="00003631" w:rsidRDefault="00003631" w:rsidP="00003631">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8189,51 +8005,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D36ECC7" w14:textId="77777777" w:rsidR="00003631" w:rsidRPr="00A0149B" w:rsidRDefault="00003631" w:rsidP="00003631">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3588CC0F" w14:textId="31A5521F" w:rsidR="00003631" w:rsidRDefault="00D769F9" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D769F9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>If reporting an average of duplicate results (instead of reporting both individual results), the DWR Water Quality Permitting Section has stipulated that it must be the geometric mean, not the arithmetic mean. This also applies if more than one sample is analyzed in a day.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="06475297" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
@@ -8385,51 +8200,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42FE964C" w14:textId="7C0B6FD7" w:rsidR="004305CB" w:rsidRDefault="004305CB" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BD8CBDC" w14:textId="77777777" w:rsidR="004305CB" w:rsidRDefault="004305CB" w:rsidP="004305CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are laboratory sterilized bottles </w:t>
             </w:r>
             <w:r w:rsidR="001F587F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8478,142 +8292,137 @@
             </w:r>
             <w:r w:rsidR="00924808" w:rsidRPr="00924808">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07118021" w14:textId="77777777" w:rsidR="004305CB" w:rsidRPr="00A0149B" w:rsidRDefault="004305CB" w:rsidP="004305CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="456D3739" w14:textId="77777777" w:rsidR="004305CB" w:rsidRPr="00A0149B" w:rsidRDefault="004305CB" w:rsidP="004305CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B28DA65" w14:textId="2CBA4835" w:rsidR="004305CB" w:rsidRDefault="00436020" w:rsidP="007C2FD0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00436020">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Minimally test for sterility one sample bottle per batch sterilized in the laboratory, or at a set percentage such as 1 to 4%. This is performed by adding sterile dilution/rinse water to the bottle after sterilization and then subsequently analyzing it as a sample. Document results. If sample bottles or bags are purchased pre-sterilized, verification of sterilization is not required if the laboratory maintains copies of the Certificate of Analysis from the vendor. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="7453976D" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DCA284D" w14:textId="5DCE97BF" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F78F8FF" w14:textId="6572BD68" w:rsidR="00A67694" w:rsidRDefault="004D5C9F" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[Optional] </w:t>
             </w:r>
             <w:r w:rsidR="00A67694">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8679,51 +8488,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0279EFE5" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="527C02A6" w14:textId="77777777" w:rsidR="00517B8E" w:rsidRDefault="00517B8E" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1AF4C41D" w14:textId="2E461AB9" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8926,73 +8734,71 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Results should match the Result Interpretation table above.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1208BD51" w14:textId="77777777" w:rsidR="00517B8E" w:rsidRPr="00A0149B" w:rsidRDefault="00517B8E" w:rsidP="00517B8E">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="659ABDBF" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="1133"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45E529FB" w14:textId="59A051FA" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="038865EB" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22BA92C8" w14:textId="061588A8" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9062,121 +8868,117 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E5CE64D" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CFC0E36" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00D3324E" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CB9F938" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00D3324E" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5D97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="25F62E05" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C6E3182" w14:textId="7675CA9E" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A6E425D" w14:textId="1301B371" w:rsidR="00A67694" w:rsidRDefault="00D769F9" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D769F9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>If the original sample has some background color, is the inoculated Colilert-18 sample compared to a control blank of the same water sample</w:t>
             </w:r>
             <w:r w:rsidR="00F94D46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
@@ -9253,121 +9055,117 @@
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62F4A042" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DB4DFD6" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EFC091A" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a water sample has some background color, compare inoculated Colilert®-18 sample to a control blank of the same water sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="7D0079CF" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70504E27" w14:textId="1FEB17B2" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53D3344A" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sealer checked monthly? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00D769F9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9390,137 +9188,133 @@
               </w:rPr>
               <w:t xml:space="preserve"> Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6889DA1D" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B818592" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02EDEF42" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the Quanti-Tray® or Quanti-Tray®/2000 test is used, the sealer must be checked monthly by adding a dye (e.g., food color or brom</w:t>
             </w:r>
             <w:r w:rsidR="00D769F9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">cresol purple to a water blank. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="2AD6368B" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="1106"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="164DFB4E" w14:textId="18F8CABA" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="48AEA88A" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6F84A1BA" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9621,121 +9415,117 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13065BA2" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75F60368" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79ED9767" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If dye is observed outside the wells, either perform maintenance or use another sealer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="55AE3D7B" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="1106"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76F72A2A" w14:textId="1B860ADA" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03198BE4" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent water testing being performed?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E235F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9760,69 +9550,67 @@
               </w:rPr>
               <w:t xml:space="preserve"> Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06185C69" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F9DCC8F" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13BD856D" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="004E235F" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E235F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At a minimum, reagent water used to make dilutions, prepare buffered dilution/rinse water or prepare media must be analyzed at least every twelve months for the following parameters: Specific Conductance, Total Organic Carbon, Cadmium, Chromium, Copper, Nickel, Lead, and Zinc.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68B45820" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="004E235F" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9964,73 +9752,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>as long as</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004E235F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> the Certificate of Analysis from the manufacturer meets these requirements and is kept on file.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="49D3F43D" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18798BAD" w14:textId="005B1967" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CF6F8ED" w14:textId="08AA1EC0" w:rsidR="00A67694" w:rsidRPr="000B495F" w:rsidRDefault="00A67694" w:rsidP="00D21AAE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B495F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does the laboratory analyze duplicate samples at a rate of 5%</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10068,122 +9854,118 @@
               </w:rPr>
               <w:t>2H .0805 (a) (7) (C)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09B879FD" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="052C82E1" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17A5AC69" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5D97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="3CF62AEC" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="634D958F" w14:textId="41EA2D7B" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk504726939"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="326F8124" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7ABA1505" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B495F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10286,69 +10068,67 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29201464" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EBAF6A7" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75953297" w14:textId="77777777" w:rsidR="000C2DC9" w:rsidRDefault="000C2DC9" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses. Each laboratory shall calculate and document the precision and accuracy of all quality control analyses with each sample set.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77C2C775" w14:textId="77777777" w:rsidR="000C2DC9" w:rsidRDefault="000C2DC9" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10366,199 +10146,169 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02741">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The lab must set an acceptance criterion at all concentration levels. I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DEXX</w:t>
             </w:r>
             <w:r w:rsidRPr="00C02741">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> recommends basing acceptance on the 95% confidence range. Looking at the sample and duplicate ranges, they are acceptable </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> those 2 ranges overlap. Go to the following website to download a program where you can enter results and it will </w:t>
+              <w:t xml:space="preserve"> recommends basing acceptance on the 95% confidence range. Looking at the sample and duplicate ranges, they are acceptable as long as those 2 ranges overlap. Go to the following website to download a program where you can enter results and it will </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>calculate the MPN and 95% confidence range</w:t>
             </w:r>
             <w:r w:rsidRPr="00C02741">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">-   </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="0032671D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://www.idexx.com/en/water/resources/mpn-generator/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00C02741">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t>, a chart</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Alternately, a chart</w:t>
             </w:r>
             <w:r w:rsidRPr="00801813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> that contains all possible MPN results with the corresponding 95% confidence levels</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> can be found on the technical assistance portion of our website.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BB013D8" w14:textId="77777777" w:rsidR="00927220" w:rsidRDefault="00927220" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>RPD may also be used for the acceptance criterion. When calculating the RPD, use the arithmetic mean.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="494D0331" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="1619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AD97753" w14:textId="20E2960F" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="13C391F5" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="689F0D63" w14:textId="57CF1E37" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B495F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10670,113 +10420,109 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EC7D2F8" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22F53FC6" w14:textId="77777777" w:rsidR="00A67694" w:rsidRPr="00A0149B" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="359C53F1" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67694" w:rsidRPr="00A0149B" w14:paraId="4AC4AAF3" w14:textId="77777777" w:rsidTr="00B06FD0">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A8042F2" w14:textId="2FA38E60" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00B06FD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="173" w:firstLine="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15951715" w14:textId="388A368A" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10862,51 +10608,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77F2F764" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00A67694">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F09A88C" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7093C804" w14:textId="77777777" w:rsidR="00A67694" w:rsidRDefault="00A67694" w:rsidP="00C16889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11327,52 +11072,52 @@
       <w:r w:rsidRPr="00B112E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="198" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7650"/>
-        <w:gridCol w:w="3240"/>
+        <w:gridCol w:w="7643"/>
+        <w:gridCol w:w="3237"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B1076A" w:rsidRPr="00A76B25" w14:paraId="6D3F5B34" w14:textId="77777777" w:rsidTr="00A76B25">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="043708FE" w14:textId="77777777" w:rsidR="00B1076A" w:rsidRPr="00A76B25" w:rsidRDefault="00B1076A" w:rsidP="00A76B25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Appearance</w:t>
@@ -11388,149 +11133,145 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Result</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B1076A" w:rsidRPr="00A76B25" w14:paraId="651BA5CB" w14:textId="77777777" w:rsidTr="00A76B25">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="329AD8AC" w14:textId="77777777" w:rsidR="00B1076A" w:rsidRPr="00A76B25" w:rsidRDefault="00B1076A" w:rsidP="00A76B25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Less yellow than comparator when </w:t>
             </w:r>
             <w:r w:rsidR="00B112E6" w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>incubated</w:t>
             </w:r>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> at 44.5°C ± 0.2°C</w:t>
             </w:r>
             <w:r w:rsidR="00B112E6" w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7976FED8" w14:textId="77777777" w:rsidR="00B1076A" w:rsidRPr="00A76B25" w:rsidRDefault="00B1076A" w:rsidP="00A76B25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Negative for fecal coliforms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B1076A" w:rsidRPr="00A76B25" w14:paraId="402759EF" w14:textId="77777777" w:rsidTr="00A76B25">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70B44A5D" w14:textId="77777777" w:rsidR="00B1076A" w:rsidRPr="00A76B25" w:rsidRDefault="00B112E6" w:rsidP="00A76B25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yellow equal to or greater than the comparator when incubated at 44.5°C ± 0.2°C.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F95C805" w14:textId="77777777" w:rsidR="00B1076A" w:rsidRPr="00A76B25" w:rsidRDefault="00B1076A" w:rsidP="00A76B25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Positive for fecal coliforms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="40B1F1CD" w14:textId="77777777" w:rsidR="00B1076A" w:rsidRDefault="00B1076A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -11576,394 +11317,1591 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="785C1468" w14:textId="77777777" w:rsidR="00147D5F" w:rsidRDefault="00147D5F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="00147D5F" w:rsidSect="00B37ADC">
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="432" w:right="576" w:bottom="432" w:left="576" w:header="288" w:footer="144" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F87CB4B" w14:textId="77777777" w:rsidR="005073C4" w:rsidRDefault="009A6A40">
+    <w:p w14:paraId="5748FD66" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="003C2B48">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:lastRenderedPageBreak/>
+        <w:t>Colilert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>-18 Fecal Coliform Protocol Addendum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="262E224D" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>Follow the procedures in this protocol addendum when using Colilert-18 to test for fecal coliforms in wastewater. Please refer to the printed package insert for kit storage requirements or when using Colilert-18 to test for total coliforms/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>E. coli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E69B32" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="003C2B48">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>Quanti-Tray</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">® </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>Enumeration Procedure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DCA1FB" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>1. Add contents of one snap pack to a 100 mL room temperature water sample in a sterile vessel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723F0BB2" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>2. Cap vessel and shake until dissolved.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B0B30E" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t xml:space="preserve">3. Pour sample/reagent mixture into a Quanti-Tray or Quanti-Tray/2000 and seal in an IDEXX Quanti-Tray Sealer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D228FB" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>4. Place the sealed tray in a 44.5˚C ±0.2˚C incubator for 18 hours (prewarming to 35˚C is not required). For incubation in a water bath, submerge the Quanti-Tray, as is, below the water level using a weighted ring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297AF9A1" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>5. Read results according to the Result Interpretation table below. Count the number of positive wells and refer to the MPN table provided with the Quanti-Tray to obtain a Most Probable Number.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC76429" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="003C2B48">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>Result Interpretation</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10448" w:type="dxa"/>
+        <w:tblInd w:w="-168" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5224"/>
+        <w:gridCol w:w="5224"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F1BC8" w:rsidRPr="0043103B" w14:paraId="10E039E7" w14:textId="77777777" w:rsidTr="00096385">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="155A6E76" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="00096385">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0043103B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Appearance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="494C5831" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="00096385">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0043103B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Result</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F1BC8" w:rsidRPr="0043103B" w14:paraId="18F227CE" w14:textId="77777777" w:rsidTr="00096385">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="051A0E31" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="00096385">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0043103B">
+              <w:t>Less yellow than the comparator when incubated at 44.5°C ±0.2°C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="539F14EA" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="00096385">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0043103B">
+              <w:t>Negative for fecal coliforms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F1BC8" w:rsidRPr="0043103B" w14:paraId="1A573AC8" w14:textId="77777777" w:rsidTr="00096385">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CEDD8AA" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="00096385">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0043103B">
+              <w:t>Yellow equal to or greater than the comparator when incubated at 44.5°C ±0.2°C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B9DA887" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="00096385">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0043103B">
+              <w:t>Positive for fecal coliforms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1F76C853" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t xml:space="preserve"> • Colilert-18 results are definitive at 18–22 hours. In addition, positives for fecal coliforms observed before 18 hours and negatives observed after 22 hours are also valid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEFDE70" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="003C2B48">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>Quality Control Procedures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3530B3" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>The following quality control procedure is recommended for each lot of Colilert-18 when used for fecal coliform testing at 44.5˚C ±0.2˚C:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469A1DD7" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>1. Fill two sterile vessels with 100 mL sterile water and inoculate one with a fecal coliform (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>E. coli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>) and one with a non-fecal coliform (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Pseudomonas aeruginosa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>) using the following recommended strains:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2177A0A4" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t xml:space="preserve">• A sterile loop of ATTC2 strains, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">E. coli </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:t xml:space="preserve">ATCC 25922 or 11775 and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pseudomonas aeruginosa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>ATCC 10145 or 27853</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055A7DC3" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRPr="0043103B" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0043103B">
+        <w:t>2. Follow the Quanti-Tray Enumeration Procedure above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B974E92" w14:textId="77777777" w:rsidR="008F1BC8" w:rsidRDefault="008F1BC8" w:rsidP="008F1BC8">
+      <w:r w:rsidRPr="0043103B">
+        <w:t>3. Results should match the Result Interpretation table above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F87CB4B" w14:textId="38C777BA" w:rsidR="005073C4" w:rsidRDefault="005073C4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00FA369B">
-[...31 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="178F03A5" w14:textId="77777777" w:rsidR="009A6A40" w:rsidRDefault="009A6A40">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="648B8D1B" w14:textId="77777777" w:rsidR="009A6A40" w:rsidRDefault="009A6A40">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="009A6A40">
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22DF7F34" w14:textId="77777777" w:rsidR="00AF0F3F" w:rsidRDefault="00B94C93">
+    <w:p w14:paraId="225B1988" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t>Quanti-Tray* and Quanti-Tray*/2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEF4A41" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t>Diluting water samples for use with the Quanti-Tray* or Quanti-Tray*/2000 system</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46005CE8" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">The maximum counting ranges for Quanti-Tray and Quanti-Tray/2000 greatly reduce the need for manual dilutions. However, if you suspect a sample may be heavily contaminated, follow these guidelines to dilute the sample before testing: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F8FA17" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">• Dilute the sample if the expected MPN value, based on the MPN table included in the Quanti-Tray insert, will be: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689EF49B" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">• &gt;200 per 100-mL sample for the 51-well Quanti-Tray </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="351ADD9D" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">• &gt;2,419 per 100-mL sample for the 97-well Quanti-Tray/2000 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B49AD0" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">• Dilute the sample before adding the Colilert*, Colilert*-18, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t>Colisure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">*, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t>Pseudalert</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">*, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t>Enterolert</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">*, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t>Enterolert</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">*-DW or HPC for Quanti-Tray* reagent to the sample. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A4020B" w14:textId="2AF9BE69" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t>• Always use sterile deionized (DI) water as the diluent, as described in the package insert.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1245D8C9" w14:textId="77777777" w:rsidR="00A379A9" w:rsidRDefault="00A379A9" w:rsidP="007B0267"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1152"/>
+        <w:gridCol w:w="1152"/>
+        <w:gridCol w:w="1152"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007B0267" w14:paraId="6953312F" w14:textId="77777777" w:rsidTr="00096385">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEF29BA" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t xml:space="preserve"> Dilution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55209438" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>Sample</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE30567" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>Diluent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0267" w14:paraId="123EBB7F" w14:textId="77777777" w:rsidTr="00096385">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3792C013" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>1:2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DF773D" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t xml:space="preserve">50 mL + </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EEE2CEF" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>50 mL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0267" w14:paraId="0ABEF646" w14:textId="77777777" w:rsidTr="00096385">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BABB58E" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>1:4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5560C7D3" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>25 mL +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CDECF2D" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>75 mL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0267" w14:paraId="11B4DE77" w14:textId="77777777" w:rsidTr="00096385">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFA97E5" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>1:5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA21C6F" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>20 mL +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1829ABEA" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>80 mL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0267" w14:paraId="6DF08D35" w14:textId="77777777" w:rsidTr="00096385">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C74662" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>1:10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E3FE90" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>10 mL +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72A98F6F" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>90 mL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0267" w14:paraId="58D0BAD8" w14:textId="77777777" w:rsidTr="00096385">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40661C12" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t xml:space="preserve">1:20 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="284FB515" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>5 mL +</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E2B89A" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="00096385">
+            <w:r w:rsidRPr="003E4FC6">
+              <w:t>95 mL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5A9CD492" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D93D8A7" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="007B0267"/>
+    <w:p w14:paraId="3BEB62EC" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="007B0267"/>
+    <w:p w14:paraId="503ED2EC" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="152E83C0" w14:textId="77777777" w:rsidR="007B0267" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C3222F5" w14:textId="77777777" w:rsidR="00A379A9" w:rsidRDefault="00A379A9" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D9A7FE8" w14:textId="77777777" w:rsidR="00A379A9" w:rsidRDefault="00A379A9" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34811253" w14:textId="5A73F568" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t>Example using a 1:20 dilution</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A8CF1F" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">1. Mix the sample thoroughly and then withdraw 5 mL using a sterile pipette, or equivalent, and transfer sample to a sterile vessel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="251EB15A" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">2. Add 95 mL of sterile DI water to the vessel. Note: Diluent can be added to the vessel first, followed by the sample. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2586A26A" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t>3. Add a packet of reagent to the diluted sample and mix well to dissolve.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39117262" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t>4. Pour sample into a Quanti-Tray or Quanti-Tray/2000 tray, seal, and then incubate following instructions in the package insert.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5DE414" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t>5. Follow instructions in the package insert to record the number of positive wells.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4603C23C" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC6">
+        <w:t xml:space="preserve">6. Use the appropriate MPN chart (for Quanti-Tray or Quanti-Tray/2000) to obtain the MPN/100 mL value. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193F5217" w14:textId="77777777" w:rsidR="007B0267" w:rsidRPr="003E4FC6" w:rsidRDefault="007B0267" w:rsidP="007B0267">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A379A9">
+        <w:t>7. To correct the result for dilution, multiply the MPN value by the dilution factor (20).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22DF7F34" w14:textId="64300C77" w:rsidR="00AF0F3F" w:rsidRDefault="00AF0F3F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="731FC135" w14:textId="77777777" w:rsidR="00AF0F3F" w:rsidRDefault="00AF0F3F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24440DDC" w14:textId="77777777" w:rsidR="00AF0F3F" w:rsidRDefault="00AF0F3F">
+    <w:p w14:paraId="24440DDC" w14:textId="1C6643C4" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E575660" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t>Correcting the MPN and confidence interval</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="174550EF" w14:textId="19CCBC0F" w:rsidR="00BC3EA3" w:rsidRPr="00655707" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="593EAE39" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:r w:rsidRPr="00655707">
+        <w:t>When a sample has been diluted, you must correct the MPN value and the lower and upper confidence limits (CLs). Multiply these values by the dilution factor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54AEB2E6" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRPr="00655707" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t>Example using a 1:20 dilution</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D11F480" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRPr="00655707" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve">Original MPN </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00655707">
+        <w:t>64/100 mL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44DDAF43" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRPr="00655707" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve">Original 95% CLs </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00655707">
+        <w:t>46.8 (lower); 85.1 (upper)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0799723D" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRPr="00655707" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve">Dilution factor </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00655707">
+        <w:t>20 (5 mL sample)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C039EC" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRPr="00655707" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve">Corrected MPN </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00655707">
+        <w:t>64 x 20 = 1,280/100 mL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7AC934" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRPr="00655707" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve">Corrected lower CL </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve">46.8 x 20 = 936 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A85D21D" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:r w:rsidRPr="00655707">
+        <w:t>Corrected upper CL</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00655707">
+        <w:t>85.1 x 20 = 1,702</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50031F15" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3"/>
+    <w:p w14:paraId="2ADA970D" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t>Which dilution should be used when reporting Quanti-Tray results?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12672395" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRPr="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EE19282" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRPr="00655707" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve">Use the least-diluted sample that provides a readable tray with results that most closely approach 70%-80% positive wells. Sensitivity may be lost with each increasing dilution. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EBE5553" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:r w:rsidRPr="00655707">
+        <w:t>IMPORTANT: Never average the MPN values from different dilutions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DC31A8" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRPr="00655707" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t>Example using three dilutions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7869F86F" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:r w:rsidRPr="00655707">
+        <w:t>For this example, three dilutions (1:2, 1:10, and 1:100) are tested using Quanti-Tray/2000. After incubation, the three trays provide the following positive-well counts:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1152"/>
+        <w:gridCol w:w="1152"/>
+        <w:gridCol w:w="1152"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BC3EA3" w14:paraId="6A8646EB" w14:textId="77777777" w:rsidTr="00096385">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="146CA4A7" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+              </w:rPr>
+              <w:t>Dilution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F5448E" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+              </w:rPr>
+              <w:t>Large wells</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A53C3AB" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+              </w:rPr>
+              <w:t>Small wells</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC3EA3" w14:paraId="541EA616" w14:textId="77777777" w:rsidTr="00096385">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5B905F" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+                <w:rFonts w:ascii="Swis721 Lt BT" w:hAnsi="Swis721 Lt BT" w:cs="Swis721 Lt BT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1:2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBE4EAD" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+                <w:rFonts w:ascii="Swis721 Lt BT" w:hAnsi="Swis721 Lt BT" w:cs="Swis721 Lt BT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">38 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DD053B" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+                <w:rFonts w:ascii="Swis721 Lt BT" w:hAnsi="Swis721 Lt BT" w:cs="Swis721 Lt BT"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC3EA3" w14:paraId="6FB8F639" w14:textId="77777777" w:rsidTr="00096385">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D68B49" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+                <w:rFonts w:ascii="Swis721 Lt BT" w:hAnsi="Swis721 Lt BT" w:cs="Swis721 Lt BT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1:10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAA3B92" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+                <w:rFonts w:ascii="Swis721 Lt BT" w:hAnsi="Swis721 Lt BT" w:cs="Swis721 Lt BT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BC37E4" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+                <w:rFonts w:ascii="Swis721 Lt BT" w:hAnsi="Swis721 Lt BT" w:cs="Swis721 Lt BT"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC3EA3" w14:paraId="54F0D5F5" w14:textId="77777777" w:rsidTr="00096385">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CAE517" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+                <w:rFonts w:ascii="Swis721 Lt BT" w:hAnsi="Swis721 Lt BT" w:cs="Swis721 Lt BT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1:100 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C36AE9" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+                <w:rFonts w:ascii="Swis721 Lt BT" w:hAnsi="Swis721 Lt BT" w:cs="Swis721 Lt BT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE95865" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00096385">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="A4"/>
+                <w:rFonts w:ascii="Swis721 Lt BT" w:hAnsi="Swis721 Lt BT" w:cs="Swis721 Lt BT"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="342A3E4A" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="364D0BD8" w14:textId="7F13C2EF" w:rsidR="00BC3EA3" w:rsidRPr="00655707" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve">The results from the 1:2 dilution should be reported, because it is the least-diluted sample that has results closest to 70%–80% positive wells. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44CC3044" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve">The 1:10 dilution would yield a higher MPN compared to the 1:2 dilution, because of the dilution factor of 10. The 1:100 dilution has a large multiplier that would result in an erroneously high number because of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00655707">
+        <w:t>overdilution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve"> of the sample.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1201DD0D" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3"/>
+    <w:p w14:paraId="68646F87" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t>Dilutions may not be necessary when using Quanti-Tray</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="058D07F7" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRPr="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70176B2D" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve">According to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655707">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Standard Methods for the Examination of Water and Wastewater</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve">,1 section 9222, three dilutions are recommended for membrane filtration </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00655707">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00655707">
+        <w:t xml:space="preserve"> yield 20–80 colonies/plate for total coliforms and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655707">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">E. coli, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655707">
+        <w:t>and 20–60 colonies/plate for fecal coliforms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B465BC" w14:textId="77777777" w:rsidR="00BC3EA3" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3"/>
+    <w:p w14:paraId="1A427465" w14:textId="4D779515" w:rsidR="00AF0F3F" w:rsidRDefault="00BC3EA3" w:rsidP="00BC3EA3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00655707">
+        <w:t>However, when using Quanti-Tray or Quanti-Tray/2000, two to three dilutions are usually not needed. For a 100-mL sample, Quanti-Tray has a most-probable-number (MPN) range of up to 200 and Quanti-Tray/2000 has a range of up to 2,419. Even when samples are heavily contaminated, a single dilution may be sufficient.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="61D47149" w14:textId="77777777" w:rsidR="00AF0F3F" w:rsidRDefault="00AF0F3F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E0AD87C" w14:textId="77777777" w:rsidR="00AF0F3F" w:rsidRDefault="00AF0F3F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="711FD427" w14:textId="77777777" w:rsidR="00AF0F3F" w:rsidRDefault="00AF0F3F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D1AC477" w14:textId="77777777" w:rsidR="00AF0F3F" w:rsidRPr="005073C4" w:rsidRDefault="00B94C93">
+    <w:p w14:paraId="6D1AC477" w14:textId="7335E2B5" w:rsidR="00AF0F3F" w:rsidRPr="005073C4" w:rsidRDefault="00AF0F3F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AF0F3F" w:rsidRPr="005073C4">
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="566C94CA" w14:textId="77777777" w:rsidR="00EC2FAC" w:rsidRDefault="00EC2FAC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5353570E" w14:textId="77777777" w:rsidR="00EC2FAC" w:rsidRDefault="00EC2FAC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="06DDD020" w14:textId="77777777" w:rsidR="00EC2FAC" w:rsidRDefault="00EC2FAC"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swiss 72 1 BT">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Swiss 72 1 BT"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Swis721 Md BT">
+    <w:altName w:val="Swis721 Md BT"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Swis721 Lt BT">
+    <w:altName w:val="Swis721 Lt BT"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="764F7D85" w14:textId="6685D9D8" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48" w:rsidP="00B30569">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="008702E0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>07/26/2023</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4FA12F9F" w14:textId="5D302467" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="00F94D46">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>07/26/2023</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="184779A7" w14:textId="77777777" w:rsidR="00EC2FAC" w:rsidRDefault="00EC2FAC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2CE44F78" w14:textId="77777777" w:rsidR="00EC2FAC" w:rsidRDefault="00EC2FAC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="445C2056" w14:textId="77777777" w:rsidR="00EC2FAC" w:rsidRDefault="00EC2FAC"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="537693A4" w14:textId="05EDBFF2" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="00247019">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Fecal Coliform-Colilert 18</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
@@ -12000,51 +12938,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004A2DDB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="157A0E16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B1E3654"/>
     <w:lvl w:ilvl="0" w:tplc="87461CF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12418,121 +13356,105 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="679702785">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1970430096">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1206480182">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1577278084">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1278950532">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="106"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="172"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2053"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="00003631"/>
     <w:rsid w:val="0000651F"/>
     <w:rsid w:val="0001270B"/>
     <w:rsid w:val="000140B1"/>
     <w:rsid w:val="00022ECF"/>
     <w:rsid w:val="00023886"/>
     <w:rsid w:val="000308DB"/>
     <w:rsid w:val="00032566"/>
     <w:rsid w:val="00035805"/>
     <w:rsid w:val="0003793A"/>
     <w:rsid w:val="000444B2"/>
     <w:rsid w:val="000611A6"/>
     <w:rsid w:val="00074801"/>
     <w:rsid w:val="000751BD"/>
     <w:rsid w:val="0008089E"/>
     <w:rsid w:val="000A0BCD"/>
     <w:rsid w:val="000A693C"/>
     <w:rsid w:val="000B0162"/>
     <w:rsid w:val="000B7002"/>
     <w:rsid w:val="000C25B2"/>
     <w:rsid w:val="000C2DC9"/>
     <w:rsid w:val="000C5741"/>
     <w:rsid w:val="000D06F1"/>
+    <w:rsid w:val="000D172F"/>
     <w:rsid w:val="000D1C6B"/>
     <w:rsid w:val="000D57B4"/>
     <w:rsid w:val="000E0DFC"/>
     <w:rsid w:val="000E721E"/>
     <w:rsid w:val="000F7963"/>
     <w:rsid w:val="00103D06"/>
     <w:rsid w:val="001141F6"/>
     <w:rsid w:val="001229A9"/>
     <w:rsid w:val="00123616"/>
     <w:rsid w:val="00132AEF"/>
     <w:rsid w:val="001379EC"/>
     <w:rsid w:val="0014135D"/>
     <w:rsid w:val="00147D5F"/>
     <w:rsid w:val="00147FD6"/>
     <w:rsid w:val="00150A31"/>
     <w:rsid w:val="001512CC"/>
     <w:rsid w:val="00152FD2"/>
     <w:rsid w:val="00156898"/>
     <w:rsid w:val="001568F0"/>
     <w:rsid w:val="0016533D"/>
     <w:rsid w:val="00170EE5"/>
     <w:rsid w:val="00171175"/>
     <w:rsid w:val="00184288"/>
     <w:rsid w:val="0018507D"/>
     <w:rsid w:val="001920D1"/>
@@ -12579,50 +13501,51 @@
     <w:rsid w:val="002B3DD8"/>
     <w:rsid w:val="002B7107"/>
     <w:rsid w:val="002D739D"/>
     <w:rsid w:val="002E069A"/>
     <w:rsid w:val="002E0D22"/>
     <w:rsid w:val="003050EE"/>
     <w:rsid w:val="00312389"/>
     <w:rsid w:val="0031524B"/>
     <w:rsid w:val="00320170"/>
     <w:rsid w:val="00320393"/>
     <w:rsid w:val="00323F9C"/>
     <w:rsid w:val="00324334"/>
     <w:rsid w:val="00326EFB"/>
     <w:rsid w:val="0033482A"/>
     <w:rsid w:val="00336D4B"/>
     <w:rsid w:val="003604AB"/>
     <w:rsid w:val="003706AC"/>
     <w:rsid w:val="00373DB4"/>
     <w:rsid w:val="00391CA4"/>
     <w:rsid w:val="003A0766"/>
     <w:rsid w:val="003B1F27"/>
     <w:rsid w:val="003B29E8"/>
     <w:rsid w:val="003B2AC8"/>
     <w:rsid w:val="003B5F97"/>
     <w:rsid w:val="003B7000"/>
+    <w:rsid w:val="003C2B48"/>
     <w:rsid w:val="003C3947"/>
     <w:rsid w:val="003C52EF"/>
     <w:rsid w:val="003D4CDB"/>
     <w:rsid w:val="003D5D83"/>
     <w:rsid w:val="003D7728"/>
     <w:rsid w:val="003D7CCF"/>
     <w:rsid w:val="003E13EC"/>
     <w:rsid w:val="003E5CE1"/>
     <w:rsid w:val="003E6B75"/>
     <w:rsid w:val="003E77EA"/>
     <w:rsid w:val="003F7142"/>
     <w:rsid w:val="003F7853"/>
     <w:rsid w:val="004058C1"/>
     <w:rsid w:val="004060DF"/>
     <w:rsid w:val="004072E1"/>
     <w:rsid w:val="00407CD0"/>
     <w:rsid w:val="0041037E"/>
     <w:rsid w:val="00411C00"/>
     <w:rsid w:val="00417C47"/>
     <w:rsid w:val="004305CB"/>
     <w:rsid w:val="00431E1C"/>
     <w:rsid w:val="00436020"/>
     <w:rsid w:val="00447858"/>
     <w:rsid w:val="00451DA9"/>
     <w:rsid w:val="00464CD7"/>
@@ -12699,124 +13622,127 @@
     <w:rsid w:val="006C006F"/>
     <w:rsid w:val="006C4002"/>
     <w:rsid w:val="006C57F2"/>
     <w:rsid w:val="006F17D2"/>
     <w:rsid w:val="006F6895"/>
     <w:rsid w:val="007112E0"/>
     <w:rsid w:val="00727660"/>
     <w:rsid w:val="00732310"/>
     <w:rsid w:val="007341C7"/>
     <w:rsid w:val="0073443F"/>
     <w:rsid w:val="007434D7"/>
     <w:rsid w:val="007439B3"/>
     <w:rsid w:val="00744E0B"/>
     <w:rsid w:val="00746079"/>
     <w:rsid w:val="00753DDE"/>
     <w:rsid w:val="00765F04"/>
     <w:rsid w:val="007763A0"/>
     <w:rsid w:val="00783226"/>
     <w:rsid w:val="0078773C"/>
     <w:rsid w:val="00787BBB"/>
     <w:rsid w:val="007904F1"/>
     <w:rsid w:val="00790E22"/>
     <w:rsid w:val="00793F37"/>
     <w:rsid w:val="0079656A"/>
     <w:rsid w:val="007A0279"/>
+    <w:rsid w:val="007B0267"/>
     <w:rsid w:val="007B031F"/>
     <w:rsid w:val="007B267E"/>
     <w:rsid w:val="007B7BC8"/>
     <w:rsid w:val="007C07B1"/>
     <w:rsid w:val="007C2248"/>
     <w:rsid w:val="007C2FD0"/>
     <w:rsid w:val="007C5FDB"/>
     <w:rsid w:val="007C61CC"/>
     <w:rsid w:val="007D2945"/>
     <w:rsid w:val="007E056B"/>
     <w:rsid w:val="007E10E9"/>
     <w:rsid w:val="007E5F97"/>
     <w:rsid w:val="007F0641"/>
     <w:rsid w:val="007F5661"/>
     <w:rsid w:val="007F691D"/>
     <w:rsid w:val="007F6A00"/>
     <w:rsid w:val="007F75CF"/>
     <w:rsid w:val="00801F2F"/>
     <w:rsid w:val="008164D0"/>
     <w:rsid w:val="0083413A"/>
     <w:rsid w:val="008352D2"/>
     <w:rsid w:val="008451F0"/>
     <w:rsid w:val="008629A7"/>
     <w:rsid w:val="00862DAF"/>
     <w:rsid w:val="008702E0"/>
     <w:rsid w:val="00874DF8"/>
     <w:rsid w:val="00885755"/>
     <w:rsid w:val="00890EE2"/>
     <w:rsid w:val="00894441"/>
     <w:rsid w:val="008947B3"/>
     <w:rsid w:val="008A08ED"/>
     <w:rsid w:val="008A2222"/>
     <w:rsid w:val="008B040A"/>
     <w:rsid w:val="008B66B7"/>
     <w:rsid w:val="008B7751"/>
     <w:rsid w:val="008C085A"/>
     <w:rsid w:val="008C5BB1"/>
     <w:rsid w:val="008D24D0"/>
     <w:rsid w:val="008D65E8"/>
+    <w:rsid w:val="008F1BC8"/>
     <w:rsid w:val="008F5EF6"/>
     <w:rsid w:val="008F7915"/>
     <w:rsid w:val="0091137B"/>
     <w:rsid w:val="00924808"/>
     <w:rsid w:val="00927220"/>
     <w:rsid w:val="0093152B"/>
     <w:rsid w:val="00946D0A"/>
     <w:rsid w:val="00947BFD"/>
     <w:rsid w:val="00953010"/>
     <w:rsid w:val="00953A66"/>
     <w:rsid w:val="00955C80"/>
     <w:rsid w:val="009604BC"/>
     <w:rsid w:val="00961CA9"/>
     <w:rsid w:val="00962A19"/>
     <w:rsid w:val="00962C75"/>
     <w:rsid w:val="00973622"/>
     <w:rsid w:val="00973B95"/>
     <w:rsid w:val="00987DB0"/>
     <w:rsid w:val="0099145D"/>
     <w:rsid w:val="00992192"/>
     <w:rsid w:val="009A29C6"/>
     <w:rsid w:val="009A6A40"/>
     <w:rsid w:val="009C11FE"/>
     <w:rsid w:val="009E3401"/>
     <w:rsid w:val="009F161E"/>
     <w:rsid w:val="009F2C43"/>
     <w:rsid w:val="009F33E9"/>
     <w:rsid w:val="009F6F97"/>
     <w:rsid w:val="00A0051B"/>
     <w:rsid w:val="00A03B90"/>
     <w:rsid w:val="00A06FDF"/>
     <w:rsid w:val="00A07B4B"/>
     <w:rsid w:val="00A223C1"/>
     <w:rsid w:val="00A271F5"/>
     <w:rsid w:val="00A34107"/>
+    <w:rsid w:val="00A379A9"/>
     <w:rsid w:val="00A40A5D"/>
     <w:rsid w:val="00A52FC4"/>
     <w:rsid w:val="00A563E7"/>
     <w:rsid w:val="00A62554"/>
     <w:rsid w:val="00A66AE1"/>
     <w:rsid w:val="00A67694"/>
     <w:rsid w:val="00A7027D"/>
     <w:rsid w:val="00A73CD1"/>
     <w:rsid w:val="00A76B25"/>
     <w:rsid w:val="00A84541"/>
     <w:rsid w:val="00A8466F"/>
     <w:rsid w:val="00AA0503"/>
     <w:rsid w:val="00AA6D74"/>
     <w:rsid w:val="00AA7D8E"/>
     <w:rsid w:val="00AB49BD"/>
     <w:rsid w:val="00AB4EC4"/>
     <w:rsid w:val="00AB7242"/>
     <w:rsid w:val="00AC6184"/>
     <w:rsid w:val="00AF0F3F"/>
     <w:rsid w:val="00AF3D97"/>
     <w:rsid w:val="00B0481F"/>
     <w:rsid w:val="00B0694C"/>
     <w:rsid w:val="00B06FD0"/>
     <w:rsid w:val="00B1076A"/>
     <w:rsid w:val="00B112E6"/>
@@ -12826,50 +13752,51 @@
     <w:rsid w:val="00B2637C"/>
     <w:rsid w:val="00B30569"/>
     <w:rsid w:val="00B3303D"/>
     <w:rsid w:val="00B37ADC"/>
     <w:rsid w:val="00B37C78"/>
     <w:rsid w:val="00B40789"/>
     <w:rsid w:val="00B42049"/>
     <w:rsid w:val="00B54A6F"/>
     <w:rsid w:val="00B57EE4"/>
     <w:rsid w:val="00B666B8"/>
     <w:rsid w:val="00B67B6E"/>
     <w:rsid w:val="00B713BF"/>
     <w:rsid w:val="00B80A24"/>
     <w:rsid w:val="00B82F33"/>
     <w:rsid w:val="00B9557A"/>
     <w:rsid w:val="00BA1DC9"/>
     <w:rsid w:val="00BA43E3"/>
     <w:rsid w:val="00BA6AE8"/>
     <w:rsid w:val="00BA75C1"/>
     <w:rsid w:val="00BB0C70"/>
     <w:rsid w:val="00BB419D"/>
     <w:rsid w:val="00BB59E6"/>
     <w:rsid w:val="00BC1063"/>
     <w:rsid w:val="00BC290A"/>
     <w:rsid w:val="00BC37EF"/>
+    <w:rsid w:val="00BC3EA3"/>
     <w:rsid w:val="00BC4F54"/>
     <w:rsid w:val="00BC76BA"/>
     <w:rsid w:val="00BD0625"/>
     <w:rsid w:val="00BD2545"/>
     <w:rsid w:val="00BE51CA"/>
     <w:rsid w:val="00BF1C24"/>
     <w:rsid w:val="00BF3774"/>
     <w:rsid w:val="00BF3F9B"/>
     <w:rsid w:val="00BF5835"/>
     <w:rsid w:val="00BF6AF4"/>
     <w:rsid w:val="00C02741"/>
     <w:rsid w:val="00C1640D"/>
     <w:rsid w:val="00C16889"/>
     <w:rsid w:val="00C317D5"/>
     <w:rsid w:val="00C37462"/>
     <w:rsid w:val="00C41C1C"/>
     <w:rsid w:val="00C5166A"/>
     <w:rsid w:val="00C64799"/>
     <w:rsid w:val="00C74DDF"/>
     <w:rsid w:val="00C81B26"/>
     <w:rsid w:val="00C86893"/>
     <w:rsid w:val="00C9311D"/>
     <w:rsid w:val="00CA184E"/>
     <w:rsid w:val="00CB015F"/>
     <w:rsid w:val="00CB09CE"/>
@@ -12958,65 +13885,65 @@
     <w:rsid w:val="00FD6DC6"/>
     <w:rsid w:val="00FD711F"/>
     <w:rsid w:val="00FE06F7"/>
     <w:rsid w:val="00FE0BC3"/>
     <w:rsid w:val="00FE4632"/>
     <w:rsid w:val="00FF2AE8"/>
     <w:rsid w:val="00FF7F95"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2053"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1925AF27"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AAFF417F-710D-4BBB-A798-1B45FA3A1CB4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -13043,50 +13970,51 @@
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -13349,50 +14277,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
@@ -13559,55 +14488,66 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BB0C70"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000444B2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A4">
+    <w:name w:val="A4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BC3EA3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Swis721 Md BT"/>
+      <w:color w:val="211D1E"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="235628661">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="32192573">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -13701,51 +14641,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idexx.com/en/water/resources/mpn-generator/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idexx.com/en/water/resources/mpn-generator/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14012,229 +14952,202 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="afc49369ab4db5836bc2a0cfe3e2bb5f">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...15 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...79 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -14294,146 +15207,135 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F33EDF0E-A870-48B3-9296-3FD7C3D4C3B2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9ECC8376-DC3B-483B-929F-F21715A85DE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
     <ds:schemaRef ds:uri="97c26e27-a340-4306-98a7-c36055956ab5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FA115B4-FF36-4658-8BBB-FA11D70423DA}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{982DE4DB-8DCC-4781-BBD9-2AEEE458A388}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>16763</Characters>
+  <Pages>8</Pages>
+  <Words>3594</Words>
+  <Characters>21882</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>39</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>390</Lines>
+  <Paragraphs>299</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19664</CharactersWithSpaces>
+  <CharactersWithSpaces>25177</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4128826</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.idexx.com/en/water/resources/mpn-generator/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>