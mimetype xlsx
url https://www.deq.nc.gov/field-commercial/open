--- v0 (2025-10-08)
+++ v1 (2025-11-05)
@@ -554,51 +554,51 @@
           <t>Extension- General Phone #</t>
         </is>
       </c>
       <c r="J1" s="2" t="inlineStr">
         <is>
           <t>Fax #</t>
         </is>
       </c>
       <c r="K1" s="2" t="inlineStr">
         <is>
           <t>Lab Type</t>
         </is>
       </c>
       <c r="L1" s="2" t="inlineStr">
         <is>
           <t>Contact Email(s)</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="2">
       <c r="A2" s="4">
         <v>5038</v>
       </c>
       <c r="B2" s="5" t="inlineStr">
         <is>
-          <t>Wastewater Management L.L.C.</t>
+          <t>Wastewater Management LLC</t>
         </is>
       </c>
       <c r="C2" s="5" t="inlineStr">
         <is>
           <t>Mr. Randall Jarrell</t>
         </is>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>705 Sanford Rd.</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
           <t>Pittsboro</t>
         </is>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t>27312-    </t>
@@ -1024,51 +1024,51 @@
           <t>28557-    </t>
         </is>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>312-965-3728</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t>252-727-1645</t>
         </is>
       </c>
       <c r="K9" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L9" s="5" t="inlineStr">
         <is>
-          <t>anthony.futrell@carolinawaterservicenc.com; tony.konsul@carolinawaterservicenc.com</t>
+          <t>anthony.futrell@nexuswg.com; tony.konsul@nexuswg.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="10">
       <c r="A10" s="4">
         <v>5167</v>
       </c>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <t>RPB Systems Inc.</t>
         </is>
       </c>
       <c r="C10" s="5" t="inlineStr">
         <is>
           <t>Mr. Bob Barr</t>
         </is>
       </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>P.O. Box 1325</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t>Asheville</t>
@@ -1090,3465 +1090,3465 @@
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K10" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L10" s="5" t="inlineStr">
         <is>
           <t>rbarr@rpbsystems.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="11">
       <c r="A11" s="4">
-        <v>5169</v>
+        <v>5190</v>
       </c>
       <c r="B11" s="5" t="inlineStr">
         <is>
-          <t>Smith Industries</t>
+          <t>G.C. Environmental Inc.</t>
         </is>
       </c>
       <c r="C11" s="5" t="inlineStr">
         <is>
-          <t>Mr. Paul Smith</t>
+          <t>Mr. Guido Carrara</t>
         </is>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>235 Richardson Road</t>
+          <t>5312 Pinewood Ct.</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>Reidsville</t>
+          <t>Wendell</t>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
-          <t>27320-    </t>
+          <t>27591-    </t>
         </is>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
-          <t>336-932-9347</t>
+          <t>919-266-2864</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K11" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L11" s="5" t="inlineStr">
         <is>
-          <t>smithindustrie@bellsouth.net</t>
+          <t>gcenviron@yahoo.com.sg</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="12">
       <c r="A12" s="4">
-        <v>5190</v>
+        <v>5191</v>
       </c>
       <c r="B12" s="5" t="inlineStr">
         <is>
-          <t>G.C. Environmental Inc.</t>
+          <t>Carolina Water Service Inc. of NC - Western Region</t>
         </is>
       </c>
       <c r="C12" s="5" t="inlineStr">
         <is>
-          <t>Mr. Guido Carrara</t>
+          <t>Mr. Neil Reece</t>
         </is>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>5312 Pinewood Ct.</t>
+          <t>225 Pineola Street, Suite B</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>Wendell</t>
+          <t>Newland</t>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
-          <t>27591-    </t>
+          <t>28657-    </t>
         </is>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
-          <t>919-266-2864</t>
+          <t>828-552-0934</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>828-898-6962</t>
         </is>
       </c>
       <c r="K12" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L12" s="5" t="inlineStr">
         <is>
-          <t>gcenviron@yahoo.com.sg</t>
+          <t>ronnie.reece@nexuswg.com; travis.thomas@nexuswg.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="13">
       <c r="A13" s="4">
-        <v>5191</v>
+        <v>5195</v>
       </c>
       <c r="B13" s="5" t="inlineStr">
         <is>
-          <t>Carolina Water Service Inc. of NC - Western Region</t>
+          <t>Carson's</t>
         </is>
       </c>
       <c r="C13" s="5" t="inlineStr">
         <is>
-          <t>Mr. Neil Reece</t>
+          <t>Mr. James Carson</t>
         </is>
       </c>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>250 Dell Road</t>
+          <t>1356 St. Regis Dr.</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>Banner Elk</t>
+          <t>Burlington</t>
         </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
-          <t>28604-    </t>
+          <t>27217-    </t>
         </is>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
-          <t>828-552-0934</t>
+          <t>336-209-0945</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
-          <t>828-898-6962</t>
+          <t>336-570-0371</t>
         </is>
       </c>
       <c r="K13" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L13" s="5" t="inlineStr">
         <is>
-          <t>ronnie.reece@nexuswg.com</t>
+          <t>parrothead410@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="14">
       <c r="A14" s="4">
-        <v>5195</v>
+        <v>5212</v>
       </c>
       <c r="B14" s="5" t="inlineStr">
         <is>
-          <t>Carson's</t>
+          <t>Envirolink Inc.</t>
         </is>
       </c>
       <c r="C14" s="5" t="inlineStr">
         <is>
-          <t>Mr. James Carson</t>
+          <t>Mr. Donald Feller</t>
         </is>
       </c>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>1356 St. Regis Dr.</t>
+          <t>4700 Homewood Court, Suite 108</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>Burlington</t>
+          <t>Raleigh</t>
         </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
-          <t>27217-    </t>
+          <t>27609-    </t>
         </is>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
-          <t>336-209-0945</t>
+          <t>252-235-4900</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
-          <t>336-570-0371</t>
+          <t/>
         </is>
       </c>
       <c r="K14" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L14" s="5" t="inlineStr">
         <is>
-          <t>parrothead410@gmail.com</t>
+          <t>dsears@envirolinkinc.com; mmills@envirolinkinc; dfeller@envirolinkinc.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="15">
       <c r="A15" s="4">
-        <v>5212</v>
+        <v>5228</v>
       </c>
       <c r="B15" s="5" t="inlineStr">
         <is>
-          <t>Envirolink Inc.</t>
+          <t>Carolina Water Service Inc. - Charlotte Region</t>
         </is>
       </c>
       <c r="C15" s="5" t="inlineStr">
         <is>
-          <t>Mr. Anthony Branch</t>
+          <t>Mr. Larry Henry</t>
         </is>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>4700 Homewood Court, Suite 108</t>
+          <t>P.O. Box 240908</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>Raleigh</t>
+          <t>Charlotte</t>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
-          <t>27609-    </t>
+          <t>28224-    </t>
         </is>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
-          <t>252-235-4900</t>
+          <t>704-319-0516</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>704-558-4716</t>
         </is>
       </c>
       <c r="K15" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L15" s="5" t="inlineStr">
         <is>
-          <t>abranch@envirolinkinc.com; dsears@envirolinkinc.com; mmills@envirolinkinc.com; dmcdaniel@envirolinkinc.com; dfeller@envirolinkinc.com</t>
+          <t>larry.henry@nexuswg.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="16">
       <c r="A16" s="4">
-        <v>5228</v>
+        <v>5250</v>
       </c>
       <c r="B16" s="5" t="inlineStr">
         <is>
-          <t>Carolina Water Service Inc. - Charlotte Region</t>
+          <t>Royal Water Works Inc.</t>
         </is>
       </c>
       <c r="C16" s="5" t="inlineStr">
         <is>
-          <t>Mr. Larry Henry</t>
+          <t>Mr. Wesley Royal</t>
         </is>
       </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>P.O. Box 240908</t>
+          <t>P.O. Box 778</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>Charlotte</t>
+          <t>Pisgah Forest</t>
         </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
-          <t>28224-    </t>
+          <t>28768-    </t>
         </is>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
-          <t>704-319-0516</t>
+          <t>828-884-9537</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
-          <t>704-558-4716</t>
+          <t/>
         </is>
       </c>
       <c r="K16" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L16" s="5" t="inlineStr">
         <is>
-          <t>larry.henry@nexuswg.com</t>
+          <t>wesroyal@hotmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="17">
       <c r="A17" s="4">
-        <v>5250</v>
+        <v>5272</v>
       </c>
       <c r="B17" s="5" t="inlineStr">
         <is>
-          <t>Royal Water Works Inc.</t>
+          <t>Criscoe &amp; Associates Inc.</t>
         </is>
       </c>
       <c r="C17" s="5" t="inlineStr">
         <is>
-          <t>Mr. Wesley Royal</t>
+          <t>Mr. Michael Criscoe</t>
         </is>
       </c>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>P.O. Box 778</t>
+          <t>234 J- Bob Lane</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>Pisgah Forest</t>
+          <t>Biscoe</t>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
-          <t>28768-    </t>
+          <t>27209-    </t>
         </is>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
-          <t>828-884-9537</t>
+          <t>910-571-2902</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K17" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L17" s="5" t="inlineStr">
         <is>
-          <t>wesroyal@hotmail.com</t>
+          <t>catrod98@hotmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="18">
       <c r="A18" s="4">
-        <v>5272</v>
+        <v>5295</v>
       </c>
       <c r="B18" s="5" t="inlineStr">
         <is>
-          <t>Criscoe &amp; Associates Inc.</t>
+          <t>Leonard E. Stogner</t>
         </is>
       </c>
       <c r="C18" s="5" t="inlineStr">
         <is>
-          <t>Mr. Michael Criscoe</t>
+          <t>Mr. Leonard Stogner</t>
         </is>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>234 J- Bob Lane</t>
+          <t>30288 Bridge Road</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>Biscoe</t>
+          <t>Mt. Pleasant</t>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
-          <t>27209-    </t>
+          <t>28124-    </t>
         </is>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
-          <t>910-571-2902</t>
+          <t>704-309-1109</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K18" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L18" s="5" t="inlineStr">
         <is>
-          <t>catrod98@hotmail.com</t>
+          <t>stogner.leonard@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="19">
       <c r="A19" s="4">
-        <v>5295</v>
+        <v>5316</v>
       </c>
       <c r="B19" s="5" t="inlineStr">
         <is>
-          <t>Leonard E. Stogner</t>
+          <t>Wilson's Water Services</t>
         </is>
       </c>
       <c r="C19" s="5" t="inlineStr">
         <is>
-          <t>Mr. Leonard Stogner</t>
+          <t>Mr. Dennis Wilson</t>
         </is>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>30288 Bridge Road</t>
+          <t>3704 Ben Mil Ct.</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>Mt. Pleasant</t>
+          <t>Franklinton</t>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
-          <t>28124-    </t>
+          <t>27525-    </t>
         </is>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
-          <t>704-309-1109</t>
+          <t>919-691-2505</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K19" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L19" s="5" t="inlineStr">
         <is>
-          <t>stogner.leonard@gmail.com</t>
+          <t>dmwilson68@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="20">
       <c r="A20" s="4">
-        <v>5316</v>
+        <v>5322</v>
       </c>
       <c r="B20" s="5" t="inlineStr">
         <is>
-          <t>Wilson's Water Services</t>
+          <t>John Poteat</t>
         </is>
       </c>
       <c r="C20" s="5" t="inlineStr">
         <is>
-          <t>Mr. Dennis Wilson</t>
+          <t>Mr. John Poteat</t>
         </is>
       </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>3704 Ben Mil Ct.</t>
+          <t>P.O. Box 16474</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>Franklinton</t>
+          <t>Chapel Hill</t>
         </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
-          <t>27525-    </t>
+          <t>27516-    </t>
         </is>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
-          <t>919-691-2505</t>
+          <t>919-542-2530</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K20" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L20" s="5" t="inlineStr">
         <is>
-          <t>dmwilson68@gmail.com</t>
+          <t>Poteat2@aol.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="21">
       <c r="A21" s="4">
-        <v>5322</v>
+        <v>5332</v>
       </c>
       <c r="B21" s="5" t="inlineStr">
         <is>
-          <t>John Poteat</t>
+          <t>Environmental Field Management Inc.</t>
         </is>
       </c>
       <c r="C21" s="5" t="inlineStr">
         <is>
-          <t>Mr. John Poteat</t>
+          <t>Mr. Jeffrey Leaver</t>
         </is>
       </c>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>P.O. Box 16474</t>
+          <t>2300 Ireland Street SE</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>Chapel Hill</t>
+          <t>Bolivia</t>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
-          <t>27516-    </t>
+          <t>28422-    </t>
         </is>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
-          <t>919-542-2530</t>
+          <t>919-524-6129</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K21" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L21" s="5" t="inlineStr">
         <is>
-          <t>Poteat2@aol.com</t>
+          <t>jeffleaver.efm@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="22">
       <c r="A22" s="4">
-        <v>5332</v>
+        <v>5342</v>
       </c>
       <c r="B22" s="5" t="inlineStr">
         <is>
-          <t>Environmental Field Management Inc.</t>
+          <t>Pace Analytical Services LLC - Field Services NC</t>
         </is>
       </c>
       <c r="C22" s="5" t="inlineStr">
         <is>
-          <t>Mr. Jeffrey Leaver</t>
+          <t>Ms. Stephanie Atkins</t>
         </is>
       </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>2300 Ireland Street SE</t>
+          <t>9800 Kincey Avenue - Suite 100</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>Bolivia</t>
+          <t>Huntersville</t>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
-          <t>28422-    </t>
+          <t>28078-    </t>
         </is>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
-          <t>919-524-6129</t>
+          <t>612-723-8459</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J22" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>704-875-9091</t>
         </is>
       </c>
       <c r="K22" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L22" s="5" t="inlineStr">
         <is>
-          <t>jeffleaver.efm@gmail.com</t>
+          <t>stephanie.atkins@pacelabs.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="23">
       <c r="A23" s="4">
-        <v>5342</v>
+        <v>5356</v>
       </c>
       <c r="B23" s="5" t="inlineStr">
         <is>
-          <t>Pace Analytical Services LLC - Field Services NC</t>
+          <t>Hart &amp; Hickman PC</t>
         </is>
       </c>
       <c r="C23" s="5" t="inlineStr">
         <is>
-          <t>Mr. Kyle Henderson</t>
+          <t>Mr. Jason Soban</t>
         </is>
       </c>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>9800 Kincey Avenue - Suite 100</t>
+          <t>2923 S Tryon St., Suite 100</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>Huntersville</t>
+          <t>Charlotte</t>
         </is>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
-          <t>28078-    </t>
+          <t>28203-5913</t>
         </is>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
-          <t>612-723-8459</t>
+          <t>704-586-0007</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
-          <t>704-875-9091</t>
+          <t>704-586-0373</t>
         </is>
       </c>
       <c r="K23" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L23" s="5" t="inlineStr">
         <is>
-          <t>kyle.henderson@pacelabs.com</t>
+          <t>JSoban@harthickman.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="24">
       <c r="A24" s="4">
-        <v>5356</v>
+        <v>5390</v>
       </c>
       <c r="B24" s="5" t="inlineStr">
         <is>
-          <t>Hart &amp; Hickman PC</t>
+          <t>LTH3 Operations</t>
         </is>
       </c>
       <c r="C24" s="5" t="inlineStr">
         <is>
-          <t>Mr. Jason Soban</t>
+          <t>Mr. Thomas Harden</t>
         </is>
       </c>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>2923 S Tryon St., Suite 100</t>
+          <t>704 Arbor Hill Lane</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>Charlotte</t>
+          <t>Durham</t>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
-          <t>28203-5913</t>
+          <t>27705-    </t>
         </is>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
-          <t>704-586-0007</t>
+          <t/>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
-          <t>704-586-0373</t>
+          <t/>
         </is>
       </c>
       <c r="K24" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L24" s="5" t="inlineStr">
         <is>
-          <t>JSoban@harthickman.com</t>
+          <t>lth3properties@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="25">
       <c r="A25" s="4">
-        <v>5390</v>
+        <v>5413</v>
       </c>
       <c r="B25" s="5" t="inlineStr">
         <is>
-          <t>LTH3 Operations</t>
+          <t>Environmental Services</t>
         </is>
       </c>
       <c r="C25" s="5" t="inlineStr">
         <is>
-          <t>Mr. Thomas Harden</t>
+          <t>Mr. Charles Scozzari</t>
         </is>
       </c>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>704 Arbor Hill Lane</t>
+          <t>P.O. Box 1054</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>Durham</t>
+          <t>Jacksonville</t>
         </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
-          <t>27705-    </t>
+          <t>28541-    </t>
         </is>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>910-545-1499</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K25" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L25" s="5" t="inlineStr">
         <is>
-          <t>lth3properties@gmail.com</t>
+          <t>environmentalservices@ec.rr.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="26">
       <c r="A26" s="4">
-        <v>5413</v>
+        <v>5424</v>
       </c>
       <c r="B26" s="5" t="inlineStr">
         <is>
-          <t>Environmental Services</t>
+          <t>Kace Environmental Inc.</t>
         </is>
       </c>
       <c r="C26" s="5" t="inlineStr">
         <is>
-          <t>Mr. Charles Scozzari</t>
+          <t>Mr. Robert Kramer</t>
         </is>
       </c>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>P.O. Box 1054</t>
+          <t>2905 Wood Road</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>Jacksonville</t>
+          <t>Mooresboro</t>
         </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
-          <t>28541-    </t>
+          <t>28114-    </t>
         </is>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
-          <t>910-545-1499</t>
+          <t>828-657-1810</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J26" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>828-657-4664</t>
         </is>
       </c>
       <c r="K26" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L26" s="5" t="inlineStr">
         <is>
-          <t>environmentalservices@ec.rr.com</t>
+          <t>bobby@kaceinc.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="27">
       <c r="A27" s="4">
-        <v>5424</v>
+        <v>5428</v>
       </c>
       <c r="B27" s="5" t="inlineStr">
         <is>
-          <t>Kace Environmental Inc.</t>
+          <t>Goldie &amp; Associates Inc.</t>
         </is>
       </c>
       <c r="C27" s="5" t="inlineStr">
         <is>
-          <t>Mr. Robert Kramer</t>
+          <t>Ms. Amy Anderson</t>
         </is>
       </c>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>2905 Wood Road</t>
+          <t>210 W. North Second Street</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>Mooresboro</t>
+          <t>Seneca</t>
         </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
-          <t>NC</t>
+          <t>SC</t>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
-          <t>28114-    </t>
+          <t>29672-    </t>
         </is>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
-          <t>828-657-1810</t>
+          <t>864-882-8194</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>105  </t>
         </is>
       </c>
       <c r="J27" s="5" t="inlineStr">
         <is>
-          <t>828-657-4664</t>
+          <t>864-882-0851</t>
         </is>
       </c>
       <c r="K27" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L27" s="5" t="inlineStr">
         <is>
-          <t>bobby@kaceinc.com</t>
+          <t>aanderson@goldieassociates.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="28">
       <c r="A28" s="4">
-        <v>5428</v>
+        <v>5433</v>
       </c>
       <c r="B28" s="5" t="inlineStr">
         <is>
-          <t>Goldie &amp; Associates Inc.</t>
+          <t>WSP USA Environment &amp; Infrastructure Inc.</t>
         </is>
       </c>
       <c r="C28" s="5" t="inlineStr">
         <is>
-          <t>Ms. Amy Anderson</t>
+          <t>Mr. Jay Bennett</t>
         </is>
       </c>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>210 W. North Second Street</t>
+          <t>4021 Stirrup Creek Drive, Suite 100</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>Seneca</t>
+          <t>Durham</t>
         </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
-          <t>SC</t>
+          <t>NC</t>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
-          <t>29672-    </t>
+          <t>27703-    </t>
         </is>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
-          <t>864-882-8194</t>
+          <t>919-381-9345</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
-          <t>105  </t>
+          <t/>
         </is>
       </c>
       <c r="J28" s="5" t="inlineStr">
         <is>
-          <t>864-882-0851</t>
+          <t>919-381-9901</t>
         </is>
       </c>
       <c r="K28" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L28" s="5" t="inlineStr">
         <is>
-          <t>lab@goldieassociates.com</t>
+          <t>Jay.bennett@wsp.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="29">
       <c r="A29" s="4">
-        <v>5433</v>
+        <v>5445</v>
       </c>
       <c r="B29" s="5" t="inlineStr">
         <is>
-          <t>WSP USA Environment &amp; Infrastructure Inc.</t>
+          <t>Anchor QEA of North Carolina PLLC</t>
         </is>
       </c>
       <c r="C29" s="5" t="inlineStr">
         <is>
-          <t>Mr. Jay Bennett</t>
+          <t>Mr. Christian Patterson</t>
         </is>
       </c>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>4021 Stirrup Creek Drive, Suite 100</t>
+          <t>231 Haywood Street</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>Durham</t>
+          <t>Asheville</t>
         </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
-          <t>27703-    </t>
+          <t>28801-    </t>
         </is>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
-          <t>919-381-9345</t>
+          <t>828-281-3350</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
-          <t>919-381-9901</t>
+          <t>828-281-3351</t>
         </is>
       </c>
       <c r="K29" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L29" s="5" t="inlineStr">
         <is>
-          <t>Jay.bennett@wsp.com</t>
+          <t>cpatterson@anchorqea.com; jverde@anchorqea.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="30">
       <c r="A30" s="4">
-        <v>5445</v>
+        <v>5468</v>
       </c>
       <c r="B30" s="5" t="inlineStr">
         <is>
-          <t>Anchor QEA of North Carolina PLLC</t>
+          <t>EMA Resources Inc.</t>
         </is>
       </c>
       <c r="C30" s="5" t="inlineStr">
         <is>
-          <t>Mr. Christian Patterson</t>
+          <t>Mr. Brent Collins</t>
         </is>
       </c>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>231 Haywood Street</t>
+          <t>755 Yadkinville Road</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>Asheville</t>
+          <t>Mocksville</t>
         </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
-          <t>28801-    </t>
+          <t>27028-    </t>
         </is>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
-          <t>828-281-3350</t>
+          <t>336-751-1441</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J30" s="5" t="inlineStr">
         <is>
-          <t>828-281-3351</t>
+          <t>336-751-1442</t>
         </is>
       </c>
       <c r="K30" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L30" s="5" t="inlineStr">
         <is>
-          <t>cpatterson@anchorqea.com; jverde@anchorqea.com</t>
+          <t>brent.collins@emaresourcesinc.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="31">
       <c r="A31" s="4">
-        <v>5468</v>
+        <v>5480</v>
       </c>
       <c r="B31" s="5" t="inlineStr">
         <is>
-          <t>EMA Resources Inc.</t>
+          <t>Whitewater Environmental</t>
         </is>
       </c>
       <c r="C31" s="5" t="inlineStr">
         <is>
-          <t>Mr. Brent Collins</t>
+          <t>Mr. Kevin White</t>
         </is>
       </c>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>755 Yadkinville Road</t>
+          <t>417 C.C. Lovelace Rd.</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>Mocksville</t>
+          <t>Rutherfordton</t>
         </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
-          <t>27028-    </t>
+          <t>28139-8345</t>
         </is>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
-          <t>336-751-1441</t>
+          <t>828-289-2165</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J31" s="5" t="inlineStr">
         <is>
-          <t>336-751-1442</t>
+          <t/>
         </is>
       </c>
       <c r="K31" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L31" s="5" t="inlineStr">
         <is>
-          <t>brent.collins@emaresourcesinc.com</t>
+          <t>kwhitewater@bellsouth.net</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="32">
       <c r="A32" s="4">
-        <v>5480</v>
+        <v>5487</v>
       </c>
       <c r="B32" s="5" t="inlineStr">
         <is>
-          <t>Whitewater Environmental</t>
+          <t>ECS Southeast LLP</t>
         </is>
       </c>
       <c r="C32" s="5" t="inlineStr">
         <is>
-          <t>Mr. Kevin White</t>
+          <t>Ms. Samantha Szakasits</t>
         </is>
       </c>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>417 C.C. Lovelace Rd.</t>
+          <t>6714 Netherlands Dr.</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>Rutherfordton</t>
+          <t>Wilmington</t>
         </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
-          <t>28139-8345</t>
+          <t>28405-    </t>
         </is>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
-          <t>828-289-2165</t>
+          <t>910-686-9114</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J32" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>828-665-8128</t>
         </is>
       </c>
       <c r="K32" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L32" s="5" t="inlineStr">
         <is>
-          <t>kwhitewater@bellsouth.net</t>
+          <t>SSzakasits@ecslimited.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="33">
       <c r="A33" s="4">
-        <v>5487</v>
+        <v>5495</v>
       </c>
       <c r="B33" s="5" t="inlineStr">
         <is>
-          <t>ECS Southeast LLP</t>
+          <t>Bell Enterprises</t>
         </is>
       </c>
       <c r="C33" s="5" t="inlineStr">
         <is>
-          <t>Ms. Samantha Szakasits</t>
+          <t>Mr. Randy Bell</t>
         </is>
       </c>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>6714 Netherlands Dr.</t>
+          <t>P.O. Box 1291</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>Wilmington</t>
+          <t>Clemmons</t>
         </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
-          <t>28405-    </t>
+          <t>27012-    </t>
         </is>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
-          <t>910-686-9114</t>
+          <t>336-399-8243</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J33" s="5" t="inlineStr">
         <is>
-          <t>828-665-8128</t>
+          <t/>
         </is>
       </c>
       <c r="K33" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L33" s="5" t="inlineStr">
         <is>
-          <t>SSzakasits@ecslimited.com</t>
+          <t>BellR83161@yahoo.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="34">
       <c r="A34" s="4">
-        <v>5495</v>
+        <v>5504</v>
       </c>
       <c r="B34" s="5" t="inlineStr">
         <is>
-          <t>Bell Enterprises</t>
+          <t>Fortin Contract Service</t>
         </is>
       </c>
       <c r="C34" s="5" t="inlineStr">
         <is>
-          <t>Mr. Randy Bell</t>
+          <t>Mr. Dan Fortin</t>
         </is>
       </c>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>P.O. Box 1291</t>
+          <t>P. O. Box 4188</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>Clemmons</t>
+          <t>Emerald Isle</t>
         </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
-          <t>27012-    </t>
+          <t>28594-    </t>
         </is>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
-          <t>336-399-8243</t>
+          <t>252-393-8720</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J34" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>252-393-1225</t>
         </is>
       </c>
       <c r="K34" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L34" s="5" t="inlineStr">
         <is>
-          <t>BellR83161@yahoo.com</t>
+          <t>Fortin.Contract@yahoo.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="35">
       <c r="A35" s="4">
-        <v>5504</v>
+        <v>5540</v>
       </c>
       <c r="B35" s="5" t="inlineStr">
         <is>
-          <t>Fortin Contract Service</t>
+          <t>INENCO Inc.</t>
         </is>
       </c>
       <c r="C35" s="5" t="inlineStr">
         <is>
-          <t>Mr. Dan Fortin</t>
+          <t>Mr. James Willard</t>
         </is>
       </c>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>P. O. Box 4188</t>
+          <t>132 W. Statesville Avenue</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>Emerald Isle</t>
+          <t>Mooresville</t>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
-          <t>28594-    </t>
+          <t>28115-    </t>
         </is>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
-          <t>252-393-8720</t>
+          <t>704-662-8192</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J35" s="5" t="inlineStr">
         <is>
-          <t>252-393-1225</t>
+          <t>704-662-8194</t>
         </is>
       </c>
       <c r="K35" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L35" s="5" t="inlineStr">
         <is>
-          <t>Fortin.Contract@yahoo.com</t>
+          <t>jww2@inencoinc.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="36">
       <c r="A36" s="4">
-        <v>5540</v>
+        <v>5542</v>
       </c>
       <c r="B36" s="5" t="inlineStr">
         <is>
-          <t>INENCO Inc.</t>
+          <t>Normandeau Associates</t>
         </is>
       </c>
       <c r="C36" s="5" t="inlineStr">
         <is>
-          <t>Mr. James Willard</t>
+          <t>Mr. Jeff Wollis</t>
         </is>
       </c>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>132 W. Statesville Avenue</t>
+          <t>1019B Cherokee Avenue</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>Mooresville</t>
+          <t>Aiken</t>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
-          <t>NC</t>
+          <t>SC</t>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
-          <t>28115-    </t>
+          <t>29801-    </t>
         </is>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
-          <t>704-662-8192</t>
+          <t>803-644-6262</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J36" s="5" t="inlineStr">
         <is>
-          <t>704-662-8194</t>
+          <t>803-644-6965</t>
         </is>
       </c>
       <c r="K36" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L36" s="5" t="inlineStr">
         <is>
-          <t>jww2@inencoinc.com</t>
+          <t>jwollis@normandeau.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="37">
       <c r="A37" s="4">
-        <v>5542</v>
+        <v>5549</v>
       </c>
       <c r="B37" s="5" t="inlineStr">
         <is>
-          <t>Normandeau Associates</t>
+          <t>HRP Associates Inc.</t>
         </is>
       </c>
       <c r="C37" s="5" t="inlineStr">
         <is>
-          <t>Mr. Jeff Wollis</t>
+          <t>Ms. Christina Blaszkiewicz</t>
         </is>
       </c>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>1019B Cherokee Avenue</t>
+          <t>701 Easley Bridge Road, Suite 4130, Building 4000</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>Aiken</t>
+          <t>Greenville</t>
         </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t>SC</t>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
-          <t>29801-    </t>
+          <t>29611-    </t>
         </is>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
-          <t>803-644-6262</t>
+          <t>800-752-3922</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>1518 </t>
         </is>
       </c>
       <c r="J37" s="5" t="inlineStr">
         <is>
-          <t>803-644-6965</t>
+          <t>864-281-9846</t>
         </is>
       </c>
       <c r="K37" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L37" s="5" t="inlineStr">
         <is>
-          <t>jwollis@normandeau.com</t>
+          <t>tina.blaszkiewicz@hrpassociates.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="38">
       <c r="A38" s="4">
-        <v>5549</v>
+        <v>5554</v>
       </c>
       <c r="B38" s="5" t="inlineStr">
         <is>
-          <t>HRP Associates Inc.</t>
+          <t>JR's Wastewater Service</t>
         </is>
       </c>
       <c r="C38" s="5" t="inlineStr">
         <is>
-          <t>Ms. Christina Blaszkiewicz</t>
+          <t>Mr. John Ritchie</t>
         </is>
       </c>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>701 Easley Bridge Road, Suite 4130, Building 4000</t>
+          <t>1250 Leonard Rd.</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>Greenville</t>
+          <t>Salisbury</t>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
-          <t>SC</t>
+          <t>NC</t>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
-          <t>29611-    </t>
+          <t>28146-    </t>
         </is>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
-          <t>800-752-3922</t>
+          <t>704-310-1787</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
-          <t>1518 </t>
+          <t/>
         </is>
       </c>
       <c r="J38" s="5" t="inlineStr">
         <is>
-          <t>864-281-9846</t>
+          <t/>
         </is>
       </c>
       <c r="K38" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L38" s="5" t="inlineStr">
         <is>
-          <t>tina.blaszkiewicz@hrpassociates.com</t>
+          <t>jritchie75@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="39">
       <c r="A39" s="4">
-        <v>5554</v>
+        <v>5560</v>
       </c>
       <c r="B39" s="5" t="inlineStr">
         <is>
-          <t>JR's Wastewater Service</t>
+          <t>Piedmont Geologic P. C.</t>
         </is>
       </c>
       <c r="C39" s="5" t="inlineStr">
         <is>
-          <t>Mr. John Ritchie</t>
+          <t>Mr. Nicholas Murphrey</t>
         </is>
       </c>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>1250 Leonard Rd.</t>
+          <t>6003-145 Chapel Hill Road</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>Salisbury</t>
+          <t>Raleigh</t>
         </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
-          <t>28146-    </t>
+          <t>27607-    </t>
         </is>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
-          <t>704-310-1787</t>
+          <t>919-854-9700</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J39" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>919-854-9532</t>
         </is>
       </c>
       <c r="K39" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L39" s="5" t="inlineStr">
         <is>
-          <t>jritchie75@gmail.com</t>
+          <t>Jmurphrey@piedmontgeologic.com;Nmurphrey@piedmontgeologic.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="40">
       <c r="A40" s="4">
-        <v>5560</v>
+        <v>5571</v>
       </c>
       <c r="B40" s="5" t="inlineStr">
         <is>
-          <t>Piedmont Geologic P. C.</t>
+          <t>Holland Labs</t>
         </is>
       </c>
       <c r="C40" s="5" t="inlineStr">
         <is>
-          <t>Mr. Nicholas Murphrey</t>
+          <t>Mr. Glenn Holland</t>
         </is>
       </c>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>6003-145 Chapel Hill Road</t>
+          <t>408 South Bentonville Road</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>Raleigh</t>
+          <t>Four Oaks</t>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
-          <t>27607-    </t>
+          <t>27524-    </t>
         </is>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
-          <t>919-854-9700</t>
+          <t>919-252-9025</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J40" s="5" t="inlineStr">
         <is>
-          <t>919-854-9532</t>
+          <t/>
         </is>
       </c>
       <c r="K40" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L40" s="5" t="inlineStr">
         <is>
-          <t>Jmurphrey@piedmontgeologic.com;Nmurphrey@piedmontgeologic.com</t>
+          <t>gholland9025@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="41">
       <c r="A41" s="4">
-        <v>5571</v>
+        <v>5589</v>
       </c>
       <c r="B41" s="5" t="inlineStr">
         <is>
-          <t>Holland Labs</t>
+          <t>Catlin Engineers and Scientists</t>
         </is>
       </c>
       <c r="C41" s="5" t="inlineStr">
         <is>
-          <t>Mr. Glenn Holland</t>
+          <t>Mr. Michael Mason</t>
         </is>
       </c>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>408 South Bentonville Road</t>
+          <t>220 Old Dairy Rd.</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>Four Oaks</t>
+          <t>Wilmington</t>
         </is>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
-          <t>27524-    </t>
+          <t>28405-    </t>
         </is>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
-          <t>919-252-9025</t>
+          <t>910-452-5861</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>119  </t>
         </is>
       </c>
       <c r="J41" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>910-452-7563</t>
         </is>
       </c>
       <c r="K41" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L41" s="5" t="inlineStr">
         <is>
-          <t>gholland9025@gmail.com</t>
+          <t>mike.d.mason@catlinusa.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="42">
       <c r="A42" s="4">
-        <v>5589</v>
+        <v>5591</v>
       </c>
       <c r="B42" s="5" t="inlineStr">
         <is>
-          <t>Catlin Engineers and Scientists</t>
+          <t>SynTerra Corporation</t>
         </is>
       </c>
       <c r="C42" s="5" t="inlineStr">
         <is>
-          <t>Mr. Michael Mason</t>
+          <t>Mr. Mark McDade</t>
         </is>
       </c>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>P.O. Box 10279</t>
+          <t>148 River Street, Suite 220</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>Wilmington</t>
+          <t>Greenville</t>
         </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
-          <t>NC</t>
+          <t>SC</t>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
-          <t>28405-0279</t>
+          <t>29601-    </t>
         </is>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
-          <t>910-452-5861</t>
+          <t>864-527-4623</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
-          <t>119  </t>
+          <t/>
         </is>
       </c>
       <c r="J42" s="5" t="inlineStr">
         <is>
-          <t>910-452-7563</t>
+          <t>864-421-9909</t>
         </is>
       </c>
       <c r="K42" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L42" s="5" t="inlineStr">
         <is>
-          <t>mike.d.mason@catlinusa.com</t>
+          <t>mmcdade@synterracorp.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="43">
       <c r="A43" s="4">
-        <v>5591</v>
+        <v>5593</v>
       </c>
       <c r="B43" s="5" t="inlineStr">
         <is>
-          <t>SynTerra Corporation</t>
+          <t>Hawkins Wastewater Lab</t>
         </is>
       </c>
       <c r="C43" s="5" t="inlineStr">
         <is>
-          <t>Mr. Mark McDade</t>
+          <t>Mr. Tony Hawkins</t>
         </is>
       </c>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>148 River Street, Suite 220</t>
+          <t>202 Hwy 41 W</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>Greenville</t>
+          <t>Trenton</t>
         </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
-          <t>SC</t>
+          <t>NC</t>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
-          <t>29601-    </t>
+          <t>28585-    </t>
         </is>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
-          <t>864-527-4623</t>
+          <t>252-521-7687</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J43" s="5" t="inlineStr">
         <is>
-          <t>864-421-9909</t>
+          <t/>
         </is>
       </c>
       <c r="K43" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L43" s="5" t="inlineStr">
         <is>
-          <t>mmcdade@synterracorp.com</t>
+          <t>wasteh2o@yahoo.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="44">
       <c r="A44" s="4">
-        <v>5593</v>
+        <v>5594</v>
       </c>
       <c r="B44" s="5" t="inlineStr">
         <is>
-          <t>Hawkins Wastewater Lab</t>
+          <t>TRC Companies</t>
         </is>
       </c>
       <c r="C44" s="5" t="inlineStr">
         <is>
-          <t>Mr. Tony Hawkins</t>
+          <t>Mr. Jim Hurley</t>
         </is>
       </c>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>202 Hwy 41 W</t>
+          <t>114 Edinburgh South Drive Suite 200</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>Trenton</t>
+          <t>Cary</t>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
-          <t>28585-    </t>
+          <t>27511-    </t>
         </is>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
-          <t>252-521-7687</t>
+          <t/>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J44" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>919-873-1074</t>
         </is>
       </c>
       <c r="K44" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L44" s="5" t="inlineStr">
         <is>
-          <t>wasteh2o@yahoo.com</t>
+          <t>fhurley@trccompanies.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="45">
       <c r="A45" s="4">
-        <v>5594</v>
+        <v>5595</v>
       </c>
       <c r="B45" s="5" t="inlineStr">
         <is>
-          <t>TRC Companies</t>
+          <t>Agriment Services Inc.</t>
         </is>
       </c>
       <c r="C45" s="5" t="inlineStr">
         <is>
-          <t>Mr. Jim Hurley</t>
+          <t>Mr. Ronnie Kennedy</t>
         </is>
       </c>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>114 Edinburgh South Drive Suite 200</t>
+          <t>P.O. Box 1096</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>Cary</t>
+          <t>Beulaville</t>
         </is>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
-          <t>27511-    </t>
+          <t>28518-    </t>
         </is>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>252-568-2648</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J45" s="5" t="inlineStr">
         <is>
-          <t>919-873-1074</t>
+          <t>252-568-2750</t>
         </is>
       </c>
       <c r="K45" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L45" s="5" t="inlineStr">
         <is>
-          <t>fhurley@trccompanies.com</t>
+          <t>agrimentservices@yahoo.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="46">
       <c r="A46" s="4">
-        <v>5595</v>
+        <v>5598</v>
       </c>
       <c r="B46" s="5" t="inlineStr">
         <is>
-          <t>Agriment Services Inc.</t>
+          <t>Hydro Services and Consulting</t>
         </is>
       </c>
       <c r="C46" s="5" t="inlineStr">
         <is>
-          <t>Mr. Ronnie Kennedy</t>
+          <t>Mr. Kevin Mullineaux</t>
         </is>
       </c>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>P.O. Box 1096</t>
+          <t>P.O. Box 317</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>Beulaville</t>
+          <t>Havelock</t>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
-          <t>28518-    </t>
+          <t>28532-    </t>
         </is>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
-          <t>252-568-2648</t>
+          <t>252-723-0101</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J46" s="5" t="inlineStr">
         <is>
-          <t>252-568-2750</t>
+          <t>252-222-3665</t>
         </is>
       </c>
       <c r="K46" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L46" s="5" t="inlineStr">
         <is>
-          <t>agrimentservices@yahoo.com</t>
+          <t>HSCS-Environmental@ec.rr.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="47">
       <c r="A47" s="4">
-        <v>5598</v>
+        <v>5615</v>
       </c>
       <c r="B47" s="5" t="inlineStr">
         <is>
-          <t>Hydro Services and Consulting</t>
+          <t>Metwater Inc.</t>
         </is>
       </c>
       <c r="C47" s="5" t="inlineStr">
         <is>
-          <t>Mr. Kevin Mullineaux</t>
+          <t>Mr. Dusty Metreyeon</t>
         </is>
       </c>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>P.O. Box 317</t>
+          <t>1000 Woodhurst Drive</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>Havelock</t>
+          <t>Monroe</t>
         </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
-          <t>28532-    </t>
+          <t>28110-    </t>
         </is>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
-          <t>252-723-0101</t>
+          <t>704-506-4255</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J47" s="5" t="inlineStr">
         <is>
-          <t>252-222-3665</t>
+          <t/>
         </is>
       </c>
       <c r="K47" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L47" s="5" t="inlineStr">
         <is>
-          <t>HSCS-Environmental@ec.rr.com</t>
+          <t>dmetwater@aol.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="48">
       <c r="A48" s="4">
-        <v>5615</v>
+        <v>5616</v>
       </c>
       <c r="B48" s="5" t="inlineStr">
         <is>
-          <t>Metwater Inc.</t>
+          <t>AAA Water Services LLC</t>
         </is>
       </c>
       <c r="C48" s="5" t="inlineStr">
         <is>
-          <t>Mr. Dusty Metreyeon</t>
+          <t>Mr. Marty Fritz</t>
         </is>
       </c>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>1000 Woodhurst Drive</t>
+          <t>P. O. Box 415</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>Monroe</t>
+          <t>Hampstead</t>
         </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
-          <t>28110-    </t>
+          <t>28443-    </t>
         </is>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
-          <t>704-506-4255</t>
+          <t>910-319-0037</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K48" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L48" s="5" t="inlineStr">
         <is>
-          <t>dmetwater@aol.com</t>
+          <t>info@AAAWaterServices.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="49">
       <c r="A49" s="4">
-        <v>5616</v>
+        <v>5620</v>
       </c>
       <c r="B49" s="5" t="inlineStr">
         <is>
-          <t>AAA Water Services LLC</t>
+          <t>Agri-Waste Technology Inc.</t>
         </is>
       </c>
       <c r="C49" s="5" t="inlineStr">
         <is>
-          <t>Mr. Marty Fritz</t>
+          <t>Mr. Jeff Vaughan</t>
         </is>
       </c>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>P. O. Box 415</t>
+          <t>501 North Salem Street, Suite 203</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>Hampstead</t>
+          <t>Apex</t>
         </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
-          <t>28443-    </t>
+          <t>27502-    </t>
         </is>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
-          <t>910-319-0037</t>
+          <t>919-859-0669</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J49" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>919-233-1970</t>
         </is>
       </c>
       <c r="K49" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L49" s="5" t="inlineStr">
         <is>
-          <t>info@AAAWaterServices.com</t>
+          <t>jvaughan@agriwaste.com; jdavidson@agriwaste.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="50">
       <c r="A50" s="4">
-        <v>5620</v>
+        <v>5621</v>
       </c>
       <c r="B50" s="5" t="inlineStr">
         <is>
-          <t>Agri-Waste Technology Inc.</t>
+          <t>Rowan Wastewater Management</t>
         </is>
       </c>
       <c r="C50" s="5" t="inlineStr">
         <is>
-          <t>Mr. Jeff Vaughan</t>
+          <t>Mr. Lynn Aldridge</t>
         </is>
       </c>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>501 North Salem Street, Suite 203</t>
+          <t>1200 Crossover Ridge Dr.</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>Apex</t>
+          <t>Salisbury</t>
         </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
-          <t>27502-    </t>
+          <t>28147-    </t>
         </is>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
-          <t>919-859-0669</t>
+          <t>704-431-5266</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
-          <t>919-233-1970</t>
+          <t/>
         </is>
       </c>
       <c r="K50" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L50" s="5" t="inlineStr">
         <is>
-          <t>jvaughan@agriwaste.com; jdavidson@agriwaste.com</t>
+          <t>rowanwastewater@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="51">
       <c r="A51" s="4">
-        <v>5621</v>
+        <v>5632</v>
       </c>
       <c r="B51" s="5" t="inlineStr">
         <is>
-          <t>Rowan Wastewater Management</t>
+          <t>Jeffrey Jarman</t>
         </is>
       </c>
       <c r="C51" s="5" t="inlineStr">
         <is>
-          <t>Mr. Lynn Aldridge</t>
+          <t>Mr. Jeff Jarman</t>
         </is>
       </c>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>1200 Crossover Ridge Dr.</t>
+          <t>348 Foy Lockamy Rd</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>Salisbury</t>
+          <t>Jacksonville</t>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
-          <t>28147-    </t>
+          <t>28540-    </t>
         </is>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
-          <t>704-431-5266</t>
+          <t>910-330-8167</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K51" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L51" s="5" t="inlineStr">
         <is>
-          <t>rowanwastewater@gmail.com</t>
+          <t>moonwalk3@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="52">
       <c r="A52" s="4">
-        <v>5632</v>
+        <v>5634</v>
       </c>
       <c r="B52" s="5" t="inlineStr">
         <is>
-          <t>Jeffrey Jarman</t>
+          <t>Chad Watkins Company</t>
         </is>
       </c>
       <c r="C52" s="5" t="inlineStr">
         <is>
-          <t>Mr. Jeff Jarman</t>
+          <t>Mr. Chad Watkins</t>
         </is>
       </c>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>348 Foy Lockamy Rd</t>
+          <t>3200 Wilmington Hwy</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>Jacksonville</t>
         </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t>28540-    </t>
         </is>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
-          <t>910-330-8167</t>
+          <t>910-388-4699</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>910-347-7061</t>
         </is>
       </c>
       <c r="K52" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L52" s="5" t="inlineStr">
         <is>
-          <t>moonwalk3@gmail.com</t>
+          <t>chd_wtkns@yahoo.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="53">
       <c r="A53" s="4">
-        <v>5634</v>
+        <v>5641</v>
       </c>
       <c r="B53" s="5" t="inlineStr">
         <is>
-          <t>Chad Watkins Company</t>
+          <t>Byers Environmental Inc.</t>
         </is>
       </c>
       <c r="C53" s="5" t="inlineStr">
         <is>
-          <t>Mr. Chad Watkins</t>
+          <t>Mr. Donald Byers</t>
         </is>
       </c>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>3200 Wilmington Hwy</t>
+          <t>P.O. Box 729</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>Jacksonville</t>
+          <t>Pisgah Forest</t>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
-          <t>28540-    </t>
+          <t>28768-    </t>
         </is>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
-          <t>910-388-4699</t>
+          <t>828-577-9916</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J53" s="5" t="inlineStr">
         <is>
-          <t>910-347-7061</t>
+          <t/>
         </is>
       </c>
       <c r="K53" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L53" s="5" t="inlineStr">
         <is>
-          <t>chd_wtkns@yahoo.com</t>
+          <t>byersenvironmental@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="54">
       <c r="A54" s="4">
-        <v>5641</v>
+        <v>5649</v>
       </c>
       <c r="B54" s="5" t="inlineStr">
         <is>
-          <t>Byers Environmental Inc.</t>
+          <t>Jones Environmental</t>
         </is>
       </c>
       <c r="C54" s="5" t="inlineStr">
         <is>
-          <t>Mr. Donald Byers</t>
+          <t>Ms. Kimberly Jones</t>
         </is>
       </c>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>P.O. Box 729</t>
+          <t>284 Franklin Mountain Rd</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>Pisgah Forest</t>
+          <t>Marshall</t>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
-          <t>28768-    </t>
+          <t>28753-    </t>
         </is>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
-          <t>828-577-9916</t>
+          <t>828-551-1182</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K54" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L54" s="5" t="inlineStr">
         <is>
-          <t>byersenvironmental@gmail.com</t>
+          <t>jonesenvironment@yahoo.com; kimberlyjones9@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="55">
       <c r="A55" s="4">
-        <v>5649</v>
+        <v>5650</v>
       </c>
       <c r="B55" s="5" t="inlineStr">
         <is>
-          <t>Jones Environmental</t>
+          <t>Groundwater Management Associates Inc. (GMA)</t>
         </is>
       </c>
       <c r="C55" s="5" t="inlineStr">
         <is>
-          <t>Ms. Kimberly Jones</t>
+          <t>Ms. Katie Hackney</t>
         </is>
       </c>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>284 Franklin Mountain Rd</t>
+          <t>4300 Sapphire Court, Suite 100</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>Marshall</t>
+          <t>Greenville</t>
         </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
-          <t>28753-    </t>
+          <t>27834-    </t>
         </is>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
-          <t>828-551-1182</t>
+          <t>252-758-3310</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>252-758-8835</t>
         </is>
       </c>
       <c r="K55" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L55" s="5" t="inlineStr">
         <is>
-          <t>jonesenvironment@yahoo.com; kimberlyjones9@gmail.com</t>
+          <t>katie@gma-nc.com;jay@gma-nc.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="56">
       <c r="A56" s="4">
-        <v>5650</v>
+        <v>5651</v>
       </c>
       <c r="B56" s="5" t="inlineStr">
         <is>
-          <t>Groundwater Management Associates Inc. (GMA)</t>
+          <t>ECS Carolinas LLP</t>
         </is>
       </c>
       <c r="C56" s="5" t="inlineStr">
         <is>
-          <t>Ms. Katie Hackney</t>
+          <t>Mr. Seth Greene</t>
         </is>
       </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>4300 Sapphire Court, Suite 100</t>
+          <t>1812 Center Park Drive, Suite D</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>Greenville</t>
+          <t>Charlotte</t>
         </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
-          <t>27834-    </t>
+          <t>28217-    </t>
         </is>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
-          <t>252-758-3310</t>
+          <t>704-200-3436</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
-          <t>252-758-8835</t>
+          <t/>
         </is>
       </c>
       <c r="K56" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L56" s="5" t="inlineStr">
         <is>
-          <t>katie@gma-nc.com;jay@gma-nc.com</t>
+          <t>correll@ecslimited.com; Sgreene@ecslimited.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="57">
       <c r="A57" s="4">
-        <v>5651</v>
+        <v>5653</v>
       </c>
       <c r="B57" s="5" t="inlineStr">
         <is>
-          <t>ECS Carolinas LLP</t>
+          <t>Andrew T. Mulvey</t>
         </is>
       </c>
       <c r="C57" s="5" t="inlineStr">
         <is>
-          <t>Mr. Seth Greene</t>
+          <t>Mr. Andrew Mulvey</t>
         </is>
       </c>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>1812 Center Park Drive, Suite D</t>
+          <t>5306 Curlew Drive</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>Charlotte</t>
+          <t>Wilmington</t>
         </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
-          <t>28217-    </t>
+          <t>28409-    </t>
         </is>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
-          <t>704-200-3436</t>
+          <t>910-508-2960</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K57" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L57" s="5" t="inlineStr">
         <is>
-          <t>correll@ecslimited.com; Sgreene@ecslimited.com</t>
+          <t>tamulvey@msn.com; kevinwoodward51@gmail.com; andrewtmulvey@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="58">
       <c r="A58" s="4">
-        <v>5653</v>
+        <v>5658</v>
       </c>
       <c r="B58" s="5" t="inlineStr">
         <is>
-          <t>Andrew T. Mulvey</t>
+          <t>Crooked Creek WRF</t>
         </is>
       </c>
       <c r="C58" s="5" t="inlineStr">
         <is>
-          <t>Mr. Andrew Mulvey</t>
+          <t>Mr. Rick Mareth</t>
         </is>
       </c>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>5306 Curlew Drive</t>
+          <t>4015 Sardis Church Rd</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>Wilmington</t>
+          <t>Monroe</t>
         </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
-          <t>28409-    </t>
+          <t>28110-    </t>
         </is>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
-          <t>910-508-2960</t>
+          <t>980-398-8947</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K58" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L58" s="5" t="inlineStr">
         <is>
-          <t>tamulvey@msn.com; kevinwoodward51@gmail.com</t>
+          <t>rick.mareth@unioncountync.gov; jonathan.jordan@unioncountync.gov</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="59">
       <c r="A59" s="4">
-        <v>5658</v>
+        <v>5660</v>
       </c>
       <c r="B59" s="5" t="inlineStr">
         <is>
-          <t>Crooked Creek WRF</t>
+          <t>Stanley C. Buck III</t>
         </is>
       </c>
       <c r="C59" s="5" t="inlineStr">
         <is>
-          <t>Mr. Erick Franks</t>
+          <t>Mr. Stanley Buck</t>
         </is>
       </c>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>4015 Sardis Church Rd</t>
+          <t>1745 Belgrade - Swansboro Rd</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>Monroe</t>
+          <t>Maysville</t>
         </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
-          <t>28110-    </t>
+          <t>28555-    </t>
         </is>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
-          <t>980-398-8947</t>
+          <t>252-503-5307</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K59" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L59" s="5" t="inlineStr">
         <is>
-          <t>erick.franks@unioncountync.gov; rick.mareth@unioncountync.gov; jonathan.jordan@unioncountync.gov</t>
+          <t>leebuck20@hotmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="60">
       <c r="A60" s="4">
-        <v>5660</v>
+        <v>5674</v>
       </c>
       <c r="B60" s="5" t="inlineStr">
         <is>
-          <t>Stanley C. Buck III</t>
+          <t>M&amp;M Water and Wastewater Services</t>
         </is>
       </c>
       <c r="C60" s="5" t="inlineStr">
         <is>
-          <t>Mr. Stanley Buck</t>
+          <t>Mr. Dale Mathews</t>
         </is>
       </c>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>1745 Belgrade - Swansboro Rd</t>
+          <t>3191 Gela Road</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>Maysville</t>
+          <t>Oxford</t>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
-          <t>28555-    </t>
+          <t>27565-    </t>
         </is>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
-          <t>252-503-5307</t>
+          <t>919-691-1056</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J60" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>919-693-3042</t>
         </is>
       </c>
       <c r="K60" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L60" s="5" t="inlineStr">
         <is>
-          <t>leebuck20@hotmail.com</t>
+          <t>mmwaterservices@yahoo.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="61">
       <c r="A61" s="4">
-        <v>5674</v>
+        <v>5695</v>
       </c>
       <c r="B61" s="5" t="inlineStr">
         <is>
-          <t>M&amp;M Water and Wastewater Services</t>
+          <t>Environmental Process Solutions PLLC</t>
         </is>
       </c>
       <c r="C61" s="5" t="inlineStr">
         <is>
-          <t>Mr. Dale Mathews</t>
+          <t>Ms. Kellie Hedrick</t>
         </is>
       </c>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>3191 Gela Road</t>
+          <t>7000 Stinson-Hartis Rd., Suite F</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>Oxford</t>
+          <t>Indian Trail</t>
         </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
-          <t>27565-    </t>
+          <t>28079-    </t>
         </is>
       </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
-          <t>919-691-1056</t>
+          <t>980-202-2377</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J61" s="5" t="inlineStr">
         <is>
-          <t>919-693-3042</t>
+          <t/>
         </is>
       </c>
       <c r="K61" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L61" s="5" t="inlineStr">
         <is>
-          <t>mmwaterservices@yahoo.com</t>
+          <t>kellie.hedrick@epscharlotte.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="62">
       <c r="A62" s="4">
-        <v>5695</v>
+        <v>5700</v>
       </c>
       <c r="B62" s="5" t="inlineStr">
         <is>
-          <t>Environmental Process Solutions PLLC</t>
+          <t>Inframark</t>
         </is>
       </c>
       <c r="C62" s="5" t="inlineStr">
         <is>
-          <t>Ms. Kellie Hedrick</t>
+          <t>Mr. Joseph Helwig</t>
         </is>
       </c>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>7000 Stinson-Hartis Rd., Suite F</t>
+          <t>1316 West Main St.</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>Indian Trail</t>
+          <t>Yanceyville</t>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
-          <t>28079-    </t>
+          <t>27379-    </t>
         </is>
       </c>
       <c r="H62" s="5" t="inlineStr">
         <is>
-          <t>980-202-2377</t>
+          <t>434-429-4596</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K62" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L62" s="5" t="inlineStr">
         <is>
-          <t>kellie.hedrick@epscharlotte.com</t>
+          <t>joseph.helwig@inframark.com;kimberly.wickemeyer@inframark.com;kevin.wood@inframark.com;Matthew.Malone@inframark.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="63">
       <c r="A63" s="4">
-        <v>5700</v>
+        <v>5716</v>
       </c>
       <c r="B63" s="5" t="inlineStr">
         <is>
-          <t>Inframark</t>
+          <t>Cardinal Water Inc</t>
         </is>
       </c>
       <c r="C63" s="5" t="inlineStr">
         <is>
-          <t>Mr. Adam Brooks</t>
+          <t>Mr. Anthony Montero</t>
         </is>
       </c>
       <c r="D63" s="5" t="inlineStr">
         <is>
-          <t>1316 West Main St.</t>
+          <t>700 Alamance Street</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>Yanceyville</t>
+          <t>Gibsonville</t>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
-          <t>27379-    </t>
+          <t>27249-    </t>
         </is>
       </c>
       <c r="H63" s="5" t="inlineStr">
         <is>
-          <t>434-429-4596</t>
+          <t>336-437-6735</t>
         </is>
       </c>
       <c r="I63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K63" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L63" s="5" t="inlineStr">
         <is>
-          <t>Adam.Brooks@inframark.com;kimberly.wickemeyer@inframark.com;kevin.wood@inframark.com</t>
+          <t>cardinalwaterinc@gmail.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="64">
       <c r="A64" s="4">
-        <v>5716</v>
+        <v>5730</v>
       </c>
       <c r="B64" s="5" t="inlineStr">
         <is>
-          <t>Cardinal Water Inc</t>
+          <t>Mid-Atlantic Associates Inc.</t>
         </is>
       </c>
       <c r="C64" s="5" t="inlineStr">
         <is>
-          <t>Mr. Anthony Montero</t>
+          <t>Mr. Gary Fischer</t>
         </is>
       </c>
       <c r="D64" s="5" t="inlineStr">
         <is>
-          <t>700 Alamance Street</t>
+          <t>409 Rogers View Court</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>Gibsonville</t>
+          <t>Raleigh</t>
         </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
-          <t>27249-    </t>
+          <t>27610-    </t>
         </is>
       </c>
       <c r="H64" s="5" t="inlineStr">
         <is>
-          <t>336-437-6735</t>
+          <t>919-250-9918</t>
         </is>
       </c>
       <c r="I64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J64" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>919-250-9950</t>
         </is>
       </c>
       <c r="K64" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L64" s="5" t="inlineStr">
         <is>
-          <t>cardinalwaterinc@gmail.com</t>
+          <t>Gfischer@maaonline.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="65">
       <c r="A65" s="4">
-        <v>5730</v>
+        <v>5737</v>
       </c>
       <c r="B65" s="5" t="inlineStr">
         <is>
-          <t>Mid-Atlantic Associates Inc.</t>
+          <t>Greener EHS Solutions</t>
         </is>
       </c>
       <c r="C65" s="5" t="inlineStr">
         <is>
-          <t>Mr. Gary Fischer</t>
+          <t>Ms. Amanda Grenier</t>
         </is>
       </c>
       <c r="D65" s="5" t="inlineStr">
         <is>
-          <t>409 Rogers View Court</t>
+          <t>21 Selby Ct.</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>Raleigh</t>
+          <t>Holly Springs</t>
         </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
-          <t>27610-    </t>
+          <t>27540-    </t>
         </is>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
-          <t>919-250-9918</t>
+          <t>919-356-6509</t>
         </is>
       </c>
       <c r="I65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J65" s="5" t="inlineStr">
         <is>
-          <t>919-250-9950</t>
+          <t/>
         </is>
       </c>
       <c r="K65" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L65" s="5" t="inlineStr">
         <is>
-          <t>Gfischer@maaonline.com</t>
+          <t>agrenier@greenerehssolutions.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="66">
       <c r="A66" s="4">
-        <v>5737</v>
+        <v>5752</v>
       </c>
       <c r="B66" s="5" t="inlineStr">
         <is>
-          <t>Greener EHS Solutions</t>
+          <t>GEL Engineering of NC Inc.</t>
         </is>
       </c>
       <c r="C66" s="5" t="inlineStr">
         <is>
-          <t>Ms. Amanda Grenier</t>
+          <t>Mr. Reggie Reeves</t>
         </is>
       </c>
       <c r="D66" s="5" t="inlineStr">
         <is>
-          <t>21 Selby Ct.</t>
+          <t>1270 Hendersonville Road, Suite #6</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>Holly Springs</t>
+          <t>Asheville</t>
         </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
-          <t>27540-    </t>
+          <t>28803-    </t>
         </is>
       </c>
       <c r="H66" s="5" t="inlineStr">
         <is>
-          <t>919-356-6509</t>
+          <t>843-514-2283</t>
         </is>
       </c>
       <c r="I66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J66" s="5" t="inlineStr">
         <is>
-          <t/>
+          <t>843-769-7397</t>
         </is>
       </c>
       <c r="K66" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L66" s="5" t="inlineStr">
         <is>
-          <t>agrenier@greenerehssolutions.com</t>
+          <t>reggie.reeves@gel.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="67">
       <c r="A67" s="4">
         <v>5756</v>
       </c>
       <c r="B67" s="5" t="inlineStr">
         <is>
           <t>TCW Wastewater</t>
         </is>
       </c>
       <c r="C67" s="5" t="inlineStr">
         <is>
-          <t>Mr. Brian Stephens</t>
+          <t>Ms. Ashley Flemings</t>
         </is>
       </c>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t>5600 Lakeview Dr</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>Charlotte</t>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t>NC</t>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t>28269-    </t>
         </is>
       </c>
       <c r="H67" s="5" t="inlineStr">
         <is>
-          <t>980-339-1105</t>
+          <t>980-525-6496</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K67" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L67" s="5" t="inlineStr">
         <is>
-          <t> brian@wrenvironmental.com</t>
+          <t> aflemings@wrenvironmental.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="68">
       <c r="A68" s="4">
         <v>5763</v>
       </c>
       <c r="B68" s="5" t="inlineStr">
         <is>
           <t>403 Services</t>
         </is>
       </c>
       <c r="C68" s="5" t="inlineStr">
         <is>
           <t>Mr. Joe Shaffer</t>
         </is>
       </c>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <t>600 Rescue Way</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>Lexington</t>
@@ -4684,51 +4684,51 @@
           <t>28348-    </t>
         </is>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t>910-964-6845</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K70" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L70" s="5" t="inlineStr">
         <is>
-          <t>Charles.Pace@parsons.com;Benjamin.Krause@parsons.com;Kenneth.stuart@parsons.com</t>
+          <t>Charles.Pace@parsons.com;Kenneth.stuart@parsons.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="71">
       <c r="A71" s="4">
         <v>5781</v>
       </c>
       <c r="B71" s="5" t="inlineStr">
         <is>
           <t>Albemarle Environmental</t>
         </is>
       </c>
       <c r="C71" s="5" t="inlineStr">
         <is>
           <t>Ms. Michelle Pharr</t>
         </is>
       </c>
       <c r="D71" s="5" t="inlineStr">
         <is>
           <t>533 West Ocean Acres Drive</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>Kill Devil Hills</t>
@@ -4804,51 +4804,51 @@
           <t>27331-    </t>
         </is>
       </c>
       <c r="H72" s="5" t="inlineStr">
         <is>
           <t>919-777-1781</t>
         </is>
       </c>
       <c r="I72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K72" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L72" s="5" t="inlineStr">
         <is>
-          <t>scott.siletzky@sanfordnc.net</t>
+          <t>scott.siletzky@tririverwater.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="73">
       <c r="A73" s="4">
         <v>5792</v>
       </c>
       <c r="B73" s="5" t="inlineStr">
         <is>
           <t>Craft Environmental</t>
         </is>
       </c>
       <c r="C73" s="5" t="inlineStr">
         <is>
           <t>Mr. Max Craft</t>
         </is>
       </c>
       <c r="D73" s="5" t="inlineStr">
         <is>
           <t>203 Page St.</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>Kenansville</t>
@@ -5044,51 +5044,51 @@
           <t>28541-    </t>
         </is>
       </c>
       <c r="H76" s="5" t="inlineStr">
         <is>
           <t>334-849-7207</t>
         </is>
       </c>
       <c r="I76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K76" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L76" s="5" t="inlineStr">
         <is>
-          <t>greg.spillman@clearwatersol.com</t>
+          <t>greg.spillman@clearwatersol.com; drew.langston@clearwatersolutions.com</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="77">
       <c r="A77" s="4">
         <v>5808</v>
       </c>
       <c r="B77" s="5" t="inlineStr">
         <is>
           <t>AQWA Inc.</t>
         </is>
       </c>
       <c r="C77" s="5" t="inlineStr">
         <is>
           <t>Ms. Tammy Riggan</t>
         </is>
       </c>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t>1908 Baldree Road South</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>Wilson</t>
@@ -5104,51 +5104,51 @@
           <t>27893-    </t>
         </is>
       </c>
       <c r="H77" s="5" t="inlineStr">
         <is>
           <t>252-243-7693</t>
         </is>
       </c>
       <c r="I77" s="5" t="inlineStr">
         <is>
           <t>26   </t>
         </is>
       </c>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t>252-243-7694</t>
         </is>
       </c>
       <c r="K77" s="5" t="inlineStr">
         <is>
           <t>F/C</t>
         </is>
       </c>
       <c r="L77" s="5" t="inlineStr">
         <is>
-          <t>aqwatammysanders@gmail.com</t>
+          <t>aqwatammysanders@gmail.com; psmith@aqwa.net</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Access</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">