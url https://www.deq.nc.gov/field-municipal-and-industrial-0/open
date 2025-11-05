--- v0 (2025-10-07)
+++ v1 (2025-11-05)
@@ -1,340 +1,7430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\edc-nasvm01.eads.ncads.net\wr\WQ\nrwqlb03\CERT\Database\Exports\Website_Query_Exports\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1972C909-43C0-4DD4-B493-8D7447D139AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="90" windowWidth="23895" windowHeight="14535"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet sheetId="1" r:id="rId1" name="qryWebsiteQueriesFieldMunicipal"/>
+    <sheet name="qryWebsiteQueriesFieldMunicipal" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="125725" fullCalcOnLoad="true"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3692" uniqueCount="2351">
+  <si>
+    <t>Inactive</t>
+  </si>
+  <si>
+    <t>Cert #</t>
+  </si>
+  <si>
+    <t>Lab Name</t>
+  </si>
+  <si>
+    <t>Expr1</t>
+  </si>
+  <si>
+    <t>Address - Mailing</t>
+  </si>
+  <si>
+    <t>City - Mailing</t>
+  </si>
+  <si>
+    <t>State - Mailing</t>
+  </si>
+  <si>
+    <t>Zip - Mailing</t>
+  </si>
+  <si>
+    <t>General Phone #</t>
+  </si>
+  <si>
+    <t>Extension- General Phone #</t>
+  </si>
+  <si>
+    <t>Lab Type</t>
+  </si>
+  <si>
+    <t>Contact Email(s)</t>
+  </si>
+  <si>
+    <t>Dare Co. North RO WTP</t>
+  </si>
+  <si>
+    <t>Mr. Jordan Curles</t>
+  </si>
+  <si>
+    <t>600 Mustian St.</t>
+  </si>
+  <si>
+    <t>Kill Devil Hills</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>27948-</t>
+  </si>
+  <si>
+    <t>252-475-5808</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>F/M</t>
+  </si>
+  <si>
+    <t>jordan.curles@darenc.com</t>
+  </si>
+  <si>
+    <t>Town of Cleveland WWTP</t>
+  </si>
+  <si>
+    <t>Mr. John Ritchie</t>
+  </si>
+  <si>
+    <t>302 E. Main St.</t>
+  </si>
+  <si>
+    <t>Cleveland</t>
+  </si>
+  <si>
+    <t>27013-8414</t>
+  </si>
+  <si>
+    <t>352-575-7392</t>
+  </si>
+  <si>
+    <t>clevelandclerk@clevelandnc.org; jritchie75@gmail.com</t>
+  </si>
+  <si>
+    <t>Lenoir County Public Schools</t>
+  </si>
+  <si>
+    <t>Mr. Josh Moye</t>
+  </si>
+  <si>
+    <t>1624 Hwy. 11/55</t>
+  </si>
+  <si>
+    <t>Kinston</t>
+  </si>
+  <si>
+    <t>28504-</t>
+  </si>
+  <si>
+    <t>252-939-6529</t>
+  </si>
+  <si>
+    <t>coutlaw@lenoir.k12.nc.us;jsmoye88@gmail.com</t>
+  </si>
+  <si>
+    <t>Dare County Skyco Water Plant</t>
+  </si>
+  <si>
+    <t>P.O. Box 1000</t>
+  </si>
+  <si>
+    <t>Manteo</t>
+  </si>
+  <si>
+    <t>27954-</t>
+  </si>
+  <si>
+    <t>252-475-5792</t>
+  </si>
+  <si>
+    <t>;jordan.curles@darenc.gov;jessica.king@darenc.gov</t>
+  </si>
+  <si>
+    <t>Dare County RWS Water Treatment Facility</t>
+  </si>
+  <si>
+    <t>Mr. Chuck Budd</t>
+  </si>
+  <si>
+    <t>P.O. Box 500</t>
+  </si>
+  <si>
+    <t>Rodanthe</t>
+  </si>
+  <si>
+    <t>27968-</t>
+  </si>
+  <si>
+    <t>252-475-5778</t>
+  </si>
+  <si>
+    <t>chuck.budd@darenc.com;sherriann.sarsfield@darenc.com</t>
+  </si>
+  <si>
+    <t>Schneider Mills Inc.</t>
+  </si>
+  <si>
+    <t>Ms. Cindy Blair</t>
+  </si>
+  <si>
+    <t>P.O. Box 519</t>
+  </si>
+  <si>
+    <t>Taylorsville</t>
+  </si>
+  <si>
+    <t>28681-</t>
+  </si>
+  <si>
+    <t>828-632-8181</t>
+  </si>
+  <si>
+    <t>F/I</t>
+  </si>
+  <si>
+    <t>cblair@schneidermills.com</t>
+  </si>
+  <si>
+    <t>Town of Boiling Springs WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Mike Gibert</t>
+  </si>
+  <si>
+    <t>P.O. Box 1014</t>
+  </si>
+  <si>
+    <t>Boiling Springs</t>
+  </si>
+  <si>
+    <t>28017-</t>
+  </si>
+  <si>
+    <t>704-434-5600</t>
+  </si>
+  <si>
+    <t>mike.gibert@boilingspringsnc.net</t>
+  </si>
+  <si>
+    <t>Mills River Regional WTP</t>
+  </si>
+  <si>
+    <t>Ms. Myrriah Ringgenberg</t>
+  </si>
+  <si>
+    <t>4037 Haywood Road</t>
+  </si>
+  <si>
+    <t>Mills River</t>
+  </si>
+  <si>
+    <t>28759-</t>
+  </si>
+  <si>
+    <t>828-271-6108</t>
+  </si>
+  <si>
+    <t>mringgenberg@ashevillenc.gov</t>
+  </si>
+  <si>
+    <t>Lowes Company Iredell Distribution</t>
+  </si>
+  <si>
+    <t>Ms. Madeline McIntyre</t>
+  </si>
+  <si>
+    <t>711 Tomlin Mill Rd.</t>
+  </si>
+  <si>
+    <t>Statesville</t>
+  </si>
+  <si>
+    <t>28625-</t>
+  </si>
+  <si>
+    <t>704-876-8500</t>
+  </si>
+  <si>
+    <t>4297</t>
+  </si>
+  <si>
+    <t>Madeline.k.McIntyre@Lowes.com</t>
+  </si>
+  <si>
+    <t>Comm Scope WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Mark Dubiel</t>
+  </si>
+  <si>
+    <t>6519 Comm Scope Rd.</t>
+  </si>
+  <si>
+    <t>Catawba</t>
+  </si>
+  <si>
+    <t>28609-</t>
+  </si>
+  <si>
+    <t>828-241-6249</t>
+  </si>
+  <si>
+    <t>mark.dubiel@commscope.com; ricky.a.elder@commscope.com</t>
+  </si>
+  <si>
+    <t>Town of Columbus WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Christopher Cochran</t>
+  </si>
+  <si>
+    <t>P.O. Box 146</t>
+  </si>
+  <si>
+    <t>Columbus</t>
+  </si>
+  <si>
+    <t>28722-</t>
+  </si>
+  <si>
+    <t>828-817-9204</t>
+  </si>
+  <si>
+    <t>chris@columbusnc.com</t>
+  </si>
+  <si>
+    <t>Livent USA Corp.</t>
+  </si>
+  <si>
+    <t>Mr. Jason Lipscomb</t>
+  </si>
+  <si>
+    <t>P.O. Box 795</t>
+  </si>
+  <si>
+    <t>Bessemer City</t>
+  </si>
+  <si>
+    <t>28016-</t>
+  </si>
+  <si>
+    <t>704-868-7630</t>
+  </si>
+  <si>
+    <t>jason.lipscomb@arcadiumlithium.com; lance.crayton@arcadiumlithium.com</t>
+  </si>
+  <si>
+    <t>Lincoln County WTP</t>
+  </si>
+  <si>
+    <t>Mr. Scott Carter</t>
+  </si>
+  <si>
+    <t>7674 Tree Farm Road</t>
+  </si>
+  <si>
+    <t>Denver</t>
+  </si>
+  <si>
+    <t>28037-</t>
+  </si>
+  <si>
+    <t>704-483-7070</t>
+  </si>
+  <si>
+    <t>adam.jolicoeur@lincolncountync.gov; scott.carter@lincolncountync.gov; dalton.johnson@lincolncountync.gov</t>
+  </si>
+  <si>
+    <t>City of Havelock Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. David Hemenway</t>
+  </si>
+  <si>
+    <t>P.O. Box 368</t>
+  </si>
+  <si>
+    <t>Havelock</t>
+  </si>
+  <si>
+    <t>28532-</t>
+  </si>
+  <si>
+    <t>252-444-6420</t>
+  </si>
+  <si>
+    <t>dhemenway@havelocknc.us</t>
+  </si>
+  <si>
+    <t>City of Havelock WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Rodney George</t>
+  </si>
+  <si>
+    <t>304 N Jackson Dr.</t>
+  </si>
+  <si>
+    <t>252-444-6421</t>
+  </si>
+  <si>
+    <t>rgeorge@havelocknc.us</t>
+  </si>
+  <si>
+    <t>Corning Inc.</t>
+  </si>
+  <si>
+    <t>Ms. Janice del Rio Rosario</t>
+  </si>
+  <si>
+    <t>14556 Hwy. 601 S.</t>
+  </si>
+  <si>
+    <t>Midland</t>
+  </si>
+  <si>
+    <t>28107-</t>
+  </si>
+  <si>
+    <t>704-569-7677</t>
+  </si>
+  <si>
+    <t>delrioroji@corning.com</t>
+  </si>
+  <si>
+    <t>Town of Maysville WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Jason Barker</t>
+  </si>
+  <si>
+    <t>P.O. Box 265</t>
+  </si>
+  <si>
+    <t>Maysville</t>
+  </si>
+  <si>
+    <t>28555-</t>
+  </si>
+  <si>
+    <t>252-474-3745</t>
+  </si>
+  <si>
+    <t>pws@townofmaysville.org</t>
+  </si>
+  <si>
+    <t>General Electric</t>
+  </si>
+  <si>
+    <t>Mr. Ray Penley</t>
+  </si>
+  <si>
+    <t>1611 Indian Springs Dr Nw</t>
+  </si>
+  <si>
+    <t>Conover</t>
+  </si>
+  <si>
+    <t>28613-</t>
+  </si>
+  <si>
+    <t>828-312-1058</t>
+  </si>
+  <si>
+    <t>rayp@wattsnc.us</t>
+  </si>
+  <si>
+    <t>Aqua North Carolina - Western Area</t>
+  </si>
+  <si>
+    <t>Mr. Brent Milliron</t>
+  </si>
+  <si>
+    <t>4163 Sinclair Street</t>
+  </si>
+  <si>
+    <t>704-489-9404</t>
+  </si>
+  <si>
+    <t>57238</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>bmilliron@aquaamerica.com</t>
+  </si>
+  <si>
+    <t>Town of Macclesfield</t>
+  </si>
+  <si>
+    <t>Mr. Benjy Lassiter</t>
+  </si>
+  <si>
+    <t>P.O. Box 185</t>
+  </si>
+  <si>
+    <t>Macclesfield</t>
+  </si>
+  <si>
+    <t>27852-</t>
+  </si>
+  <si>
+    <t>252-813-2740</t>
+  </si>
+  <si>
+    <t>publicworks@townofmacclesfieldnc.org</t>
+  </si>
+  <si>
+    <t>Wayne Farms LLC</t>
+  </si>
+  <si>
+    <t>Mr. Jeremy Bowlin</t>
+  </si>
+  <si>
+    <t>P.O. Box 383</t>
+  </si>
+  <si>
+    <t>Dobson</t>
+  </si>
+  <si>
+    <t>27017-</t>
+  </si>
+  <si>
+    <t>336-386-5867</t>
+  </si>
+  <si>
+    <t>jeremy.bowlin@WayneSanderson.com</t>
+  </si>
+  <si>
+    <t>Rutherfordton WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Phillip Reynolds</t>
+  </si>
+  <si>
+    <t>129 N. Main Street</t>
+  </si>
+  <si>
+    <t>Rutherfordton</t>
+  </si>
+  <si>
+    <t>28139-</t>
+  </si>
+  <si>
+    <t>828-287-2141</t>
+  </si>
+  <si>
+    <t>phillip.reynolds@veolia.com</t>
+  </si>
+  <si>
+    <t>Town of Weldon WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Donald Crowder</t>
+  </si>
+  <si>
+    <t>P.O. Box 551</t>
+  </si>
+  <si>
+    <t>Weldon</t>
+  </si>
+  <si>
+    <t>27890-</t>
+  </si>
+  <si>
+    <t>252-536-3600</t>
+  </si>
+  <si>
+    <t>dlcrowder@hotmail.com</t>
+  </si>
+  <si>
+    <t>Yadkin Valley Sewer Authority (YVSA) WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Todd Coe</t>
+  </si>
+  <si>
+    <t>211 Marion Road</t>
+  </si>
+  <si>
+    <t>Elkin</t>
+  </si>
+  <si>
+    <t>28621-</t>
+  </si>
+  <si>
+    <t>336-366-9931</t>
+  </si>
+  <si>
+    <t>todd.coe@veolia.com;</t>
+  </si>
+  <si>
+    <t>Farmville WWTP</t>
+  </si>
+  <si>
+    <t>Mr. James Shoulders</t>
+  </si>
+  <si>
+    <t>2884 Chiquapin Rd.</t>
+  </si>
+  <si>
+    <t>Farmville</t>
+  </si>
+  <si>
+    <t>27828-</t>
+  </si>
+  <si>
+    <t>252-753-3913</t>
+  </si>
+  <si>
+    <t>james.shoulders@veolia.com</t>
+  </si>
+  <si>
+    <t>Town of Pilot Mountain WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Kent Scott</t>
+  </si>
+  <si>
+    <t>124 W. Main St. Box 1</t>
+  </si>
+  <si>
+    <t>Pilot Mountain</t>
+  </si>
+  <si>
+    <t>27041-</t>
+  </si>
+  <si>
+    <t>336-368-4041</t>
+  </si>
+  <si>
+    <t>pudhead0822@yahoo.com</t>
+  </si>
+  <si>
+    <t>Town of Mayodan WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Gary Moore</t>
+  </si>
+  <si>
+    <t>P.O. Box 243</t>
+  </si>
+  <si>
+    <t>Mayodan</t>
+  </si>
+  <si>
+    <t>27027-</t>
+  </si>
+  <si>
+    <t>336-427-5733</t>
+  </si>
+  <si>
+    <t>gary.moore1@veolia.com; nadine.blackwell@veolia.com</t>
+  </si>
+  <si>
+    <t>Aqua North Carolina - Central Area</t>
+  </si>
+  <si>
+    <t>202 MacKenan Ct.</t>
+  </si>
+  <si>
+    <t>Cary</t>
+  </si>
+  <si>
+    <t>27511-</t>
+  </si>
+  <si>
+    <t>919-653-6999</t>
+  </si>
+  <si>
+    <t>BMilliron@aquaamerica.com; KSDickens@aquaamerica.com;RDKrueger@aquaamerica.com</t>
+  </si>
+  <si>
+    <t>Duke Energy Progress - Brunswick Steam Electric Plant</t>
+  </si>
+  <si>
+    <t>Mr. Devin McFarlane</t>
+  </si>
+  <si>
+    <t>8470 River Road</t>
+  </si>
+  <si>
+    <t>Southport</t>
+  </si>
+  <si>
+    <t>28461-</t>
+  </si>
+  <si>
+    <t>910-832-2728</t>
+  </si>
+  <si>
+    <t>devin.mcfarlane@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Town of Mars Hill WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Jason Riddle</t>
+  </si>
+  <si>
+    <t>Mars Hill</t>
+  </si>
+  <si>
+    <t>28754-</t>
+  </si>
+  <si>
+    <t>828-689-2301</t>
+  </si>
+  <si>
+    <t>jriddle@townofmarshill.org</t>
+  </si>
+  <si>
+    <t>Asheville Combined Cycle Station</t>
+  </si>
+  <si>
+    <t>Ms. Teresa Williams</t>
+  </si>
+  <si>
+    <t>Duke Energy
+46 Duke Energy Lane</t>
+  </si>
+  <si>
+    <t>Arden</t>
+  </si>
+  <si>
+    <t>28704-</t>
+  </si>
+  <si>
+    <t>828-650-0610</t>
+  </si>
+  <si>
+    <t>teresa.williams@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Duke Energy Progress - Sutton Steam Electric Plant</t>
+  </si>
+  <si>
+    <t>Mr. Glenn Rivenbark</t>
+  </si>
+  <si>
+    <t>801 Sutton Steam Plant Road</t>
+  </si>
+  <si>
+    <t>Wilmington</t>
+  </si>
+  <si>
+    <t>28401-</t>
+  </si>
+  <si>
+    <t>910-341-4774</t>
+  </si>
+  <si>
+    <t>Roland.Rivenbark@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Elizabethtown WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Hugh Bledsoe</t>
+  </si>
+  <si>
+    <t>P.O. Box 716</t>
+  </si>
+  <si>
+    <t>Elizabethtown</t>
+  </si>
+  <si>
+    <t>28337-</t>
+  </si>
+  <si>
+    <t>910-874-1961</t>
+  </si>
+  <si>
+    <t>hbledsoe@elizabethtownnc.org</t>
+  </si>
+  <si>
+    <t>Bladenboro WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Addison Simmons</t>
+  </si>
+  <si>
+    <t>P.O. Box 455</t>
+  </si>
+  <si>
+    <t>Bladenboro</t>
+  </si>
+  <si>
+    <t>28320-</t>
+  </si>
+  <si>
+    <t>910-863-3655</t>
+  </si>
+  <si>
+    <t>Wwtp@bladenboronc.org</t>
+  </si>
+  <si>
+    <t>City of Lincolnton WTP</t>
+  </si>
+  <si>
+    <t>Mr. Nolan Hallman</t>
+  </si>
+  <si>
+    <t>P.O. Box 617</t>
+  </si>
+  <si>
+    <t>Lincolnton</t>
+  </si>
+  <si>
+    <t>28093-0617</t>
+  </si>
+  <si>
+    <t>704-736-8970</t>
+  </si>
+  <si>
+    <t>nhallman@lincolntonnc.org; dperry@lincolntonnc.org; tsetzer@lincolntonnc.org</t>
+  </si>
+  <si>
+    <t>Burlington Industries - Richmond Plant</t>
+  </si>
+  <si>
+    <t>Mr. Robert Long</t>
+  </si>
+  <si>
+    <t>P.O. Box 250</t>
+  </si>
+  <si>
+    <t>Cordova</t>
+  </si>
+  <si>
+    <t>28330-</t>
+  </si>
+  <si>
+    <t>910-417-2242</t>
+  </si>
+  <si>
+    <t>Robert.Long@burlingtonfabrics.com;Robert.Long@elevatetextiles.com</t>
+  </si>
+  <si>
+    <t>Taylorsville WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Brian Eades</t>
+  </si>
+  <si>
+    <t>67 Main Ave Drive</t>
+  </si>
+  <si>
+    <t>828-632-5280</t>
+  </si>
+  <si>
+    <t>sbe1963@yahoo.com</t>
+  </si>
+  <si>
+    <t>Duke Energy Progress - Mayo Electric Generating Plant</t>
+  </si>
+  <si>
+    <t>Mr. Joseph Slade</t>
+  </si>
+  <si>
+    <t>10660 Boston Road</t>
+  </si>
+  <si>
+    <t>Roxboro</t>
+  </si>
+  <si>
+    <t>27574-</t>
+  </si>
+  <si>
+    <t>336-597-7398</t>
+  </si>
+  <si>
+    <t>Joseph.Slade@duke-energy.com;Cale.Walker@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Duke Energy Progress LLC - H.F. Lee Energy Complex</t>
+  </si>
+  <si>
+    <t>Mr. Mike Graham</t>
+  </si>
+  <si>
+    <t>1199 Black Jack Church Road</t>
+  </si>
+  <si>
+    <t>Goldsboro</t>
+  </si>
+  <si>
+    <t>27530-</t>
+  </si>
+  <si>
+    <t>919-722-6551</t>
+  </si>
+  <si>
+    <t>mike.graham2@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Pilgrim's Pride Field Lab</t>
+  </si>
+  <si>
+    <t>Ms. Tina Pedley</t>
+  </si>
+  <si>
+    <t>484 Zimmerman Road</t>
+  </si>
+  <si>
+    <t>Sanford</t>
+  </si>
+  <si>
+    <t>27330-</t>
+  </si>
+  <si>
+    <t>919-774-7333</t>
+  </si>
+  <si>
+    <t>53457</t>
+  </si>
+  <si>
+    <t>tina.pedley@pilgrims.com</t>
+  </si>
+  <si>
+    <t>Town of Smithfield Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. Steve Lane</t>
+  </si>
+  <si>
+    <t>P.O. Box 761</t>
+  </si>
+  <si>
+    <t>Smithfield</t>
+  </si>
+  <si>
+    <t>27577-</t>
+  </si>
+  <si>
+    <t>919-934-2661</t>
+  </si>
+  <si>
+    <t>remic.stahl@smithfield-nc.com;steve.lane@smithfield-nc.com</t>
+  </si>
+  <si>
+    <t>Harvest Time Foods Ayden NC</t>
+  </si>
+  <si>
+    <t>3420 East Wilson Street</t>
+  </si>
+  <si>
+    <t>252-814-6348</t>
+  </si>
+  <si>
+    <t>Hickory Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. Max Simmons</t>
+  </si>
+  <si>
+    <t>P.O. Box 398</t>
+  </si>
+  <si>
+    <t>Hickory</t>
+  </si>
+  <si>
+    <t>28603-</t>
+  </si>
+  <si>
+    <t>828-323-7530</t>
+  </si>
+  <si>
+    <t>mwsimmons@hickorync.gov</t>
+  </si>
+  <si>
+    <t>Carolina Stalite Company</t>
+  </si>
+  <si>
+    <t>Mr. Joseph Konzelmann</t>
+  </si>
+  <si>
+    <t>P.O. Box 186</t>
+  </si>
+  <si>
+    <t>Gold Hill</t>
+  </si>
+  <si>
+    <t>28071-</t>
+  </si>
+  <si>
+    <t>704-279-2166</t>
+  </si>
+  <si>
+    <t>jkonzelmann@stalite.com;TAGNER@STALITE.COM</t>
+  </si>
+  <si>
+    <t>Progress Energy Carolinas - Roxboro Steam Electric Plant</t>
+  </si>
+  <si>
+    <t>Mr. Ryan Enoch</t>
+  </si>
+  <si>
+    <t>1700 Dunnaway Road</t>
+  </si>
+  <si>
+    <t>Semora</t>
+  </si>
+  <si>
+    <t>27343-</t>
+  </si>
+  <si>
+    <t>336-598-7609</t>
+  </si>
+  <si>
+    <t>ryan.enoch@duke-energy.com;robert.howard@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Tyson Foods</t>
+  </si>
+  <si>
+    <t>Mr. Kevin Haynes</t>
+  </si>
+  <si>
+    <t>P.O. Box 158</t>
+  </si>
+  <si>
+    <t>Harmony</t>
+  </si>
+  <si>
+    <t>28634-</t>
+  </si>
+  <si>
+    <t>704-546-2602</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>kevin.haynes@tyson.com</t>
+  </si>
+  <si>
+    <t>City of Lowell</t>
+  </si>
+  <si>
+    <t>Mr. Daniel Dougherty</t>
+  </si>
+  <si>
+    <t>101 W. First St.</t>
+  </si>
+  <si>
+    <t>Lowell</t>
+  </si>
+  <si>
+    <t>28098-</t>
+  </si>
+  <si>
+    <t>704-477-5514</t>
+  </si>
+  <si>
+    <t>djdougherty55@outlook.com</t>
+  </si>
+  <si>
+    <t>Laurinburg-Maxton Airport</t>
+  </si>
+  <si>
+    <t>Mr. Jacob Hamlett</t>
+  </si>
+  <si>
+    <t>16701 Airport Rd.</t>
+  </si>
+  <si>
+    <t>Maxton</t>
+  </si>
+  <si>
+    <t>28364-</t>
+  </si>
+  <si>
+    <t>910-280-1576</t>
+  </si>
+  <si>
+    <t>jhamlett@lmairport.com;moxendine@lmairport.com</t>
+  </si>
+  <si>
+    <t>Aqua North Carolina - Coastal Area</t>
+  </si>
+  <si>
+    <t>251 Merchants Circle
+Building 24-I</t>
+  </si>
+  <si>
+    <t>Hampstead</t>
+  </si>
+  <si>
+    <t>28443-5040</t>
+  </si>
+  <si>
+    <t>BMilliron@aquaamerica.com; JAMingus@aquaamerica.com; ksdickens@aquaamerica.com</t>
+  </si>
+  <si>
+    <t>Mesa Global</t>
+  </si>
+  <si>
+    <t>Mr. Robert Lipscomb</t>
+  </si>
+  <si>
+    <t>Union Mills</t>
+  </si>
+  <si>
+    <t>28167-</t>
+  </si>
+  <si>
+    <t>828-429-4727</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>wparton@cit-online.org</t>
+  </si>
+  <si>
+    <t>Spindale WWTP</t>
+  </si>
+  <si>
+    <t>Ms. Sibyl Brotherton</t>
+  </si>
+  <si>
+    <t>Spindale</t>
+  </si>
+  <si>
+    <t>28160-</t>
+  </si>
+  <si>
+    <t>828-447-9588</t>
+  </si>
+  <si>
+    <t>sbrotherton@spindalenc.net</t>
+  </si>
+  <si>
+    <t>UNITED CHEMI-CON</t>
+  </si>
+  <si>
+    <t>Mr. John Turner</t>
+  </si>
+  <si>
+    <t>185 McNeil Rd.</t>
+  </si>
+  <si>
+    <t>Lansing</t>
+  </si>
+  <si>
+    <t>28643-</t>
+  </si>
+  <si>
+    <t>336-384-2551</t>
+  </si>
+  <si>
+    <t>6224</t>
+  </si>
+  <si>
+    <t>jturner@chemi-con.com</t>
+  </si>
+  <si>
+    <t>Town of Ramseur WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Terry Lewallen</t>
+  </si>
+  <si>
+    <t>P.O. Box 217</t>
+  </si>
+  <si>
+    <t>Ramseur</t>
+  </si>
+  <si>
+    <t>27316-</t>
+  </si>
+  <si>
+    <t>336-824-3939</t>
+  </si>
+  <si>
+    <t>t.lewallen@townoframseur.org</t>
+  </si>
+  <si>
+    <t>Chemours Company – Fayetteville Works</t>
+  </si>
+  <si>
+    <t>Ms. Dianne Fields</t>
+  </si>
+  <si>
+    <t>Attn: Waste Treatment
+22828 NC Hwy. 87 W</t>
+  </si>
+  <si>
+    <t>Fayetteville</t>
+  </si>
+  <si>
+    <t>28306-7332</t>
+  </si>
+  <si>
+    <t>910-678-1213</t>
+  </si>
+  <si>
+    <t>Dianne.l.fields@chemours.com</t>
+  </si>
+  <si>
+    <t>Town of Old Fort WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Josh Cagle</t>
+  </si>
+  <si>
+    <t>38 Catawba Ave</t>
+  </si>
+  <si>
+    <t>Old Fort</t>
+  </si>
+  <si>
+    <t>28762-</t>
+  </si>
+  <si>
+    <t>828-668-4561</t>
+  </si>
+  <si>
+    <t>jcagle@oldfortnc.com</t>
+  </si>
+  <si>
+    <t>City of Randleman</t>
+  </si>
+  <si>
+    <t>Mr. Michael Glass</t>
+  </si>
+  <si>
+    <t>204 S MAIN ST</t>
+  </si>
+  <si>
+    <t>Randleman</t>
+  </si>
+  <si>
+    <t>27317-</t>
+  </si>
+  <si>
+    <t>336-498-2254</t>
+  </si>
+  <si>
+    <t>wwtp@cityofrandleman.com</t>
+  </si>
+  <si>
+    <t>City of Hamlet WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Kevin Bowman</t>
+  </si>
+  <si>
+    <t>P.O. Box 1229</t>
+  </si>
+  <si>
+    <t>Hamlet</t>
+  </si>
+  <si>
+    <t>28345-</t>
+  </si>
+  <si>
+    <t>910-582-6074</t>
+  </si>
+  <si>
+    <t>kbowman@hamletnc.us</t>
+  </si>
+  <si>
+    <t>Hospira Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Samuel Toke</t>
+  </si>
+  <si>
+    <t>4285 N. Wesleyan Blvd.</t>
+  </si>
+  <si>
+    <t>Rocky Mount</t>
+  </si>
+  <si>
+    <t>27804-</t>
+  </si>
+  <si>
+    <t>252-977-8292</t>
+  </si>
+  <si>
+    <t>Samuel.Toke@pfizer.com</t>
+  </si>
+  <si>
+    <t>Town of Beech Mountain</t>
+  </si>
+  <si>
+    <t>Mr. Randy Horney</t>
+  </si>
+  <si>
+    <t>403 Beech Mtn. Parkway</t>
+  </si>
+  <si>
+    <t>Beech Mountain</t>
+  </si>
+  <si>
+    <t>28604-</t>
+  </si>
+  <si>
+    <t>828-387-9282</t>
+  </si>
+  <si>
+    <t>rhorney@townofbeechmountain.com; bmus@townofbeechmountain.com;</t>
+  </si>
+  <si>
+    <t>Town of Hamilton WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Tim Mizelle</t>
+  </si>
+  <si>
+    <t>P.O. Box 249</t>
+  </si>
+  <si>
+    <t>Hamilton</t>
+  </si>
+  <si>
+    <t>27840-0249</t>
+  </si>
+  <si>
+    <t>252-287-8839</t>
+  </si>
+  <si>
+    <t>ashton.weller@perdue.com;timothy.mizelle@perdue.com</t>
+  </si>
+  <si>
+    <t>Badin Business Park LLC</t>
+  </si>
+  <si>
+    <t>Mr. Jon Wilson</t>
+  </si>
+  <si>
+    <t>P.O. Box 576</t>
+  </si>
+  <si>
+    <t>Badin</t>
+  </si>
+  <si>
+    <t>28009-</t>
+  </si>
+  <si>
+    <t>704-202-2457</t>
+  </si>
+  <si>
+    <t>jon.wilson@alcoa.com; njsiria@olsson.com</t>
+  </si>
+  <si>
+    <t>Town of Snow Hill WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Bohdan Fediuk</t>
+  </si>
+  <si>
+    <t>PO Box 247</t>
+  </si>
+  <si>
+    <t>Snow Hill</t>
+  </si>
+  <si>
+    <t>28580-</t>
+  </si>
+  <si>
+    <t>252-747-3414</t>
+  </si>
+  <si>
+    <t>wwtp_orc@snowhillnc.com; bfediuk1224@yahoo.com</t>
+  </si>
+  <si>
+    <t>Rockingham County Schools</t>
+  </si>
+  <si>
+    <t>Mr. James Rorrer</t>
+  </si>
+  <si>
+    <t>391 County Home Road</t>
+  </si>
+  <si>
+    <t>Reidsville</t>
+  </si>
+  <si>
+    <t>27320-</t>
+  </si>
+  <si>
+    <t>336-634-3270</t>
+  </si>
+  <si>
+    <t>jrorrer2@rock.k12.nc.us;kevans2@rock.k12.nc.us;jldoss@rock.k12.nc.us</t>
+  </si>
+  <si>
+    <t>R. A. Thomas WTP</t>
+  </si>
+  <si>
+    <t>Ms. Donna Lankford</t>
+  </si>
+  <si>
+    <t>1201 South Martin Luther King Jr. Dr.</t>
+  </si>
+  <si>
+    <t>Winston-Salem</t>
+  </si>
+  <si>
+    <t>27107-</t>
+  </si>
+  <si>
+    <t>336-734-1577</t>
+  </si>
+  <si>
+    <t>donnal@cityofws.org; austinb@cityofws.org</t>
+  </si>
+  <si>
+    <t>Town of Warsaw</t>
+  </si>
+  <si>
+    <t>Mr. Greg Hughes</t>
+  </si>
+  <si>
+    <t>P.O. Box 464</t>
+  </si>
+  <si>
+    <t>Warsaw</t>
+  </si>
+  <si>
+    <t>28398-</t>
+  </si>
+  <si>
+    <t>910-385-5994</t>
+  </si>
+  <si>
+    <t>cahughes41@gmail.com;MillersUtility@aol.com</t>
+  </si>
+  <si>
+    <t>Town of Beulaville</t>
+  </si>
+  <si>
+    <t>Ms. Angie Miller</t>
+  </si>
+  <si>
+    <t>508 East Main Street</t>
+  </si>
+  <si>
+    <t>Beulaville</t>
+  </si>
+  <si>
+    <t>28518-</t>
+  </si>
+  <si>
+    <t>910-298-4647</t>
+  </si>
+  <si>
+    <t>MillersUtility@aol.com; loriw@intrstar.net</t>
+  </si>
+  <si>
+    <t>Duke Power company LLC d/b/a Duke Energy Carolinas LLC - Allen</t>
+  </si>
+  <si>
+    <t>Mr. Garrett Hutchings</t>
+  </si>
+  <si>
+    <t>13339 Hagers Ferry Road
+Mailcode: MG02A3</t>
+  </si>
+  <si>
+    <t>Huntersville</t>
+  </si>
+  <si>
+    <t>28078-</t>
+  </si>
+  <si>
+    <t>980-875-5357</t>
+  </si>
+  <si>
+    <t>garrett.hutchings@duke-energy.com; greg.phillips@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Dare County Cape Hatteras Water</t>
+  </si>
+  <si>
+    <t>Mr. Elliott Midgett</t>
+  </si>
+  <si>
+    <t>P.O. Box 578</t>
+  </si>
+  <si>
+    <t>Buxton</t>
+  </si>
+  <si>
+    <t>27920-</t>
+  </si>
+  <si>
+    <t>252-475-5770</t>
+  </si>
+  <si>
+    <t>elliott.midgett@darenc.gov</t>
+  </si>
+  <si>
+    <t>Town of Elk Park</t>
+  </si>
+  <si>
+    <t>Mr. Tyler Boone</t>
+  </si>
+  <si>
+    <t>P.O. Box 248</t>
+  </si>
+  <si>
+    <t>Elk Park</t>
+  </si>
+  <si>
+    <t>28622-</t>
+  </si>
+  <si>
+    <t>828-387-1810</t>
+  </si>
+  <si>
+    <t>townofelkpark@hotmail.com</t>
+  </si>
+  <si>
+    <t>Town of River Bend</t>
+  </si>
+  <si>
+    <t>Mr. James Jones</t>
+  </si>
+  <si>
+    <t>45 Shoreline Drive</t>
+  </si>
+  <si>
+    <t>River Bend</t>
+  </si>
+  <si>
+    <t>28562-</t>
+  </si>
+  <si>
+    <t>252-638-3870</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>wrdsupt@riverbendnc.org</t>
+  </si>
+  <si>
+    <t>Town of Plymouth WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Roland Coburn</t>
+  </si>
+  <si>
+    <t>124 E Water Street</t>
+  </si>
+  <si>
+    <t>Plymouth</t>
+  </si>
+  <si>
+    <t>27962-</t>
+  </si>
+  <si>
+    <t>252-793-1169</t>
+  </si>
+  <si>
+    <t>roland.coburn@visitplymouthnc.com;mike.wright@visitplymouthnc.com</t>
+  </si>
+  <si>
+    <t>Kenly Regional WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Phillip Smith</t>
+  </si>
+  <si>
+    <t>Kenly</t>
+  </si>
+  <si>
+    <t>27542-</t>
+  </si>
+  <si>
+    <t>phillip.smith@townofkenly.com</t>
+  </si>
+  <si>
+    <t>Greater Badin WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Clinton Hinson</t>
+  </si>
+  <si>
+    <t>1000 N. First Street, Suite 12</t>
+  </si>
+  <si>
+    <t>Albemarle</t>
+  </si>
+  <si>
+    <t>28001-</t>
+  </si>
+  <si>
+    <t>704-986-3691</t>
+  </si>
+  <si>
+    <t>dmullis@stanlycountync.gov; chinson@stanlycountync.gov</t>
+  </si>
+  <si>
+    <t>Duke Energy Progress - HEEC Outfall 007</t>
+  </si>
+  <si>
+    <t>Mr. Bob Wilson</t>
+  </si>
+  <si>
+    <t>5413 Shearon Harris Road</t>
+  </si>
+  <si>
+    <t>New Hill</t>
+  </si>
+  <si>
+    <t>27562-</t>
+  </si>
+  <si>
+    <t>919-362-2966</t>
+  </si>
+  <si>
+    <t>Bob.Wilson@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Town of Pinetops WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Carlos Williams</t>
+  </si>
+  <si>
+    <t>P.O. Drawer C</t>
+  </si>
+  <si>
+    <t>Pinetops</t>
+  </si>
+  <si>
+    <t>27864-</t>
+  </si>
+  <si>
+    <t>252-827-4435</t>
+  </si>
+  <si>
+    <t>cwilliams@pinetopsnc.com</t>
+  </si>
+  <si>
+    <t>Fairmont Regional WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Tommy Fields</t>
+  </si>
+  <si>
+    <t>Fairmont</t>
+  </si>
+  <si>
+    <t>28340-</t>
+  </si>
+  <si>
+    <t>910-734-1671</t>
+  </si>
+  <si>
+    <t>tfields@fairmontnc.gov</t>
+  </si>
+  <si>
+    <t>Duke Power Company LLC d/b/a Duke Energy Carolinas LLC-Belews Creek</t>
+  </si>
+  <si>
+    <t>13339 Hagers Ferry Rd   Mail Code: MG03A3</t>
+  </si>
+  <si>
+    <t>980-875-5672</t>
+  </si>
+  <si>
+    <t>Garrett.Hutchings@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Duke Power Company LLC d/b/a Duke Energy Carolinas LLC - Buck</t>
+  </si>
+  <si>
+    <t>13339 Hagers Ferry Road   Mail Code: MG03A3
+Bldg. 7405
+Mail Code: MG03A2</t>
+  </si>
+  <si>
+    <t>28078-7929</t>
+  </si>
+  <si>
+    <t>980-875-5213</t>
+  </si>
+  <si>
+    <t>garrett.hutchings@duke-energy.com;dale.wooten@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Duke Power Company LLC d/b/a Duke Energy Carolinas LLC - Cliffside</t>
+  </si>
+  <si>
+    <t>garrett.hutchings@duke-energy.com; joseph.hall2@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Duke Power Company LLC d/b/a Duke Energy Carolinas - Dan River</t>
+  </si>
+  <si>
+    <t>Mr. Matthew Sumner</t>
+  </si>
+  <si>
+    <t>13339 Hagers Ferry Rd
+Mail Code: MG02A3</t>
+  </si>
+  <si>
+    <t>Garrett.Hutchings@duke-energy.com;matthew.sumner@duke-energy.com; dana.newcomb@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Duke Power Company LLC d/b/a Duke Energy Carolinas LLC - Marshall</t>
+  </si>
+  <si>
+    <t>Duke Energy - McGuire Nuclear Station</t>
+  </si>
+  <si>
+    <t>Mr. John Ballard</t>
+  </si>
+  <si>
+    <t>12700 Hagers Ferry Road 
+Mail Code: MG01EM</t>
+  </si>
+  <si>
+    <t>980-875-5635</t>
+  </si>
+  <si>
+    <t>John.Ballard@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Phillips Plating Co. Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Mark Phillips</t>
+  </si>
+  <si>
+    <t>P.O. Box 336</t>
+  </si>
+  <si>
+    <t>Bridgeton</t>
+  </si>
+  <si>
+    <t>28519-</t>
+  </si>
+  <si>
+    <t>252-637-2695</t>
+  </si>
+  <si>
+    <t>Covation Biomaterials LLC - Kinston Site</t>
+  </si>
+  <si>
+    <t>Mr. Ray Burgos</t>
+  </si>
+  <si>
+    <t>4693 Hwy 11 N</t>
+  </si>
+  <si>
+    <t>Grifton</t>
+  </si>
+  <si>
+    <t>28530-</t>
+  </si>
+  <si>
+    <t>252-643-7002</t>
+  </si>
+  <si>
+    <t>Ray.Burgos@covationbio.com;shelby.arellano@covationbio.com</t>
+  </si>
+  <si>
+    <t>Town of Maggie Valley WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Seth Boyd</t>
+  </si>
+  <si>
+    <t>3987 Soco Rd.</t>
+  </si>
+  <si>
+    <t>Maggie Valley</t>
+  </si>
+  <si>
+    <t>28751-</t>
+  </si>
+  <si>
+    <t>828-926-0866</t>
+  </si>
+  <si>
+    <t>sboyd@maggievalleync.gov</t>
+  </si>
+  <si>
+    <t>Innospec Performance Chemicals</t>
+  </si>
+  <si>
+    <t>Mr. Allen Robey</t>
+  </si>
+  <si>
+    <t>510 Hinkle Lane</t>
+  </si>
+  <si>
+    <t>Salisbury</t>
+  </si>
+  <si>
+    <t>28144-</t>
+  </si>
+  <si>
+    <t>704-633-8028</t>
+  </si>
+  <si>
+    <t>allen.robey@innospecinc.com;   Kris.Houpt@innospecinc.com; tommy.thorn@innospecinc.com;</t>
+  </si>
+  <si>
+    <t>Waynesville Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. Kyle Cook</t>
+  </si>
+  <si>
+    <t>341 Rocky Branch Rd</t>
+  </si>
+  <si>
+    <t>Waynesville</t>
+  </si>
+  <si>
+    <t>28786-</t>
+  </si>
+  <si>
+    <t>828-820-7270</t>
+  </si>
+  <si>
+    <t>kcook@waynesvillenc.gov; hparrott@waynesvillenc.gov</t>
+  </si>
+  <si>
+    <t>Town of Broadway WWTP</t>
+  </si>
+  <si>
+    <t>Mr. John Godfrey</t>
+  </si>
+  <si>
+    <t>P.O. Box 130</t>
+  </si>
+  <si>
+    <t>Broadway</t>
+  </si>
+  <si>
+    <t>27505-</t>
+  </si>
+  <si>
+    <t>919-258-9922</t>
+  </si>
+  <si>
+    <t>manager@broadwaync.com</t>
+  </si>
+  <si>
+    <t>Blue Ridge Parkway/Mt. Pisgah</t>
+  </si>
+  <si>
+    <t>Mr. Joseph Herring</t>
+  </si>
+  <si>
+    <t>199 Hemphill Knob Road</t>
+  </si>
+  <si>
+    <t>Asheville</t>
+  </si>
+  <si>
+    <t>28803-</t>
+  </si>
+  <si>
+    <t>828-331-8607</t>
+  </si>
+  <si>
+    <t>joseph_herring@nps.gov</t>
+  </si>
+  <si>
+    <t>New Hanover County Landfill WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Kevin Woodward</t>
+  </si>
+  <si>
+    <t>3002 Hwy. 421 North</t>
+  </si>
+  <si>
+    <t>910-798-4458</t>
+  </si>
+  <si>
+    <t>Kwoodward@nhcgov.com; amulvey@nhcgov.com</t>
+  </si>
+  <si>
+    <t>Allvac - Monroe Plant</t>
+  </si>
+  <si>
+    <t>Mr. Larry Allen</t>
+  </si>
+  <si>
+    <t>2020 Ashcraft Ave.</t>
+  </si>
+  <si>
+    <t>Monroe</t>
+  </si>
+  <si>
+    <t>28110-</t>
+  </si>
+  <si>
+    <t>704-289-4511</t>
+  </si>
+  <si>
+    <t>3823</t>
+  </si>
+  <si>
+    <t>Larry.Allen@atimaterials.com; James.Moser@atimaterials.com; Courtney.burgard@atimaterials.com</t>
+  </si>
+  <si>
+    <t>City of Hendersonville Water Plant</t>
+  </si>
+  <si>
+    <t>Mr. Stephen Bell</t>
+  </si>
+  <si>
+    <t>4139 Haywood Road</t>
+  </si>
+  <si>
+    <t>Mill River</t>
+  </si>
+  <si>
+    <t>828-891-7779</t>
+  </si>
+  <si>
+    <t>sbell@hvlnc.gov; rlevi@hvlnc.gov;</t>
+  </si>
+  <si>
+    <t>City of Henderson-Kerr Lake Regional Water System</t>
+  </si>
+  <si>
+    <t>Ms. Clarissa Lipscomb</t>
+  </si>
+  <si>
+    <t>P.O. Box 1434</t>
+  </si>
+  <si>
+    <t>Henderson</t>
+  </si>
+  <si>
+    <t>27536-</t>
+  </si>
+  <si>
+    <t>252-438-2141</t>
+  </si>
+  <si>
+    <t>clarissalipscomb@henderson.nc.gov</t>
+  </si>
+  <si>
+    <t>Duke Power Company LLC d/b/a Duke Energy Carolinas LLC - Sci Support</t>
+  </si>
+  <si>
+    <t>Dr. Ryan Heise</t>
+  </si>
+  <si>
+    <t>13339 Hagers Ferry Rd.; Bldg. 7405</t>
+  </si>
+  <si>
+    <t>980-875-6723</t>
+  </si>
+  <si>
+    <t>Ryan.Heise@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Mane Ingredients USA</t>
+  </si>
+  <si>
+    <t>Mr. Brian Conner</t>
+  </si>
+  <si>
+    <t>P.O. Box 129</t>
+  </si>
+  <si>
+    <t>Merry Hill</t>
+  </si>
+  <si>
+    <t>27957-</t>
+  </si>
+  <si>
+    <t>252-482-2133</t>
+  </si>
+  <si>
+    <t>brian.conner@mane.com</t>
+  </si>
+  <si>
+    <t>Town of Parkton WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Benton Rogers</t>
+  </si>
+  <si>
+    <t>P.O. Box 55</t>
+  </si>
+  <si>
+    <t>Parkton</t>
+  </si>
+  <si>
+    <t>28371-</t>
+  </si>
+  <si>
+    <t>benton_rogers88@yahoo.com</t>
+  </si>
+  <si>
+    <t>Town of Biscoe</t>
+  </si>
+  <si>
+    <t>Mr. Reid McAlister</t>
+  </si>
+  <si>
+    <t>110 West Main St.</t>
+  </si>
+  <si>
+    <t>Biscoe</t>
+  </si>
+  <si>
+    <t>27209-</t>
+  </si>
+  <si>
+    <t>910-428-4112</t>
+  </si>
+  <si>
+    <t>reid.mcalister@townofbiscoe.com</t>
+  </si>
+  <si>
+    <t>Town of Jefferson WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Tim Church</t>
+  </si>
+  <si>
+    <t>P.O. Box 67</t>
+  </si>
+  <si>
+    <t>Jefferson</t>
+  </si>
+  <si>
+    <t>28640-</t>
+  </si>
+  <si>
+    <t>336-246-2165</t>
+  </si>
+  <si>
+    <t>jeffwns@centurylink.net</t>
+  </si>
+  <si>
+    <t>Town of St. Pauls WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Timothy Lyde</t>
+  </si>
+  <si>
+    <t>P.O. Box 364</t>
+  </si>
+  <si>
+    <t>St. Pauls</t>
+  </si>
+  <si>
+    <t>28384-</t>
+  </si>
+  <si>
+    <t>910-865-2158</t>
+  </si>
+  <si>
+    <t>Tim@stpaulsnc.gov</t>
+  </si>
+  <si>
+    <t>Town of Rowland</t>
+  </si>
+  <si>
+    <t>Mr. Joe McGirt</t>
+  </si>
+  <si>
+    <t>P.O. Box 127</t>
+  </si>
+  <si>
+    <t>Rowland</t>
+  </si>
+  <si>
+    <t>28383-</t>
+  </si>
+  <si>
+    <t>910-374-5333</t>
+  </si>
+  <si>
+    <t>RFD307@bellsouth.net;Tfilli@townofrowland.com;dtownsend@townofrowland.com</t>
+  </si>
+  <si>
+    <t>Town of White Lake WWTP</t>
+  </si>
+  <si>
+    <t>Ms. Tina Merrit-Smith</t>
+  </si>
+  <si>
+    <t>1879 White Lake Dr.  PMB 7250</t>
+  </si>
+  <si>
+    <t>White Lake</t>
+  </si>
+  <si>
+    <t>910-862-4800</t>
+  </si>
+  <si>
+    <t>wlutilities@whitelakenc.org;tsmith@whitelakenc.org;wlcrewleader@whitelakenc.org</t>
+  </si>
+  <si>
+    <t>Surry County Rest Area</t>
+  </si>
+  <si>
+    <t>Ms. Michelle Anderson</t>
+  </si>
+  <si>
+    <t>N. Wilkesboro</t>
+  </si>
+  <si>
+    <t>28659-</t>
+  </si>
+  <si>
+    <t>336-903-9229</t>
+  </si>
+  <si>
+    <t>MichelleAnderson@smeinc.com</t>
+  </si>
+  <si>
+    <t>Town of Maxton</t>
+  </si>
+  <si>
+    <t>Mr. Dennis Freeman</t>
+  </si>
+  <si>
+    <t>P.O. Box 99</t>
+  </si>
+  <si>
+    <t>910-844-5607</t>
+  </si>
+  <si>
+    <t>horses4dennis@yahoo.com</t>
+  </si>
+  <si>
+    <t>Lee S. Dukes WTP</t>
+  </si>
+  <si>
+    <t>Ms. Rosie Pindilli</t>
+  </si>
+  <si>
+    <t>5200 Brookshire Blvd</t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>28216-</t>
+  </si>
+  <si>
+    <t>704-575-8230</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>rosie.pindilli@charlottenc.gov</t>
+  </si>
+  <si>
+    <t>Town of Kure Beach WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Jimmy Mesimer</t>
+  </si>
+  <si>
+    <t>117 Settlers Lane</t>
+  </si>
+  <si>
+    <t>Kure Beach</t>
+  </si>
+  <si>
+    <t>28449-3943</t>
+  </si>
+  <si>
+    <t>910-458-5816</t>
+  </si>
+  <si>
+    <t>PublicWorks@townofkurebeach.org</t>
+  </si>
+  <si>
+    <t>CLTW Franklin WTP</t>
+  </si>
+  <si>
+    <t>5200 Brookshire Blvd.</t>
+  </si>
+  <si>
+    <t>Town of Seaboard</t>
+  </si>
+  <si>
+    <t>Mr. Jeffrey Long</t>
+  </si>
+  <si>
+    <t>P.O. Box 327</t>
+  </si>
+  <si>
+    <t>Seaboard</t>
+  </si>
+  <si>
+    <t>27876-</t>
+  </si>
+  <si>
+    <t>252-589-5061</t>
+  </si>
+  <si>
+    <t>stownhall@mchsi.com; jeffreylong267@gmail.com</t>
+  </si>
+  <si>
+    <t>Town of Chadbourn WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Clint Ward</t>
+  </si>
+  <si>
+    <t>602 N. Brown Street</t>
+  </si>
+  <si>
+    <t>Chadbourn</t>
+  </si>
+  <si>
+    <t>28431-</t>
+  </si>
+  <si>
+    <t>910-625-8828</t>
+  </si>
+  <si>
+    <t>wwtptoc@gmail.com; sprice@townofchadbourn.com; csprice4113@gmail.com</t>
+  </si>
+  <si>
+    <t>Town of Conway WWTP</t>
+  </si>
+  <si>
+    <t>P.O. Box 365</t>
+  </si>
+  <si>
+    <t>Conway</t>
+  </si>
+  <si>
+    <t>27820-</t>
+  </si>
+  <si>
+    <t>252-585-0488</t>
+  </si>
+  <si>
+    <t>kbracy@townofconwaync.com; jeffreylong267@gmail.com</t>
+  </si>
+  <si>
+    <t>Montgomery County WTP</t>
+  </si>
+  <si>
+    <t>Mr. Allen Killough</t>
+  </si>
+  <si>
+    <t>724 Hydro Road</t>
+  </si>
+  <si>
+    <t>Mt. Gilead</t>
+  </si>
+  <si>
+    <t>27306-</t>
+  </si>
+  <si>
+    <t>910-439-6197</t>
+  </si>
+  <si>
+    <t>allen.killough@montgomerycountync.com</t>
+  </si>
+  <si>
+    <t>Town of Sparta WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Jeff Jones</t>
+  </si>
+  <si>
+    <t>Sparta</t>
+  </si>
+  <si>
+    <t>28675-</t>
+  </si>
+  <si>
+    <t>336-466-0887</t>
+  </si>
+  <si>
+    <t>j.jones.orc@gmail.com; kdowell@townofsparta.org</t>
+  </si>
+  <si>
+    <t>Mecklenburg County Water Quality Program</t>
+  </si>
+  <si>
+    <t>Ms. Olivia Edwards</t>
+  </si>
+  <si>
+    <t>2145 Suttle Avenue</t>
+  </si>
+  <si>
+    <t>28208-</t>
+  </si>
+  <si>
+    <t>704-336-3983</t>
+  </si>
+  <si>
+    <t>Olivia.Edwards@mecklenburgcountync.gov;caroline.andrews@mecklenburgcountync.gov</t>
+  </si>
+  <si>
+    <t>Specialty Products Technologies</t>
+  </si>
+  <si>
+    <t>Mr. Danny Everette</t>
+  </si>
+  <si>
+    <t>2100 W. Broad St.</t>
+  </si>
+  <si>
+    <t>910-549-7421</t>
+  </si>
+  <si>
+    <t>Danny.Everette@sptech.com</t>
+  </si>
+  <si>
+    <t>Town of Stantonsburg WQ Lab</t>
+  </si>
+  <si>
+    <t>Mr. Roger Sullivan</t>
+  </si>
+  <si>
+    <t>P.O. Box 10</t>
+  </si>
+  <si>
+    <t>Stantonsburg</t>
+  </si>
+  <si>
+    <t>27883-</t>
+  </si>
+  <si>
+    <t>252-238-2679</t>
+  </si>
+  <si>
+    <t>roger@townofstantonsburg.com</t>
+  </si>
+  <si>
+    <t>North Brunswick Sanitary District Belville WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Brian Griffith</t>
+  </si>
+  <si>
+    <t>P.O. Box 2230</t>
+  </si>
+  <si>
+    <t>Leland</t>
+  </si>
+  <si>
+    <t>28451-</t>
+  </si>
+  <si>
+    <t>910-371-9949</t>
+  </si>
+  <si>
+    <t>Bgriffith@H2GOonline.com</t>
+  </si>
+  <si>
+    <t>Town of Dobson WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Michael Frazier</t>
+  </si>
+  <si>
+    <t>P.O. Box 351</t>
+  </si>
+  <si>
+    <t>336-356-9000</t>
+  </si>
+  <si>
+    <t>frazierm@dobson-nc.com</t>
+  </si>
+  <si>
+    <t>Town of Robbins WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Mike Criscoe</t>
+  </si>
+  <si>
+    <t>P.O. Box 296</t>
+  </si>
+  <si>
+    <t>Robbins</t>
+  </si>
+  <si>
+    <t>27325-</t>
+  </si>
+  <si>
+    <t>910-571-2902</t>
+  </si>
+  <si>
+    <t>catrod98@hotmail.com</t>
+  </si>
+  <si>
+    <t>East Arcadia Elementary School</t>
+  </si>
+  <si>
+    <t>Ms. Carol Jessup</t>
+  </si>
+  <si>
+    <t>P.O. Box 2519</t>
+  </si>
+  <si>
+    <t>910-862-2899</t>
+  </si>
+  <si>
+    <t>cmjessup@bladen.k12.nc.us</t>
+  </si>
+  <si>
+    <t>RDU Airport Authority</t>
+  </si>
+  <si>
+    <t>Ms. Regina Danison</t>
+  </si>
+  <si>
+    <t>P.O. Box 80001</t>
+  </si>
+  <si>
+    <t>RDU Airport</t>
+  </si>
+  <si>
+    <t>27623-</t>
+  </si>
+  <si>
+    <t>919-840-7741</t>
+  </si>
+  <si>
+    <t>gina.danison@rdu.com</t>
+  </si>
+  <si>
+    <t>Cross Creek WRF</t>
+  </si>
+  <si>
+    <t>Mr. Peter Kinto</t>
+  </si>
+  <si>
+    <t>P.O. Box 1089</t>
+  </si>
+  <si>
+    <t>28302-</t>
+  </si>
+  <si>
+    <t>910-223-4711</t>
+  </si>
+  <si>
+    <t>peter.kinto@faypwc.com;scott.mccoy@faypwc.com</t>
+  </si>
+  <si>
+    <t>Rockfish Creek WRF</t>
+  </si>
+  <si>
+    <t>Brunswick County Utilities Northwest WTP</t>
+  </si>
+  <si>
+    <t>Mr. Billy Benton</t>
+  </si>
+  <si>
+    <t>Bolivia</t>
+  </si>
+  <si>
+    <t>28422-</t>
+  </si>
+  <si>
+    <t>910-371-3490</t>
+  </si>
+  <si>
+    <t>billy.benton@brunswickcountync.gov</t>
+  </si>
+  <si>
+    <t>Town of Enfield WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Antonio Gorham</t>
+  </si>
+  <si>
+    <t>P.O. Box 818</t>
+  </si>
+  <si>
+    <t>Enfield</t>
+  </si>
+  <si>
+    <t>27823-</t>
+  </si>
+  <si>
+    <t>252-445-2385</t>
+  </si>
+  <si>
+    <t>Antonio.Gorham@veolia.com</t>
+  </si>
+  <si>
+    <t>Town of Scotland Neck WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Parks Boyd</t>
+  </si>
+  <si>
+    <t>P.O. Box 537</t>
+  </si>
+  <si>
+    <t>Scotland Neck</t>
+  </si>
+  <si>
+    <t>27874-0537</t>
+  </si>
+  <si>
+    <t>252-826-5540</t>
+  </si>
+  <si>
+    <t>pboyd@townofscotlandneck.com</t>
+  </si>
+  <si>
+    <t>Pickles Manufacturing LLC</t>
+  </si>
+  <si>
+    <t>Mr. Jeffrey Brown</t>
+  </si>
+  <si>
+    <t>354 N. Faison Ave.</t>
+  </si>
+  <si>
+    <t>Faison</t>
+  </si>
+  <si>
+    <t>28341-</t>
+  </si>
+  <si>
+    <t>910-267-4094</t>
+  </si>
+  <si>
+    <t>Jeffrey.Brown2@treehousefoods.com; Donovan.Brock@treehousefoods.com</t>
+  </si>
+  <si>
+    <t>Town of Hookerton</t>
+  </si>
+  <si>
+    <t>Mr. Tyler Shirley</t>
+  </si>
+  <si>
+    <t>Hookerton</t>
+  </si>
+  <si>
+    <t>28538-</t>
+  </si>
+  <si>
+    <t>252-747-3816</t>
+  </si>
+  <si>
+    <t>hookertoncar3@gmail.com;tyler.shirley@hookertonnc.com</t>
+  </si>
+  <si>
+    <t>Town of Ramseur WTP</t>
+  </si>
+  <si>
+    <t>Mr. Jason Helton</t>
+  </si>
+  <si>
+    <t>797 Hwy 22 North</t>
+  </si>
+  <si>
+    <t>336-824-8891</t>
+  </si>
+  <si>
+    <t>j.helton@townoframseur.org; t.lewallen@townoframseur.org</t>
+  </si>
+  <si>
+    <t>Randolph County Board of Education</t>
+  </si>
+  <si>
+    <t>Mr. Larry Chilton</t>
+  </si>
+  <si>
+    <t>2234-B Enterprise Street</t>
+  </si>
+  <si>
+    <t>Asheboro</t>
+  </si>
+  <si>
+    <t>27205-</t>
+  </si>
+  <si>
+    <t>336-318-6096</t>
+  </si>
+  <si>
+    <t>lchilton@randolph.k12.nc.us;fred.thomen@gmail.com;fthomen@randolph.k12.nc.us</t>
+  </si>
+  <si>
+    <t>Town of Southern Pines WTP</t>
+  </si>
+  <si>
+    <t>Mr. David McKew</t>
+  </si>
+  <si>
+    <t>261 Thunder Road</t>
+  </si>
+  <si>
+    <t>Pine Bluff</t>
+  </si>
+  <si>
+    <t>28373-</t>
+  </si>
+  <si>
+    <t>910-281-4719</t>
+  </si>
+  <si>
+    <t>David.McKew@veolia.com</t>
+  </si>
+  <si>
+    <t>Ahoskie Assisted Living</t>
+  </si>
+  <si>
+    <t>Ms. Paula Armstrong</t>
+  </si>
+  <si>
+    <t>240 S. Early Station Rd.</t>
+  </si>
+  <si>
+    <t>Ahoskie</t>
+  </si>
+  <si>
+    <t>27910-</t>
+  </si>
+  <si>
+    <t>252-513-8591</t>
+  </si>
+  <si>
+    <t>armstrongmgt2@gmail.com;rdpampobx@gmail.com</t>
+  </si>
+  <si>
+    <t>Reidsville Water Plant</t>
+  </si>
+  <si>
+    <t>Mr. Blake Slaughter</t>
+  </si>
+  <si>
+    <t>278 Reid Lake Rd.</t>
+  </si>
+  <si>
+    <t>336-342-4001</t>
+  </si>
+  <si>
+    <t>bslaughter@ci.reidsville.nc.us</t>
+  </si>
+  <si>
+    <t>Brunswick County Field Testing Laboratories</t>
+  </si>
+  <si>
+    <t>Mr. Donald Dixon</t>
+  </si>
+  <si>
+    <t>910-253-2485</t>
+  </si>
+  <si>
+    <t>donald.dixon@brunswickcountync.gov</t>
+  </si>
+  <si>
+    <t>ICGH</t>
+  </si>
+  <si>
+    <t>Mr. James Carter</t>
+  </si>
+  <si>
+    <t>741 5th St.</t>
+  </si>
+  <si>
+    <t>28602-</t>
+  </si>
+  <si>
+    <t>252-996-0275</t>
+  </si>
+  <si>
+    <t>crt9415@aim.com</t>
+  </si>
+  <si>
+    <t>Cleveland County Schools</t>
+  </si>
+  <si>
+    <t>Mr. Doug Francis</t>
+  </si>
+  <si>
+    <t>866 Poplar Spring Church Rd.</t>
+  </si>
+  <si>
+    <t>Shelby</t>
+  </si>
+  <si>
+    <t>28152-</t>
+  </si>
+  <si>
+    <t>704-476-8219</t>
+  </si>
+  <si>
+    <t>4413</t>
+  </si>
+  <si>
+    <t>rdfrancis@clevelandcountyschools.org</t>
+  </si>
+  <si>
+    <t>Tyson Foods Fresh Retail Division Inc.</t>
+  </si>
+  <si>
+    <t>Mr. James Brown</t>
+  </si>
+  <si>
+    <t>704 Factory Street</t>
+  </si>
+  <si>
+    <t>Wilkesboro</t>
+  </si>
+  <si>
+    <t>28697-</t>
+  </si>
+  <si>
+    <t>336-651-3836</t>
+  </si>
+  <si>
+    <t>James.S.Brown@Tyson.com</t>
+  </si>
+  <si>
+    <t>Town of West Jefferson</t>
+  </si>
+  <si>
+    <t>Mr. Brandon Patrick</t>
+  </si>
+  <si>
+    <t>P.O. Box 490</t>
+  </si>
+  <si>
+    <t>West Jefferson</t>
+  </si>
+  <si>
+    <t>28694-</t>
+  </si>
+  <si>
+    <t>336-246-3558</t>
+  </si>
+  <si>
+    <t>wwtp@townofwj.com</t>
+  </si>
+  <si>
+    <t>Arclin</t>
+  </si>
+  <si>
+    <t>Mr. Chris Lamm</t>
+  </si>
+  <si>
+    <t>790 Corinth Rd.</t>
+  </si>
+  <si>
+    <t>Moncure</t>
+  </si>
+  <si>
+    <t>27559-</t>
+  </si>
+  <si>
+    <t>919-545-7049</t>
+  </si>
+  <si>
+    <t>3054</t>
+  </si>
+  <si>
+    <t>Chris.Lamm@arclin.com;Kevin.Holder@arclin.com</t>
+  </si>
+  <si>
+    <t>New Hope Church of Christ</t>
+  </si>
+  <si>
+    <t>Mr. Hallas Boyd</t>
+  </si>
+  <si>
+    <t>P.O. Box 3</t>
+  </si>
+  <si>
+    <t>Pantego</t>
+  </si>
+  <si>
+    <t>27860-</t>
+  </si>
+  <si>
+    <t>252-943-5093</t>
+  </si>
+  <si>
+    <t>hboyd@rsnet.org;rmerrill@rsnet.org</t>
+  </si>
+  <si>
+    <t>Town of Lake Waccamaw</t>
+  </si>
+  <si>
+    <t>Mr. Talon Jacobs</t>
+  </si>
+  <si>
+    <t>P.O. Box 145</t>
+  </si>
+  <si>
+    <t>Lake Waccamaw</t>
+  </si>
+  <si>
+    <t>28450-</t>
+  </si>
+  <si>
+    <t>910-207-7756</t>
+  </si>
+  <si>
+    <t>WWTPLW@embarqmail.com; tjacobs@lakewaccamawnc.gov</t>
+  </si>
+  <si>
+    <t>Town of Mayodan WTP</t>
+  </si>
+  <si>
+    <t>Mr. William Sears</t>
+  </si>
+  <si>
+    <t>210 W. Main St.</t>
+  </si>
+  <si>
+    <t>336-427-3339</t>
+  </si>
+  <si>
+    <t>msears@mayodannc.org</t>
+  </si>
+  <si>
+    <t>Hoke County Regional Water System</t>
+  </si>
+  <si>
+    <t>Mr. Randy Wright</t>
+  </si>
+  <si>
+    <t>P.O. Box 240</t>
+  </si>
+  <si>
+    <t>Raeford</t>
+  </si>
+  <si>
+    <t>28376-</t>
+  </si>
+  <si>
+    <t>910-848-0385</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>rwright@hokecounty.org</t>
+  </si>
+  <si>
+    <t>Anson County WTP</t>
+  </si>
+  <si>
+    <t>Ms. Amy Dawkins</t>
+  </si>
+  <si>
+    <t>567 Filtration Plant Road</t>
+  </si>
+  <si>
+    <t>Lilesville</t>
+  </si>
+  <si>
+    <t>28091-</t>
+  </si>
+  <si>
+    <t>704-848-4849</t>
+  </si>
+  <si>
+    <t>adawkins@ansoncountync.gov</t>
+  </si>
+  <si>
+    <t>Snug Harbor on Nelson Bay</t>
+  </si>
+  <si>
+    <t>103 Black Mountain Avenue, Suite 1</t>
+  </si>
+  <si>
+    <t>Black Mountain</t>
+  </si>
+  <si>
+    <t>28711-</t>
+  </si>
+  <si>
+    <t>804-357-0128</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>crt9415@aim.com;</t>
+  </si>
+  <si>
+    <t>Dare County - Stumpy Point WTP</t>
+  </si>
+  <si>
+    <t>Mr. Robert Wernock</t>
+  </si>
+  <si>
+    <t>252-475-9140</t>
+  </si>
+  <si>
+    <t>robert.wernock@darenc.gov</t>
+  </si>
+  <si>
+    <t>Metropolitan Sewerage District of Buncombe County</t>
+  </si>
+  <si>
+    <t>Mr. Chad Ledford</t>
+  </si>
+  <si>
+    <t>2028 Riverside Drive</t>
+  </si>
+  <si>
+    <t>28804-</t>
+  </si>
+  <si>
+    <t>828-225-8225</t>
+  </si>
+  <si>
+    <t>cledford@msdbc.org; bfarmer@msdbc.org; psmith@msdbc.org</t>
+  </si>
+  <si>
+    <t>Village of Bald Head Island Utilities Dept.</t>
+  </si>
+  <si>
+    <t>Mr. Nathan Lindsay</t>
+  </si>
+  <si>
+    <t>P.O. Box 3009</t>
+  </si>
+  <si>
+    <t>Bald Head Island</t>
+  </si>
+  <si>
+    <t>910-457-7352</t>
+  </si>
+  <si>
+    <t>nlindsay@villagebhi.org</t>
+  </si>
+  <si>
+    <t>South Fork Industries</t>
+  </si>
+  <si>
+    <t>Mr. Donald Burkey</t>
+  </si>
+  <si>
+    <t>P.O. Box 742</t>
+  </si>
+  <si>
+    <t>Maiden</t>
+  </si>
+  <si>
+    <t>28650-</t>
+  </si>
+  <si>
+    <t>828-428-9921</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>donald@southforkind.com</t>
+  </si>
+  <si>
+    <t>P.O. Hoffer Treatment Facility</t>
+  </si>
+  <si>
+    <t>Mr. Wayne Egan</t>
+  </si>
+  <si>
+    <t>508 Hoffer Dr.</t>
+  </si>
+  <si>
+    <t>28301-</t>
+  </si>
+  <si>
+    <t>910-624-0713</t>
+  </si>
+  <si>
+    <t>wayne.egan@faypwc.com</t>
+  </si>
+  <si>
+    <t>City of Brevard WTP</t>
+  </si>
+  <si>
+    <t>Mr. Dennis Richardson</t>
+  </si>
+  <si>
+    <t>95 West Main St.</t>
+  </si>
+  <si>
+    <t>Brevard</t>
+  </si>
+  <si>
+    <t>28712-</t>
+  </si>
+  <si>
+    <t>828-884-2770</t>
+  </si>
+  <si>
+    <t>dennis.richardson@cityofbrevard.com</t>
+  </si>
+  <si>
+    <t>Maury Sanitary Land District</t>
+  </si>
+  <si>
+    <t>Mr. James Kuipers</t>
+  </si>
+  <si>
+    <t>P.O. Box 98</t>
+  </si>
+  <si>
+    <t>Maury</t>
+  </si>
+  <si>
+    <t>28554-</t>
+  </si>
+  <si>
+    <t>252-747-2450</t>
+  </si>
+  <si>
+    <t>Town of Red Springs WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Tim Mauldin</t>
+  </si>
+  <si>
+    <t>P.O. Box 790</t>
+  </si>
+  <si>
+    <t>Red Springs</t>
+  </si>
+  <si>
+    <t>28377-0790</t>
+  </si>
+  <si>
+    <t>timmauldin@redsprings.org;redspringsah@gmail.com</t>
+  </si>
+  <si>
+    <t>City of New Bern WWTP (Field)</t>
+  </si>
+  <si>
+    <t>Ms. Cheryl King</t>
+  </si>
+  <si>
+    <t>307 Glenburnie Drive</t>
+  </si>
+  <si>
+    <t>New Bern</t>
+  </si>
+  <si>
+    <t>28560-</t>
+  </si>
+  <si>
+    <t>252-639-7559</t>
+  </si>
+  <si>
+    <t>kingc@newbernnc.gov</t>
+  </si>
+  <si>
+    <t>Town of Rose Hill WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Carl Wheeler</t>
+  </si>
+  <si>
+    <t>P.O. Box 8</t>
+  </si>
+  <si>
+    <t>Rose Hill</t>
+  </si>
+  <si>
+    <t>28458-</t>
+  </si>
+  <si>
+    <t>910-289-4498</t>
+  </si>
+  <si>
+    <t>cwheeler@townofrosehillnc.com</t>
+  </si>
+  <si>
+    <t>Newport WWTP Lab</t>
+  </si>
+  <si>
+    <t>Mr. Bernie Hall</t>
+  </si>
+  <si>
+    <t>P.O. Box 1869</t>
+  </si>
+  <si>
+    <t>Newport</t>
+  </si>
+  <si>
+    <t>28570-</t>
+  </si>
+  <si>
+    <t>252-223-4418</t>
+  </si>
+  <si>
+    <t>bhall@newportnc.gov</t>
+  </si>
+  <si>
+    <t>Pilkington North America Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Chris Graham</t>
+  </si>
+  <si>
+    <t>13121 South Rocky Ford Rd.</t>
+  </si>
+  <si>
+    <t>Laurinburg</t>
+  </si>
+  <si>
+    <t>28353-</t>
+  </si>
+  <si>
+    <t>910-277-2290</t>
+  </si>
+  <si>
+    <t>christopher.graham@nsg.com;michael.thomas@nsg.com</t>
+  </si>
+  <si>
+    <t>City of Monroe</t>
+  </si>
+  <si>
+    <t>Mr. Kevin Keesler</t>
+  </si>
+  <si>
+    <t>P.O. Box 69</t>
+  </si>
+  <si>
+    <t>28111-</t>
+  </si>
+  <si>
+    <t>704-282-4632</t>
+  </si>
+  <si>
+    <t>kkeesler@monroenc.org; Kedwards@monroenc.org</t>
+  </si>
+  <si>
+    <t>Clarke Utilities Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Joel Clarke</t>
+  </si>
+  <si>
+    <t>223 Hwy 70 East, Suite 115</t>
+  </si>
+  <si>
+    <t>Garner</t>
+  </si>
+  <si>
+    <t>27529-</t>
+  </si>
+  <si>
+    <t>919-662-0457</t>
+  </si>
+  <si>
+    <t>joel@clarkeutilities.com</t>
+  </si>
+  <si>
+    <t>City of Conover Northeast WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Eric Williams</t>
+  </si>
+  <si>
+    <t>P.O. Box 549</t>
+  </si>
+  <si>
+    <t>828-464-4808</t>
+  </si>
+  <si>
+    <t>eric.williams@conovernc.gov</t>
+  </si>
+  <si>
+    <t>Collins Estates MHP</t>
+  </si>
+  <si>
+    <t>Mr. Patrick Mullally</t>
+  </si>
+  <si>
+    <t>1138 Rocky Run Rd. - Apt. 2</t>
+  </si>
+  <si>
+    <t>Midway Park</t>
+  </si>
+  <si>
+    <t>28544-</t>
+  </si>
+  <si>
+    <t>910-353-1155</t>
+  </si>
+  <si>
+    <t>mullallypatrickj@aol.com</t>
+  </si>
+  <si>
+    <t>City of Shelby WTP</t>
+  </si>
+  <si>
+    <t>Mr. Jamie Byers</t>
+  </si>
+  <si>
+    <t>P.O. Box 207</t>
+  </si>
+  <si>
+    <t>28151-0207</t>
+  </si>
+  <si>
+    <t>704-484-6885</t>
+  </si>
+  <si>
+    <t>jamie.byers@cityofshelby.com; billy.wilkie@cityofshelby.com</t>
+  </si>
+  <si>
+    <t>Town of Winton WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Chris Blackburn</t>
+  </si>
+  <si>
+    <t>P.O. Box 134</t>
+  </si>
+  <si>
+    <t>Winton</t>
+  </si>
+  <si>
+    <t>27986-</t>
+  </si>
+  <si>
+    <t>252-358-5552</t>
+  </si>
+  <si>
+    <t>wwtpwinton@hotmail.com</t>
+  </si>
+  <si>
+    <t>Town of Belhaven WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Stephen Hall</t>
+  </si>
+  <si>
+    <t>P.O. Box 220</t>
+  </si>
+  <si>
+    <t>Belhaven</t>
+  </si>
+  <si>
+    <t>27810-</t>
+  </si>
+  <si>
+    <t>252-943-1400</t>
+  </si>
+  <si>
+    <t>sewer@rsnet.org</t>
+  </si>
+  <si>
+    <t>Perquimans County Water</t>
+  </si>
+  <si>
+    <t>Mr. Nick Lolies</t>
+  </si>
+  <si>
+    <t>P.O. Box 45</t>
+  </si>
+  <si>
+    <t>Hertford</t>
+  </si>
+  <si>
+    <t>27944-</t>
+  </si>
+  <si>
+    <t>252-426-8230</t>
+  </si>
+  <si>
+    <t>nlolies@perquimanscountync.gov;cwharton@perquimanscountync.gov</t>
+  </si>
+  <si>
+    <t>Town of Troy WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Bryan Bowles</t>
+  </si>
+  <si>
+    <t>315 N. Main Street</t>
+  </si>
+  <si>
+    <t>Troy</t>
+  </si>
+  <si>
+    <t>27371-</t>
+  </si>
+  <si>
+    <t>704-796-6045</t>
+  </si>
+  <si>
+    <t>troywwtp650@yahoo.com</t>
+  </si>
+  <si>
+    <t>Wallace Regional WWTP</t>
+  </si>
+  <si>
+    <t>Ms. Lisa Cottle</t>
+  </si>
+  <si>
+    <t>316 E. Murry St.</t>
+  </si>
+  <si>
+    <t>Wallace</t>
+  </si>
+  <si>
+    <t>28466-</t>
+  </si>
+  <si>
+    <t>910-665-2091</t>
+  </si>
+  <si>
+    <t>lcottle@wallacenc.gov</t>
+  </si>
+  <si>
+    <t>Town of Roseboro</t>
+  </si>
+  <si>
+    <t>Mr. Neil Carroll</t>
+  </si>
+  <si>
+    <t>P.O. Box 848</t>
+  </si>
+  <si>
+    <t>Roseboro</t>
+  </si>
+  <si>
+    <t>28382-</t>
+  </si>
+  <si>
+    <t>910-525-4122</t>
+  </si>
+  <si>
+    <t>carroll1@intrstar.net;annette.jackson@roseboronc.com</t>
+  </si>
+  <si>
+    <t>MGM Brakes</t>
+  </si>
+  <si>
+    <t>Ms. Beverly Allen</t>
+  </si>
+  <si>
+    <t>P.O. Box 70</t>
+  </si>
+  <si>
+    <t>Murphy</t>
+  </si>
+  <si>
+    <t>28906-</t>
+  </si>
+  <si>
+    <t>828-837-2117</t>
+  </si>
+  <si>
+    <t>2240</t>
+  </si>
+  <si>
+    <t>ballen@mgmbrakes.com</t>
+  </si>
+  <si>
+    <t>Scientific Water Co.</t>
+  </si>
+  <si>
+    <t>Mr. Jeff Jarman</t>
+  </si>
+  <si>
+    <t>112 Scientific Lane</t>
+  </si>
+  <si>
+    <t>Jacksonville</t>
+  </si>
+  <si>
+    <t>28540-</t>
+  </si>
+  <si>
+    <t>910-330-8167</t>
+  </si>
+  <si>
+    <t>moonwalk3@gmail.com</t>
+  </si>
+  <si>
+    <t>Town of Severn WWTP</t>
+  </si>
+  <si>
+    <t>Mr. M.E. Lassiter</t>
+  </si>
+  <si>
+    <t>P.O. Box 401</t>
+  </si>
+  <si>
+    <t>Severn</t>
+  </si>
+  <si>
+    <t>27877-</t>
+  </si>
+  <si>
+    <t>252-585-0411</t>
+  </si>
+  <si>
+    <t>severnnc@3rddoor.com</t>
+  </si>
+  <si>
+    <t>Town of Kenansville WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Garry Benson</t>
+  </si>
+  <si>
+    <t>P.O. Box 370</t>
+  </si>
+  <si>
+    <t>Kenansville</t>
+  </si>
+  <si>
+    <t>28349-</t>
+  </si>
+  <si>
+    <t>910-271-2214</t>
+  </si>
+  <si>
+    <t>gabenson1@gmail.com;gbenson@kenansville.org</t>
+  </si>
+  <si>
+    <t>Tyson Foods Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Mo Rezaee</t>
+  </si>
+  <si>
+    <t>233 South Secrest Ave</t>
+  </si>
+  <si>
+    <t>28112-</t>
+  </si>
+  <si>
+    <t>704-296-4959</t>
+  </si>
+  <si>
+    <t>mohammad.rezaee@tyson.com</t>
+  </si>
+  <si>
+    <t>Textron Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Jon Wakeman</t>
+  </si>
+  <si>
+    <t>150 Prices Creek Rd.</t>
+  </si>
+  <si>
+    <t>Saluda</t>
+  </si>
+  <si>
+    <t>28773-</t>
+  </si>
+  <si>
+    <t>828-329-6975</t>
+  </si>
+  <si>
+    <t>jon.wakeman@aecom.com</t>
+  </si>
+  <si>
+    <t>Town of Magnolia</t>
+  </si>
+  <si>
+    <t>Ms. Sudie Matthis</t>
+  </si>
+  <si>
+    <t>P.O. Box 459</t>
+  </si>
+  <si>
+    <t>Magnolia</t>
+  </si>
+  <si>
+    <t>28453-</t>
+  </si>
+  <si>
+    <t>910-284-6557</t>
+  </si>
+  <si>
+    <t>publicworks@magnoliatownhall.com</t>
+  </si>
+  <si>
+    <t>SGWASA - WTP</t>
+  </si>
+  <si>
+    <t>Mr. Jason Melendez</t>
+  </si>
+  <si>
+    <t>415 Central Ave. Suite B</t>
+  </si>
+  <si>
+    <t>Butner</t>
+  </si>
+  <si>
+    <t>27509-</t>
+  </si>
+  <si>
+    <t>919-575-3118</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>jmelendez@sgwasa.org;jyancey@sgwasa.org</t>
+  </si>
+  <si>
+    <t>Town of Cary</t>
+  </si>
+  <si>
+    <t>Mr. Rick Jordan</t>
+  </si>
+  <si>
+    <t>400 James Jackson Ave.</t>
+  </si>
+  <si>
+    <t>27513-</t>
+  </si>
+  <si>
+    <t>919-460-4939</t>
+  </si>
+  <si>
+    <t>rick.jordan@townofcary.org</t>
+  </si>
+  <si>
+    <t>South Camden Water &amp; Sewer District</t>
+  </si>
+  <si>
+    <t>Mr. Thomas Sawyer</t>
+  </si>
+  <si>
+    <t>103 Water Plant Rd.</t>
+  </si>
+  <si>
+    <t>Camden</t>
+  </si>
+  <si>
+    <t>27921-</t>
+  </si>
+  <si>
+    <t>252-335-1216</t>
+  </si>
+  <si>
+    <t>tsawyer@camdencountync.gov</t>
+  </si>
+  <si>
+    <t>Alpek Polyester USA LLC</t>
+  </si>
+  <si>
+    <t>Mr. Robert O'Hern</t>
+  </si>
+  <si>
+    <t>3216 Cedar Creek Rd.</t>
+  </si>
+  <si>
+    <t>28312-</t>
+  </si>
+  <si>
+    <t>910-824-4581</t>
+  </si>
+  <si>
+    <t>robert.ohern@alpekpolyester.com;clyle@alpekpolyester.com</t>
+  </si>
+  <si>
+    <t>Cleveland County Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. Chris Elliott</t>
+  </si>
+  <si>
+    <t>P.O. Box 788</t>
+  </si>
+  <si>
+    <t>Lawndale</t>
+  </si>
+  <si>
+    <t>28090-</t>
+  </si>
+  <si>
+    <t>704-538-9034</t>
+  </si>
+  <si>
+    <t>chris.elliott@clevelandcountywater.com</t>
+  </si>
+  <si>
+    <t>P.W. Swann Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Ms. Austin Blackmon</t>
+  </si>
+  <si>
+    <t>2800 River Ridge Road</t>
+  </si>
+  <si>
+    <t>Pfafftown</t>
+  </si>
+  <si>
+    <t>27040-</t>
+  </si>
+  <si>
+    <t>336-397-7720</t>
+  </si>
+  <si>
+    <t>Austinb@cityofws.org; garrettm@cityofws.org</t>
+  </si>
+  <si>
+    <t>City of Kannapolis</t>
+  </si>
+  <si>
+    <t>Ms. Natalie Curry</t>
+  </si>
+  <si>
+    <t>401 Laureate Way</t>
+  </si>
+  <si>
+    <t>Kannapolis</t>
+  </si>
+  <si>
+    <t>28081-</t>
+  </si>
+  <si>
+    <t>704-920-4218</t>
+  </si>
+  <si>
+    <t>ncurry@kannapolisnc.gov</t>
+  </si>
+  <si>
+    <t>Town of Littleton</t>
+  </si>
+  <si>
+    <t>Ms. Isabelle Wilcoxon</t>
+  </si>
+  <si>
+    <t>P.O. Box 87</t>
+  </si>
+  <si>
+    <t>Littleton</t>
+  </si>
+  <si>
+    <t>27850-</t>
+  </si>
+  <si>
+    <t>252-536-4884</t>
+  </si>
+  <si>
+    <t>iwilcoxon@rrsd.org; sellis@rrsd.org</t>
+  </si>
+  <si>
+    <t>Young Life Windy Gap</t>
+  </si>
+  <si>
+    <t>Mr. Gary Kuykendall</t>
+  </si>
+  <si>
+    <t>120 Coles Cove Rd.</t>
+  </si>
+  <si>
+    <t>Weaverville</t>
+  </si>
+  <si>
+    <t>28787-</t>
+  </si>
+  <si>
+    <t>828-645-7187</t>
+  </si>
+  <si>
+    <t>gkuykendall@wg.younglife.org</t>
+  </si>
+  <si>
+    <t>Star WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Wesley Brown</t>
+  </si>
+  <si>
+    <t>P.O. Box 97</t>
+  </si>
+  <si>
+    <t>Star</t>
+  </si>
+  <si>
+    <t>27356-</t>
+  </si>
+  <si>
+    <t>910-428-4623</t>
+  </si>
+  <si>
+    <t>townofstar@gmail.com</t>
+  </si>
+  <si>
+    <t>Lawrence T. Sprinkle WTF</t>
+  </si>
+  <si>
+    <t>Mr. Randall Wilson</t>
+  </si>
+  <si>
+    <t>P.O. Box 338</t>
+  </si>
+  <si>
+    <t>828-658-2417</t>
+  </si>
+  <si>
+    <t>rwilson@weavervillenc.org</t>
+  </si>
+  <si>
+    <t>Person County Board of Education</t>
+  </si>
+  <si>
+    <t>Mr. Paul Phillips</t>
+  </si>
+  <si>
+    <t>Person County B.O.E
+304 South Morgan St. Room #25</t>
+  </si>
+  <si>
+    <t>27573-</t>
+  </si>
+  <si>
+    <t>336-599-0223</t>
+  </si>
+  <si>
+    <t>phillipspa@person.k12.nc.us</t>
+  </si>
+  <si>
+    <t>Town of Mt. Gilead WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Jim Haithcock</t>
+  </si>
+  <si>
+    <t>P.O. Box 325</t>
+  </si>
+  <si>
+    <t>336-750-7766</t>
+  </si>
+  <si>
+    <t>jhaithcock@mtgileadnc.com</t>
+  </si>
+  <si>
+    <t>Harnett Co. Dept. of Public Utilities</t>
+  </si>
+  <si>
+    <t>Ms. Cherie Shaw</t>
+  </si>
+  <si>
+    <t>P.O. Box 1119</t>
+  </si>
+  <si>
+    <t>Lillington</t>
+  </si>
+  <si>
+    <t>27546-</t>
+  </si>
+  <si>
+    <t>910-893-7575</t>
+  </si>
+  <si>
+    <t>3234</t>
+  </si>
+  <si>
+    <t>cshaw@harnett.org</t>
+  </si>
+  <si>
+    <t>Mecklenburg Co. LUESA Solid Waste</t>
+  </si>
+  <si>
+    <t>Ms. Amber Grzymski</t>
+  </si>
+  <si>
+    <t>2145 Suttle Ave</t>
+  </si>
+  <si>
+    <t>28208-5237</t>
+  </si>
+  <si>
+    <t>980-314-3855</t>
+  </si>
+  <si>
+    <t>amber.grzymski@mecklenburgcountync.gov</t>
+  </si>
+  <si>
+    <t>Rock Creek Environmental Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Barry Padgett</t>
+  </si>
+  <si>
+    <t>308 Country Club Blvd.</t>
+  </si>
+  <si>
+    <t>910-324-3022</t>
+  </si>
+  <si>
+    <t>bbp_rockcreekenvironmental@aol.com</t>
+  </si>
+  <si>
+    <t>Johnston Co. Public Utilities WTP Holding Pond</t>
+  </si>
+  <si>
+    <t>Ms. Debra Cutler</t>
+  </si>
+  <si>
+    <t>P.O. Box 2263</t>
+  </si>
+  <si>
+    <t>919-938-4744</t>
+  </si>
+  <si>
+    <t>debra.cutler@johnstonnc.com</t>
+  </si>
+  <si>
+    <t>Tririver Water Filtration - Pittsboro</t>
+  </si>
+  <si>
+    <t>Mr. Curtis Hall</t>
+  </si>
+  <si>
+    <t>P.O. Box 3729</t>
+  </si>
+  <si>
+    <t>27331-3729</t>
+  </si>
+  <si>
+    <t>919-542-3530</t>
+  </si>
+  <si>
+    <t>curtis.hall@tririverwater.com</t>
+  </si>
+  <si>
+    <t>Wilkes County Board of Education</t>
+  </si>
+  <si>
+    <t>Mr. Tommy Spicer</t>
+  </si>
+  <si>
+    <t>613 Cherry Street</t>
+  </si>
+  <si>
+    <t>336-667-2021</t>
+  </si>
+  <si>
+    <t>spicert@wilkes.k12.nc.us</t>
+  </si>
+  <si>
+    <t>Town of Franklinville</t>
+  </si>
+  <si>
+    <t>Mr. Arnold Allred</t>
+  </si>
+  <si>
+    <t>P.O. Box 277</t>
+  </si>
+  <si>
+    <t>Franklinville</t>
+  </si>
+  <si>
+    <t>27248-</t>
+  </si>
+  <si>
+    <t>336-824-6440</t>
+  </si>
+  <si>
+    <t>fvillemaintenance@franklinvillenc.org</t>
+  </si>
+  <si>
+    <t>Currituck Co. Southern Outer Banks W.S.</t>
+  </si>
+  <si>
+    <t>Mr. Cody Edwards</t>
+  </si>
+  <si>
+    <t>734 Ocean Trail</t>
+  </si>
+  <si>
+    <t>Corolla</t>
+  </si>
+  <si>
+    <t>27927-</t>
+  </si>
+  <si>
+    <t>252-453-2620</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>cody.edwards@CurrituckCountyNC.gov</t>
+  </si>
+  <si>
+    <t>Woodfin Water District Plant Lab</t>
+  </si>
+  <si>
+    <t>Mr. Chandler Henn</t>
+  </si>
+  <si>
+    <t>439 Blackberry Inn Road</t>
+  </si>
+  <si>
+    <t>828-658-1714</t>
+  </si>
+  <si>
+    <t>chenn@woodfinwater.com; ourwtplant@gmail.com</t>
+  </si>
+  <si>
+    <t>Town of Walnut Cove</t>
+  </si>
+  <si>
+    <t>Mr. Cory Willoughby</t>
+  </si>
+  <si>
+    <t>Walnut Cove</t>
+  </si>
+  <si>
+    <t>27052-</t>
+  </si>
+  <si>
+    <t>336-591-4809</t>
+  </si>
+  <si>
+    <t>staff@townofwalnutcove.org</t>
+  </si>
+  <si>
+    <t>Wilkes County Airport WWTP</t>
+  </si>
+  <si>
+    <t>640 Wood Wallace Dr.</t>
+  </si>
+  <si>
+    <t>North Wilkesboro</t>
+  </si>
+  <si>
+    <t>336-696-2000</t>
+  </si>
+  <si>
+    <t>mtnview3151@icloud.com;</t>
+  </si>
+  <si>
+    <t>Town of Lansing WWTP</t>
+  </si>
+  <si>
+    <t>P.O. Box 266</t>
+  </si>
+  <si>
+    <t>336-384-3938</t>
+  </si>
+  <si>
+    <t>Butterball LLC</t>
+  </si>
+  <si>
+    <t>Mr. Josh Batchelor</t>
+  </si>
+  <si>
+    <t>P.O. Box 589</t>
+  </si>
+  <si>
+    <t>Mt. Olive</t>
+  </si>
+  <si>
+    <t>28365-</t>
+  </si>
+  <si>
+    <t>919-658-6743</t>
+  </si>
+  <si>
+    <t>2291</t>
+  </si>
+  <si>
+    <t>jbatchelor@butterball.com; jfoy@butterball.com</t>
+  </si>
+  <si>
+    <t>SS MHP</t>
+  </si>
+  <si>
+    <t>Mr. James Edwards</t>
+  </si>
+  <si>
+    <t>1808 Pinecrest St.</t>
+  </si>
+  <si>
+    <t>Burlington</t>
+  </si>
+  <si>
+    <t>27215-</t>
+  </si>
+  <si>
+    <t>336-260-3396</t>
+  </si>
+  <si>
+    <t>Triplejconstr@aol.com</t>
+  </si>
+  <si>
+    <t>Coats American</t>
+  </si>
+  <si>
+    <t>Ms. Sara Hudgins</t>
+  </si>
+  <si>
+    <t>Marion</t>
+  </si>
+  <si>
+    <t>28752-</t>
+  </si>
+  <si>
+    <t>828-756-4111</t>
+  </si>
+  <si>
+    <t>3291</t>
+  </si>
+  <si>
+    <t>sara.hudgins@coats.com; john.moss@coats.com</t>
+  </si>
+  <si>
+    <t>Vance County Schools</t>
+  </si>
+  <si>
+    <t>Mr. Kevin Perdue</t>
+  </si>
+  <si>
+    <t>208 Welcome Avenue</t>
+  </si>
+  <si>
+    <t>252-438-4085</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>kperdue@vcs.k12.nc.us; cpulley@vcs.k12.nc.us</t>
+  </si>
+  <si>
+    <t>Auman Mobile Home Park LLC</t>
+  </si>
+  <si>
+    <t>Mr. Carl Cheek</t>
+  </si>
+  <si>
+    <t>2462 Moran St.</t>
+  </si>
+  <si>
+    <t>336-266-3500</t>
+  </si>
+  <si>
+    <t>waste.mgmt@yahoo.com</t>
+  </si>
+  <si>
+    <t>Halifax County Schools</t>
+  </si>
+  <si>
+    <t>Mr. Herbert Hux</t>
+  </si>
+  <si>
+    <t>P.O. Box 373</t>
+  </si>
+  <si>
+    <t>Halifax</t>
+  </si>
+  <si>
+    <t>27839-</t>
+  </si>
+  <si>
+    <t>252-326-5971</t>
+  </si>
+  <si>
+    <t>herberthughhux@gmail.com; alstona@halifax.k12.nc.us</t>
+  </si>
+  <si>
+    <t>Town of Blowing Rock WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Marshall Townsend</t>
+  </si>
+  <si>
+    <t>P.O. Box 47</t>
+  </si>
+  <si>
+    <t>Blowing Rock</t>
+  </si>
+  <si>
+    <t>28605-</t>
+  </si>
+  <si>
+    <t>828-295-5226</t>
+  </si>
+  <si>
+    <t>utilitiesdirector@townofblowingrocknc.gov; jtownsend@tobr.us</t>
+  </si>
+  <si>
+    <t>Town of Spring Hope</t>
+  </si>
+  <si>
+    <t>Mr. Matthew Pearce</t>
+  </si>
+  <si>
+    <t>PO Box 87</t>
+  </si>
+  <si>
+    <t>Spring Hope</t>
+  </si>
+  <si>
+    <t>27882-</t>
+  </si>
+  <si>
+    <t>919-437-4166</t>
+  </si>
+  <si>
+    <t>mdpearce@springhope.net</t>
+  </si>
+  <si>
+    <t>Denton Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. Jason Faunce</t>
+  </si>
+  <si>
+    <t>P.O. Box 306</t>
+  </si>
+  <si>
+    <t>Denton</t>
+  </si>
+  <si>
+    <t>27239-</t>
+  </si>
+  <si>
+    <t>336-859-3139</t>
+  </si>
+  <si>
+    <t>jason.faunce@townofdenton.com; jeff.isley@townofdenton.com;</t>
+  </si>
+  <si>
+    <t>Patheon Manufacturing Services LLC - Thermo Fisher Scientific</t>
+  </si>
+  <si>
+    <t>Mr. Hunter Copeland</t>
+  </si>
+  <si>
+    <t>5900 Martin Luther King Jr Hwy</t>
+  </si>
+  <si>
+    <t>Greenville</t>
+  </si>
+  <si>
+    <t>27834-</t>
+  </si>
+  <si>
+    <t>252-707-7341</t>
+  </si>
+  <si>
+    <t>hunter.copeland@thermofisher.com</t>
+  </si>
+  <si>
+    <t>Nash County Public Schools</t>
+  </si>
+  <si>
+    <t>Ms. Donna Ritterpusch</t>
+  </si>
+  <si>
+    <t>930 Eastern Ave.</t>
+  </si>
+  <si>
+    <t>Nashville</t>
+  </si>
+  <si>
+    <t>27856-</t>
+  </si>
+  <si>
+    <t>252-451-8507</t>
+  </si>
+  <si>
+    <t>daritterpusch@ncpschools.net; Fish8Jonah@gmail.com; Clemonsc@bellsouth.net</t>
+  </si>
+  <si>
+    <t>Town of Denton WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Troy Branch</t>
+  </si>
+  <si>
+    <t>336-859-4460</t>
+  </si>
+  <si>
+    <t>troy.branch@townofdenton.com</t>
+  </si>
+  <si>
+    <t>Cary/Apex Water Treatment Facility</t>
+  </si>
+  <si>
+    <t>Ms. Rachel Monschein</t>
+  </si>
+  <si>
+    <t>P.O. Box 8005</t>
+  </si>
+  <si>
+    <t>27512-8005</t>
+  </si>
+  <si>
+    <t>919-362-5507</t>
+  </si>
+  <si>
+    <t>rachel.monschein@townofcary.org</t>
+  </si>
+  <si>
+    <t>Southern States Chemical</t>
+  </si>
+  <si>
+    <t>Mr. Steve Suek</t>
+  </si>
+  <si>
+    <t>4620 Hwy. 421 N</t>
+  </si>
+  <si>
+    <t>910-762-5054</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>ssuek@sschemical.com; bsmock@sschemical.com</t>
+  </si>
+  <si>
+    <t>Electric Glass Fiber America LLC</t>
+  </si>
+  <si>
+    <t>Ms. Terry Taylor</t>
+  </si>
+  <si>
+    <t>473 New Jersey Church Road</t>
+  </si>
+  <si>
+    <t>Lexington</t>
+  </si>
+  <si>
+    <t>27292-</t>
+  </si>
+  <si>
+    <t>336-357-8151</t>
+  </si>
+  <si>
+    <t>33156</t>
+  </si>
+  <si>
+    <t>Terry.Taylor@neg-us.com; trevor.sudbeck@neg-us.com</t>
+  </si>
+  <si>
+    <t>TriRiver Water - Jordan Lake Water Filtration Facility</t>
+  </si>
+  <si>
+    <t>Mr. Daniel Clevenger</t>
+  </si>
+  <si>
+    <t>290 Beaver Creek Rd.</t>
+  </si>
+  <si>
+    <t>Apex</t>
+  </si>
+  <si>
+    <t>27502-</t>
+  </si>
+  <si>
+    <t>919-548-4235</t>
+  </si>
+  <si>
+    <t>daniel.clevenger@tririverwater.com;scott.christiansen@tririverwater.com</t>
+  </si>
+  <si>
+    <t>Davie Co. Water - Sparks Rd. WTP</t>
+  </si>
+  <si>
+    <t>Mr. Adam Burris</t>
+  </si>
+  <si>
+    <t>728 Sparks Rd.</t>
+  </si>
+  <si>
+    <t>Mocksville</t>
+  </si>
+  <si>
+    <t>27028-</t>
+  </si>
+  <si>
+    <t>336-998-9763</t>
+  </si>
+  <si>
+    <t>aburris@daviecountync.gov; mweir@daviecountync.gov</t>
+  </si>
+  <si>
+    <t>Town of Rich Square</t>
+  </si>
+  <si>
+    <t>Mr. Jeff Long</t>
+  </si>
+  <si>
+    <t>Rich Square</t>
+  </si>
+  <si>
+    <t>27869-</t>
+  </si>
+  <si>
+    <t>252-539-2315</t>
+  </si>
+  <si>
+    <t>jeffreylong267@gmail.com</t>
+  </si>
+  <si>
+    <t>Bakelite Chemicals LLC</t>
+  </si>
+  <si>
+    <t>Ms. Kari VanAman</t>
+  </si>
+  <si>
+    <t>252-585-3832</t>
+  </si>
+  <si>
+    <t>trip.vanaman@bakelite.com; Kari.Chambers@bakelite.com</t>
+  </si>
+  <si>
+    <t>S&amp;J Villari Livestock</t>
+  </si>
+  <si>
+    <t>Mr. Gerald Matthews</t>
+  </si>
+  <si>
+    <t>892 Penny Branch Rd.</t>
+  </si>
+  <si>
+    <t>910-293-6565</t>
+  </si>
+  <si>
+    <t>gerald.m@vfgmail.com</t>
+  </si>
+  <si>
+    <t>Spring Lake WWTF</t>
+  </si>
+  <si>
+    <t>Mr. Richard Mendez</t>
+  </si>
+  <si>
+    <t>300 Ruth Street</t>
+  </si>
+  <si>
+    <t>Spring Lake</t>
+  </si>
+  <si>
+    <t>28390-</t>
+  </si>
+  <si>
+    <t>910-436-0241</t>
+  </si>
+  <si>
+    <t>rmendez@townofspringlake.com</t>
+  </si>
+  <si>
+    <t>M.B. Industries Inc. WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Conrad Stafford</t>
+  </si>
+  <si>
+    <t>P.O. Box 1118</t>
+  </si>
+  <si>
+    <t>Rosman</t>
+  </si>
+  <si>
+    <t>28772-</t>
+  </si>
+  <si>
+    <t>828-862-4201</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>wsmbiwwtp@yahoo.com</t>
+  </si>
+  <si>
+    <t>Shamrock Environmental Corporation</t>
+  </si>
+  <si>
+    <t>Ms. Chris Quagliato</t>
+  </si>
+  <si>
+    <t>6106 Corporate Park Road</t>
+  </si>
+  <si>
+    <t>Brown Summit</t>
+  </si>
+  <si>
+    <t>27214-</t>
+  </si>
+  <si>
+    <t>336-478-1210</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>sdavis@shamrockenviro.com; cfreeman@shamrockenviro.com</t>
+  </si>
+  <si>
+    <t>The Wilds</t>
+  </si>
+  <si>
+    <t>Mr. Paul Johnson</t>
+  </si>
+  <si>
+    <t>1000 Wilds Ridge Road</t>
+  </si>
+  <si>
+    <t>828-884-7811</t>
+  </si>
+  <si>
+    <t>paul.johnson@wilds.org</t>
+  </si>
+  <si>
+    <t>Mr. John Littlejohn</t>
+  </si>
+  <si>
+    <t>940 Washburn Switch Road</t>
+  </si>
+  <si>
+    <t>28150-</t>
+  </si>
+  <si>
+    <t>704-434-2261</t>
+  </si>
+  <si>
+    <t>22411</t>
+  </si>
+  <si>
+    <t>john.littlejohn@neg-us.com</t>
+  </si>
+  <si>
+    <t>Sherwood MHP</t>
+  </si>
+  <si>
+    <t>Mr. Mikel Seely</t>
+  </si>
+  <si>
+    <t>110 Glencroft Rd.</t>
+  </si>
+  <si>
+    <t>Hubert</t>
+  </si>
+  <si>
+    <t>28539-</t>
+  </si>
+  <si>
+    <t>910-330-8011</t>
+  </si>
+  <si>
+    <t>mikelseely@hotmail.com</t>
+  </si>
+  <si>
+    <t>Town of Grover</t>
+  </si>
+  <si>
+    <t>Mr. James Davis</t>
+  </si>
+  <si>
+    <t>P.O. Box 189</t>
+  </si>
+  <si>
+    <t>Grover</t>
+  </si>
+  <si>
+    <t>28073-</t>
+  </si>
+  <si>
+    <t>704-813-9342</t>
+  </si>
+  <si>
+    <t>jldavis012@gmail.com</t>
+  </si>
+  <si>
+    <t>Clay County Water &amp; Sewer District WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Dustin Beal</t>
+  </si>
+  <si>
+    <t>P.O. Box 838</t>
+  </si>
+  <si>
+    <t>Hayesville</t>
+  </si>
+  <si>
+    <t>28904-</t>
+  </si>
+  <si>
+    <t>828-389-1361</t>
+  </si>
+  <si>
+    <t>dusty.beal@ccwsd.net</t>
+  </si>
+  <si>
+    <t>Town of Creswell</t>
+  </si>
+  <si>
+    <t>Mr. Ryan Swain</t>
+  </si>
+  <si>
+    <t>P.O. Box 68</t>
+  </si>
+  <si>
+    <t>Creswell</t>
+  </si>
+  <si>
+    <t>27928-</t>
+  </si>
+  <si>
+    <t>252-797-4852</t>
+  </si>
+  <si>
+    <t>rswaincreswell@gmail.com;creswellnc@centurylink.net;mayoralfrediawilliams@gmail.com</t>
+  </si>
+  <si>
+    <t>Corning Incorporated - Wilmington Facility</t>
+  </si>
+  <si>
+    <t>Ms. Carol Yates</t>
+  </si>
+  <si>
+    <t>310 N. College Road</t>
+  </si>
+  <si>
+    <t>28405-</t>
+  </si>
+  <si>
+    <t>910-784-7476</t>
+  </si>
+  <si>
+    <t>yatescb@corning.com</t>
+  </si>
+  <si>
+    <t>NCDOT Cedar Island Ferry Terminal Laboratory</t>
+  </si>
+  <si>
+    <t>Mr. Larry Lupton</t>
+  </si>
+  <si>
+    <t>3619 Cedar Island Road</t>
+  </si>
+  <si>
+    <t>Cedar Island</t>
+  </si>
+  <si>
+    <t>28520-</t>
+  </si>
+  <si>
+    <t>252-225-1261</t>
+  </si>
+  <si>
+    <t>bcdoliber@ncdot.gov</t>
+  </si>
+  <si>
+    <t>Nature Trails MHP WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Matthew Raynor</t>
+  </si>
+  <si>
+    <t>524 Meadow Avenue Loop</t>
+  </si>
+  <si>
+    <t>Banner Elk</t>
+  </si>
+  <si>
+    <t>919-960-5739</t>
+  </si>
+  <si>
+    <t>tarmatt@aol.com; petesaulsbury@gmail.com</t>
+  </si>
+  <si>
+    <t>Orange-Alamance Water System Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Dale Hamby</t>
+  </si>
+  <si>
+    <t>P.O. Box 187</t>
+  </si>
+  <si>
+    <t>Mebane</t>
+  </si>
+  <si>
+    <t>27302-</t>
+  </si>
+  <si>
+    <t>336-212-4837</t>
+  </si>
+  <si>
+    <t>h2ochrishamby@gmail.com</t>
+  </si>
+  <si>
+    <t>Mount Airy WWTP Laboratory</t>
+  </si>
+  <si>
+    <t>Mr. Chris Marion</t>
+  </si>
+  <si>
+    <t>Mount Airy</t>
+  </si>
+  <si>
+    <t>27030-</t>
+  </si>
+  <si>
+    <t>336-786-3597</t>
+  </si>
+  <si>
+    <t>cmarion@mountairy.org</t>
+  </si>
+  <si>
+    <t>Cooleemee WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Tim Smith</t>
+  </si>
+  <si>
+    <t>298 E. Depot Street Suite 200</t>
+  </si>
+  <si>
+    <t>336-284-6680</t>
+  </si>
+  <si>
+    <t>tlsmith@daviecountync.gov</t>
+  </si>
+  <si>
+    <t>North Durham WRF</t>
+  </si>
+  <si>
+    <t>Mr. Brian Merritt</t>
+  </si>
+  <si>
+    <t>1900 East Club Blvd.</t>
+  </si>
+  <si>
+    <t>Durham</t>
+  </si>
+  <si>
+    <t>27704-</t>
+  </si>
+  <si>
+    <t>919-560-4386</t>
+  </si>
+  <si>
+    <t>35509</t>
+  </si>
+  <si>
+    <t>brian.merritt@durhamnc.gov</t>
+  </si>
+  <si>
+    <t>Town of Fuquay Varina Terrible Creek WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Adam Stephenson</t>
+  </si>
+  <si>
+    <t>134 N. Main St.</t>
+  </si>
+  <si>
+    <t>Fuquay Varina</t>
+  </si>
+  <si>
+    <t>27526-</t>
+  </si>
+  <si>
+    <t>919-552-1414</t>
+  </si>
+  <si>
+    <t>astephenson@fuquay-varina.org</t>
+  </si>
+  <si>
+    <t>Town of Maiden WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Chris Bagshaw</t>
+  </si>
+  <si>
+    <t>19 North Main Avenue</t>
+  </si>
+  <si>
+    <t>828-428-5032</t>
+  </si>
+  <si>
+    <t>cbagshaw@maidennc.gov</t>
+  </si>
+  <si>
+    <t>Davidson Water Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Charlie Minter</t>
+  </si>
+  <si>
+    <t>388 Koontz Road</t>
+  </si>
+  <si>
+    <t>27295-</t>
+  </si>
+  <si>
+    <t>336-731-5574</t>
+  </si>
+  <si>
+    <t>cminter@davidsonwater.com</t>
+  </si>
+  <si>
+    <t>Wilderness NC Inc.</t>
+  </si>
+  <si>
+    <t>Mr. David Perdue</t>
+  </si>
+  <si>
+    <t>P.O. Box 2136 US Hwy 64E</t>
+  </si>
+  <si>
+    <t>336-960-7077</t>
+  </si>
+  <si>
+    <t>dperdue3@triad.rr.com; belinda@wildernesslumber.com</t>
+  </si>
+  <si>
+    <t>Neuse Regional WASA</t>
+  </si>
+  <si>
+    <t>Ms. Robin Blackburn</t>
+  </si>
+  <si>
+    <t>P.O. Box 6277</t>
+  </si>
+  <si>
+    <t>28501-</t>
+  </si>
+  <si>
+    <t>252-522-2567</t>
+  </si>
+  <si>
+    <t>Robin.Blackburn@nrwasa.org</t>
+  </si>
+  <si>
+    <t>Linville Land Harbor</t>
+  </si>
+  <si>
+    <t>Mr. Cecil Lewis</t>
+  </si>
+  <si>
+    <t>P.O. Box 160</t>
+  </si>
+  <si>
+    <t>Linville</t>
+  </si>
+  <si>
+    <t>28646-</t>
+  </si>
+  <si>
+    <t>828-733-8310</t>
+  </si>
+  <si>
+    <t>cl.lewis@landharbor.com</t>
+  </si>
+  <si>
+    <t>Yadkin County Board of Education</t>
+  </si>
+  <si>
+    <t>Mr. Mitchell Long</t>
+  </si>
+  <si>
+    <t>300 North Lee Avenue</t>
+  </si>
+  <si>
+    <t>Yadkinville</t>
+  </si>
+  <si>
+    <t>27055-</t>
+  </si>
+  <si>
+    <t>336-518-4336</t>
+  </si>
+  <si>
+    <t>mitchell.long@yadkin.k12.nc.us</t>
+  </si>
+  <si>
+    <t>USGS South Atlantic Water Science Center - Raleigh NC office</t>
+  </si>
+  <si>
+    <t>Ms. Jessica Diaz</t>
+  </si>
+  <si>
+    <t>3916 Sunset Ridge Road</t>
+  </si>
+  <si>
+    <t>Raleigh</t>
+  </si>
+  <si>
+    <t>27607-</t>
+  </si>
+  <si>
+    <t>919-604-8084</t>
+  </si>
+  <si>
+    <t>jcdiaz@usgs.gov</t>
+  </si>
+  <si>
+    <t>Betsy-Jeff Penn 4H Center</t>
+  </si>
+  <si>
+    <t>Mr. Ethan Beaver</t>
+  </si>
+  <si>
+    <t>804 Cedar Lane</t>
+  </si>
+  <si>
+    <t>336-349-9445</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>eibeaver@ncsu.edu;kmshilli@ncsu.edu</t>
+  </si>
+  <si>
+    <t>Surf City WWTF</t>
+  </si>
+  <si>
+    <t>Mr. Steve Smith</t>
+  </si>
+  <si>
+    <t>P.O. Box 2475</t>
+  </si>
+  <si>
+    <t>Surf City</t>
+  </si>
+  <si>
+    <t>28445-</t>
+  </si>
+  <si>
+    <t>910-233-5169</t>
+  </si>
+  <si>
+    <t>Ssmith@SurfCitync.gov; zbutler@surfcitync.gov</t>
+  </si>
+  <si>
+    <t>Town of Aurora WWTP</t>
+  </si>
+  <si>
+    <t>Mr. John Braddy</t>
+  </si>
+  <si>
+    <t>P.O. Box 86</t>
+  </si>
+  <si>
+    <t>Aurora</t>
+  </si>
+  <si>
+    <t>27806-</t>
+  </si>
+  <si>
+    <t>252-322-5208</t>
+  </si>
+  <si>
+    <t>aurorapwd@auroranc.org;johnb7548@gmail.com</t>
+  </si>
+  <si>
+    <t>Town of Vanceboro</t>
+  </si>
+  <si>
+    <t>Ms. Beverly Drake</t>
+  </si>
+  <si>
+    <t>P. O. Box 306</t>
+  </si>
+  <si>
+    <t>Vanceboro</t>
+  </si>
+  <si>
+    <t>28586-</t>
+  </si>
+  <si>
+    <t>252-244-0919</t>
+  </si>
+  <si>
+    <t>beverlyd@vanceboronc.com</t>
+  </si>
+  <si>
+    <t>City of Rocky Mount Tar River Reser. Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. James Connolly</t>
+  </si>
+  <si>
+    <t>P.O. Box 1180</t>
+  </si>
+  <si>
+    <t>27802-1180</t>
+  </si>
+  <si>
+    <t>252-972-1336</t>
+  </si>
+  <si>
+    <t>Jim.Connolly@rockymountnc.gov</t>
+  </si>
+  <si>
+    <t>Town of Colerain</t>
+  </si>
+  <si>
+    <t>P.O. Box 176</t>
+  </si>
+  <si>
+    <t>Colerain</t>
+  </si>
+  <si>
+    <t>27924-</t>
+  </si>
+  <si>
+    <t>252-287-1714</t>
+  </si>
+  <si>
+    <t>huntercopeland@gmail.com</t>
+  </si>
+  <si>
+    <t>Greenville Utilities WTP</t>
+  </si>
+  <si>
+    <t>Mr. Julius Patrick</t>
+  </si>
+  <si>
+    <t>P.O. Box 1847</t>
+  </si>
+  <si>
+    <t>27835-</t>
+  </si>
+  <si>
+    <t>252-551-1561</t>
+  </si>
+  <si>
+    <t>patricje@guc.com;flannacm@guc.com</t>
+  </si>
+  <si>
+    <t>NC Parks and Recreation Falls Lake State Recreation Area</t>
+  </si>
+  <si>
+    <t>Mr. David Mumford</t>
+  </si>
+  <si>
+    <t>13304 Creedmoor Rd.</t>
+  </si>
+  <si>
+    <t>Wake Forest</t>
+  </si>
+  <si>
+    <t>27587-</t>
+  </si>
+  <si>
+    <t>984-867-8000</t>
+  </si>
+  <si>
+    <t>david.mumford@ncparks.gov</t>
+  </si>
+  <si>
+    <t>NC State Parks &amp; Recreation - Jordan Lake Recreation Area</t>
+  </si>
+  <si>
+    <t>Mr. William Baker</t>
+  </si>
+  <si>
+    <t>280 State Park Road</t>
+  </si>
+  <si>
+    <t>27523-</t>
+  </si>
+  <si>
+    <t>919-218-6410</t>
+  </si>
+  <si>
+    <t>william.baker@ncparks.gov</t>
+  </si>
+  <si>
+    <t>South Camden Water &amp; Sewer</t>
+  </si>
+  <si>
+    <t>Mr. Jovon Taylor</t>
+  </si>
+  <si>
+    <t>129 Keeter Barn Rd</t>
+  </si>
+  <si>
+    <t>South Mills</t>
+  </si>
+  <si>
+    <t>27976-</t>
+  </si>
+  <si>
+    <t>252-333-7372</t>
+  </si>
+  <si>
+    <t>jtaylor@camdencountync.gov</t>
+  </si>
+  <si>
+    <t>Tyson Food Roaring River Feed Mill</t>
+  </si>
+  <si>
+    <t>Mr. Raymond Nichols</t>
+  </si>
+  <si>
+    <t>179 Roaring River Road</t>
+  </si>
+  <si>
+    <t>Roaring River</t>
+  </si>
+  <si>
+    <t>28669-</t>
+  </si>
+  <si>
+    <t>336-696-2741</t>
+  </si>
+  <si>
+    <t>raymond.nichols@tyson.com</t>
+  </si>
+  <si>
+    <t>Grifols Therapeutics Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Glenn Cornelisse</t>
+  </si>
+  <si>
+    <t>8368 US Hwy 70 W</t>
+  </si>
+  <si>
+    <t>Clayton</t>
+  </si>
+  <si>
+    <t>27520-</t>
+  </si>
+  <si>
+    <t>919-359-5436</t>
+  </si>
+  <si>
+    <t>glenn.cornelisse@veolia.com</t>
+  </si>
+  <si>
+    <t>West Carteret Water Corporation</t>
+  </si>
+  <si>
+    <t>Ms. Lisa Guarino</t>
+  </si>
+  <si>
+    <t>4102 Hwy 24</t>
+  </si>
+  <si>
+    <t>252-393-6465</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>lisa.guarino@wcwc.biz</t>
+  </si>
+  <si>
+    <t>Belhaven Water Treatment Facility</t>
+  </si>
+  <si>
+    <t>water@townofbelhaven.com</t>
+  </si>
+  <si>
+    <t>Town of Candor</t>
+  </si>
+  <si>
+    <t>Mr. Chase Thompson</t>
+  </si>
+  <si>
+    <t>Candor</t>
+  </si>
+  <si>
+    <t>27229-</t>
+  </si>
+  <si>
+    <t>910-974-4221</t>
+  </si>
+  <si>
+    <t>Publicworks2@townofcandornc.com</t>
+  </si>
+  <si>
+    <t>Envision Plastics</t>
+  </si>
+  <si>
+    <t>Ms. Carol Robertson</t>
+  </si>
+  <si>
+    <t>606 B Walters St.</t>
+  </si>
+  <si>
+    <t>336-663-6510</t>
+  </si>
+  <si>
+    <t>carol.robertson@envisionplastics.com;Terri.chandler@envisionplastics.com</t>
+  </si>
+  <si>
+    <t>Reed Gold Mine</t>
+  </si>
+  <si>
+    <t>Mr. Lee Garner</t>
+  </si>
+  <si>
+    <t>9621 Reed Mine Road</t>
+  </si>
+  <si>
+    <t>704-721-4665</t>
+  </si>
+  <si>
+    <t>lee.garner@ncdcr.gov</t>
+  </si>
+  <si>
+    <t>Southern Company Plant Rowan</t>
+  </si>
+  <si>
+    <t>Ms. Rebecca Young</t>
+  </si>
+  <si>
+    <t>5755 NC Hwy 801</t>
+  </si>
+  <si>
+    <t>28147-</t>
+  </si>
+  <si>
+    <t>704-278-6657</t>
+  </si>
+  <si>
+    <t>RGIVY@southernco.com</t>
+  </si>
+  <si>
+    <t>DyStar LP</t>
+  </si>
+  <si>
+    <t>Mr. Mark Wiley</t>
+  </si>
+  <si>
+    <t>209 Watlington Industrial Dr.</t>
+  </si>
+  <si>
+    <t>336-342-6631</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>Rogers.Whitney@DyStar.com;Stroman.Charlie@DyStar.com;wiley.mark@dystar.com</t>
+  </si>
+  <si>
+    <t>Town of Jamesville Wastewater Plant</t>
+  </si>
+  <si>
+    <t>Mr. Samuel Lilley</t>
+  </si>
+  <si>
+    <t>P.O. Box 215</t>
+  </si>
+  <si>
+    <t>Jamesville</t>
+  </si>
+  <si>
+    <t>27846-</t>
+  </si>
+  <si>
+    <t>252-792-5006</t>
+  </si>
+  <si>
+    <t>jamesville@embarqmail.com</t>
+  </si>
+  <si>
+    <t>City of Kings Mountain T.J.Ellison WTP</t>
+  </si>
+  <si>
+    <t>Mr. Dustin Vaughn</t>
+  </si>
+  <si>
+    <t>P.O. Box 429</t>
+  </si>
+  <si>
+    <t>Kings Mountain</t>
+  </si>
+  <si>
+    <t>28086-</t>
+  </si>
+  <si>
+    <t>704-750-4042</t>
+  </si>
+  <si>
+    <t>dustin.vaughn@cityofkm.com</t>
+  </si>
+  <si>
+    <t>Bear Grass Charter School WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Gene Reed</t>
+  </si>
+  <si>
+    <t>6344 East Bear Grass Rd.</t>
+  </si>
+  <si>
+    <t>Williamston</t>
+  </si>
+  <si>
+    <t>27892-</t>
+  </si>
+  <si>
+    <t>252-661-0770</t>
+  </si>
+  <si>
+    <t>wmwwtp@yahoo.com</t>
+  </si>
+  <si>
+    <t>Nantahala Outdoor Center Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Ronald Mitschke</t>
+  </si>
+  <si>
+    <t>13077 Hwy. 19 - West</t>
+  </si>
+  <si>
+    <t>Bryson City</t>
+  </si>
+  <si>
+    <t>28713-</t>
+  </si>
+  <si>
+    <t>828-488-7171</t>
+  </si>
+  <si>
+    <t>ron.mitschke@noc.com; johnny.armstrong@noc.com</t>
+  </si>
+  <si>
+    <t>Town of Columbia</t>
+  </si>
+  <si>
+    <t>Mr. Kenneth Coleson</t>
+  </si>
+  <si>
+    <t>P.O. Box 361</t>
+  </si>
+  <si>
+    <t>Columbia</t>
+  </si>
+  <si>
+    <t>27925-</t>
+  </si>
+  <si>
+    <t>252-796-2781</t>
+  </si>
+  <si>
+    <t>monicamauffray@yahoo.com;tfo27925@yahoo.com;haljordancoleson@live.com</t>
+  </si>
+  <si>
+    <t>Clariant Corp. - Mt. Holly East Plant</t>
+  </si>
+  <si>
+    <t>Mr. Dwayne Wallace</t>
+  </si>
+  <si>
+    <t>11701 Mount Holly Rd</t>
+  </si>
+  <si>
+    <t>28214-</t>
+  </si>
+  <si>
+    <t>704-822-2768</t>
+  </si>
+  <si>
+    <t>dwayne.wallace@clariant.com</t>
+  </si>
+  <si>
+    <t>Town of Harmony WWTP</t>
+  </si>
+  <si>
+    <t>P.O. Box 118</t>
+  </si>
+  <si>
+    <t>j.jones.orc@gmail.com</t>
+  </si>
+  <si>
+    <t>Town of Dallas Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. Zack Foreman</t>
+  </si>
+  <si>
+    <t>210 North Holland Street</t>
+  </si>
+  <si>
+    <t>Dallas</t>
+  </si>
+  <si>
+    <t>28034-</t>
+  </si>
+  <si>
+    <t>704-922-1309</t>
+  </si>
+  <si>
+    <t>zforeman@dallasnc.net</t>
+  </si>
+  <si>
+    <t>Chatham County - Bynum WWTP</t>
+  </si>
+  <si>
+    <t>P.O. Box 910</t>
+  </si>
+  <si>
+    <t>Pittsboro</t>
+  </si>
+  <si>
+    <t>27312-</t>
+  </si>
+  <si>
+    <t>919-542-8270</t>
+  </si>
+  <si>
+    <t>daniel.clevenger@chathamcountync.gov</t>
+  </si>
+  <si>
+    <t>Town of Cary - Pretreatment Division</t>
+  </si>
+  <si>
+    <t>Mr. Don Johnson</t>
+  </si>
+  <si>
+    <t>400 James Jackson Avenue</t>
+  </si>
+  <si>
+    <t>919-319-4564</t>
+  </si>
+  <si>
+    <t>don.johnson@carync.gov</t>
+  </si>
+  <si>
+    <t>Beaufort County Water Dept.</t>
+  </si>
+  <si>
+    <t>Mr. Charles Bennett</t>
+  </si>
+  <si>
+    <t>111 West Second St.</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>27889-</t>
+  </si>
+  <si>
+    <t>252-940-9379</t>
+  </si>
+  <si>
+    <t>charles.bennett@co.beaufort.nc.us;mike.asby@beaufortcountync.gov</t>
+  </si>
+  <si>
+    <t>Ocracoke Sanitary District</t>
+  </si>
+  <si>
+    <t>Mr. Earl Gaskins</t>
+  </si>
+  <si>
+    <t>P.O. Box 567</t>
+  </si>
+  <si>
+    <t>Ocracoke</t>
+  </si>
+  <si>
+    <t>27960-</t>
+  </si>
+  <si>
+    <t>252-928-6651</t>
+  </si>
+  <si>
+    <t>ocracokeh2o@yahoo.com</t>
+  </si>
+  <si>
+    <t>Ponzer WTP</t>
+  </si>
+  <si>
+    <t>Mr. David Swindell</t>
+  </si>
+  <si>
+    <t>P.O. Box 66</t>
+  </si>
+  <si>
+    <t>Swan Quarter</t>
+  </si>
+  <si>
+    <t>27885-</t>
+  </si>
+  <si>
+    <t>252-943-5118</t>
+  </si>
+  <si>
+    <t>dswindell@hydecountync.gov</t>
+  </si>
+  <si>
+    <t>Coty US LLC</t>
+  </si>
+  <si>
+    <t>Mr. Wallie Tyler</t>
+  </si>
+  <si>
+    <t>1400 Broadway Rd</t>
+  </si>
+  <si>
+    <t>27332-</t>
+  </si>
+  <si>
+    <t>919-895-5798</t>
+  </si>
+  <si>
+    <t>wallie_tyler@cotyinc.com</t>
+  </si>
+  <si>
+    <t>Cherryville WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Chris Heedick</t>
+  </si>
+  <si>
+    <t>116 S. Mountain Street</t>
+  </si>
+  <si>
+    <t>Cherryville</t>
+  </si>
+  <si>
+    <t>28021-</t>
+  </si>
+  <si>
+    <t>704-435-1739</t>
+  </si>
+  <si>
+    <t>cheedick@cityofcherryville.com</t>
+  </si>
+  <si>
+    <t>Roanoke River Correctional Institution</t>
+  </si>
+  <si>
+    <t>Mr. Geoffrey Pittard</t>
+  </si>
+  <si>
+    <t>2787 Caledonia Drive</t>
+  </si>
+  <si>
+    <t>Tillery</t>
+  </si>
+  <si>
+    <t>27887-</t>
+  </si>
+  <si>
+    <t>252-826-5621</t>
+  </si>
+  <si>
+    <t>743</t>
+  </si>
+  <si>
+    <t>geoffrey.pittard@dac.nc.gov; nainesh.patel@dac.nc.gov</t>
+  </si>
+  <si>
+    <t>Stepan Company</t>
+  </si>
+  <si>
+    <t>Mr. Christian Omoseni</t>
+  </si>
+  <si>
+    <t>4600 Hwy 421 N</t>
+  </si>
+  <si>
+    <t>910-200-2387</t>
+  </si>
+  <si>
+    <t>Christian.omoseni@stepan.com</t>
+  </si>
+  <si>
+    <t>Robeson County Water Dept.</t>
+  </si>
+  <si>
+    <t>Ms. Debbie Locklear</t>
+  </si>
+  <si>
+    <t>265 McGirt Road</t>
+  </si>
+  <si>
+    <t>910-844-5611</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>koolid36@yahoo.com</t>
+  </si>
+  <si>
+    <t>Pasquotank County R.O. WTP</t>
+  </si>
+  <si>
+    <t>Mr. Wayne Raper</t>
+  </si>
+  <si>
+    <t>P.O. Box 2245</t>
+  </si>
+  <si>
+    <t>Elizabeth City</t>
+  </si>
+  <si>
+    <t>27906-</t>
+  </si>
+  <si>
+    <t>252-333-3828</t>
+  </si>
+  <si>
+    <t>raperw@co.pasquotank.nc.us;LewisC@co.pasquotank.nc.us;tiptonc@co.pasquotank.nc.us</t>
+  </si>
+  <si>
+    <t>Pender County WTP</t>
+  </si>
+  <si>
+    <t>Ms. Kaitlin Wolfe</t>
+  </si>
+  <si>
+    <t>P.O. Box 995</t>
+  </si>
+  <si>
+    <t>Burgaw</t>
+  </si>
+  <si>
+    <t>28425-</t>
+  </si>
+  <si>
+    <t>910-515-6868</t>
+  </si>
+  <si>
+    <t>kwolfe@pendercountync.gov</t>
+  </si>
+  <si>
+    <t>City of King WTP</t>
+  </si>
+  <si>
+    <t>Mr. Mark Danley</t>
+  </si>
+  <si>
+    <t>P.O. Box 1132</t>
+  </si>
+  <si>
+    <t>King</t>
+  </si>
+  <si>
+    <t>27021-</t>
+  </si>
+  <si>
+    <t>336-924-8363</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>mdanley@ci.king.nc.us</t>
+  </si>
+  <si>
+    <t>Bogue Banks Water Corp.</t>
+  </si>
+  <si>
+    <t>Mr. Seola Hill</t>
+  </si>
+  <si>
+    <t>P. O. Box 4009</t>
+  </si>
+  <si>
+    <t>Emerald Isle</t>
+  </si>
+  <si>
+    <t>28594-</t>
+  </si>
+  <si>
+    <t>252-354-3307</t>
+  </si>
+  <si>
+    <t>shill@boguebankswater.com</t>
+  </si>
+  <si>
+    <t>Tyrrell County Water System</t>
+  </si>
+  <si>
+    <t>Mr. Lee Miller</t>
+  </si>
+  <si>
+    <t>P.O. Box 449</t>
+  </si>
+  <si>
+    <t>252-766-0118</t>
+  </si>
+  <si>
+    <t>snellrdro@yahoo.com</t>
+  </si>
+  <si>
+    <t>Gates County Schools</t>
+  </si>
+  <si>
+    <t>Mr. Randy Lowe</t>
+  </si>
+  <si>
+    <t>P.O. Box 125</t>
+  </si>
+  <si>
+    <t>Gatesville</t>
+  </si>
+  <si>
+    <t>27938-</t>
+  </si>
+  <si>
+    <t>252-357-1440</t>
+  </si>
+  <si>
+    <t>lowehr@gatescountyschools.net; harrellrw@gatescountyschools.net</t>
+  </si>
+  <si>
+    <t>Town of Oriental WTP</t>
+  </si>
+  <si>
+    <t>Mr. Daniel Early</t>
+  </si>
+  <si>
+    <t>P.O. Box 472</t>
+  </si>
+  <si>
+    <t>Oriental</t>
+  </si>
+  <si>
+    <t>28571-</t>
+  </si>
+  <si>
+    <t>252-670-7519</t>
+  </si>
+  <si>
+    <t>manager@townoforiental.com;danielearly@townoforiental.com</t>
+  </si>
+  <si>
+    <t>Befesa Zinc Metal</t>
+  </si>
+  <si>
+    <t>Mr. Adirek Janwong</t>
+  </si>
+  <si>
+    <t>484 Hicks Grove Rd.</t>
+  </si>
+  <si>
+    <t>Mooresboro</t>
+  </si>
+  <si>
+    <t>28114-</t>
+  </si>
+  <si>
+    <t>828-919-3177</t>
+  </si>
+  <si>
+    <t>adirek.janwong@befesa.com</t>
+  </si>
+  <si>
+    <t>Albemarle Water &amp; Sewer Lab.</t>
+  </si>
+  <si>
+    <t>Mr. Brandon Plyler</t>
+  </si>
+  <si>
+    <t>P.O. Box 190</t>
+  </si>
+  <si>
+    <t>704-984-9634</t>
+  </si>
+  <si>
+    <t>bplyler@ci.albemarle.nc.us</t>
+  </si>
+  <si>
+    <t>The University of North Carolina at Chapel Hill Bingham Facility</t>
+  </si>
+  <si>
+    <t>Ms. Janet Clarke</t>
+  </si>
+  <si>
+    <t>1120 Estes Drive Ext. CB# 1650</t>
+  </si>
+  <si>
+    <t>Chapel Hill</t>
+  </si>
+  <si>
+    <t>27599-1650</t>
+  </si>
+  <si>
+    <t>919-962-6666</t>
+  </si>
+  <si>
+    <t>F/O</t>
+  </si>
+  <si>
+    <t>SGL Carbon LLC</t>
+  </si>
+  <si>
+    <t>Mr. Jeff Woodruff</t>
+  </si>
+  <si>
+    <t>307 Jamestown Rd.</t>
+  </si>
+  <si>
+    <t>Morganton</t>
+  </si>
+  <si>
+    <t>28655-</t>
+  </si>
+  <si>
+    <t>828-432-5891</t>
+  </si>
+  <si>
+    <t>jeff.woodruff@sglcarbon.com; shane.holland@sglcarbon.com</t>
+  </si>
+  <si>
+    <t>Smithfield Fresh Meats Corp – Clinton</t>
+  </si>
+  <si>
+    <t>Mr. Austin Smith</t>
+  </si>
+  <si>
+    <t>P.O. Box 49</t>
+  </si>
+  <si>
+    <t>Clinton</t>
+  </si>
+  <si>
+    <t>28329-</t>
+  </si>
+  <si>
+    <t>910-990-0791</t>
+  </si>
+  <si>
+    <t>awsmith2@smithfield.com</t>
+  </si>
+  <si>
+    <t>Town of Granite Falls WWTP</t>
+  </si>
+  <si>
+    <t>Ms. Tamara Coulter</t>
+  </si>
+  <si>
+    <t>P.O. Box Drawer 10</t>
+  </si>
+  <si>
+    <t>Granite Falls</t>
+  </si>
+  <si>
+    <t>28630-</t>
+  </si>
+  <si>
+    <t>828-396-7111</t>
+  </si>
+  <si>
+    <t>coulter@granitefallsnc.com</t>
+  </si>
+  <si>
+    <t>Watauga County Board of Education</t>
+  </si>
+  <si>
+    <t>Mr. Eric Bolick</t>
+  </si>
+  <si>
+    <t>175 Pioneer Trail</t>
+  </si>
+  <si>
+    <t>Boone</t>
+  </si>
+  <si>
+    <t>28607-</t>
+  </si>
+  <si>
+    <t>828-268-4630</t>
+  </si>
+  <si>
+    <t>bolicke@wataugaschools.org</t>
+  </si>
+  <si>
+    <t>Campbell Soup Supply Company LLC</t>
+  </si>
+  <si>
+    <t>Mr. Liz Ward</t>
+  </si>
+  <si>
+    <t>2120 Hwy. 71 North</t>
+  </si>
+  <si>
+    <t>910-844-1202</t>
+  </si>
+  <si>
+    <t>liz_ward@campbells.com</t>
+  </si>
+  <si>
+    <t>Surtronics Inc</t>
+  </si>
+  <si>
+    <t>Mr. David Nguyen</t>
+  </si>
+  <si>
+    <t>4001 Beryl Road</t>
+  </si>
+  <si>
+    <t>27606-</t>
+  </si>
+  <si>
+    <t>919-834-8027</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>dnguyen@surtronics.com;mbreslin@surtronics.com</t>
+  </si>
+  <si>
+    <t>Town of Chocowinity WTP</t>
+  </si>
+  <si>
+    <t>Mr. Daniel Elks</t>
+  </si>
+  <si>
+    <t>3391 HWY 17 South</t>
+  </si>
+  <si>
+    <t>Chocowinity</t>
+  </si>
+  <si>
+    <t>27817-</t>
+  </si>
+  <si>
+    <t>252-946-6568</t>
+  </si>
+  <si>
+    <t>delks@chocowinitync.org</t>
+  </si>
+  <si>
+    <t>Town of Boonville</t>
+  </si>
+  <si>
+    <t>Mr. Tim Collins</t>
+  </si>
+  <si>
+    <t>P.O. Box 326</t>
+  </si>
+  <si>
+    <t>Boonville</t>
+  </si>
+  <si>
+    <t>27011-</t>
+  </si>
+  <si>
+    <t>336-367-7941</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>tim.collins@boonvillenc.com</t>
+  </si>
+  <si>
+    <t>Patriot Place Mobile Home Park</t>
+  </si>
+  <si>
+    <t>Mr. Mike Seely</t>
+  </si>
+  <si>
+    <t>143 Hubert Blvd</t>
+  </si>
+  <si>
+    <t>910-353-3433</t>
+  </si>
+  <si>
+    <t>trina@parkhavenmgmt.com; ashleys@parkhavenmgmt.com; mikelseely@hotmail.com</t>
+  </si>
+  <si>
+    <t>Martin County Regional WASA Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. Cody Cratt</t>
+  </si>
+  <si>
+    <t>1001 Park Street</t>
+  </si>
+  <si>
+    <t>252-789-1192</t>
+  </si>
+  <si>
+    <t>cody.cratt@veolia.com;phillip.harris@veolia.com</t>
+  </si>
+  <si>
+    <t>Town of Pittsboro WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Jamie McLaurin</t>
+  </si>
+  <si>
+    <t>P.O. Box 759</t>
+  </si>
+  <si>
+    <t>919-542-2444</t>
+  </si>
+  <si>
+    <t>jmclaurin@pittsboronc.gov</t>
+  </si>
+  <si>
+    <t>West Stanly WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Tommy Gibbons</t>
+  </si>
+  <si>
+    <t>1000 North First St., Ste. 12</t>
+  </si>
+  <si>
+    <t>704-486-0285</t>
+  </si>
+  <si>
+    <t>tgibbons@stanlycountync.gov; eandrews@stanlycountync.gov</t>
+  </si>
+  <si>
+    <t>East Bend Industrial Park</t>
+  </si>
+  <si>
+    <t>108 W Main St</t>
+  </si>
+  <si>
+    <t>East Bend</t>
+  </si>
+  <si>
+    <t>27018-</t>
+  </si>
+  <si>
+    <t>Duke Energy Progress Inc.</t>
+  </si>
+  <si>
+    <t>Mr. Steven Hammond</t>
+  </si>
+  <si>
+    <t>198 Energy Way</t>
+  </si>
+  <si>
+    <t>910-205-3135</t>
+  </si>
+  <si>
+    <t>steven.hammond@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Franklinton Water Plant</t>
+  </si>
+  <si>
+    <t>Mr. Allen Ray</t>
+  </si>
+  <si>
+    <t>1630 Highway 1</t>
+  </si>
+  <si>
+    <t>Youngsville</t>
+  </si>
+  <si>
+    <t>27596-</t>
+  </si>
+  <si>
+    <t>919-494-2218</t>
+  </si>
+  <si>
+    <t>aray@franklincountync.us</t>
+  </si>
+  <si>
+    <t>Lake Toxaway Country Club</t>
+  </si>
+  <si>
+    <t>Mr. Gary Norton</t>
+  </si>
+  <si>
+    <t>100 Waterfall Circle</t>
+  </si>
+  <si>
+    <t>Lake Toxaway</t>
+  </si>
+  <si>
+    <t>28747-</t>
+  </si>
+  <si>
+    <t>828-553-2990</t>
+  </si>
+  <si>
+    <t>gdnorton57@gmail.com</t>
+  </si>
+  <si>
+    <t>Darling Ingredients Inc. - Rose Hill</t>
+  </si>
+  <si>
+    <t>Ms. Kimberly Monk</t>
+  </si>
+  <si>
+    <t>469  Yellow Cut Road</t>
+  </si>
+  <si>
+    <t>910-289-2083</t>
+  </si>
+  <si>
+    <t>25119</t>
+  </si>
+  <si>
+    <t>corey.lanier@darlingii.com; kimberly.monk@darlingii.com</t>
+  </si>
+  <si>
+    <t>Town of Woodland WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Raymond Eaton</t>
+  </si>
+  <si>
+    <t>PO Box 297</t>
+  </si>
+  <si>
+    <t>Woodland</t>
+  </si>
+  <si>
+    <t>27897-</t>
+  </si>
+  <si>
+    <t>252-587-7161</t>
+  </si>
+  <si>
+    <t>woodlandnctownhall@gmail.com</t>
+  </si>
+  <si>
+    <t>Associated Asphalt Greensboro LLC</t>
+  </si>
+  <si>
+    <t>Mr. Mark Powers</t>
+  </si>
+  <si>
+    <t>100 S. Chimney Rock Rd</t>
+  </si>
+  <si>
+    <t>Greensboro</t>
+  </si>
+  <si>
+    <t>27409-</t>
+  </si>
+  <si>
+    <t>336-294-0025</t>
+  </si>
+  <si>
+    <t>mpowers@associatedasphalt.com; jwilliams3@associatedasphalt.com</t>
+  </si>
+  <si>
+    <t>Fish Factory WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Mark Moore</t>
+  </si>
+  <si>
+    <t>4601 East Oak Island Dr.</t>
+  </si>
+  <si>
+    <t>Oak Island</t>
+  </si>
+  <si>
+    <t>28465-</t>
+  </si>
+  <si>
+    <t>910-201-8023</t>
+  </si>
+  <si>
+    <t>fishfactoryrd@oakislandnc.gov</t>
+  </si>
+  <si>
+    <t>City of Oxford WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Antoine Lewis</t>
+  </si>
+  <si>
+    <t>P.O. Box 506</t>
+  </si>
+  <si>
+    <t>Oxford</t>
+  </si>
+  <si>
+    <t>27565-</t>
+  </si>
+  <si>
+    <t>919-693-8783</t>
+  </si>
+  <si>
+    <t>alewis@oxfordnc.org;aratliff@oxfordnc.org;dennis.wilson@oxfordnc.org</t>
+  </si>
+  <si>
+    <t>Seagrove-Ulah Metropolitan Water District</t>
+  </si>
+  <si>
+    <t>PO Box 370</t>
+  </si>
+  <si>
+    <t>Seagrove</t>
+  </si>
+  <si>
+    <t>27341-</t>
+  </si>
+  <si>
+    <t>336-302-3782</t>
+  </si>
+  <si>
+    <t>ltchilton128@gmail.com; michaelwalker51348@gmail.com</t>
+  </si>
+  <si>
+    <t>Town of Murfreesboro</t>
+  </si>
+  <si>
+    <t>P.O. Box 6</t>
+  </si>
+  <si>
+    <t>Murfreesboro</t>
+  </si>
+  <si>
+    <t>27855-</t>
+  </si>
+  <si>
+    <t>252-398-7559</t>
+  </si>
+  <si>
+    <t>reaton@murfreesboronc.net;swheeler@murfreesboronc.net</t>
+  </si>
+  <si>
+    <t>Maple Commerce Park WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Rod Holley</t>
+  </si>
+  <si>
+    <t>444 Maple Road</t>
+  </si>
+  <si>
+    <t>Maple</t>
+  </si>
+  <si>
+    <t>27956-</t>
+  </si>
+  <si>
+    <t>252-232-6065</t>
+  </si>
+  <si>
+    <t>Rod.Holley@currituckcountyNC.gov</t>
+  </si>
+  <si>
+    <t>Sanderson Farms LLC - Kinston Processing Plant</t>
+  </si>
+  <si>
+    <t>Mr. Joseph Franklin</t>
+  </si>
+  <si>
+    <t>2081 Sanderson Way</t>
+  </si>
+  <si>
+    <t>252-522-9145</t>
+  </si>
+  <si>
+    <t>4127</t>
+  </si>
+  <si>
+    <t>joseph.franklin@waynesanderson.com;stephanie.shoemaker@waynesanderson.com</t>
+  </si>
+  <si>
+    <t>Sanderson Farms Inc. St. Pauls Processing</t>
+  </si>
+  <si>
+    <t>Mr. Randy Clark</t>
+  </si>
+  <si>
+    <t>2076 NC Hwy 20W</t>
+  </si>
+  <si>
+    <t>910-274-0220</t>
+  </si>
+  <si>
+    <t>3467</t>
+  </si>
+  <si>
+    <t>randy.clark@waynesanderson.com</t>
+  </si>
+  <si>
+    <t>Town of Fremont WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Kenneth Stanley</t>
+  </si>
+  <si>
+    <t>P.O. Box 4</t>
+  </si>
+  <si>
+    <t>Fremont</t>
+  </si>
+  <si>
+    <t>27830-</t>
+  </si>
+  <si>
+    <t>919-738-2982</t>
+  </si>
+  <si>
+    <t>kstanley@fremontnc.gov;jallen@fremontnc.gov</t>
+  </si>
+  <si>
+    <t>City of Durham South Durham Water Reclamation Facility</t>
+  </si>
+  <si>
+    <t>Mr. Dirk Cartner</t>
+  </si>
+  <si>
+    <t>6605 Farrington Road</t>
+  </si>
+  <si>
+    <t>27517-</t>
+  </si>
+  <si>
+    <t>35530</t>
+  </si>
+  <si>
+    <t>jdirk.cartner@durhamnc.gov</t>
+  </si>
+  <si>
+    <t>Charlotte Douglas International Airport</t>
+  </si>
+  <si>
+    <t>Mr. Joshua Eller</t>
+  </si>
+  <si>
+    <t>5601 Wilkinson Blvd</t>
+  </si>
+  <si>
+    <t>704-793-7706</t>
+  </si>
+  <si>
+    <t>jgeller@cltairport.com</t>
+  </si>
+  <si>
+    <t>Tryon WWTP</t>
+  </si>
+  <si>
+    <t>Ms. Deborah Bradley</t>
+  </si>
+  <si>
+    <t>301 North Trade Street</t>
+  </si>
+  <si>
+    <t>Tryon</t>
+  </si>
+  <si>
+    <t>28782-</t>
+  </si>
+  <si>
+    <t>828-859-5626</t>
+  </si>
+  <si>
+    <t>debmbradley@hotmail.com</t>
+  </si>
+  <si>
+    <t>Duke Energy Progress - HEEC</t>
+  </si>
+  <si>
+    <t>Mr. Jason Brown</t>
+  </si>
+  <si>
+    <t>3932 New Hill Holleman Rd.</t>
+  </si>
+  <si>
+    <t>984-229-6273</t>
+  </si>
+  <si>
+    <t>Jason.Brown2@Duke-Energy.com;Maverick.Raber@duke-energy.com</t>
+  </si>
+  <si>
+    <t>Prestage Farms Inc. Hatchery</t>
+  </si>
+  <si>
+    <t>Ms. Brenda Matthis</t>
+  </si>
+  <si>
+    <t>P.O. Box 438</t>
+  </si>
+  <si>
+    <t>910-596-5819</t>
+  </si>
+  <si>
+    <t>brendam@prestagefarms.com</t>
+  </si>
+  <si>
+    <t>Craven County Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. Elliot Thomas</t>
+  </si>
+  <si>
+    <t>2830 Neuse Blvd.</t>
+  </si>
+  <si>
+    <t>252-636-6181</t>
+  </si>
+  <si>
+    <t>ethomas@cravencountync.gov</t>
+  </si>
+  <si>
+    <t>Pluris - Hampstead WWTF</t>
+  </si>
+  <si>
+    <t>Mr. Kristion King</t>
+  </si>
+  <si>
+    <t>44 Shuckin St. Suite 203</t>
+  </si>
+  <si>
+    <t>28443-</t>
+  </si>
+  <si>
+    <t>910-852-0629</t>
+  </si>
+  <si>
+    <t>kking@plurisusa.com</t>
+  </si>
+  <si>
+    <t>City of Dunn A.B. Uzzle Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. Ian Stroud</t>
+  </si>
+  <si>
+    <t>805 West E St.</t>
+  </si>
+  <si>
+    <t>Erwin</t>
+  </si>
+  <si>
+    <t>28339-</t>
+  </si>
+  <si>
+    <t>910-897-5129</t>
+  </si>
+  <si>
+    <t>Dunnwplab@dunn-nc.org;Dunnwp@dunn-nc.org</t>
+  </si>
+  <si>
+    <t>Weyerhaeuser – Grifton</t>
+  </si>
+  <si>
+    <t>Mr. Nick Bolton</t>
+  </si>
+  <si>
+    <t>PO Box 280</t>
+  </si>
+  <si>
+    <t>Ayden</t>
+  </si>
+  <si>
+    <t>28513-</t>
+  </si>
+  <si>
+    <t>910-939-9987</t>
+  </si>
+  <si>
+    <t>Nick.bolton@weyerhaeuser.com</t>
+  </si>
+  <si>
+    <t>Town of Pink Hill</t>
+  </si>
+  <si>
+    <t>PO Box 530</t>
+  </si>
+  <si>
+    <t>Pink Hill</t>
+  </si>
+  <si>
+    <t>28572-</t>
+  </si>
+  <si>
+    <t>919-902-1573</t>
+  </si>
+  <si>
+    <t>jbatchelor@butterball.com</t>
+  </si>
+  <si>
+    <t>Engelhard Sanitary District</t>
+  </si>
+  <si>
+    <t>Mr. Allen Bliven</t>
+  </si>
+  <si>
+    <t>PO Box 579</t>
+  </si>
+  <si>
+    <t>Engelhard</t>
+  </si>
+  <si>
+    <t>27824-</t>
+  </si>
+  <si>
+    <t>252-542-9348</t>
+  </si>
+  <si>
+    <t>engsandistorc@gmail.com;allenblivencalls@gmail.com</t>
+  </si>
+  <si>
+    <t>Smith Creek WWTP/City of Raleigh</t>
+  </si>
+  <si>
+    <t>Mr. Mike Loveless</t>
+  </si>
+  <si>
+    <t>PO Box 590</t>
+  </si>
+  <si>
+    <t>27602-</t>
+  </si>
+  <si>
+    <t>919-996-6611</t>
+  </si>
+  <si>
+    <t>mike.loveless@raleighnc.gov</t>
+  </si>
+  <si>
+    <t>Little Creek Resource Recovery Facility</t>
+  </si>
+  <si>
+    <t>Mr. Kelvin Brown</t>
+  </si>
+  <si>
+    <t>1419 Hwy 39</t>
+  </si>
+  <si>
+    <t>Zebulon</t>
+  </si>
+  <si>
+    <t>27597-</t>
+  </si>
+  <si>
+    <t>919-996-2417</t>
+  </si>
+  <si>
+    <t>Kelvin.Brown@raleighnc.gov</t>
+  </si>
+  <si>
+    <t>Addis Cates Inc.</t>
+  </si>
+  <si>
+    <t>Mr. John Cates</t>
+  </si>
+  <si>
+    <t>910-237-5111</t>
+  </si>
+  <si>
+    <t>john@addiscates.com;rhondahaganlocklear@yahoo.com</t>
+  </si>
+  <si>
+    <t>Waterside Villages WWTP</t>
+  </si>
+  <si>
+    <t>Currituck</t>
+  </si>
+  <si>
+    <t>27929-</t>
+  </si>
+  <si>
+    <t>525-232-6065</t>
+  </si>
+  <si>
+    <t>Ocean Sands WWTP</t>
+  </si>
+  <si>
+    <t>PO Box 220</t>
+  </si>
+  <si>
+    <t>Maple Hill Water District</t>
+  </si>
+  <si>
+    <t>Ms. Amy Cox</t>
+  </si>
+  <si>
+    <t>PO Box 995/605 E. Fremont St.</t>
+  </si>
+  <si>
+    <t>910-604-1404</t>
+  </si>
+  <si>
+    <t>Kwolfe@pendercountync.gov; klonander@pendercountync.gov; cpickett@pendercountync.gov; acox@pendercountync.gov</t>
+  </si>
+  <si>
+    <t>Courthouse Area WWTP</t>
+  </si>
+  <si>
+    <t>103 Water Plant Drive</t>
+  </si>
+  <si>
+    <t>Cube Yadkin Generation LLC</t>
+  </si>
+  <si>
+    <t>Mr. Alan Barbee</t>
+  </si>
+  <si>
+    <t>P.O. Box 575</t>
+  </si>
+  <si>
+    <t>910-975-5716</t>
+  </si>
+  <si>
+    <t>Alan.Barbee@eaglecreekre.com</t>
+  </si>
+  <si>
+    <t>Town of Edenton</t>
+  </si>
+  <si>
+    <t>Mr. Anthony Jordan</t>
+  </si>
+  <si>
+    <t>P.O. Box 300</t>
+  </si>
+  <si>
+    <t>Edenton</t>
+  </si>
+  <si>
+    <t>27932-</t>
+  </si>
+  <si>
+    <t>252-333-8105</t>
+  </si>
+  <si>
+    <t>david.myers@edenton.nc.gov;anthony.jordan@edenton.nc.gov</t>
+  </si>
+  <si>
+    <t>Dowry Creek WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Steven Merrill</t>
+  </si>
+  <si>
+    <t>623 Resthaven Road</t>
+  </si>
+  <si>
+    <t>Bath</t>
+  </si>
+  <si>
+    <t>27808-</t>
+  </si>
+  <si>
+    <t>252-945-1593</t>
+  </si>
+  <si>
+    <t>rmerrill@rsnet.org</t>
+  </si>
+  <si>
+    <t>Union County Public Schools</t>
+  </si>
+  <si>
+    <t>Mr. Bryan Wentz</t>
+  </si>
+  <si>
+    <t>201 Venus Street</t>
+  </si>
+  <si>
+    <t>980-721-0044</t>
+  </si>
+  <si>
+    <t>Bryan.Wentzjr@ucps.k12.nc.us</t>
+  </si>
+  <si>
+    <t>Dobson WTP</t>
+  </si>
+  <si>
+    <t>Mr. Aaron Holder</t>
+  </si>
+  <si>
+    <t>PO Box 351</t>
+  </si>
+  <si>
+    <t>336-356-8622</t>
+  </si>
+  <si>
+    <t>waterplant@surry.net; misty.marion@dobson-nc.com</t>
+  </si>
+  <si>
+    <t>Town of Bath WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Sonny Grant</t>
+  </si>
+  <si>
+    <t>P.O. Box 1006</t>
+  </si>
+  <si>
+    <t>252-945-8734</t>
+  </si>
+  <si>
+    <t>sonnyg1964@gmail.com</t>
+  </si>
+  <si>
+    <t>Novo Nordisk API M1 - US</t>
+  </si>
+  <si>
+    <t>Mr. Max Pintze</t>
+  </si>
+  <si>
+    <t>3611 Powhatan Rd.</t>
+  </si>
+  <si>
+    <t>27527-</t>
+  </si>
+  <si>
+    <t>919-356-1248</t>
+  </si>
+  <si>
+    <t>mpintze@greenerehssolutions.com;PHPK@novonordisk.com</t>
+  </si>
+  <si>
+    <t>Richmond C.I. WWTF</t>
+  </si>
+  <si>
+    <t>Mr. Christopher Hatcher</t>
+  </si>
+  <si>
+    <t>NC DAC (Dept. of Adult Correction) - Central Engineering 
+4216 Mail Service Center</t>
+  </si>
+  <si>
+    <t>27699-4216</t>
+  </si>
+  <si>
+    <t>910-206-6988</t>
+  </si>
+  <si>
+    <t>phillip.smith@dac.nc.gov;nainesh.patel@dac.nc.gov;christopher.d.hatcher@dac.nc.gov</t>
+  </si>
+  <si>
+    <t>Pilgrims Pride - Staley</t>
+  </si>
+  <si>
+    <t>2601 Old 421 Road</t>
+  </si>
+  <si>
+    <t>Staley</t>
+  </si>
+  <si>
+    <t>27355-</t>
+  </si>
+  <si>
+    <t>919-895-3457</t>
+  </si>
+  <si>
+    <t>Old North State Water Company</t>
+  </si>
+  <si>
+    <t>Mr. Zac Combs</t>
+  </si>
+  <si>
+    <t>P.O. Box 10127</t>
+  </si>
+  <si>
+    <t>Birmingham</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>35202-</t>
+  </si>
+  <si>
+    <t>910-650-1366</t>
+  </si>
+  <si>
+    <t>zcombs@onswc.com;dboyette@onswc.com</t>
+  </si>
+  <si>
+    <t>Town of North Wilkesboro</t>
+  </si>
+  <si>
+    <t>Mr. Justin Shell</t>
+  </si>
+  <si>
+    <t>PO Box 218</t>
+  </si>
+  <si>
+    <t>28659-0218</t>
+  </si>
+  <si>
+    <t>336-838-5001</t>
+  </si>
+  <si>
+    <t>wastewater2@northwilkesboronc.gov; wastewater1@northwilkesboronc.gov</t>
+  </si>
+  <si>
+    <t>R. W. Neilson Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Mr. Gabriel Sparks</t>
+  </si>
+  <si>
+    <t>2800 River Ridge Rd</t>
+  </si>
+  <si>
+    <t>336-397-7727</t>
+  </si>
+  <si>
+    <t>gabriels@cityofws.org</t>
+  </si>
+  <si>
+    <t>Town of Mount Olive WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Steven Whitfield</t>
+  </si>
+  <si>
+    <t>PO Box 939</t>
+  </si>
+  <si>
+    <t>Mount Olive</t>
+  </si>
+  <si>
+    <t>919-658-6537</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>swhitfield@townofmountolivenc.com</t>
+  </si>
+  <si>
+    <t>TVA Fort Loudon Dam</t>
+  </si>
+  <si>
+    <t>Mr. Jacob Kerr</t>
+  </si>
+  <si>
+    <t>1280 City Park Drive</t>
+  </si>
+  <si>
+    <t>Lenoir City</t>
+  </si>
+  <si>
+    <t>TN</t>
+  </si>
+  <si>
+    <t>37772-</t>
+  </si>
+  <si>
+    <t>423-754-6462</t>
+  </si>
+  <si>
+    <t>jkerr@tva.gov; bmlove@tva.gov; swkeenum@tva.gov</t>
+  </si>
+  <si>
+    <t>TVA Chickamauga Power Service Center</t>
+  </si>
+  <si>
+    <t>Mr. Obie Moore</t>
+  </si>
+  <si>
+    <t>4601 North Access Road (Building E)</t>
+  </si>
+  <si>
+    <t>Chattanooga</t>
+  </si>
+  <si>
+    <t>37415-</t>
+  </si>
+  <si>
+    <t>423-255-1188</t>
+  </si>
+  <si>
+    <t>momoore@tva.gov; amoliver@tva.gov; bmlove@tva.gov; swkeenum@tva.gov</t>
+  </si>
+  <si>
+    <t>NC DOT Ferry Division</t>
+  </si>
+  <si>
+    <t>Mr. Brian Doliber</t>
+  </si>
+  <si>
+    <t>159 Lucinda Lane</t>
+  </si>
+  <si>
+    <t>Powells Point</t>
+  </si>
+  <si>
+    <t>27966-</t>
+  </si>
+  <si>
+    <t>252-621-6251</t>
+  </si>
+  <si>
+    <t>bcdoliber@ncdot.gov;wvneeland@ncdot.gov</t>
+  </si>
+  <si>
+    <t>City of Mount Holly WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Keith Lynch</t>
+  </si>
+  <si>
+    <t>P.O. Box 406</t>
+  </si>
+  <si>
+    <t>Mount Holly</t>
+  </si>
+  <si>
+    <t>28120-</t>
+  </si>
+  <si>
+    <t>704-827-4261</t>
+  </si>
+  <si>
+    <t>keith.lynch@mtholly.us</t>
+  </si>
+  <si>
+    <t>Warren County WWTP Laboratory</t>
+  </si>
+  <si>
+    <t>Mr. William Perkinson</t>
+  </si>
+  <si>
+    <t>P.O. Box 281</t>
+  </si>
+  <si>
+    <t>Warrenton</t>
+  </si>
+  <si>
+    <t>27589-</t>
+  </si>
+  <si>
+    <t>252-257-1776</t>
+  </si>
+  <si>
+    <t>publicworksdirector@warrenton.nc.gov; publicworksadmin@warrenton.nc.gov</t>
+  </si>
+  <si>
+    <t>Louisiana Pacific Corp.</t>
+  </si>
+  <si>
+    <t>Mr. Adam Byrd</t>
+  </si>
+  <si>
+    <t>1068 ABTco Rd</t>
+  </si>
+  <si>
+    <t>336-696-3426</t>
+  </si>
+  <si>
+    <t>adam.byrd@lpcorp.com</t>
+  </si>
+  <si>
+    <t>Novonesis</t>
+  </si>
+  <si>
+    <t>Mr. Scott Creech</t>
+  </si>
+  <si>
+    <t>77 Perrys Chapel Rd.</t>
+  </si>
+  <si>
+    <t>Franklinton</t>
+  </si>
+  <si>
+    <t>27525-</t>
+  </si>
+  <si>
+    <t>919-496-0862</t>
+  </si>
+  <si>
+    <t>SOCR@novonesis.com; ATAY@novonesis.com</t>
+  </si>
+  <si>
+    <t>Perdue Agribusiness - Cofield</t>
+  </si>
+  <si>
+    <t>Ms. Karena Musgrave</t>
+  </si>
+  <si>
+    <t>242 Perdue Road</t>
+  </si>
+  <si>
+    <t>Cofield</t>
+  </si>
+  <si>
+    <t>27922-</t>
+  </si>
+  <si>
+    <t>252-358-8323</t>
+  </si>
+  <si>
+    <t>karena.musgrave@perdue.com</t>
+  </si>
+  <si>
+    <t>Yadkin River Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>Ms. Stephanie Cooke</t>
+  </si>
+  <si>
+    <t>3522 New Salem Rd</t>
+  </si>
+  <si>
+    <t>980-259-9140</t>
+  </si>
+  <si>
+    <t>Stephanie.Cooke@unioncountync.gov</t>
+  </si>
+  <si>
+    <t>Lear Corporation WWTP Laboratory</t>
+  </si>
+  <si>
+    <t>Mr. George Yankay</t>
+  </si>
+  <si>
+    <t>1754 NC 903 HWY</t>
+  </si>
+  <si>
+    <t>28349-8738</t>
+  </si>
+  <si>
+    <t>910-296-5201</t>
+  </si>
+  <si>
+    <t>5201</t>
+  </si>
+  <si>
+    <t>gyankay@GFD.com; gjohnson@gfd.com; aolveraguillen@gfd.com</t>
+  </si>
+  <si>
+    <t>Carolina Poultry Power RG1 LLC</t>
+  </si>
+  <si>
+    <t>Ms. Angela Boswell</t>
+  </si>
+  <si>
+    <t>3730 N Main St</t>
+  </si>
+  <si>
+    <t>252-813-1142</t>
+  </si>
+  <si>
+    <t>angela@eastenergyllc.com</t>
+  </si>
+  <si>
+    <t>Salem Business Park Remediation Site</t>
+  </si>
+  <si>
+    <t>Jon Wakeman</t>
+  </si>
+  <si>
+    <t>5438 Wade Park Blvd. Suite 200</t>
+  </si>
+  <si>
+    <t>VDOT I-77 Rest Area WWTP</t>
+  </si>
+  <si>
+    <t>1070 Flinty Knoll</t>
+  </si>
+  <si>
+    <t>Pinnacle</t>
+  </si>
+  <si>
+    <t>336-403-6356</t>
+  </si>
+  <si>
+    <t>chrismarion3@hotmail.com</t>
+  </si>
+  <si>
+    <t>Unifi Inc. - Reidsville</t>
+  </si>
+  <si>
+    <t>Ms. Lisa Haynes</t>
+  </si>
+  <si>
+    <t>P.O. Box 1437</t>
+  </si>
+  <si>
+    <t>27323-1437</t>
+  </si>
+  <si>
+    <t>336-348-6516</t>
+  </si>
+  <si>
+    <t>lhaynes@unifi.com</t>
+  </si>
+  <si>
+    <t>Southeast Brunswick Sanitary District WWTP</t>
+  </si>
+  <si>
+    <t>Ms. Nadine Blackwell</t>
+  </si>
+  <si>
+    <t>4350 Sea Pines Drive</t>
+  </si>
+  <si>
+    <t>910-457-0289</t>
+  </si>
+  <si>
+    <t>nadine.blackwell@veolia.com; stephaniem1950@gmail.com</t>
+  </si>
+  <si>
+    <t>Queens Grant Recreation Association</t>
+  </si>
+  <si>
+    <t>Mr. Darrell Covington</t>
+  </si>
+  <si>
+    <t>926 Anderson Blvd</t>
+  </si>
+  <si>
+    <t>Topsail Beach</t>
+  </si>
+  <si>
+    <t>910-467-5034</t>
+  </si>
+  <si>
+    <t>covington9161@yahoo.com</t>
+  </si>
+  <si>
+    <t>Fujifilm Diosynth Biotechnologies Holly Springs</t>
+  </si>
+  <si>
+    <t>Mr. Jason May</t>
+  </si>
+  <si>
+    <t>100 Biotechnology Way</t>
+  </si>
+  <si>
+    <t>Holly Springs</t>
+  </si>
+  <si>
+    <t>27540-</t>
+  </si>
+  <si>
+    <t>919-356-8936</t>
+  </si>
+  <si>
+    <t>Jason.may@fujifilm.com</t>
+  </si>
+  <si>
+    <t>Wolfspeed</t>
+  </si>
+  <si>
+    <t>Mr. Joseph Francom</t>
+  </si>
+  <si>
+    <t>1000 Carolina Core Parkway</t>
+  </si>
+  <si>
+    <t>Siler City</t>
+  </si>
+  <si>
+    <t>27344-</t>
+  </si>
+  <si>
+    <t>360-440-4627</t>
+  </si>
+  <si>
+    <t>joseph.francom@wolfspeed.com;matthew.parrott@wolfspeed.com</t>
+  </si>
+  <si>
+    <t>Riverbulk Terminal WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Kevin Gagnon</t>
+  </si>
+  <si>
+    <t>125 Dye Plant Road</t>
+  </si>
+  <si>
+    <t>252-333-9736</t>
+  </si>
+  <si>
+    <t>kevin@ebarge.net</t>
+  </si>
+  <si>
+    <t>Town of Hertford WWTP</t>
+  </si>
+  <si>
+    <t>Mr. Dustin Combs</t>
+  </si>
+  <si>
+    <t>P.O. Box 32</t>
+  </si>
+  <si>
+    <t>252-562-2684</t>
+  </si>
+  <si>
+    <t>wwtp@townofhertfordnc.com;dustin.b.combs@outlook.com</t>
+  </si>
+  <si>
+    <t>TEAM Industries - Andrews NC</t>
+  </si>
+  <si>
+    <t>Mr. Michael Carter</t>
+  </si>
+  <si>
+    <t>3750 Airport Road</t>
+  </si>
+  <si>
+    <t>Andrews</t>
+  </si>
+  <si>
+    <t>28901-</t>
+  </si>
+  <si>
+    <t>828-835-4050</t>
+  </si>
+  <si>
+    <t>michaelcarter@team-ind.com</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="MS Sans Serif"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...3 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
-      <color rgb="FF000000" tint="0"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000" tint="0"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000" tint="0"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000" tint="0"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor rgb="FFC0C0C0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="none">
         <fgColor rgb="FF000000"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="none">
         <fgColor rgb="FF000000"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="none">
         <fgColor rgb="FF000000"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin"/>
-[...2 lines deleted...]
-      <bottom style="thin"/>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD0D7E5"/>
       </left>
       <right style="thin">
         <color rgb="FFD0D7E5"/>
       </right>
       <top style="thin">
         <color rgb="FFD0D7E5"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD0D7E5"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD0D7E5"/>
       </left>
       <right style="thin">
         <color rgb="FFD0D7E5"/>
       </right>
       <top style="thin">
         <color rgb="FFD0D7E5"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD0D7E5"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD0D7E5"/>
       </left>
       <right style="thin">
         <color rgb="FFD0D7E5"/>
       </right>
       <top style="thin">
         <color rgb="FFD0D7E5"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD0D7E5"/>
       </bottom>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyFill="1" applyProtection="1" applyAlignment="1" applyFont="1" xfId="0">
-[...1 lines deleted...]
-      <protection locked="1" hidden="0"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" applyFill="1" applyProtection="1" applyBorder="1" applyAlignment="1" applyFont="1" xfId="0">
-[...1 lines deleted...]
-      <protection locked="1" hidden="0"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="2" applyFill="1" applyProtection="1" applyBorder="1" applyAlignment="1" applyFont="1" xfId="0">
-[...1 lines deleted...]
-      <protection locked="1" hidden="0"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="3" applyFill="1" applyProtection="1" applyBorder="1" applyAlignment="1" applyFont="1" xfId="0">
-[...5 lines deleted...]
-      <protection locked="1" hidden="0"/>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -463,29697 +7553,14111 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K538"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="B1:M369"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0" rightToLeft="false">
-      <selection activeCell="C5" sqref="C5"/>
+    <sheetView tabSelected="1" topLeftCell="A211" workbookViewId="0">
+      <selection activeCell="C216" sqref="C216"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col customWidth="true" min="1" max="1" width="9.375"/>
-[...9 lines deleted...]
-    <col customWidth="true" min="11" max="11" width="54.19921875"/>
+    <col min="2" max="2" width="9.42578125" customWidth="1"/>
+    <col min="3" max="3" width="59.42578125" customWidth="1"/>
+    <col min="4" max="4" width="14" customWidth="1"/>
+    <col min="5" max="5" width="50.140625" customWidth="1"/>
+    <col min="6" max="6" width="16" customWidth="1"/>
+    <col min="7" max="7" width="9.5703125" customWidth="1"/>
+    <col min="8" max="8" width="14.28515625" customWidth="1"/>
+    <col min="9" max="9" width="20" customWidth="1"/>
+    <col min="10" max="10" width="16" customWidth="1"/>
+    <col min="11" max="11" width="13.5703125" customWidth="1"/>
+    <col min="12" max="12" width="54.140625" customWidth="1"/>
+    <col min="13" max="13" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row outlineLevel="0" r="1">
-[...57 lines deleted...]
-      <c r="A2" s="4">
+    <row r="1" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B2" s="3">
+        <v>5002</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="J2" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K2" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L2" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="M2" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B3" s="3">
+        <v>5004</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G3" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="J3" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="M3" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B4" s="3">
+        <v>5005</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B5" s="3">
+        <v>5007</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="I5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="J5" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K5" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B6" s="3">
+        <v>5008</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="I6" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M6" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B7" s="3">
+        <v>5012</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B8" s="3">
+        <v>5013</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="I8" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="J8" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B9" s="3">
+        <v>5015</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H9" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="I9" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B10" s="3">
+        <v>5016</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I10" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B11" s="3">
+        <v>5020</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="G11" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I11" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="J11" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="2:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="B12" s="3">
+        <v>5022</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="G12" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H12" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="I12" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="J12" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B13" s="3">
+        <v>5023</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="G13" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H13" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="I13" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="J13" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="B14" s="3">
+        <v>5025</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="F14" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="G14" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H14" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="I14" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="J14" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B15" s="3">
+        <v>5027</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="G15" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H15" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="I15" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="J15" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B16" s="3">
+        <v>5028</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="G16" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H16" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="I16" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="J16" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B17" s="3">
+        <v>5029</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="F17" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="G17" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H17" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="I17" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="J17" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K17" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L17" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="M17" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B18" s="3">
+        <v>5031</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H18" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="I18" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="J18" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K18" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L18" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B19" s="3">
+        <v>5033</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="G19" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H19" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="I19" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="J19" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K19" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L19" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B20" s="3">
+        <v>5035</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="G20" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H20" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="I20" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="J20" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="K20" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L20" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="M20" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B21" s="3">
+        <v>5036</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="F21" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G21" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H21" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="I21" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="J21" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K21" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L21" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B22" s="3">
+        <v>5039</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="F22" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="G22" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H22" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="I22" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="J22" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K22" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="M22" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B23" s="3">
+        <v>5040</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="F23" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="G23" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H23" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="I23" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="J23" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L23" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="M23" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B24" s="3">
+        <v>5041</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="G24" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H24" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="I24" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="J24" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K24" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L24" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="M24" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B25" s="3">
+        <v>5043</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="G25" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H25" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="I25" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="J25" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="M25" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B26" s="3">
+        <v>5044</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="F26" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="G26" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H26" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="I26" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="J26" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K26" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L26" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="M26" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B27" s="3">
+        <v>5045</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="F27" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="G27" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H27" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="I27" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="J27" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K27" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L27" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="M27" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B28" s="3">
+        <v>5046</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="G28" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H28" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="I28" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="J28" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K28" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L28" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="M28" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="2:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="B29" s="3">
+        <v>5051</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="F29" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="G29" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H29" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="I29" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="J29" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K29" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L29" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="M29" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B30" s="3">
+        <v>5052</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="F30" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="G30" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H30" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="I30" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="J30" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K30" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L30" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="M30" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B31" s="3">
+        <v>5053</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F31" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="G31" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H31" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="I31" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="J31" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K31" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L31" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="M31" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B32" s="3">
+        <v>5055</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="F32" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="G32" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H32" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="I32" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="J32" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K32" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L32" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="M32" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B33" s="3">
+        <v>5056</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="G33" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H33" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="I33" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="J33" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K33" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L33" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="M33" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B34" s="3">
+        <v>5058</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="G34" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H34" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="I34" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="J34" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K34" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L34" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="M34" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B35" s="3">
+        <v>5059</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="F35" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="G35" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H35" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="I35" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="J35" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K35" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L35" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="M35" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B36" s="3">
+        <v>5060</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="F36" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="G36" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H36" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="I36" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="J36" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K36" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L36" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="M36" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B37" s="3">
+        <v>5061</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="F37" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="G37" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H37" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="I37" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="J37" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K37" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L37" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="M37" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B38" s="3">
+        <v>5062</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="F38" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="G38" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H38" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I38" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="J38" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K38" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L38" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="M38" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B39" s="3">
+        <v>5064</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="F39" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="G39" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H39" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="I39" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="J39" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K39" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L39" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="M39" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B40" s="3">
+        <v>5066</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="F40" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="G40" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H40" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="I40" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="J40" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K40" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L40" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="M40" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B41" s="3">
+        <v>5067</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="F41" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G41" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H41" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="I41" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="J41" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="K41" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L41" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="M41" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B42" s="3">
+        <v>5069</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="F42" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="G42" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H42" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="I42" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="J42" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K42" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L42" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="M42" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B43" s="3">
+        <v>5070</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="E43" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="F43" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="G43" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H43" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="I43" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="J43" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K43" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L43" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="M43" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B44" s="3">
+        <v>5072</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="F44" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="G44" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H44" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="I44" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="J44" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K44" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L44" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="M44" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B45" s="3">
+        <v>5075</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="F45" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="G45" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H45" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="I45" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="J45" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K45" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L45" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="M45" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B46" s="3">
+        <v>5080</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="E46" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="F46" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="G46" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H46" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="I46" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="J46" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K46" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L46" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="M46" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B47" s="3">
+        <v>5081</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="E47" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="F47" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="G47" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H47" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="I47" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="J47" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="K47" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L47" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="M47" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B48" s="3">
+        <v>5082</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="F48" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="G48" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H48" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="I48" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="J48" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K48" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L48" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="M48" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B49" s="3">
+        <v>5085</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="F49" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="G49" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H49" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="I49" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="J49" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K49" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L49" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="M49" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="2:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="B50" s="3">
+        <v>5086</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="F50" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="G50" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H50" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="I50" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="J50" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K50" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L50" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="M50" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B51" s="3">
+        <v>5091</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="F51" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="G51" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H51" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="I51" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="J51" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="K51" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L51" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="M51" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B52" s="3">
+        <v>5097</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="F52" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="G52" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H52" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="I52" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="J52" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K52" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L52" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="M52" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B53" s="3">
+        <v>5099</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>362</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>363</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="F53" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="G53" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H53" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="I53" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="J53" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="K53" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L53" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="M53" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B54" s="3">
+        <v>5103</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="F54" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="G54" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H54" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="I54" s="4" t="s">
+        <v>375</v>
+      </c>
+      <c r="J54" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K54" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L54" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="M54" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B55" s="3">
+        <v>5105</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>378</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="F55" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="G55" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H55" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="I55" s="4" t="s">
+        <v>382</v>
+      </c>
+      <c r="J55" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K55" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L55" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="M55" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B56" s="3">
+        <v>5109</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>385</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="F56" s="4" t="s">
+        <v>387</v>
+      </c>
+      <c r="G56" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H56" s="4" t="s">
+        <v>388</v>
+      </c>
+      <c r="I56" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="J56" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K56" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L56" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="M56" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B57" s="3">
+        <v>5112</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="F57" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="G57" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H57" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="I57" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="J57" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K57" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L57" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="M57" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B58" s="3">
+        <v>5114</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>399</v>
+      </c>
+      <c r="E58" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="F58" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="G58" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H58" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="I58" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="J58" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K58" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L58" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="M58" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B59" s="3">
+        <v>5116</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>405</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>407</v>
+      </c>
+      <c r="F59" s="4" t="s">
+        <v>408</v>
+      </c>
+      <c r="G59" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H59" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="I59" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="J59" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K59" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L59" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="M59" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B60" s="3">
+        <v>5120</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="F60" s="4" t="s">
+        <v>415</v>
+      </c>
+      <c r="G60" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H60" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="I60" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="J60" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K60" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L60" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="M60" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B61" s="3">
+        <v>5121</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>419</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>420</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="F61" s="4" t="s">
+        <v>422</v>
+      </c>
+      <c r="G61" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H61" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="I61" s="4" t="s">
+        <v>424</v>
+      </c>
+      <c r="J61" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K61" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L61" s="4" t="s">
+        <v>425</v>
+      </c>
+      <c r="M61" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B62" s="3">
+        <v>5122</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>426</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>427</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="F62" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="G62" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H62" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="I62" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="J62" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K62" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L62" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="M62" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B63" s="3">
+        <v>5123</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>433</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="F63" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="G63" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H63" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="I63" s="4" t="s">
+        <v>438</v>
+      </c>
+      <c r="J63" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K63" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L63" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="M63" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B64" s="3">
+        <v>5126</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="E64" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="F64" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="G64" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H64" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="I64" s="4" t="s">
+        <v>445</v>
+      </c>
+      <c r="J64" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K64" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L64" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="M64" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B65" s="3">
+        <v>5128</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>447</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F65" s="4" t="s">
+        <v>450</v>
+      </c>
+      <c r="G65" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H65" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="I65" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="J65" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K65" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L65" s="4" t="s">
+        <v>453</v>
+      </c>
+      <c r="M65" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B66" s="3">
+        <v>5131</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>456</v>
+      </c>
+      <c r="F66" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="G66" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H66" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="I66" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="J66" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K66" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L66" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="M66" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B67" s="3">
+        <v>5132</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="F67" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="G67" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H67" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="I67" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="J67" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K67" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L67" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="M67" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B68" s="3">
+        <v>5134</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="F68" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="G68" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H68" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="I68" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="J68" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K68" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L68" s="4" t="s">
+        <v>474</v>
+      </c>
+      <c r="M68" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B69" s="3">
+        <v>5136</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="F69" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="G69" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H69" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="I69" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="J69" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K69" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L69" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="M69" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B70" s="3">
+        <v>5137</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="F70" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="G70" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H70" s="4" t="s">
+        <v>486</v>
+      </c>
+      <c r="I70" s="4" t="s">
+        <v>487</v>
+      </c>
+      <c r="J70" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K70" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L70" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="M70" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B71" s="3">
+        <v>5138</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F71" s="4" t="s">
+        <v>492</v>
+      </c>
+      <c r="G71" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H71" s="4" t="s">
+        <v>493</v>
+      </c>
+      <c r="I71" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="J71" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="K71" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L71" s="4" t="s">
+        <v>496</v>
+      </c>
+      <c r="M71" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B72" s="3">
+        <v>5141</v>
+      </c>
+      <c r="C72" s="4" t="s">
+        <v>497</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="F72" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="G72" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H72" s="4" t="s">
+        <v>501</v>
+      </c>
+      <c r="I72" s="4" t="s">
+        <v>502</v>
+      </c>
+      <c r="J72" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K72" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L72" s="4" t="s">
+        <v>503</v>
+      </c>
+      <c r="M72" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B73" s="3">
+        <v>5142</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>504</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>505</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F73" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="G73" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H73" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="I73" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="J73" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K73" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L73" s="4" t="s">
+        <v>508</v>
+      </c>
+      <c r="M73" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B74" s="3">
+        <v>5144</v>
+      </c>
+      <c r="C74" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>511</v>
+      </c>
+      <c r="F74" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="G74" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H74" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="I74" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="J74" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K74" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L74" s="4" t="s">
+        <v>515</v>
+      </c>
+      <c r="M74" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B75" s="3">
+        <v>5145</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="F75" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="G75" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H75" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="I75" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="J75" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K75" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L75" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="M75" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B76" s="3">
+        <v>5147</v>
+      </c>
+      <c r="C76" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>524</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>525</v>
+      </c>
+      <c r="F76" s="4" t="s">
+        <v>526</v>
+      </c>
+      <c r="G76" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H76" s="4" t="s">
+        <v>527</v>
+      </c>
+      <c r="I76" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="J76" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K76" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L76" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="M76" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B77" s="3">
+        <v>5148</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>530</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>531</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="F77" s="4" t="s">
+        <v>532</v>
+      </c>
+      <c r="G77" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H77" s="4" t="s">
+        <v>533</v>
+      </c>
+      <c r="I77" s="4" t="s">
+        <v>534</v>
+      </c>
+      <c r="J77" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K77" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L77" s="4" t="s">
+        <v>535</v>
+      </c>
+      <c r="M77" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B78" s="3">
+        <v>5150</v>
+      </c>
+      <c r="C78" s="4" t="s">
+        <v>536</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>537</v>
+      </c>
+      <c r="F78" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="G78" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H78" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="I78" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="J78" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K78" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L78" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="M78" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="2:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="B79" s="3">
+        <v>5151</v>
+      </c>
+      <c r="C79" s="4" t="s">
+        <v>540</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>541</v>
+      </c>
+      <c r="F79" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="G79" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H79" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="I79" s="4" t="s">
+        <v>543</v>
+      </c>
+      <c r="J79" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K79" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L79" s="4" t="s">
+        <v>544</v>
+      </c>
+      <c r="M79" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B80" s="3">
+        <v>5152</v>
+      </c>
+      <c r="C80" s="4" t="s">
+        <v>545</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="F80" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="G80" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H80" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="I80" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="J80" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K80" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L80" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="M80" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="2:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="B81" s="3">
+        <v>5153</v>
+      </c>
+      <c r="C81" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>549</v>
+      </c>
+      <c r="F81" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="G81" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H81" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="I81" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="J81" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K81" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L81" s="4" t="s">
+        <v>550</v>
+      </c>
+      <c r="M81" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B82" s="3">
+        <v>5155</v>
+      </c>
+      <c r="C82" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="F82" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="G82" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H82" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="I82" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="J82" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K82" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L82" s="4" t="s">
+        <v>474</v>
+      </c>
+      <c r="M82" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B83" s="3">
+        <v>5156</v>
+      </c>
+      <c r="C83" s="4" t="s">
+        <v>552</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>553</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>554</v>
+      </c>
+      <c r="F83" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="G83" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H83" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="I83" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="J83" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K83" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L83" s="4" t="s">
+        <v>556</v>
+      </c>
+      <c r="M83" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B84" s="3">
+        <v>5159</v>
+      </c>
+      <c r="C84" s="4" t="s">
+        <v>557</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="F84" s="4" t="s">
+        <v>560</v>
+      </c>
+      <c r="G84" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H84" s="4" t="s">
+        <v>561</v>
+      </c>
+      <c r="I84" s="4" t="s">
+        <v>562</v>
+      </c>
+      <c r="J84" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K84" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L84" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M84" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B85" s="3">
+        <v>5165</v>
+      </c>
+      <c r="C85" s="4" t="s">
+        <v>563</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>564</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>565</v>
+      </c>
+      <c r="F85" s="4" t="s">
+        <v>566</v>
+      </c>
+      <c r="G85" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H85" s="4" t="s">
+        <v>567</v>
+      </c>
+      <c r="I85" s="4" t="s">
+        <v>568</v>
+      </c>
+      <c r="J85" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K85" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L85" s="4" t="s">
+        <v>569</v>
+      </c>
+      <c r="M85" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B86" s="3">
+        <v>5171</v>
+      </c>
+      <c r="C86" s="4" t="s">
+        <v>570</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="F86" s="4" t="s">
+        <v>573</v>
+      </c>
+      <c r="G86" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H86" s="4" t="s">
+        <v>574</v>
+      </c>
+      <c r="I86" s="4" t="s">
+        <v>575</v>
+      </c>
+      <c r="J86" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K86" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L86" s="4" t="s">
+        <v>576</v>
+      </c>
+      <c r="M86" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="2:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="B87" s="3">
+        <v>5173</v>
+      </c>
+      <c r="C87" s="4" t="s">
+        <v>577</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>578</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>579</v>
+      </c>
+      <c r="F87" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="G87" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H87" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="I87" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="J87" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K87" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L87" s="4" t="s">
+        <v>583</v>
+      </c>
+      <c r="M87" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B88" s="3">
+        <v>5174</v>
+      </c>
+      <c r="C88" s="4" t="s">
+        <v>584</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>585</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="F88" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="G88" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H88" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="I88" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="J88" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K88" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L88" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="M88" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B89" s="3">
+        <v>5177</v>
+      </c>
+      <c r="C89" s="4" t="s">
+        <v>591</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>592</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>593</v>
+      </c>
+      <c r="F89" s="4" t="s">
+        <v>594</v>
+      </c>
+      <c r="G89" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H89" s="4" t="s">
+        <v>595</v>
+      </c>
+      <c r="I89" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="J89" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K89" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L89" s="4" t="s">
+        <v>597</v>
+      </c>
+      <c r="M89" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B90" s="3">
+        <v>5180</v>
+      </c>
+      <c r="C90" s="4" t="s">
+        <v>598</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>599</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="F90" s="4" t="s">
+        <v>601</v>
+      </c>
+      <c r="G90" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H90" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="I90" s="4" t="s">
+        <v>603</v>
+      </c>
+      <c r="J90" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K90" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L90" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="M90" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B91" s="3">
+        <v>5182</v>
+      </c>
+      <c r="C91" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>606</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>607</v>
+      </c>
+      <c r="F91" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="G91" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H91" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="I91" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="J91" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K91" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L91" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="M91" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="2:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="B92" s="3">
+        <v>5186</v>
+      </c>
+      <c r="C92" s="4" t="s">
+        <v>610</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>612</v>
+      </c>
+      <c r="F92" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="G92" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H92" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="I92" s="4" t="s">
+        <v>615</v>
+      </c>
+      <c r="J92" s="4" t="s">
+        <v>616</v>
+      </c>
+      <c r="K92" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L92" s="4" t="s">
+        <v>617</v>
+      </c>
+      <c r="M92" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B93" s="3">
+        <v>5187</v>
+      </c>
+      <c r="C93" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>619</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>620</v>
+      </c>
+      <c r="F93" s="4" t="s">
+        <v>621</v>
+      </c>
+      <c r="G93" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H93" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="I93" s="4" t="s">
+        <v>622</v>
+      </c>
+      <c r="J93" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K93" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L93" s="4" t="s">
+        <v>623</v>
+      </c>
+      <c r="M93" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B94" s="3">
+        <v>5192</v>
+      </c>
+      <c r="C94" s="4" t="s">
+        <v>624</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>625</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>626</v>
+      </c>
+      <c r="F94" s="4" t="s">
+        <v>627</v>
+      </c>
+      <c r="G94" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H94" s="4" t="s">
+        <v>628</v>
+      </c>
+      <c r="I94" s="4" t="s">
+        <v>629</v>
+      </c>
+      <c r="J94" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K94" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L94" s="4" t="s">
+        <v>630</v>
+      </c>
+      <c r="M94" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B95" s="3">
+        <v>5193</v>
+      </c>
+      <c r="C95" s="4" t="s">
+        <v>631</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>632</v>
+      </c>
+      <c r="E95" s="4" t="s">
+        <v>633</v>
+      </c>
+      <c r="F95" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="G95" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H95" s="4" t="s">
+        <v>472</v>
+      </c>
+      <c r="I95" s="4" t="s">
+        <v>634</v>
+      </c>
+      <c r="J95" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K95" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L95" s="4" t="s">
+        <v>635</v>
+      </c>
+      <c r="M95" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B96" s="3">
+        <v>5199</v>
+      </c>
+      <c r="C96" s="4" t="s">
+        <v>636</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>637</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>638</v>
+      </c>
+      <c r="F96" s="4" t="s">
+        <v>639</v>
+      </c>
+      <c r="G96" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H96" s="4" t="s">
+        <v>640</v>
+      </c>
+      <c r="I96" s="4" t="s">
+        <v>641</v>
+      </c>
+      <c r="J96" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K96" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L96" s="4" t="s">
+        <v>642</v>
+      </c>
+      <c r="M96" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B97" s="3">
+        <v>5203</v>
+      </c>
+      <c r="C97" s="4" t="s">
+        <v>643</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>644</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>645</v>
+      </c>
+      <c r="F97" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="G97" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H97" s="4" t="s">
+        <v>647</v>
+      </c>
+      <c r="I97" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="J97" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K97" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L97" s="4" t="s">
+        <v>648</v>
+      </c>
+      <c r="M97" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B98" s="3">
+        <v>5204</v>
+      </c>
+      <c r="C98" s="4" t="s">
+        <v>649</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>650</v>
+      </c>
+      <c r="E98" s="4" t="s">
+        <v>651</v>
+      </c>
+      <c r="F98" s="4" t="s">
+        <v>652</v>
+      </c>
+      <c r="G98" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H98" s="4" t="s">
+        <v>653</v>
+      </c>
+      <c r="I98" s="4" t="s">
+        <v>654</v>
+      </c>
+      <c r="J98" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K98" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L98" s="4" t="s">
+        <v>655</v>
+      </c>
+      <c r="M98" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B99" s="3">
+        <v>5206</v>
+      </c>
+      <c r="C99" s="4" t="s">
+        <v>656</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>657</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>658</v>
+      </c>
+      <c r="F99" s="4" t="s">
+        <v>659</v>
+      </c>
+      <c r="G99" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H99" s="4" t="s">
+        <v>660</v>
+      </c>
+      <c r="I99" s="4" t="s">
+        <v>661</v>
+      </c>
+      <c r="J99" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K99" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L99" s="4" t="s">
+        <v>662</v>
+      </c>
+      <c r="M99" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B100" s="3">
+        <v>5207</v>
+      </c>
+      <c r="C100" s="4" t="s">
+        <v>663</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>664</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>665</v>
+      </c>
+      <c r="F100" s="4" t="s">
+        <v>666</v>
+      </c>
+      <c r="G100" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H100" s="4" t="s">
+        <v>667</v>
+      </c>
+      <c r="I100" s="4" t="s">
+        <v>668</v>
+      </c>
+      <c r="J100" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K100" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L100" s="4" t="s">
+        <v>669</v>
+      </c>
+      <c r="M100" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B101" s="3">
+        <v>5209</v>
+      </c>
+      <c r="C101" s="4" t="s">
+        <v>670</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>671</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>672</v>
+      </c>
+      <c r="F101" s="4" t="s">
+        <v>673</v>
+      </c>
+      <c r="G101" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H101" s="4" t="s">
+        <v>674</v>
+      </c>
+      <c r="I101" s="4" t="s">
+        <v>675</v>
+      </c>
+      <c r="J101" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K101" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L101" s="4" t="s">
+        <v>676</v>
+      </c>
+      <c r="M101" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B102" s="3">
+        <v>5211</v>
+      </c>
+      <c r="C102" s="4" t="s">
+        <v>677</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>678</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>679</v>
+      </c>
+      <c r="F102" s="4" t="s">
+        <v>680</v>
+      </c>
+      <c r="G102" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H102" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="I102" s="4" t="s">
+        <v>681</v>
+      </c>
+      <c r="J102" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K102" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L102" s="4" t="s">
+        <v>682</v>
+      </c>
+      <c r="M102" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B103" s="3">
+        <v>5213</v>
+      </c>
+      <c r="C103" s="4" t="s">
+        <v>683</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>684</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="F103" s="4" t="s">
+        <v>685</v>
+      </c>
+      <c r="G103" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H103" s="4" t="s">
+        <v>686</v>
+      </c>
+      <c r="I103" s="4" t="s">
+        <v>687</v>
+      </c>
+      <c r="J103" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K103" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L103" s="4" t="s">
+        <v>688</v>
+      </c>
+      <c r="M103" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B104" s="3">
+        <v>5214</v>
+      </c>
+      <c r="C104" s="4" t="s">
+        <v>689</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>690</v>
+      </c>
+      <c r="E104" s="4" t="s">
+        <v>691</v>
+      </c>
+      <c r="F104" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="G104" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H104" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="I104" s="4" t="s">
+        <v>692</v>
+      </c>
+      <c r="J104" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K104" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L104" s="4" t="s">
+        <v>693</v>
+      </c>
+      <c r="M104" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B105" s="3">
+        <v>5221</v>
+      </c>
+      <c r="C105" s="4" t="s">
+        <v>694</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>695</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>696</v>
+      </c>
+      <c r="F105" s="4" t="s">
+        <v>697</v>
+      </c>
+      <c r="G105" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H105" s="4" t="s">
+        <v>698</v>
+      </c>
+      <c r="I105" s="4" t="s">
+        <v>699</v>
+      </c>
+      <c r="J105" s="4" t="s">
+        <v>700</v>
+      </c>
+      <c r="K105" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L105" s="4" t="s">
+        <v>701</v>
+      </c>
+      <c r="M105" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B106" s="3">
+        <v>5222</v>
+      </c>
+      <c r="C106" s="4" t="s">
+        <v>702</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>703</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>704</v>
+      </c>
+      <c r="F106" s="4" t="s">
+        <v>705</v>
+      </c>
+      <c r="G106" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H106" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="I106" s="4" t="s">
+        <v>707</v>
+      </c>
+      <c r="J106" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K106" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L106" s="4" t="s">
+        <v>708</v>
+      </c>
+      <c r="M106" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B107" s="3">
+        <v>5223</v>
+      </c>
+      <c r="C107" s="4" t="s">
+        <v>709</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>695</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>710</v>
+      </c>
+      <c r="F107" s="4" t="s">
+        <v>697</v>
+      </c>
+      <c r="G107" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H107" s="4" t="s">
+        <v>698</v>
+      </c>
+      <c r="I107" s="4" t="s">
+        <v>699</v>
+      </c>
+      <c r="J107" s="4" t="s">
+        <v>700</v>
+      </c>
+      <c r="K107" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L107" s="4" t="s">
+        <v>701</v>
+      </c>
+      <c r="M107" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B108" s="3">
+        <v>5224</v>
+      </c>
+      <c r="C108" s="4" t="s">
+        <v>711</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>712</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>713</v>
+      </c>
+      <c r="F108" s="4" t="s">
+        <v>714</v>
+      </c>
+      <c r="G108" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H108" s="4" t="s">
+        <v>715</v>
+      </c>
+      <c r="I108" s="4" t="s">
+        <v>716</v>
+      </c>
+      <c r="J108" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K108" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L108" s="4" t="s">
+        <v>717</v>
+      </c>
+      <c r="M108" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B109" s="3">
+        <v>5227</v>
+      </c>
+      <c r="C109" s="4" t="s">
+        <v>718</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>719</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>720</v>
+      </c>
+      <c r="F109" s="4" t="s">
+        <v>721</v>
+      </c>
+      <c r="G109" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H109" s="4" t="s">
+        <v>722</v>
+      </c>
+      <c r="I109" s="4" t="s">
+        <v>723</v>
+      </c>
+      <c r="J109" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K109" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L109" s="4" t="s">
+        <v>724</v>
+      </c>
+      <c r="M109" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B110" s="3">
+        <v>5230</v>
+      </c>
+      <c r="C110" s="4" t="s">
+        <v>725</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>712</v>
+      </c>
+      <c r="E110" s="4" t="s">
+        <v>726</v>
+      </c>
+      <c r="F110" s="4" t="s">
+        <v>727</v>
+      </c>
+      <c r="G110" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H110" s="4" t="s">
+        <v>728</v>
+      </c>
+      <c r="I110" s="4" t="s">
+        <v>729</v>
+      </c>
+      <c r="J110" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K110" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L110" s="4" t="s">
+        <v>730</v>
+      </c>
+      <c r="M110" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B111" s="3">
+        <v>5232</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>731</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>732</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>733</v>
+      </c>
+      <c r="F111" s="4" t="s">
+        <v>734</v>
+      </c>
+      <c r="G111" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H111" s="4" t="s">
+        <v>735</v>
+      </c>
+      <c r="I111" s="4" t="s">
+        <v>736</v>
+      </c>
+      <c r="J111" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K111" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L111" s="4" t="s">
+        <v>737</v>
+      </c>
+      <c r="M111" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B112" s="3">
+        <v>5233</v>
+      </c>
+      <c r="C112" s="4" t="s">
+        <v>738</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>739</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>691</v>
+      </c>
+      <c r="F112" s="4" t="s">
+        <v>740</v>
+      </c>
+      <c r="G112" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H112" s="4" t="s">
+        <v>741</v>
+      </c>
+      <c r="I112" s="4" t="s">
+        <v>742</v>
+      </c>
+      <c r="J112" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K112" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L112" s="4" t="s">
+        <v>743</v>
+      </c>
+      <c r="M112" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B113" s="3">
+        <v>5235</v>
+      </c>
+      <c r="C113" s="4" t="s">
+        <v>744</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>745</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>746</v>
+      </c>
+      <c r="F113" s="4" t="s">
+        <v>697</v>
+      </c>
+      <c r="G113" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H113" s="4" t="s">
+        <v>747</v>
+      </c>
+      <c r="I113" s="4" t="s">
+        <v>748</v>
+      </c>
+      <c r="J113" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K113" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L113" s="4" t="s">
+        <v>749</v>
+      </c>
+      <c r="M113" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B114" s="3">
+        <v>5244</v>
+      </c>
+      <c r="C114" s="4" t="s">
+        <v>750</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>751</v>
+      </c>
+      <c r="E114" s="4" t="s">
+        <v>752</v>
+      </c>
+      <c r="F114" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="G114" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H114" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="I114" s="4" t="s">
+        <v>753</v>
+      </c>
+      <c r="J114" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K114" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L114" s="4" t="s">
+        <v>754</v>
+      </c>
+      <c r="M114" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B115" s="3">
+        <v>5246</v>
+      </c>
+      <c r="C115" s="4" t="s">
+        <v>755</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>756</v>
+      </c>
+      <c r="E115" s="4" t="s">
+        <v>757</v>
+      </c>
+      <c r="F115" s="4" t="s">
+        <v>758</v>
+      </c>
+      <c r="G115" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H115" s="4" t="s">
+        <v>759</v>
+      </c>
+      <c r="I115" s="4" t="s">
+        <v>760</v>
+      </c>
+      <c r="J115" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K115" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L115" s="4" t="s">
+        <v>761</v>
+      </c>
+      <c r="M115" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B116" s="3">
+        <v>5247</v>
+      </c>
+      <c r="C116" s="4" t="s">
+        <v>762</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>763</v>
+      </c>
+      <c r="E116" s="4" t="s">
+        <v>764</v>
+      </c>
+      <c r="F116" s="4" t="s">
+        <v>765</v>
+      </c>
+      <c r="G116" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H116" s="4" t="s">
+        <v>766</v>
+      </c>
+      <c r="I116" s="4" t="s">
+        <v>767</v>
+      </c>
+      <c r="J116" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K116" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L116" s="4" t="s">
+        <v>768</v>
+      </c>
+      <c r="M116" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B117" s="3">
+        <v>5249</v>
+      </c>
+      <c r="C117" s="4" t="s">
+        <v>769</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>770</v>
+      </c>
+      <c r="E117" s="4" t="s">
+        <v>771</v>
+      </c>
+      <c r="F117" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="G117" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H117" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="I117" s="4" t="s">
+        <v>772</v>
+      </c>
+      <c r="J117" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K117" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L117" s="4" t="s">
+        <v>773</v>
+      </c>
+      <c r="M117" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B118" s="3">
+        <v>5251</v>
+      </c>
+      <c r="C118" s="4" t="s">
+        <v>774</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>775</v>
+      </c>
+      <c r="E118" s="4" t="s">
+        <v>776</v>
+      </c>
+      <c r="F118" s="4" t="s">
+        <v>777</v>
+      </c>
+      <c r="G118" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H118" s="4" t="s">
+        <v>778</v>
+      </c>
+      <c r="I118" s="4" t="s">
+        <v>779</v>
+      </c>
+      <c r="J118" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K118" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L118" s="4" t="s">
+        <v>780</v>
+      </c>
+      <c r="M118" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B119" s="3">
+        <v>5252</v>
+      </c>
+      <c r="C119" s="4" t="s">
+        <v>781</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>782</v>
+      </c>
+      <c r="E119" s="4" t="s">
+        <v>783</v>
+      </c>
+      <c r="F119" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="G119" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H119" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="I119" s="4" t="s">
+        <v>784</v>
+      </c>
+      <c r="J119" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K119" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L119" s="4" t="s">
+        <v>785</v>
+      </c>
+      <c r="M119" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B120" s="3">
+        <v>5253</v>
+      </c>
+      <c r="C120" s="4" t="s">
+        <v>786</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>787</v>
+      </c>
+      <c r="E120" s="4" t="s">
+        <v>788</v>
+      </c>
+      <c r="F120" s="4" t="s">
+        <v>789</v>
+      </c>
+      <c r="G120" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H120" s="4" t="s">
+        <v>790</v>
+      </c>
+      <c r="I120" s="4" t="s">
+        <v>791</v>
+      </c>
+      <c r="J120" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K120" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L120" s="4" t="s">
+        <v>792</v>
+      </c>
+      <c r="M120" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B121" s="3">
+        <v>5255</v>
+      </c>
+      <c r="C121" s="4" t="s">
+        <v>793</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>794</v>
+      </c>
+      <c r="E121" s="4" t="s">
+        <v>795</v>
+      </c>
+      <c r="F121" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="G121" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H121" s="4" t="s">
+        <v>796</v>
+      </c>
+      <c r="I121" s="4" t="s">
+        <v>797</v>
+      </c>
+      <c r="J121" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K121" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L121" s="4" t="s">
+        <v>798</v>
+      </c>
+      <c r="M121" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B122" s="3">
+        <v>5256</v>
+      </c>
+      <c r="C122" s="4" t="s">
+        <v>799</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>794</v>
+      </c>
+      <c r="E122" s="4" t="s">
+        <v>795</v>
+      </c>
+      <c r="F122" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="G122" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H122" s="4" t="s">
+        <v>796</v>
+      </c>
+      <c r="I122" s="4" t="s">
+        <v>797</v>
+      </c>
+      <c r="J122" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K122" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L122" s="4" t="s">
+        <v>798</v>
+      </c>
+      <c r="M122" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B123" s="3">
+        <v>5257</v>
+      </c>
+      <c r="C123" s="4" t="s">
+        <v>800</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>801</v>
+      </c>
+      <c r="E123" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="F123" s="4" t="s">
+        <v>802</v>
+      </c>
+      <c r="G123" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H123" s="4" t="s">
+        <v>803</v>
+      </c>
+      <c r="I123" s="4" t="s">
+        <v>804</v>
+      </c>
+      <c r="J123" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K123" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L123" s="4" t="s">
+        <v>805</v>
+      </c>
+      <c r="M123" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B124" s="3">
+        <v>5259</v>
+      </c>
+      <c r="C124" s="4" t="s">
+        <v>806</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>807</v>
+      </c>
+      <c r="E124" s="4" t="s">
+        <v>808</v>
+      </c>
+      <c r="F124" s="4" t="s">
+        <v>809</v>
+      </c>
+      <c r="G124" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H124" s="4" t="s">
+        <v>810</v>
+      </c>
+      <c r="I124" s="4" t="s">
+        <v>811</v>
+      </c>
+      <c r="J124" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K124" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L124" s="4" t="s">
+        <v>812</v>
+      </c>
+      <c r="M124" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B125" s="3">
+        <v>5261</v>
+      </c>
+      <c r="C125" s="4" t="s">
+        <v>813</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>814</v>
+      </c>
+      <c r="E125" s="4" t="s">
+        <v>815</v>
+      </c>
+      <c r="F125" s="4" t="s">
+        <v>816</v>
+      </c>
+      <c r="G125" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H125" s="4" t="s">
+        <v>817</v>
+      </c>
+      <c r="I125" s="4" t="s">
+        <v>818</v>
+      </c>
+      <c r="J125" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K125" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L125" s="4" t="s">
+        <v>819</v>
+      </c>
+      <c r="M125" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B126" s="3">
+        <v>5263</v>
+      </c>
+      <c r="C126" s="4" t="s">
+        <v>820</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>821</v>
+      </c>
+      <c r="E126" s="4" t="s">
+        <v>822</v>
+      </c>
+      <c r="F126" s="4" t="s">
+        <v>823</v>
+      </c>
+      <c r="G126" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H126" s="4" t="s">
+        <v>824</v>
+      </c>
+      <c r="I126" s="4" t="s">
+        <v>825</v>
+      </c>
+      <c r="J126" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K126" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L126" s="4" t="s">
+        <v>826</v>
+      </c>
+      <c r="M126" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B127" s="3">
+        <v>5268</v>
+      </c>
+      <c r="C127" s="4" t="s">
+        <v>827</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="E127" s="4" t="s">
+        <v>776</v>
+      </c>
+      <c r="F127" s="4" t="s">
+        <v>829</v>
+      </c>
+      <c r="G127" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H127" s="4" t="s">
+        <v>830</v>
+      </c>
+      <c r="I127" s="4" t="s">
+        <v>831</v>
+      </c>
+      <c r="J127" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K127" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L127" s="4" t="s">
+        <v>832</v>
+      </c>
+      <c r="M127" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B128" s="3">
+        <v>5270</v>
+      </c>
+      <c r="C128" s="4" t="s">
+        <v>833</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>834</v>
+      </c>
+      <c r="E128" s="4" t="s">
+        <v>835</v>
+      </c>
+      <c r="F128" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="G128" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H128" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="I128" s="4" t="s">
+        <v>836</v>
+      </c>
+      <c r="J128" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K128" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L128" s="4" t="s">
+        <v>837</v>
+      </c>
+      <c r="M128" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B129" s="3">
+        <v>5274</v>
+      </c>
+      <c r="C129" s="4" t="s">
+        <v>838</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>839</v>
+      </c>
+      <c r="E129" s="4" t="s">
+        <v>840</v>
+      </c>
+      <c r="F129" s="4" t="s">
+        <v>841</v>
+      </c>
+      <c r="G129" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H129" s="4" t="s">
+        <v>842</v>
+      </c>
+      <c r="I129" s="4" t="s">
+        <v>843</v>
+      </c>
+      <c r="J129" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K129" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L129" s="4" t="s">
+        <v>844</v>
+      </c>
+      <c r="M129" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B130" s="3">
+        <v>5275</v>
+      </c>
+      <c r="C130" s="4" t="s">
+        <v>845</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>846</v>
+      </c>
+      <c r="E130" s="4" t="s">
+        <v>847</v>
+      </c>
+      <c r="F130" s="4" t="s">
+        <v>848</v>
+      </c>
+      <c r="G130" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H130" s="4" t="s">
+        <v>849</v>
+      </c>
+      <c r="I130" s="4" t="s">
+        <v>850</v>
+      </c>
+      <c r="J130" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K130" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L130" s="4" t="s">
+        <v>851</v>
+      </c>
+      <c r="M130" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B131" s="3">
+        <v>5276</v>
+      </c>
+      <c r="C131" s="4" t="s">
+        <v>852</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>853</v>
+      </c>
+      <c r="E131" s="4" t="s">
+        <v>854</v>
+      </c>
+      <c r="F131" s="4" t="s">
+        <v>855</v>
+      </c>
+      <c r="G131" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H131" s="4" t="s">
+        <v>856</v>
+      </c>
+      <c r="I131" s="4" t="s">
+        <v>857</v>
+      </c>
+      <c r="J131" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K131" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L131" s="4" t="s">
+        <v>858</v>
+      </c>
+      <c r="M131" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B132" s="3">
+        <v>5277</v>
+      </c>
+      <c r="C132" s="4" t="s">
+        <v>859</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>860</v>
+      </c>
+      <c r="E132" s="4" t="s">
+        <v>861</v>
+      </c>
+      <c r="F132" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="G132" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H132" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="I132" s="4" t="s">
+        <v>862</v>
+      </c>
+      <c r="J132" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K132" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L132" s="4" t="s">
+        <v>863</v>
+      </c>
+      <c r="M132" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B133" s="3">
+        <v>5279</v>
+      </c>
+      <c r="C133" s="4" t="s">
+        <v>864</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>865</v>
+      </c>
+      <c r="E133" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="F133" s="4" t="s">
+        <v>802</v>
+      </c>
+      <c r="G133" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H133" s="4" t="s">
+        <v>803</v>
+      </c>
+      <c r="I133" s="4" t="s">
+        <v>866</v>
+      </c>
+      <c r="J133" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K133" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L133" s="4" t="s">
+        <v>867</v>
+      </c>
+      <c r="M133" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B134" s="3">
+        <v>5280</v>
+      </c>
+      <c r="C134" s="4" t="s">
+        <v>868</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>869</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>870</v>
+      </c>
+      <c r="F134" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="G134" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H134" s="4" t="s">
+        <v>871</v>
+      </c>
+      <c r="I134" s="4" t="s">
+        <v>872</v>
+      </c>
+      <c r="J134" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K134" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L134" s="4" t="s">
+        <v>873</v>
+      </c>
+      <c r="M134" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B135" s="3">
+        <v>5281</v>
+      </c>
+      <c r="C135" s="4" t="s">
+        <v>874</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>875</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>876</v>
+      </c>
+      <c r="F135" s="4" t="s">
+        <v>877</v>
+      </c>
+      <c r="G135" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H135" s="4" t="s">
+        <v>878</v>
+      </c>
+      <c r="I135" s="4" t="s">
+        <v>879</v>
+      </c>
+      <c r="J135" s="4" t="s">
+        <v>880</v>
+      </c>
+      <c r="K135" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L135" s="4" t="s">
+        <v>881</v>
+      </c>
+      <c r="M135" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B136" s="3">
+        <v>5283</v>
+      </c>
+      <c r="C136" s="4" t="s">
+        <v>882</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>883</v>
+      </c>
+      <c r="E136" s="4" t="s">
+        <v>884</v>
+      </c>
+      <c r="F136" s="4" t="s">
+        <v>885</v>
+      </c>
+      <c r="G136" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H136" s="4" t="s">
+        <v>886</v>
+      </c>
+      <c r="I136" s="4" t="s">
+        <v>887</v>
+      </c>
+      <c r="J136" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K136" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L136" s="4" t="s">
+        <v>888</v>
+      </c>
+      <c r="M136" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B137" s="3">
+        <v>5284</v>
+      </c>
+      <c r="C137" s="4" t="s">
+        <v>889</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>890</v>
+      </c>
+      <c r="E137" s="4" t="s">
+        <v>891</v>
+      </c>
+      <c r="F137" s="4" t="s">
+        <v>892</v>
+      </c>
+      <c r="G137" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H137" s="4" t="s">
+        <v>893</v>
+      </c>
+      <c r="I137" s="4" t="s">
+        <v>894</v>
+      </c>
+      <c r="J137" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K137" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L137" s="4" t="s">
+        <v>895</v>
+      </c>
+      <c r="M137" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B138" s="3">
+        <v>5285</v>
+      </c>
+      <c r="C138" s="4" t="s">
+        <v>896</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>897</v>
+      </c>
+      <c r="E138" s="4" t="s">
+        <v>898</v>
+      </c>
+      <c r="F138" s="4" t="s">
+        <v>899</v>
+      </c>
+      <c r="G138" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H138" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="I138" s="4" t="s">
+        <v>901</v>
+      </c>
+      <c r="J138" s="4" t="s">
+        <v>902</v>
+      </c>
+      <c r="K138" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L138" s="4" t="s">
+        <v>903</v>
+      </c>
+      <c r="M138" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B139" s="3">
+        <v>5286</v>
+      </c>
+      <c r="C139" s="4" t="s">
+        <v>904</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>905</v>
+      </c>
+      <c r="E139" s="4" t="s">
+        <v>906</v>
+      </c>
+      <c r="F139" s="4" t="s">
+        <v>907</v>
+      </c>
+      <c r="G139" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H139" s="4" t="s">
+        <v>908</v>
+      </c>
+      <c r="I139" s="4" t="s">
+        <v>909</v>
+      </c>
+      <c r="J139" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K139" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L139" s="4" t="s">
+        <v>910</v>
+      </c>
+      <c r="M139" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B140" s="3">
+        <v>5288</v>
+      </c>
+      <c r="C140" s="4" t="s">
+        <v>911</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>912</v>
+      </c>
+      <c r="E140" s="4" t="s">
+        <v>913</v>
+      </c>
+      <c r="F140" s="4" t="s">
+        <v>914</v>
+      </c>
+      <c r="G140" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H140" s="4" t="s">
+        <v>915</v>
+      </c>
+      <c r="I140" s="4" t="s">
+        <v>916</v>
+      </c>
+      <c r="J140" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K140" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L140" s="4" t="s">
+        <v>917</v>
+      </c>
+      <c r="M140" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B141" s="3">
+        <v>5289</v>
+      </c>
+      <c r="C141" s="4" t="s">
+        <v>918</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>919</v>
+      </c>
+      <c r="E141" s="4" t="s">
+        <v>920</v>
+      </c>
+      <c r="F141" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="G141" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H141" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="I141" s="4" t="s">
+        <v>921</v>
+      </c>
+      <c r="J141" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K141" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L141" s="4" t="s">
+        <v>922</v>
+      </c>
+      <c r="M141" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="142" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B142" s="3">
+        <v>5291</v>
+      </c>
+      <c r="C142" s="4" t="s">
+        <v>923</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>924</v>
+      </c>
+      <c r="E142" s="4" t="s">
+        <v>925</v>
+      </c>
+      <c r="F142" s="4" t="s">
+        <v>926</v>
+      </c>
+      <c r="G142" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H142" s="4" t="s">
+        <v>927</v>
+      </c>
+      <c r="I142" s="4" t="s">
+        <v>928</v>
+      </c>
+      <c r="J142" s="4" t="s">
+        <v>929</v>
+      </c>
+      <c r="K142" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L142" s="4" t="s">
+        <v>930</v>
+      </c>
+      <c r="M142" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B143" s="3">
+        <v>5292</v>
+      </c>
+      <c r="C143" s="4" t="s">
+        <v>931</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>932</v>
+      </c>
+      <c r="E143" s="4" t="s">
+        <v>933</v>
+      </c>
+      <c r="F143" s="4" t="s">
+        <v>934</v>
+      </c>
+      <c r="G143" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H143" s="4" t="s">
+        <v>935</v>
+      </c>
+      <c r="I143" s="4" t="s">
+        <v>936</v>
+      </c>
+      <c r="J143" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K143" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L143" s="4" t="s">
+        <v>937</v>
+      </c>
+      <c r="M143" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="144" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B144" s="3">
+        <v>5293</v>
+      </c>
+      <c r="C144" s="4" t="s">
+        <v>938</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>869</v>
+      </c>
+      <c r="E144" s="4" t="s">
+        <v>939</v>
+      </c>
+      <c r="F144" s="4" t="s">
+        <v>940</v>
+      </c>
+      <c r="G144" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H144" s="4" t="s">
+        <v>941</v>
+      </c>
+      <c r="I144" s="4" t="s">
+        <v>942</v>
+      </c>
+      <c r="J144" s="4" t="s">
+        <v>943</v>
+      </c>
+      <c r="K144" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L144" s="4" t="s">
+        <v>944</v>
+      </c>
+      <c r="M144" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B145" s="3">
+        <v>5297</v>
+      </c>
+      <c r="C145" s="4" t="s">
+        <v>945</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>946</v>
+      </c>
+      <c r="E145" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F145" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G145" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H145" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="I145" s="4" t="s">
+        <v>947</v>
+      </c>
+      <c r="J145" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K145" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L145" s="4" t="s">
+        <v>948</v>
+      </c>
+      <c r="M145" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B146" s="3">
+        <v>5298</v>
+      </c>
+      <c r="C146" s="4" t="s">
+        <v>949</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>950</v>
+      </c>
+      <c r="E146" s="4" t="s">
+        <v>951</v>
+      </c>
+      <c r="F146" s="4" t="s">
+        <v>601</v>
+      </c>
+      <c r="G146" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H146" s="4" t="s">
+        <v>952</v>
+      </c>
+      <c r="I146" s="4" t="s">
+        <v>953</v>
+      </c>
+      <c r="J146" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K146" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L146" s="4" t="s">
+        <v>954</v>
+      </c>
+      <c r="M146" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B147" s="3">
+        <v>5301</v>
+      </c>
+      <c r="C147" s="4" t="s">
+        <v>955</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="E147" s="4" t="s">
+        <v>957</v>
+      </c>
+      <c r="F147" s="4" t="s">
+        <v>958</v>
+      </c>
+      <c r="G147" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H147" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="I147" s="4" t="s">
+        <v>959</v>
+      </c>
+      <c r="J147" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K147" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L147" s="4" t="s">
+        <v>960</v>
+      </c>
+      <c r="M147" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B148" s="3">
+        <v>5302</v>
+      </c>
+      <c r="C148" s="4" t="s">
+        <v>961</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>962</v>
+      </c>
+      <c r="E148" s="4" t="s">
+        <v>963</v>
+      </c>
+      <c r="F148" s="4" t="s">
+        <v>964</v>
+      </c>
+      <c r="G148" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H148" s="4" t="s">
+        <v>965</v>
+      </c>
+      <c r="I148" s="4" t="s">
+        <v>966</v>
+      </c>
+      <c r="J148" s="4" t="s">
+        <v>967</v>
+      </c>
+      <c r="K148" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L148" s="4" t="s">
+        <v>968</v>
+      </c>
+      <c r="M148" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B149" s="3">
+        <v>5303</v>
+      </c>
+      <c r="C149" s="4" t="s">
+        <v>969</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>970</v>
+      </c>
+      <c r="E149" s="4" t="s">
+        <v>971</v>
+      </c>
+      <c r="F149" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="G149" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H149" s="4" t="s">
+        <v>972</v>
+      </c>
+      <c r="I149" s="4" t="s">
+        <v>973</v>
+      </c>
+      <c r="J149" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K149" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L149" s="4" t="s">
+        <v>974</v>
+      </c>
+      <c r="M149" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B150" s="3">
+        <v>5307</v>
+      </c>
+      <c r="C150" s="4" t="s">
+        <v>975</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>976</v>
+      </c>
+      <c r="E150" s="4" t="s">
+        <v>977</v>
+      </c>
+      <c r="F150" s="4" t="s">
+        <v>978</v>
+      </c>
+      <c r="G150" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H150" s="4" t="s">
+        <v>979</v>
+      </c>
+      <c r="I150" s="4" t="s">
+        <v>980</v>
+      </c>
+      <c r="J150" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K150" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L150" s="4" t="s">
+        <v>981</v>
+      </c>
+      <c r="M150" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="151" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B151" s="3">
+        <v>5309</v>
+      </c>
+      <c r="C151" s="4" t="s">
+        <v>982</v>
+      </c>
+      <c r="D151" s="4" t="s">
+        <v>983</v>
+      </c>
+      <c r="E151" s="4" t="s">
+        <v>984</v>
+      </c>
+      <c r="F151" s="4" t="s">
+        <v>985</v>
+      </c>
+      <c r="G151" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H151" s="4" t="s">
+        <v>986</v>
+      </c>
+      <c r="I151" s="4" t="s">
+        <v>987</v>
+      </c>
+      <c r="J151" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K151" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L151" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M151" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B152" s="3">
+        <v>5312</v>
+      </c>
+      <c r="C152" s="4" t="s">
+        <v>988</v>
+      </c>
+      <c r="D152" s="4" t="s">
+        <v>989</v>
+      </c>
+      <c r="E152" s="4" t="s">
+        <v>990</v>
+      </c>
+      <c r="F152" s="4" t="s">
+        <v>991</v>
+      </c>
+      <c r="G152" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H152" s="4" t="s">
+        <v>992</v>
+      </c>
+      <c r="I152" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="J152" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K152" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L152" s="4" t="s">
+        <v>993</v>
+      </c>
+      <c r="M152" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B153" s="3">
+        <v>5314</v>
+      </c>
+      <c r="C153" s="4" t="s">
+        <v>994</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>995</v>
+      </c>
+      <c r="E153" s="4" t="s">
+        <v>996</v>
+      </c>
+      <c r="F153" s="4" t="s">
+        <v>997</v>
+      </c>
+      <c r="G153" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H153" s="4" t="s">
+        <v>998</v>
+      </c>
+      <c r="I153" s="4" t="s">
+        <v>999</v>
+      </c>
+      <c r="J153" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K153" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L153" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="M153" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B154" s="3">
+        <v>5317</v>
+      </c>
+      <c r="C154" s="4" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D154" s="4" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E154" s="4" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F154" s="4" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G154" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H154" s="4" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I154" s="4" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J154" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K154" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L154" s="4" t="s">
+        <v>1007</v>
+      </c>
+      <c r="M154" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="155" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B155" s="3">
+        <v>5318</v>
+      </c>
+      <c r="C155" s="4" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D155" s="4" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E155" s="4" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F155" s="4" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G155" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H155" s="4" t="s">
+        <v>1012</v>
+      </c>
+      <c r="I155" s="4" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J155" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K155" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L155" s="4" t="s">
+        <v>1014</v>
+      </c>
+      <c r="M155" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="156" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B156" s="3">
+        <v>5320</v>
+      </c>
+      <c r="C156" s="4" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E156" s="4" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F156" s="4" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G156" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H156" s="4" t="s">
+        <v>1019</v>
+      </c>
+      <c r="I156" s="4" t="s">
+        <v>1020</v>
+      </c>
+      <c r="J156" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K156" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L156" s="4" t="s">
+        <v>1021</v>
+      </c>
+      <c r="M156" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B157" s="3">
+        <v>5326</v>
+      </c>
+      <c r="C157" s="4" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E157" s="4" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F157" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="G157" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H157" s="4" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I157" s="4" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J157" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K157" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L157" s="4" t="s">
+        <v>1027</v>
+      </c>
+      <c r="M157" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="158" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B158" s="3">
+        <v>5328</v>
+      </c>
+      <c r="C158" s="4" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E158" s="4" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F158" s="4" t="s">
+        <v>1031</v>
+      </c>
+      <c r="G158" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H158" s="4" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I158" s="4" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J158" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K158" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L158" s="4" t="s">
+        <v>1034</v>
+      </c>
+      <c r="M158" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B159" s="3">
+        <v>5334</v>
+      </c>
+      <c r="C159" s="4" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E159" s="4" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F159" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="G159" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H159" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="I159" s="4" t="s">
+        <v>1038</v>
+      </c>
+      <c r="J159" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K159" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L159" s="4" t="s">
+        <v>1039</v>
+      </c>
+      <c r="M159" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B160" s="3">
+        <v>5338</v>
+      </c>
+      <c r="C160" s="4" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E160" s="4" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F160" s="4" t="s">
+        <v>1043</v>
+      </c>
+      <c r="G160" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H160" s="4" t="s">
+        <v>1044</v>
+      </c>
+      <c r="I160" s="4" t="s">
+        <v>1045</v>
+      </c>
+      <c r="J160" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K160" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L160" s="4" t="s">
+        <v>1046</v>
+      </c>
+      <c r="M160" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B161" s="3">
+        <v>5340</v>
+      </c>
+      <c r="C161" s="4" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E161" s="4" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F161" s="4" t="s">
+        <v>877</v>
+      </c>
+      <c r="G161" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H161" s="4" t="s">
+        <v>1050</v>
+      </c>
+      <c r="I161" s="4" t="s">
+        <v>1051</v>
+      </c>
+      <c r="J161" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K161" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L161" s="4" t="s">
+        <v>1052</v>
+      </c>
+      <c r="M161" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B162" s="3">
+        <v>5345</v>
+      </c>
+      <c r="C162" s="4" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E162" s="4" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F162" s="4" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G162" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H162" s="4" t="s">
+        <v>1057</v>
+      </c>
+      <c r="I162" s="4" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J162" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K162" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L162" s="4" t="s">
+        <v>1059</v>
+      </c>
+      <c r="M162" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B163" s="3">
+        <v>5346</v>
+      </c>
+      <c r="C163" s="4" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E163" s="4" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F163" s="4" t="s">
+        <v>1063</v>
+      </c>
+      <c r="G163" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H163" s="4" t="s">
+        <v>1064</v>
+      </c>
+      <c r="I163" s="4" t="s">
+        <v>1065</v>
+      </c>
+      <c r="J163" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K163" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L163" s="4" t="s">
+        <v>1066</v>
+      </c>
+      <c r="M163" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="164" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B164" s="3">
+        <v>5347</v>
+      </c>
+      <c r="C164" s="4" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D164" s="4" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E164" s="4" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F164" s="4" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G164" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H164" s="4" t="s">
+        <v>1071</v>
+      </c>
+      <c r="I164" s="4" t="s">
+        <v>1072</v>
+      </c>
+      <c r="J164" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K164" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L164" s="4" t="s">
+        <v>1073</v>
+      </c>
+      <c r="M164" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="165" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B165" s="3">
+        <v>5350</v>
+      </c>
+      <c r="C165" s="4" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D165" s="4" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E165" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F165" s="4" t="s">
+        <v>1077</v>
+      </c>
+      <c r="G165" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H165" s="4" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I165" s="4" t="s">
+        <v>1079</v>
+      </c>
+      <c r="J165" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K165" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L165" s="4" t="s">
+        <v>1080</v>
+      </c>
+      <c r="M165" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="166" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B166" s="3">
+        <v>5352</v>
+      </c>
+      <c r="C166" s="4" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E166" s="4" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F166" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G166" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H166" s="4" t="s">
+        <v>1085</v>
+      </c>
+      <c r="I166" s="4" t="s">
+        <v>1086</v>
+      </c>
+      <c r="J166" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K166" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L166" s="4" t="s">
+        <v>1087</v>
+      </c>
+      <c r="M166" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B167" s="3">
+        <v>5353</v>
+      </c>
+      <c r="C167" s="4" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D167" s="4" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E167" s="4" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F167" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="G167" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H167" s="4" t="s">
+        <v>1092</v>
+      </c>
+      <c r="I167" s="4" t="s">
+        <v>1093</v>
+      </c>
+      <c r="J167" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K167" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L167" s="4" t="s">
+        <v>1094</v>
+      </c>
+      <c r="M167" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="168" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B168" s="3">
+        <v>5354</v>
+      </c>
+      <c r="C168" s="4" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D168" s="4" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E168" s="4" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F168" s="4" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G168" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H168" s="4" t="s">
+        <v>1099</v>
+      </c>
+      <c r="I168" s="4" t="s">
+        <v>1100</v>
+      </c>
+      <c r="J168" s="4" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K168" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L168" s="4" t="s">
+        <v>1102</v>
+      </c>
+      <c r="M168" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B169" s="3">
+        <v>5362</v>
+      </c>
+      <c r="C169" s="4" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D169" s="4" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E169" s="4" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F169" s="4" t="s">
+        <v>1106</v>
+      </c>
+      <c r="G169" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H169" s="4" t="s">
+        <v>1107</v>
+      </c>
+      <c r="I169" s="4" t="s">
+        <v>1108</v>
+      </c>
+      <c r="J169" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K169" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L169" s="4" t="s">
+        <v>1109</v>
+      </c>
+      <c r="M169" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="170" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B170" s="3">
+        <v>5364</v>
+      </c>
+      <c r="C170" s="4" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E170" s="4" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F170" s="4" t="s">
+        <v>1113</v>
+      </c>
+      <c r="G170" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H170" s="4" t="s">
+        <v>1114</v>
+      </c>
+      <c r="I170" s="4" t="s">
+        <v>1115</v>
+      </c>
+      <c r="J170" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K170" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L170" s="4" t="s">
+        <v>1116</v>
+      </c>
+      <c r="M170" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="171" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B171" s="3">
+        <v>5365</v>
+      </c>
+      <c r="C171" s="4" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>1118</v>
+      </c>
+      <c r="E171" s="4" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F171" s="4" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G171" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H171" s="4" t="s">
+        <v>1121</v>
+      </c>
+      <c r="I171" s="4" t="s">
+        <v>1122</v>
+      </c>
+      <c r="J171" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K171" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L171" s="4" t="s">
+        <v>1123</v>
+      </c>
+      <c r="M171" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="172" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B172" s="3">
+        <v>5366</v>
+      </c>
+      <c r="C172" s="4" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E172" s="4" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F172" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="G172" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H172" s="4" t="s">
+        <v>1127</v>
+      </c>
+      <c r="I172" s="4" t="s">
+        <v>1128</v>
+      </c>
+      <c r="J172" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K172" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L172" s="4" t="s">
+        <v>1129</v>
+      </c>
+      <c r="M172" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B173" s="3">
+        <v>5367</v>
+      </c>
+      <c r="C173" s="4" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E173" s="4" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F173" s="4" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G173" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H173" s="4" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I173" s="4" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J173" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K173" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L173" s="4" t="s">
+        <v>1136</v>
+      </c>
+      <c r="M173" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="174" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B174" s="3">
+        <v>5370</v>
+      </c>
+      <c r="C174" s="4" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E174" s="4" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F174" s="4" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G174" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H174" s="4" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I174" s="4" t="s">
+        <v>1142</v>
+      </c>
+      <c r="J174" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K174" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L174" s="4" t="s">
+        <v>1143</v>
+      </c>
+      <c r="M174" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="175" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B175" s="3">
+        <v>5371</v>
+      </c>
+      <c r="C175" s="4" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E175" s="4" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F175" s="4" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G175" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H175" s="4" t="s">
+        <v>1148</v>
+      </c>
+      <c r="I175" s="4" t="s">
+        <v>1149</v>
+      </c>
+      <c r="J175" s="4" t="s">
+        <v>1150</v>
+      </c>
+      <c r="K175" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L175" s="4" t="s">
+        <v>1151</v>
+      </c>
+      <c r="M175" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="176" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B176" s="3">
+        <v>5373</v>
+      </c>
+      <c r="C176" s="4" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E176" s="4" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F176" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="G176" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H176" s="4" t="s">
+        <v>1155</v>
+      </c>
+      <c r="I176" s="4" t="s">
+        <v>1156</v>
+      </c>
+      <c r="J176" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K176" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L176" s="4" t="s">
+        <v>1157</v>
+      </c>
+      <c r="M176" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B177" s="3">
+        <v>5375</v>
+      </c>
+      <c r="C177" s="4" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E177" s="4" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F177" s="4" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G177" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H177" s="4" t="s">
+        <v>1162</v>
+      </c>
+      <c r="I177" s="4" t="s">
+        <v>1163</v>
+      </c>
+      <c r="J177" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K177" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L177" s="4" t="s">
+        <v>1164</v>
+      </c>
+      <c r="M177" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B178" s="3">
+        <v>5378</v>
+      </c>
+      <c r="C178" s="4" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>1166</v>
+      </c>
+      <c r="E178" s="4" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F178" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="G178" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H178" s="4" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I178" s="4" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J178" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K178" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L178" s="4" t="s">
+        <v>1170</v>
+      </c>
+      <c r="M178" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="179" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B179" s="3">
+        <v>5381</v>
+      </c>
+      <c r="C179" s="4" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D179" s="4" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E179" s="4" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F179" s="4" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G179" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H179" s="4" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I179" s="4" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J179" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K179" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L179" s="4" t="s">
+        <v>1177</v>
+      </c>
+      <c r="M179" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B180" s="3">
+        <v>5383</v>
+      </c>
+      <c r="C180" s="4" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D180" s="4" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E180" s="4" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F180" s="4" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G180" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H180" s="4" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I180" s="4" t="s">
+        <v>1183</v>
+      </c>
+      <c r="J180" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K180" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L180" s="4" t="s">
+        <v>1184</v>
+      </c>
+      <c r="M180" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B181" s="3">
+        <v>5387</v>
+      </c>
+      <c r="C181" s="4" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E181" s="4" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F181" s="4" t="s">
+        <v>1188</v>
+      </c>
+      <c r="G181" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H181" s="4" t="s">
+        <v>1189</v>
+      </c>
+      <c r="I181" s="4" t="s">
+        <v>1190</v>
+      </c>
+      <c r="J181" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K181" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L181" s="4" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M181" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B182" s="3">
+        <v>5388</v>
+      </c>
+      <c r="C182" s="4" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D182" s="4" t="s">
+        <v>1193</v>
+      </c>
+      <c r="E182" s="4" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F182" s="4" t="s">
+        <v>1195</v>
+      </c>
+      <c r="G182" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H182" s="4" t="s">
+        <v>1196</v>
+      </c>
+      <c r="I182" s="4" t="s">
+        <v>1197</v>
+      </c>
+      <c r="J182" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K182" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L182" s="4" t="s">
+        <v>1198</v>
+      </c>
+      <c r="M182" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B183" s="3">
+        <v>5389</v>
+      </c>
+      <c r="C183" s="4" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E183" s="4" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F183" s="4" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G183" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H183" s="4" t="s">
+        <v>1203</v>
+      </c>
+      <c r="I183" s="4" t="s">
+        <v>1204</v>
+      </c>
+      <c r="J183" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K183" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L183" s="4" t="s">
+        <v>1205</v>
+      </c>
+      <c r="M183" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B184" s="3">
+        <v>5394</v>
+      </c>
+      <c r="C184" s="4" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D184" s="4" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E184" s="4" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F184" s="4" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G184" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H184" s="4" t="s">
+        <v>1210</v>
+      </c>
+      <c r="I184" s="4" t="s">
+        <v>1211</v>
+      </c>
+      <c r="J184" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K184" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L184" s="4" t="s">
+        <v>1212</v>
+      </c>
+      <c r="M184" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="185" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B185" s="3">
+        <v>5396</v>
+      </c>
+      <c r="C185" s="4" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E185" s="4" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F185" s="4" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G185" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H185" s="4" t="s">
+        <v>1203</v>
+      </c>
+      <c r="I185" s="4" t="s">
+        <v>1216</v>
+      </c>
+      <c r="J185" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K185" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L185" s="4" t="s">
+        <v>1217</v>
+      </c>
+      <c r="M185" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="186" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B186" s="3">
+        <v>5397</v>
+      </c>
+      <c r="C186" s="4" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E186" s="4" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F186" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="G186" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H186" s="4" t="s">
+        <v>1221</v>
+      </c>
+      <c r="I186" s="4" t="s">
+        <v>1222</v>
+      </c>
+      <c r="J186" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K186" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L186" s="4" t="s">
+        <v>1223</v>
+      </c>
+      <c r="M186" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="187" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B187" s="3">
+        <v>5398</v>
+      </c>
+      <c r="C187" s="4" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E187" s="4" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F187" s="4" t="s">
+        <v>734</v>
+      </c>
+      <c r="G187" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H187" s="4" t="s">
+        <v>735</v>
+      </c>
+      <c r="I187" s="4" t="s">
+        <v>1227</v>
+      </c>
+      <c r="J187" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K187" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L187" s="4" t="s">
+        <v>1228</v>
+      </c>
+      <c r="M187" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="188" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B188" s="3">
+        <v>5399</v>
+      </c>
+      <c r="C188" s="4" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D188" s="4" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E188" s="4" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F188" s="4" t="s">
+        <v>1232</v>
+      </c>
+      <c r="G188" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H188" s="4" t="s">
+        <v>1233</v>
+      </c>
+      <c r="I188" s="4" t="s">
+        <v>1234</v>
+      </c>
+      <c r="J188" s="4" t="s">
+        <v>1235</v>
+      </c>
+      <c r="K188" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L188" s="4" t="s">
+        <v>1236</v>
+      </c>
+      <c r="M188" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="189" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B189" s="3">
+        <v>5402</v>
+      </c>
+      <c r="C189" s="4" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E189" s="4" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F189" s="4" t="s">
+        <v>697</v>
+      </c>
+      <c r="G189" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H189" s="4" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I189" s="4" t="s">
+        <v>1241</v>
+      </c>
+      <c r="J189" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K189" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L189" s="4" t="s">
+        <v>1242</v>
+      </c>
+      <c r="M189" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="190" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B190" s="3">
+        <v>5403</v>
+      </c>
+      <c r="C190" s="4" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E190" s="4" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F190" s="4" t="s">
+        <v>1106</v>
+      </c>
+      <c r="G190" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H190" s="4" t="s">
+        <v>1107</v>
+      </c>
+      <c r="I190" s="4" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J190" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K190" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L190" s="4" t="s">
+        <v>1247</v>
+      </c>
+      <c r="M190" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="191" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B191" s="3">
+        <v>5404</v>
+      </c>
+      <c r="C191" s="4" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E191" s="4" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F191" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="G191" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H191" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="I191" s="4" t="s">
+        <v>1251</v>
+      </c>
+      <c r="J191" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K191" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L191" s="4" t="s">
+        <v>1252</v>
+      </c>
+      <c r="M191" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="192" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B192" s="3">
+        <v>5405</v>
+      </c>
+      <c r="C192" s="4" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D192" s="4" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E192" s="4" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F192" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G192" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H192" s="4" t="s">
+        <v>1256</v>
+      </c>
+      <c r="I192" s="4" t="s">
+        <v>1257</v>
+      </c>
+      <c r="J192" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K192" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L192" s="4" t="s">
+        <v>1258</v>
+      </c>
+      <c r="M192" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="193" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B193" s="3">
+        <v>5406</v>
+      </c>
+      <c r="C193" s="4" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D193" s="4" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E193" s="4" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F193" s="4" t="s">
+        <v>685</v>
+      </c>
+      <c r="G193" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H193" s="4" t="s">
+        <v>686</v>
+      </c>
+      <c r="I193" s="4" t="s">
+        <v>1262</v>
+      </c>
+      <c r="J193" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K193" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L193" s="4" t="s">
+        <v>1263</v>
+      </c>
+      <c r="M193" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="194" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B194" s="3">
+        <v>5408</v>
+      </c>
+      <c r="C194" s="4" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D194" s="4" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E194" s="4" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F194" s="4" t="s">
+        <v>1267</v>
+      </c>
+      <c r="G194" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H194" s="4" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I194" s="4" t="s">
+        <v>1269</v>
+      </c>
+      <c r="J194" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K194" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L194" s="4" t="s">
+        <v>1270</v>
+      </c>
+      <c r="M194" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="195" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B195" s="3">
+        <v>5409</v>
+      </c>
+      <c r="C195" s="4" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E195" s="4" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F195" s="4" t="s">
+        <v>1274</v>
+      </c>
+      <c r="G195" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H195" s="4" t="s">
+        <v>1275</v>
+      </c>
+      <c r="I195" s="4" t="s">
+        <v>1276</v>
+      </c>
+      <c r="J195" s="4" t="s">
+        <v>1277</v>
+      </c>
+      <c r="K195" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L195" s="4" t="s">
+        <v>1278</v>
+      </c>
+      <c r="M195" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="196" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B196" s="3">
+        <v>5410</v>
+      </c>
+      <c r="C196" s="4" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>1280</v>
+      </c>
+      <c r="E196" s="4" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F196" s="4" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G196" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H196" s="4" t="s">
+        <v>1203</v>
+      </c>
+      <c r="I196" s="4" t="s">
+        <v>1282</v>
+      </c>
+      <c r="J196" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K196" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L196" s="4" t="s">
+        <v>1283</v>
+      </c>
+      <c r="M196" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="197" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B197" s="3">
+        <v>5412</v>
+      </c>
+      <c r="C197" s="4" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E197" s="4" t="s">
+        <v>593</v>
+      </c>
+      <c r="F197" s="4" t="s">
+        <v>1286</v>
+      </c>
+      <c r="G197" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H197" s="4" t="s">
+        <v>1287</v>
+      </c>
+      <c r="I197" s="4" t="s">
+        <v>1288</v>
+      </c>
+      <c r="J197" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K197" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L197" s="4" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M197" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="198" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B198" s="3">
+        <v>5417</v>
+      </c>
+      <c r="C198" s="4" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="E198" s="4" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F198" s="4" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G198" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H198" s="4" t="s">
+        <v>686</v>
+      </c>
+      <c r="I198" s="4" t="s">
+        <v>1293</v>
+      </c>
+      <c r="J198" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K198" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L198" s="4" t="s">
+        <v>1294</v>
+      </c>
+      <c r="M198" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="199" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B199" s="3">
+        <v>5419</v>
+      </c>
+      <c r="C199" s="4" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>657</v>
+      </c>
+      <c r="E199" s="4" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F199" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="G199" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H199" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="I199" s="4" t="s">
+        <v>1297</v>
+      </c>
+      <c r="J199" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K199" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L199" s="4" t="s">
+        <v>662</v>
+      </c>
+      <c r="M199" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="200" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B200" s="3">
+        <v>5420</v>
+      </c>
+      <c r="C200" s="4" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E200" s="4" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F200" s="4" t="s">
+        <v>1301</v>
+      </c>
+      <c r="G200" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H200" s="4" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I200" s="4" t="s">
+        <v>1303</v>
+      </c>
+      <c r="J200" s="4" t="s">
+        <v>1304</v>
+      </c>
+      <c r="K200" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L200" s="4" t="s">
+        <v>1305</v>
+      </c>
+      <c r="M200" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="201" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B201" s="3">
+        <v>5425</v>
+      </c>
+      <c r="C201" s="4" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E201" s="4" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F201" s="4" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G201" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H201" s="4" t="s">
+        <v>1310</v>
+      </c>
+      <c r="I201" s="4" t="s">
+        <v>1311</v>
+      </c>
+      <c r="J201" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K201" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L201" s="4" t="s">
+        <v>1312</v>
+      </c>
+      <c r="M201" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="202" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B202" s="3">
+        <v>5429</v>
+      </c>
+      <c r="C202" s="4" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E202" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F202" s="4" t="s">
+        <v>1315</v>
+      </c>
+      <c r="G202" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H202" s="4" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I202" s="4" t="s">
+        <v>1317</v>
+      </c>
+      <c r="J202" s="4" t="s">
+        <v>1318</v>
+      </c>
+      <c r="K202" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L202" s="4" t="s">
+        <v>1319</v>
+      </c>
+      <c r="M202" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="203" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B203" s="3">
+        <v>5431</v>
+      </c>
+      <c r="C203" s="4" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D203" s="4" t="s">
+        <v>1321</v>
+      </c>
+      <c r="E203" s="4" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F203" s="4" t="s">
+        <v>627</v>
+      </c>
+      <c r="G203" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H203" s="4" t="s">
+        <v>628</v>
+      </c>
+      <c r="I203" s="4" t="s">
+        <v>1323</v>
+      </c>
+      <c r="J203" s="4" t="s">
+        <v>1324</v>
+      </c>
+      <c r="K203" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L203" s="4" t="s">
+        <v>1325</v>
+      </c>
+      <c r="M203" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="204" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B204" s="3">
+        <v>5432</v>
+      </c>
+      <c r="C204" s="4" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>1327</v>
+      </c>
+      <c r="E204" s="4" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F204" s="4" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G204" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H204" s="4" t="s">
+        <v>1310</v>
+      </c>
+      <c r="I204" s="4" t="s">
+        <v>1329</v>
+      </c>
+      <c r="J204" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K204" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L204" s="4" t="s">
+        <v>1330</v>
+      </c>
+      <c r="M204" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="205" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B205" s="3">
+        <v>5440</v>
+      </c>
+      <c r="C205" s="4" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E205" s="4" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F205" s="4" t="s">
+        <v>1334</v>
+      </c>
+      <c r="G205" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H205" s="4" t="s">
+        <v>1335</v>
+      </c>
+      <c r="I205" s="4" t="s">
+        <v>1336</v>
+      </c>
+      <c r="J205" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K205" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L205" s="4" t="s">
+        <v>1337</v>
+      </c>
+      <c r="M205" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="206" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B206" s="3">
+        <v>5442</v>
+      </c>
+      <c r="C206" s="4" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D206" s="4" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E206" s="4" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F206" s="4" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G206" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H206" s="4" t="s">
+        <v>1342</v>
+      </c>
+      <c r="I206" s="4" t="s">
+        <v>1343</v>
+      </c>
+      <c r="J206" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K206" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L206" s="4" t="s">
+        <v>1344</v>
+      </c>
+      <c r="M206" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="207" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B207" s="3">
+        <v>5449</v>
+      </c>
+      <c r="C207" s="4" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D207" s="4" t="s">
+        <v>1346</v>
+      </c>
+      <c r="E207" s="4" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F207" s="4" t="s">
+        <v>1348</v>
+      </c>
+      <c r="G207" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H207" s="4" t="s">
+        <v>1349</v>
+      </c>
+      <c r="I207" s="4" t="s">
+        <v>1350</v>
+      </c>
+      <c r="J207" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K207" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L207" s="4" t="s">
+        <v>1351</v>
+      </c>
+      <c r="M207" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="208" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B208" s="3">
+        <v>5451</v>
+      </c>
+      <c r="C208" s="4" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E208" s="4" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F208" s="4" t="s">
+        <v>1355</v>
+      </c>
+      <c r="G208" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H208" s="4" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I208" s="4" t="s">
+        <v>1357</v>
+      </c>
+      <c r="J208" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K208" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L208" s="4" t="s">
+        <v>1358</v>
+      </c>
+      <c r="M208" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="209" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B209" s="3">
+        <v>5453</v>
+      </c>
+      <c r="C209" s="4" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D209" s="4" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E209" s="4" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F209" s="4" t="s">
+        <v>1362</v>
+      </c>
+      <c r="G209" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H209" s="4" t="s">
+        <v>1363</v>
+      </c>
+      <c r="I209" s="4" t="s">
+        <v>1364</v>
+      </c>
+      <c r="J209" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K209" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L209" s="4" t="s">
+        <v>1365</v>
+      </c>
+      <c r="M209" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="210" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B210" s="3">
+        <v>5454</v>
+      </c>
+      <c r="C210" s="4" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D210" s="4" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E210" s="4" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F210" s="4" t="s">
+        <v>1369</v>
+      </c>
+      <c r="G210" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H210" s="4" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I210" s="4" t="s">
+        <v>1371</v>
+      </c>
+      <c r="J210" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K210" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L210" s="4" t="s">
+        <v>1372</v>
+      </c>
+      <c r="M210" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="211" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B211" s="3">
+        <v>5455</v>
+      </c>
+      <c r="C211" s="4" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D211" s="4" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E211" s="4" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F211" s="4" t="s">
+        <v>1355</v>
+      </c>
+      <c r="G211" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H211" s="4" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I211" s="4" t="s">
+        <v>1375</v>
+      </c>
+      <c r="J211" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K211" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L211" s="4" t="s">
+        <v>1376</v>
+      </c>
+      <c r="M211" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="212" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B212" s="3">
+        <v>5456</v>
+      </c>
+      <c r="C212" s="4" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D212" s="4" t="s">
+        <v>1378</v>
+      </c>
+      <c r="E212" s="4" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F212" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="G212" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H212" s="4" t="s">
+        <v>1380</v>
+      </c>
+      <c r="I212" s="4" t="s">
+        <v>1381</v>
+      </c>
+      <c r="J212" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K212" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L212" s="4" t="s">
+        <v>1382</v>
+      </c>
+      <c r="M212" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="213" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B213" s="3">
+        <v>5457</v>
+      </c>
+      <c r="C213" s="4" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D213" s="4" t="s">
+        <v>1384</v>
+      </c>
+      <c r="E213" s="4" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F213" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="G213" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H213" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="I213" s="4" t="s">
+        <v>1386</v>
+      </c>
+      <c r="J213" s="4" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K213" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L213" s="4" t="s">
+        <v>1388</v>
+      </c>
+      <c r="M213" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="214" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B214" s="3">
+        <v>5460</v>
+      </c>
+      <c r="C214" s="4" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D214" s="4" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E214" s="4" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F214" s="4" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G214" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H214" s="4" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I214" s="4" t="s">
+        <v>1394</v>
+      </c>
+      <c r="J214" s="4" t="s">
+        <v>1395</v>
+      </c>
+      <c r="K214" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L214" s="4" t="s">
+        <v>1396</v>
+      </c>
+      <c r="M214" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="215" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B215" s="3">
+        <v>5461</v>
+      </c>
+      <c r="C215" s="4" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D215" s="4" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E215" s="4" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F215" s="4" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G215" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H215" s="4" t="s">
+        <v>1401</v>
+      </c>
+      <c r="I215" s="4" t="s">
+        <v>1402</v>
+      </c>
+      <c r="J215" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K215" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L215" s="4" t="s">
+        <v>1403</v>
+      </c>
+      <c r="M215" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="216" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B216" s="3">
+        <v>5462</v>
+      </c>
+      <c r="C216" s="4" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D216" s="4" t="s">
+        <v>1405</v>
+      </c>
+      <c r="E216" s="4" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F216" s="4" t="s">
+        <v>1407</v>
+      </c>
+      <c r="G216" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H216" s="4" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I216" s="4" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J216" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K216" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L216" s="4" t="s">
+        <v>1410</v>
+      </c>
+      <c r="M216" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="217" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B217" s="3">
+        <v>5463</v>
+      </c>
+      <c r="C217" s="4" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D217" s="4" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E217" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="F217" s="4" t="s">
+        <v>1413</v>
+      </c>
+      <c r="G217" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H217" s="4" t="s">
+        <v>1414</v>
+      </c>
+      <c r="I217" s="4" t="s">
+        <v>1415</v>
+      </c>
+      <c r="J217" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K217" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L217" s="4" t="s">
+        <v>1416</v>
+      </c>
+      <c r="M217" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="218" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B218" s="3">
+        <v>5464</v>
+      </c>
+      <c r="C218" s="4" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E218" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F218" s="4" t="s">
+        <v>727</v>
+      </c>
+      <c r="G218" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H218" s="4" t="s">
+        <v>728</v>
+      </c>
+      <c r="I218" s="4" t="s">
+        <v>1419</v>
+      </c>
+      <c r="J218" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K218" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L218" s="4" t="s">
+        <v>1420</v>
+      </c>
+      <c r="M218" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="219" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B219" s="3">
+        <v>5465</v>
+      </c>
+      <c r="C219" s="4" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D219" s="4" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E219" s="4" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F219" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="G219" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H219" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="I219" s="4" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J219" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K219" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L219" s="4" t="s">
+        <v>1425</v>
+      </c>
+      <c r="M219" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B220" s="3">
+        <v>5469</v>
+      </c>
+      <c r="C220" s="4" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D220" s="4" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E220" s="4" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F220" s="4" t="s">
+        <v>1429</v>
+      </c>
+      <c r="G220" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H220" s="4" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I220" s="4" t="s">
+        <v>1431</v>
+      </c>
+      <c r="J220" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K220" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L220" s="4" t="s">
+        <v>1432</v>
+      </c>
+      <c r="M220" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="221" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B221" s="3">
+        <v>5477</v>
+      </c>
+      <c r="C221" s="4" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D221" s="4" t="s">
+        <v>1434</v>
+      </c>
+      <c r="E221" s="4" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F221" s="4" t="s">
+        <v>1436</v>
+      </c>
+      <c r="G221" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H221" s="4" t="s">
+        <v>1437</v>
+      </c>
+      <c r="I221" s="4" t="s">
+        <v>1438</v>
+      </c>
+      <c r="J221" s="4" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K221" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L221" s="4" t="s">
+        <v>1440</v>
+      </c>
+      <c r="M221" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="222" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B222" s="3">
+        <v>5481</v>
+      </c>
+      <c r="C222" s="4" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E222" s="4" t="s">
+        <v>1443</v>
+      </c>
+      <c r="F222" s="4" t="s">
+        <v>1444</v>
+      </c>
+      <c r="G222" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H222" s="4" t="s">
+        <v>1445</v>
+      </c>
+      <c r="I222" s="4" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J222" s="4" t="s">
+        <v>1447</v>
+      </c>
+      <c r="K222" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L222" s="4" t="s">
+        <v>1448</v>
+      </c>
+      <c r="M222" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="223" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B223" s="3">
+        <v>5485</v>
+      </c>
+      <c r="C223" s="4" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D223" s="4" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E223" s="4" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F223" s="4" t="s">
+        <v>978</v>
+      </c>
+      <c r="G223" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H223" s="4" t="s">
+        <v>979</v>
+      </c>
+      <c r="I223" s="4" t="s">
+        <v>1452</v>
+      </c>
+      <c r="J223" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K223" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L223" s="4" t="s">
+        <v>1453</v>
+      </c>
+      <c r="M223" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="224" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B224" s="3">
+        <v>5489</v>
+      </c>
+      <c r="C224" s="4" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D224" s="4" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E224" s="4" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F224" s="4" t="s">
+        <v>877</v>
+      </c>
+      <c r="G224" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H224" s="4" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I224" s="4" t="s">
+        <v>1457</v>
+      </c>
+      <c r="J224" s="4" t="s">
+        <v>1458</v>
+      </c>
+      <c r="K224" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L224" s="4" t="s">
+        <v>1459</v>
+      </c>
+      <c r="M224" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="225" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B225" s="3">
+        <v>5490</v>
+      </c>
+      <c r="C225" s="4" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D225" s="4" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E225" s="4" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F225" s="4" t="s">
+        <v>1463</v>
+      </c>
+      <c r="G225" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H225" s="4" t="s">
+        <v>1464</v>
+      </c>
+      <c r="I225" s="4" t="s">
+        <v>1465</v>
+      </c>
+      <c r="J225" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K225" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L225" s="4" t="s">
+        <v>1466</v>
+      </c>
+      <c r="M225" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="226" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B226" s="3">
+        <v>5497</v>
+      </c>
+      <c r="C226" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D226" s="4" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E226" s="4" t="s">
+        <v>1469</v>
+      </c>
+      <c r="F226" s="4" t="s">
+        <v>1470</v>
+      </c>
+      <c r="G226" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H226" s="4" t="s">
+        <v>1471</v>
+      </c>
+      <c r="I226" s="4" t="s">
+        <v>1472</v>
+      </c>
+      <c r="J226" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K226" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L226" s="4" t="s">
+        <v>1473</v>
+      </c>
+      <c r="M226" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="227" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B227" s="3">
+        <v>5501</v>
+      </c>
+      <c r="C227" s="4" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D227" s="4" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E227" s="4" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F227" s="4" t="s">
+        <v>1477</v>
+      </c>
+      <c r="G227" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H227" s="4" t="s">
+        <v>1478</v>
+      </c>
+      <c r="I227" s="4" t="s">
+        <v>1479</v>
+      </c>
+      <c r="J227" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K227" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L227" s="4" t="s">
+        <v>1480</v>
+      </c>
+      <c r="M227" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="228" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B228" s="3">
+        <v>5502</v>
+      </c>
+      <c r="C228" s="4" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D228" s="4" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E228" s="4" t="s">
+        <v>1483</v>
+      </c>
+      <c r="F228" s="4" t="s">
+        <v>1484</v>
+      </c>
+      <c r="G228" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H228" s="4" t="s">
+        <v>1485</v>
+      </c>
+      <c r="I228" s="4" t="s">
+        <v>1486</v>
+      </c>
+      <c r="J228" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K228" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L228" s="4" t="s">
+        <v>1487</v>
+      </c>
+      <c r="M228" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="229" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B229" s="3">
+        <v>5503</v>
+      </c>
+      <c r="C229" s="4" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D229" s="4" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E229" s="4" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F229" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="G229" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H229" s="4" t="s">
+        <v>1491</v>
+      </c>
+      <c r="I229" s="4" t="s">
+        <v>1492</v>
+      </c>
+      <c r="J229" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K229" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L229" s="4" t="s">
+        <v>1493</v>
+      </c>
+      <c r="M229" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="230" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B230" s="3">
+        <v>5505</v>
+      </c>
+      <c r="C230" s="4" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D230" s="4" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E230" s="4" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F230" s="4" t="s">
+        <v>1497</v>
+      </c>
+      <c r="G230" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H230" s="4" t="s">
+        <v>1498</v>
+      </c>
+      <c r="I230" s="4" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J230" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K230" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L230" s="4" t="s">
+        <v>1500</v>
+      </c>
+      <c r="M230" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="231" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B231" s="3">
+        <v>5511</v>
+      </c>
+      <c r="C231" s="4" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D231" s="4" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E231" s="4" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F231" s="4" t="s">
+        <v>1504</v>
+      </c>
+      <c r="G231" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H231" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="I231" s="4" t="s">
+        <v>1505</v>
+      </c>
+      <c r="J231" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K231" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L231" s="4" t="s">
+        <v>1506</v>
+      </c>
+      <c r="M231" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="232" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B232" s="3">
+        <v>5516</v>
+      </c>
+      <c r="C232" s="4" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D232" s="4" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E232" s="4" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F232" s="4" t="s">
+        <v>1510</v>
+      </c>
+      <c r="G232" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H232" s="4" t="s">
+        <v>1511</v>
+      </c>
+      <c r="I232" s="4" t="s">
+        <v>1512</v>
+      </c>
+      <c r="J232" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K232" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L232" s="4" t="s">
+        <v>1513</v>
+      </c>
+      <c r="M232" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="233" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B233" s="3">
+        <v>5519</v>
+      </c>
+      <c r="C233" s="4" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D233" s="4" t="s">
+        <v>1515</v>
+      </c>
+      <c r="E233" s="4" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F233" s="4" t="s">
+        <v>1516</v>
+      </c>
+      <c r="G233" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H233" s="4" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I233" s="4" t="s">
+        <v>1518</v>
+      </c>
+      <c r="J233" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K233" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L233" s="4" t="s">
+        <v>1519</v>
+      </c>
+      <c r="M233" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="234" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B234" s="3">
+        <v>5524</v>
+      </c>
+      <c r="C234" s="4" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D234" s="4" t="s">
+        <v>1521</v>
+      </c>
+      <c r="E234" s="4" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F234" s="4" t="s">
+        <v>1407</v>
+      </c>
+      <c r="G234" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H234" s="4" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I234" s="4" t="s">
+        <v>1523</v>
+      </c>
+      <c r="J234" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K234" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L234" s="4" t="s">
+        <v>1524</v>
+      </c>
+      <c r="M234" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="235" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B235" s="3">
+        <v>5525</v>
+      </c>
+      <c r="C235" s="4" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D235" s="4" t="s">
+        <v>1526</v>
+      </c>
+      <c r="E235" s="4" t="s">
+        <v>1527</v>
+      </c>
+      <c r="F235" s="4" t="s">
+        <v>1528</v>
+      </c>
+      <c r="G235" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H235" s="4" t="s">
+        <v>1529</v>
+      </c>
+      <c r="I235" s="4" t="s">
+        <v>1530</v>
+      </c>
+      <c r="J235" s="4" t="s">
+        <v>1531</v>
+      </c>
+      <c r="K235" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L235" s="4" t="s">
+        <v>1532</v>
+      </c>
+      <c r="M235" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="236" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B236" s="3">
+        <v>5527</v>
+      </c>
+      <c r="C236" s="4" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D236" s="4" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E236" s="4" t="s">
+        <v>1535</v>
+      </c>
+      <c r="F236" s="4" t="s">
+        <v>1536</v>
+      </c>
+      <c r="G236" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H236" s="4" t="s">
+        <v>1537</v>
+      </c>
+      <c r="I236" s="4" t="s">
+        <v>1538</v>
+      </c>
+      <c r="J236" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K236" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L236" s="4" t="s">
+        <v>1539</v>
+      </c>
+      <c r="M236" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="237" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B237" s="3">
+        <v>5532</v>
+      </c>
+      <c r="C237" s="4" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D237" s="4" t="s">
+        <v>1541</v>
+      </c>
+      <c r="E237" s="4" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F237" s="4" t="s">
+        <v>964</v>
+      </c>
+      <c r="G237" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H237" s="4" t="s">
+        <v>965</v>
+      </c>
+      <c r="I237" s="4" t="s">
+        <v>1543</v>
+      </c>
+      <c r="J237" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K237" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L237" s="4" t="s">
+        <v>1544</v>
+      </c>
+      <c r="M237" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="238" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B238" s="3">
+        <v>5537</v>
+      </c>
+      <c r="C238" s="4" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D238" s="4" t="s">
+        <v>1546</v>
+      </c>
+      <c r="E238" s="4" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F238" s="4" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G238" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H238" s="4" t="s">
+        <v>1548</v>
+      </c>
+      <c r="I238" s="4" t="s">
+        <v>1549</v>
+      </c>
+      <c r="J238" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K238" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L238" s="4" t="s">
+        <v>1550</v>
+      </c>
+      <c r="M238" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="239" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B239" s="3">
+        <v>5541</v>
+      </c>
+      <c r="C239" s="4" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D239" s="4" t="s">
+        <v>1552</v>
+      </c>
+      <c r="E239" s="4" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F239" s="4" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G239" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H239" s="4" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I239" s="4" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J239" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K239" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L239" s="4" t="s">
+        <v>1555</v>
+      </c>
+      <c r="M239" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="240" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B240" s="3">
+        <v>5544</v>
+      </c>
+      <c r="C240" s="4" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D240" s="4" t="s">
+        <v>1557</v>
+      </c>
+      <c r="E240" s="4" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F240" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G240" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H240" s="4" t="s">
+        <v>1559</v>
+      </c>
+      <c r="I240" s="4" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J240" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="K240" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L240" s="4" t="s">
+        <v>1561</v>
+      </c>
+      <c r="M240" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="241" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B241" s="3">
+        <v>5545</v>
+      </c>
+      <c r="C241" s="4" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D241" s="4" t="s">
+        <v>1563</v>
+      </c>
+      <c r="E241" s="4" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F241" s="4" t="s">
+        <v>1565</v>
+      </c>
+      <c r="G241" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H241" s="4" t="s">
+        <v>1566</v>
+      </c>
+      <c r="I241" s="4" t="s">
+        <v>1567</v>
+      </c>
+      <c r="J241" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K241" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L241" s="4" t="s">
+        <v>1568</v>
+      </c>
+      <c r="M241" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="242" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B242" s="3">
+        <v>5547</v>
+      </c>
+      <c r="C242" s="4" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D242" s="4" t="s">
+        <v>1570</v>
+      </c>
+      <c r="E242" s="4" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F242" s="4" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G242" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H242" s="4" t="s">
+        <v>1573</v>
+      </c>
+      <c r="I242" s="4" t="s">
+        <v>1574</v>
+      </c>
+      <c r="J242" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K242" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L242" s="4" t="s">
+        <v>1575</v>
+      </c>
+      <c r="M242" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="243" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B243" s="3">
+        <v>5552</v>
+      </c>
+      <c r="C243" s="4" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D243" s="4" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E243" s="4" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F243" s="4" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G243" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H243" s="4" t="s">
+        <v>1580</v>
+      </c>
+      <c r="I243" s="4" t="s">
+        <v>1581</v>
+      </c>
+      <c r="J243" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K243" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L243" s="4" t="s">
+        <v>1582</v>
+      </c>
+      <c r="M243" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="244" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B244" s="3">
+        <v>5556</v>
+      </c>
+      <c r="C244" s="4" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D244" s="4" t="s">
+        <v>1584</v>
+      </c>
+      <c r="E244" s="4" t="s">
+        <v>1585</v>
+      </c>
+      <c r="F244" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="G244" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H244" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="I244" s="4" t="s">
+        <v>1586</v>
+      </c>
+      <c r="J244" s="4" t="s">
+        <v>1587</v>
+      </c>
+      <c r="K244" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L244" s="4" t="s">
+        <v>1588</v>
+      </c>
+      <c r="M244" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="245" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B245" s="3">
+        <v>5558</v>
+      </c>
+      <c r="C245" s="4" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D245" s="4" t="s">
+        <v>1590</v>
+      </c>
+      <c r="E245" s="4" t="s">
+        <v>1591</v>
+      </c>
+      <c r="F245" s="4" t="s">
+        <v>1592</v>
+      </c>
+      <c r="G245" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H245" s="4" t="s">
+        <v>1593</v>
+      </c>
+      <c r="I245" s="4" t="s">
+        <v>1594</v>
+      </c>
+      <c r="J245" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K245" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L245" s="4" t="s">
+        <v>1595</v>
+      </c>
+      <c r="M245" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="246" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B246" s="3">
+        <v>5561</v>
+      </c>
+      <c r="C246" s="4" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D246" s="4" t="s">
+        <v>1597</v>
+      </c>
+      <c r="E246" s="4" t="s">
+        <v>1598</v>
+      </c>
+      <c r="F246" s="4" t="s">
+        <v>1599</v>
+      </c>
+      <c r="G246" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H246" s="4" t="s">
+        <v>1600</v>
+      </c>
+      <c r="I246" s="4" t="s">
+        <v>1601</v>
+      </c>
+      <c r="J246" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K246" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L246" s="4" t="s">
+        <v>1602</v>
+      </c>
+      <c r="M246" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="247" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B247" s="3">
+        <v>5563</v>
+      </c>
+      <c r="C247" s="4" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D247" s="4" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E247" s="4" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F247" s="4" t="s">
+        <v>1606</v>
+      </c>
+      <c r="G247" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H247" s="4" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I247" s="4" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J247" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K247" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L247" s="4" t="s">
+        <v>1609</v>
+      </c>
+      <c r="M247" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="248" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B248" s="3">
+        <v>5565</v>
+      </c>
+      <c r="C248" s="4" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D248" s="4" t="s">
+        <v>1611</v>
+      </c>
+      <c r="E248" s="4" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F248" s="4" t="s">
+        <v>408</v>
+      </c>
+      <c r="G248" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H248" s="4" t="s">
+        <v>1613</v>
+      </c>
+      <c r="I248" s="4" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J248" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K248" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L248" s="4" t="s">
+        <v>1615</v>
+      </c>
+      <c r="M248" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="249" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B249" s="3">
+        <v>5566</v>
+      </c>
+      <c r="C249" s="4" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D249" s="4" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E249" s="4" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F249" s="4" t="s">
+        <v>1618</v>
+      </c>
+      <c r="G249" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H249" s="4" t="s">
+        <v>1619</v>
+      </c>
+      <c r="I249" s="4" t="s">
+        <v>1620</v>
+      </c>
+      <c r="J249" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K249" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L249" s="4" t="s">
+        <v>1621</v>
+      </c>
+      <c r="M249" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="250" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B250" s="3">
+        <v>5567</v>
+      </c>
+      <c r="C250" s="4" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D250" s="4" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E250" s="4" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F250" s="4" t="s">
+        <v>1362</v>
+      </c>
+      <c r="G250" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H250" s="4" t="s">
+        <v>1625</v>
+      </c>
+      <c r="I250" s="4" t="s">
+        <v>1626</v>
+      </c>
+      <c r="J250" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K250" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L250" s="4" t="s">
+        <v>1627</v>
+      </c>
+      <c r="M250" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="251" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B251" s="3">
+        <v>5568</v>
+      </c>
+      <c r="C251" s="4" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D251" s="4" t="s">
+        <v>1629</v>
+      </c>
+      <c r="E251" s="4" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F251" s="4" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G251" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H251" s="4" t="s">
+        <v>1632</v>
+      </c>
+      <c r="I251" s="4" t="s">
+        <v>1633</v>
+      </c>
+      <c r="J251" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K251" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L251" s="4" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M251" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="252" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B252" s="3">
+        <v>5569</v>
+      </c>
+      <c r="C252" s="4" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D252" s="4" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E252" s="4" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F252" s="4" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G252" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H252" s="4" t="s">
+        <v>1638</v>
+      </c>
+      <c r="I252" s="4" t="s">
+        <v>1639</v>
+      </c>
+      <c r="J252" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K252" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L252" s="4" t="s">
+        <v>1640</v>
+      </c>
+      <c r="M252" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="253" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B253" s="3">
+        <v>5572</v>
+      </c>
+      <c r="C253" s="4" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D253" s="4" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E253" s="4" t="s">
+        <v>1643</v>
+      </c>
+      <c r="F253" s="4" t="s">
+        <v>1644</v>
+      </c>
+      <c r="G253" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H253" s="4" t="s">
+        <v>1645</v>
+      </c>
+      <c r="I253" s="4" t="s">
+        <v>1646</v>
+      </c>
+      <c r="J253" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K253" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L253" s="4" t="s">
+        <v>1647</v>
+      </c>
+      <c r="M253" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="254" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B254" s="3">
+        <v>5573</v>
+      </c>
+      <c r="C254" s="4" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D254" s="4" t="s">
+        <v>1649</v>
+      </c>
+      <c r="E254" s="4" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F254" s="4" t="s">
+        <v>1651</v>
+      </c>
+      <c r="G254" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H254" s="4" t="s">
+        <v>1652</v>
+      </c>
+      <c r="I254" s="4" t="s">
+        <v>1653</v>
+      </c>
+      <c r="J254" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K254" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L254" s="4" t="s">
+        <v>1654</v>
+      </c>
+      <c r="M254" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="255" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B255" s="3">
+        <v>5575</v>
+      </c>
+      <c r="C255" s="4" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D255" s="4" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E255" s="4" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F255" s="4" t="s">
+        <v>1658</v>
+      </c>
+      <c r="G255" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H255" s="4" t="s">
+        <v>1659</v>
+      </c>
+      <c r="I255" s="4" t="s">
+        <v>1660</v>
+      </c>
+      <c r="J255" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K255" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L255" s="4" t="s">
+        <v>1661</v>
+      </c>
+      <c r="M255" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="256" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B256" s="3">
+        <v>5579</v>
+      </c>
+      <c r="C256" s="4" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D256" s="4" t="s">
+        <v>1663</v>
+      </c>
+      <c r="E256" s="4" t="s">
+        <v>1664</v>
+      </c>
+      <c r="F256" s="4" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G256" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H256" s="4" t="s">
+        <v>1012</v>
+      </c>
+      <c r="I256" s="4" t="s">
+        <v>1665</v>
+      </c>
+      <c r="J256" s="4" t="s">
+        <v>1666</v>
+      </c>
+      <c r="K256" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L256" s="4" t="s">
+        <v>1667</v>
+      </c>
+      <c r="M256" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="257" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B257" s="3">
+        <v>5582</v>
+      </c>
+      <c r="C257" s="4" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D257" s="4" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E257" s="4" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F257" s="4" t="s">
+        <v>1063</v>
+      </c>
+      <c r="G257" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H257" s="4" t="s">
+        <v>1064</v>
+      </c>
+      <c r="I257" s="4" t="s">
+        <v>1065</v>
+      </c>
+      <c r="J257" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K257" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L257" s="4" t="s">
+        <v>1669</v>
+      </c>
+      <c r="M257" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="258" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B258" s="3">
+        <v>5584</v>
+      </c>
+      <c r="C258" s="4" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D258" s="4" t="s">
+        <v>1671</v>
+      </c>
+      <c r="E258" s="4" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F258" s="4" t="s">
+        <v>1672</v>
+      </c>
+      <c r="G258" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H258" s="4" t="s">
+        <v>1673</v>
+      </c>
+      <c r="I258" s="4" t="s">
+        <v>1674</v>
+      </c>
+      <c r="J258" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K258" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L258" s="4" t="s">
+        <v>1675</v>
+      </c>
+      <c r="M258" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="259" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B259" s="3">
+        <v>5585</v>
+      </c>
+      <c r="C259" s="4" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D259" s="4" t="s">
+        <v>1677</v>
+      </c>
+      <c r="E259" s="4" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F259" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="G259" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H259" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="I259" s="4" t="s">
+        <v>1679</v>
+      </c>
+      <c r="J259" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K259" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L259" s="4" t="s">
+        <v>1680</v>
+      </c>
+      <c r="M259" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="260" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B260" s="3">
+        <v>5586</v>
+      </c>
+      <c r="C260" s="4" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D260" s="4" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E260" s="4" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F260" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="G260" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H260" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="I260" s="4" t="s">
+        <v>1684</v>
+      </c>
+      <c r="J260" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K260" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L260" s="4" t="s">
+        <v>1685</v>
+      </c>
+      <c r="M260" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="261" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B261" s="3">
+        <v>5588</v>
+      </c>
+      <c r="C261" s="4" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D261" s="4" t="s">
+        <v>1687</v>
+      </c>
+      <c r="E261" s="4" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F261" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="G261" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H261" s="4" t="s">
+        <v>1689</v>
+      </c>
+      <c r="I261" s="4" t="s">
+        <v>1690</v>
+      </c>
+      <c r="J261" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K261" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L261" s="4" t="s">
+        <v>1691</v>
+      </c>
+      <c r="M261" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B262" s="3">
+        <v>5590</v>
+      </c>
+      <c r="C262" s="4" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D262" s="4" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E262" s="4" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F262" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="G262" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H262" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="I262" s="4" t="s">
+        <v>1695</v>
+      </c>
+      <c r="J262" s="4" t="s">
+        <v>1696</v>
+      </c>
+      <c r="K262" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L262" s="4" t="s">
+        <v>1697</v>
+      </c>
+      <c r="M262" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="263" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B263" s="3">
+        <v>5592</v>
+      </c>
+      <c r="C263" s="4" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D263" s="4" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E263" s="4" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F263" s="4" t="s">
+        <v>1701</v>
+      </c>
+      <c r="G263" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H263" s="4" t="s">
+        <v>1702</v>
+      </c>
+      <c r="I263" s="4" t="s">
+        <v>1703</v>
+      </c>
+      <c r="J263" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K263" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L263" s="4" t="s">
+        <v>1704</v>
+      </c>
+      <c r="M263" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="264" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B264" s="3">
+        <v>5597</v>
+      </c>
+      <c r="C264" s="4" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D264" s="4" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E264" s="4" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F264" s="4" t="s">
+        <v>1708</v>
+      </c>
+      <c r="G264" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H264" s="4" t="s">
+        <v>1709</v>
+      </c>
+      <c r="I264" s="4" t="s">
+        <v>1710</v>
+      </c>
+      <c r="J264" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K264" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L264" s="4" t="s">
+        <v>1711</v>
+      </c>
+      <c r="M264" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="265" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B265" s="3">
+        <v>5599</v>
+      </c>
+      <c r="C265" s="4" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D265" s="4" t="s">
+        <v>1713</v>
+      </c>
+      <c r="E265" s="4" t="s">
+        <v>1714</v>
+      </c>
+      <c r="F265" s="4" t="s">
+        <v>1715</v>
+      </c>
+      <c r="G265" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H265" s="4" t="s">
+        <v>1716</v>
+      </c>
+      <c r="I265" s="4" t="s">
+        <v>1717</v>
+      </c>
+      <c r="J265" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K265" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L265" s="4" t="s">
+        <v>1718</v>
+      </c>
+      <c r="M265" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="266" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B266" s="3">
+        <v>5600</v>
+      </c>
+      <c r="C266" s="4" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D266" s="4" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E266" s="4" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F266" s="4" t="s">
+        <v>1722</v>
+      </c>
+      <c r="G266" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H266" s="4" t="s">
+        <v>1723</v>
+      </c>
+      <c r="I266" s="4" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J266" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K266" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L266" s="4" t="s">
+        <v>1725</v>
+      </c>
+      <c r="M266" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="267" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B267" s="3">
+        <v>5601</v>
+      </c>
+      <c r="C267" s="4" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D267" s="4" t="s">
+        <v>1727</v>
+      </c>
+      <c r="E267" s="4" t="s">
+        <v>1728</v>
+      </c>
+      <c r="F267" s="4" t="s">
+        <v>1729</v>
+      </c>
+      <c r="G267" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H267" s="4" t="s">
+        <v>1730</v>
+      </c>
+      <c r="I267" s="4" t="s">
+        <v>1731</v>
+      </c>
+      <c r="J267" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K267" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L267" s="4" t="s">
+        <v>1732</v>
+      </c>
+      <c r="M267" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="268" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B268" s="3">
+        <v>5603</v>
+      </c>
+      <c r="C268" s="4" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D268" s="4" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E268" s="4" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F268" s="4" t="s">
+        <v>697</v>
+      </c>
+      <c r="G268" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H268" s="4" t="s">
+        <v>1736</v>
+      </c>
+      <c r="I268" s="4" t="s">
+        <v>1737</v>
+      </c>
+      <c r="J268" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K268" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L268" s="4" t="s">
+        <v>1738</v>
+      </c>
+      <c r="M268" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="269" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B269" s="3">
+        <v>5605</v>
+      </c>
+      <c r="C269" s="4" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D269" s="4" t="s">
+        <v>739</v>
+      </c>
+      <c r="E269" s="4" t="s">
+        <v>1740</v>
+      </c>
+      <c r="F269" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="G269" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H269" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="I269" s="4" t="s">
+        <v>742</v>
+      </c>
+      <c r="J269" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K269" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L269" s="4" t="s">
+        <v>1741</v>
+      </c>
+      <c r="M269" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="270" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B270" s="3">
+        <v>5606</v>
+      </c>
+      <c r="C270" s="4" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D270" s="4" t="s">
+        <v>1743</v>
+      </c>
+      <c r="E270" s="4" t="s">
+        <v>1744</v>
+      </c>
+      <c r="F270" s="4" t="s">
+        <v>1745</v>
+      </c>
+      <c r="G270" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H270" s="4" t="s">
+        <v>1746</v>
+      </c>
+      <c r="I270" s="4" t="s">
+        <v>1747</v>
+      </c>
+      <c r="J270" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K270" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L270" s="4" t="s">
+        <v>1748</v>
+      </c>
+      <c r="M270" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="271" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B271" s="3">
+        <v>5608</v>
+      </c>
+      <c r="C271" s="4" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D271" s="4" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E271" s="4" t="s">
+        <v>1750</v>
+      </c>
+      <c r="F271" s="4" t="s">
+        <v>1751</v>
+      </c>
+      <c r="G271" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H271" s="4" t="s">
+        <v>1752</v>
+      </c>
+      <c r="I271" s="4" t="s">
+        <v>1753</v>
+      </c>
+      <c r="J271" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K271" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L271" s="4" t="s">
+        <v>1754</v>
+      </c>
+      <c r="M271" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="272" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B272" s="3">
+        <v>5610</v>
+      </c>
+      <c r="C272" s="4" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D272" s="4" t="s">
+        <v>1756</v>
+      </c>
+      <c r="E272" s="4" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F272" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="G272" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H272" s="4" t="s">
+        <v>1155</v>
+      </c>
+      <c r="I272" s="4" t="s">
+        <v>1758</v>
+      </c>
+      <c r="J272" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K272" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L272" s="4" t="s">
+        <v>1759</v>
+      </c>
+      <c r="M272" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="273" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B273" s="3">
+        <v>5612</v>
+      </c>
+      <c r="C273" s="4" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D273" s="4" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E273" s="4" t="s">
+        <v>1762</v>
+      </c>
+      <c r="F273" s="4" t="s">
+        <v>1763</v>
+      </c>
+      <c r="G273" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H273" s="4" t="s">
+        <v>1764</v>
+      </c>
+      <c r="I273" s="4" t="s">
+        <v>1765</v>
+      </c>
+      <c r="J273" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K273" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L273" s="4" t="s">
+        <v>1766</v>
+      </c>
+      <c r="M273" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="274" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B274" s="3">
+        <v>5614</v>
+      </c>
+      <c r="C274" s="4" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D274" s="4" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E274" s="4" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F274" s="4" t="s">
+        <v>1770</v>
+      </c>
+      <c r="G274" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H274" s="4" t="s">
+        <v>1771</v>
+      </c>
+      <c r="I274" s="4" t="s">
+        <v>1772</v>
+      </c>
+      <c r="J274" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K274" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L274" s="4" t="s">
+        <v>1773</v>
+      </c>
+      <c r="M274" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="275" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B275" s="3">
+        <v>5617</v>
+      </c>
+      <c r="C275" s="4" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D275" s="4" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E275" s="4" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F275" s="4" t="s">
+        <v>1777</v>
+      </c>
+      <c r="G275" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H275" s="4" t="s">
+        <v>1778</v>
+      </c>
+      <c r="I275" s="4" t="s">
+        <v>1779</v>
+      </c>
+      <c r="J275" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K275" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L275" s="4" t="s">
+        <v>1780</v>
+      </c>
+      <c r="M275" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="276" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B276" s="3">
+        <v>5618</v>
+      </c>
+      <c r="C276" s="4" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D276" s="4" t="s">
+        <v>1782</v>
+      </c>
+      <c r="E276" s="4" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F276" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G276" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H276" s="4" t="s">
+        <v>1784</v>
+      </c>
+      <c r="I276" s="4" t="s">
+        <v>1785</v>
+      </c>
+      <c r="J276" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K276" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L276" s="4" t="s">
+        <v>1786</v>
+      </c>
+      <c r="M276" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="277" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B277" s="3">
+        <v>5619</v>
+      </c>
+      <c r="C277" s="4" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D277" s="4" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E277" s="4" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F277" s="4" t="s">
+        <v>1790</v>
+      </c>
+      <c r="G277" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H277" s="4" t="s">
+        <v>1791</v>
+      </c>
+      <c r="I277" s="4" t="s">
+        <v>1792</v>
+      </c>
+      <c r="J277" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K277" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L277" s="4" t="s">
+        <v>1793</v>
+      </c>
+      <c r="M277" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="278" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B278" s="3">
+        <v>5625</v>
+      </c>
+      <c r="C278" s="4" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D278" s="4" t="s">
+        <v>1795</v>
+      </c>
+      <c r="E278" s="4" t="s">
+        <v>1796</v>
+      </c>
+      <c r="F278" s="4" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G278" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H278" s="4" t="s">
+        <v>1798</v>
+      </c>
+      <c r="I278" s="4" t="s">
+        <v>1799</v>
+      </c>
+      <c r="J278" s="4" t="s">
+        <v>1800</v>
+      </c>
+      <c r="K278" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L278" s="4" t="s">
+        <v>1801</v>
+      </c>
+      <c r="M278" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="279" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B279" s="3">
+        <v>5627</v>
+      </c>
+      <c r="C279" s="4" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D279" s="4" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E279" s="4" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F279" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="G279" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H279" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="I279" s="4" t="s">
+        <v>1805</v>
+      </c>
+      <c r="J279" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K279" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L279" s="4" t="s">
+        <v>1806</v>
+      </c>
+      <c r="M279" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="280" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B280" s="3">
+        <v>5628</v>
+      </c>
+      <c r="C280" s="4" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D280" s="4" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E280" s="4" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F280" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="G280" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H280" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="I280" s="4" t="s">
+        <v>1810</v>
+      </c>
+      <c r="J280" s="4" t="s">
+        <v>1811</v>
+      </c>
+      <c r="K280" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L280" s="4" t="s">
+        <v>1812</v>
+      </c>
+      <c r="M280" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="281" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B281" s="3">
+        <v>5629</v>
+      </c>
+      <c r="C281" s="4" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D281" s="4" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E281" s="4" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F281" s="4" t="s">
+        <v>1816</v>
+      </c>
+      <c r="G281" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H281" s="4" t="s">
+        <v>1817</v>
+      </c>
+      <c r="I281" s="4" t="s">
+        <v>1818</v>
+      </c>
+      <c r="J281" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K281" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L281" s="4" t="s">
+        <v>1819</v>
+      </c>
+      <c r="M281" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="282" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B282" s="3">
+        <v>5630</v>
+      </c>
+      <c r="C282" s="4" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D282" s="4" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E282" s="4" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F282" s="4" t="s">
+        <v>1823</v>
+      </c>
+      <c r="G282" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H282" s="4" t="s">
+        <v>1824</v>
+      </c>
+      <c r="I282" s="4" t="s">
+        <v>1825</v>
+      </c>
+      <c r="J282" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K282" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L282" s="4" t="s">
+        <v>1826</v>
+      </c>
+      <c r="M282" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B283" s="3">
+        <v>5633</v>
+      </c>
+      <c r="C283" s="4" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D283" s="4" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E283" s="4" t="s">
+        <v>1829</v>
+      </c>
+      <c r="F283" s="4" t="s">
+        <v>1830</v>
+      </c>
+      <c r="G283" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H283" s="4" t="s">
+        <v>1831</v>
+      </c>
+      <c r="I283" s="4" t="s">
+        <v>1832</v>
+      </c>
+      <c r="J283" s="4" t="s">
+        <v>1833</v>
+      </c>
+      <c r="K283" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L283" s="4" t="s">
+        <v>1834</v>
+      </c>
+      <c r="M283" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B284" s="3">
+        <v>5635</v>
+      </c>
+      <c r="C284" s="4" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D284" s="4" t="s">
+        <v>1836</v>
+      </c>
+      <c r="E284" s="4" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F284" s="4" t="s">
+        <v>1838</v>
+      </c>
+      <c r="G284" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H284" s="4" t="s">
+        <v>1839</v>
+      </c>
+      <c r="I284" s="4" t="s">
+        <v>1840</v>
+      </c>
+      <c r="J284" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K284" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L284" s="4" t="s">
+        <v>1841</v>
+      </c>
+      <c r="M284" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="285" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B285" s="3">
+        <v>5636</v>
+      </c>
+      <c r="C285" s="4" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D285" s="4" t="s">
+        <v>1843</v>
+      </c>
+      <c r="E285" s="4" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F285" s="4" t="s">
+        <v>1729</v>
+      </c>
+      <c r="G285" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H285" s="4" t="s">
+        <v>1730</v>
+      </c>
+      <c r="I285" s="4" t="s">
+        <v>1845</v>
+      </c>
+      <c r="J285" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K285" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L285" s="4" t="s">
+        <v>1846</v>
+      </c>
+      <c r="M285" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="286" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B286" s="3">
+        <v>5637</v>
+      </c>
+      <c r="C286" s="4" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D286" s="4" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E286" s="4" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F286" s="4" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G286" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H286" s="4" t="s">
+        <v>1851</v>
+      </c>
+      <c r="I286" s="4" t="s">
+        <v>1852</v>
+      </c>
+      <c r="J286" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K286" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L286" s="4" t="s">
+        <v>1853</v>
+      </c>
+      <c r="M286" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="287" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B287" s="3">
+        <v>5638</v>
+      </c>
+      <c r="C287" s="4" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D287" s="4" t="s">
+        <v>1855</v>
+      </c>
+      <c r="E287" s="4" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F287" s="4" t="s">
+        <v>1857</v>
+      </c>
+      <c r="G287" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H287" s="4" t="s">
+        <v>1858</v>
+      </c>
+      <c r="I287" s="4" t="s">
+        <v>1859</v>
+      </c>
+      <c r="J287" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K287" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L287" s="4" t="s">
+        <v>1860</v>
+      </c>
+      <c r="M287" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="288" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B288" s="3">
+        <v>5646</v>
+      </c>
+      <c r="C288" s="4" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D288" s="4" t="s">
+        <v>1862</v>
+      </c>
+      <c r="E288" s="4" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F288" s="4" t="s">
+        <v>1864</v>
+      </c>
+      <c r="G288" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H288" s="4" t="s">
+        <v>1865</v>
+      </c>
+      <c r="I288" s="4" t="s">
+        <v>1866</v>
+      </c>
+      <c r="J288" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K288" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L288" s="4" t="s">
+        <v>1867</v>
+      </c>
+      <c r="M288" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="289" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B289" s="3">
+        <v>5648</v>
+      </c>
+      <c r="C289" s="4" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D289" s="4" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E289" s="4" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F289" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="G289" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H289" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="I289" s="4" t="s">
+        <v>1871</v>
+      </c>
+      <c r="J289" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K289" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L289" s="4" t="s">
+        <v>1872</v>
+      </c>
+      <c r="M289" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="290" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B290" s="3">
+        <v>5652</v>
+      </c>
+      <c r="C290" s="4" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D290" s="4" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E290" s="4" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F290" s="4" t="s">
+        <v>1876</v>
+      </c>
+      <c r="G290" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H290" s="4" t="s">
+        <v>1877</v>
+      </c>
+      <c r="I290" s="4" t="s">
+        <v>1878</v>
+      </c>
+      <c r="J290" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K290" s="4" t="s">
+        <v>1879</v>
+      </c>
+      <c r="L290" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M290" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="291" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B291" s="3">
+        <v>5654</v>
+      </c>
+      <c r="C291" s="4" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D291" s="4" t="s">
+        <v>1881</v>
+      </c>
+      <c r="E291" s="4" t="s">
+        <v>1882</v>
+      </c>
+      <c r="F291" s="4" t="s">
+        <v>1883</v>
+      </c>
+      <c r="G291" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H291" s="4" t="s">
+        <v>1884</v>
+      </c>
+      <c r="I291" s="4" t="s">
+        <v>1885</v>
+      </c>
+      <c r="J291" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K291" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L291" s="4" t="s">
+        <v>1886</v>
+      </c>
+      <c r="M291" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="292" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B292" s="3">
+        <v>5655</v>
+      </c>
+      <c r="C292" s="4" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D292" s="4" t="s">
+        <v>1888</v>
+      </c>
+      <c r="E292" s="4" t="s">
+        <v>1889</v>
+      </c>
+      <c r="F292" s="4" t="s">
+        <v>1890</v>
+      </c>
+      <c r="G292" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H292" s="4" t="s">
+        <v>1891</v>
+      </c>
+      <c r="I292" s="4" t="s">
+        <v>1892</v>
+      </c>
+      <c r="J292" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K292" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L292" s="4" t="s">
+        <v>1893</v>
+      </c>
+      <c r="M292" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="293" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B293" s="3">
+        <v>5656</v>
+      </c>
+      <c r="C293" s="4" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D293" s="4" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E293" s="4" t="s">
+        <v>1896</v>
+      </c>
+      <c r="F293" s="4" t="s">
+        <v>1897</v>
+      </c>
+      <c r="G293" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H293" s="4" t="s">
+        <v>1898</v>
+      </c>
+      <c r="I293" s="4" t="s">
+        <v>1899</v>
+      </c>
+      <c r="J293" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K293" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L293" s="4" t="s">
+        <v>1900</v>
+      </c>
+      <c r="M293" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="294" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B294" s="3">
+        <v>5657</v>
+      </c>
+      <c r="C294" s="4" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D294" s="4" t="s">
+        <v>1902</v>
+      </c>
+      <c r="E294" s="4" t="s">
+        <v>1903</v>
+      </c>
+      <c r="F294" s="4" t="s">
+        <v>1904</v>
+      </c>
+      <c r="G294" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H294" s="4" t="s">
+        <v>1905</v>
+      </c>
+      <c r="I294" s="4" t="s">
+        <v>1906</v>
+      </c>
+      <c r="J294" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K294" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L294" s="4" t="s">
+        <v>1907</v>
+      </c>
+      <c r="M294" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="295" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B295" s="3">
+        <v>5659</v>
+      </c>
+      <c r="C295" s="4" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D295" s="4" t="s">
+        <v>1909</v>
+      </c>
+      <c r="E295" s="4" t="s">
+        <v>1910</v>
+      </c>
+      <c r="F295" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="G295" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H295" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="I295" s="4" t="s">
+        <v>1911</v>
+      </c>
+      <c r="J295" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K295" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L295" s="4" t="s">
+        <v>1912</v>
+      </c>
+      <c r="M295" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="296" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B296" s="3">
+        <v>5661</v>
+      </c>
+      <c r="C296" s="4" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D296" s="4" t="s">
+        <v>1914</v>
+      </c>
+      <c r="E296" s="4" t="s">
+        <v>1915</v>
+      </c>
+      <c r="F296" s="4" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G296" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H296" s="4" t="s">
+        <v>1916</v>
+      </c>
+      <c r="I296" s="4" t="s">
+        <v>1917</v>
+      </c>
+      <c r="J296" s="4" t="s">
+        <v>1918</v>
+      </c>
+      <c r="K296" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L296" s="4" t="s">
+        <v>1919</v>
+      </c>
+      <c r="M296" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="297" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B297" s="3">
+        <v>5662</v>
+      </c>
+      <c r="C297" s="4" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D297" s="4" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E297" s="4" t="s">
+        <v>1922</v>
+      </c>
+      <c r="F297" s="4" t="s">
+        <v>1923</v>
+      </c>
+      <c r="G297" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H297" s="4" t="s">
+        <v>1924</v>
+      </c>
+      <c r="I297" s="4" t="s">
+        <v>1925</v>
+      </c>
+      <c r="J297" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K297" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L297" s="4" t="s">
+        <v>1926</v>
+      </c>
+      <c r="M297" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="298" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B298" s="3">
+        <v>5665</v>
+      </c>
+      <c r="C298" s="4" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D298" s="4" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E298" s="4" t="s">
+        <v>1929</v>
+      </c>
+      <c r="F298" s="4" t="s">
+        <v>1930</v>
+      </c>
+      <c r="G298" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H298" s="4" t="s">
+        <v>1931</v>
+      </c>
+      <c r="I298" s="4" t="s">
+        <v>1932</v>
+      </c>
+      <c r="J298" s="4" t="s">
+        <v>1933</v>
+      </c>
+      <c r="K298" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L298" s="4" t="s">
+        <v>1934</v>
+      </c>
+      <c r="M298" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="299" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B299" s="3">
+        <v>5667</v>
+      </c>
+      <c r="C299" s="4" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D299" s="4" t="s">
+        <v>1936</v>
+      </c>
+      <c r="E299" s="4" t="s">
+        <v>1937</v>
+      </c>
+      <c r="F299" s="4" t="s">
+        <v>1463</v>
+      </c>
+      <c r="G299" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H299" s="4" t="s">
+        <v>1464</v>
+      </c>
+      <c r="I299" s="4" t="s">
+        <v>1938</v>
+      </c>
+      <c r="J299" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K299" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L299" s="4" t="s">
+        <v>1939</v>
+      </c>
+      <c r="M299" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="300" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B300" s="3">
+        <v>5668</v>
+      </c>
+      <c r="C300" s="4" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D300" s="4" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E300" s="4" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F300" s="4" t="s">
+        <v>1715</v>
+      </c>
+      <c r="G300" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H300" s="4" t="s">
+        <v>1716</v>
+      </c>
+      <c r="I300" s="4" t="s">
+        <v>1943</v>
+      </c>
+      <c r="J300" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K300" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L300" s="4" t="s">
+        <v>1944</v>
+      </c>
+      <c r="M300" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="301" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B301" s="3">
+        <v>5670</v>
+      </c>
+      <c r="C301" s="4" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D301" s="4" t="s">
+        <v>1946</v>
+      </c>
+      <c r="E301" s="4" t="s">
+        <v>1947</v>
+      </c>
+      <c r="F301" s="4" t="s">
+        <v>1751</v>
+      </c>
+      <c r="G301" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H301" s="4" t="s">
+        <v>1752</v>
+      </c>
+      <c r="I301" s="4" t="s">
+        <v>1948</v>
+      </c>
+      <c r="J301" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K301" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L301" s="4" t="s">
+        <v>1949</v>
+      </c>
+      <c r="M301" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="302" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B302" s="3">
+        <v>5671</v>
+      </c>
+      <c r="C302" s="4" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D302" s="4" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E302" s="4" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F302" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="G302" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H302" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="I302" s="4" t="s">
+        <v>1953</v>
+      </c>
+      <c r="J302" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K302" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L302" s="4" t="s">
+        <v>1954</v>
+      </c>
+      <c r="M302" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="303" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B303" s="3">
+        <v>5677</v>
+      </c>
+      <c r="C303" s="4" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D303" s="4" t="s">
+        <v>739</v>
+      </c>
+      <c r="E303" s="4" t="s">
+        <v>1956</v>
+      </c>
+      <c r="F303" s="4" t="s">
+        <v>1957</v>
+      </c>
+      <c r="G303" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H303" s="4" t="s">
+        <v>1958</v>
+      </c>
+      <c r="I303" s="4" t="s">
+        <v>742</v>
+      </c>
+      <c r="J303" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K303" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L303" s="4" t="s">
+        <v>1741</v>
+      </c>
+      <c r="M303" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="304" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B304" s="3">
+        <v>5678</v>
+      </c>
+      <c r="C304" s="4" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E304" s="4" t="s">
+        <v>1961</v>
+      </c>
+      <c r="F304" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="G304" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H304" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="I304" s="4" t="s">
+        <v>1962</v>
+      </c>
+      <c r="J304" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K304" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L304" s="4" t="s">
+        <v>1963</v>
+      </c>
+      <c r="M304" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="305" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B305" s="3">
+        <v>5680</v>
+      </c>
+      <c r="C305" s="4" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D305" s="4" t="s">
+        <v>1965</v>
+      </c>
+      <c r="E305" s="4" t="s">
+        <v>1966</v>
+      </c>
+      <c r="F305" s="4" t="s">
+        <v>1967</v>
+      </c>
+      <c r="G305" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H305" s="4" t="s">
+        <v>1968</v>
+      </c>
+      <c r="I305" s="4" t="s">
+        <v>1969</v>
+      </c>
+      <c r="J305" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K305" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L305" s="4" t="s">
+        <v>1970</v>
+      </c>
+      <c r="M305" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="306" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B306" s="3">
+        <v>5681</v>
+      </c>
+      <c r="C306" s="4" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D306" s="4" t="s">
+        <v>1972</v>
+      </c>
+      <c r="E306" s="4" t="s">
+        <v>1973</v>
+      </c>
+      <c r="F306" s="4" t="s">
+        <v>1974</v>
+      </c>
+      <c r="G306" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H306" s="4" t="s">
+        <v>1975</v>
+      </c>
+      <c r="I306" s="4" t="s">
+        <v>1976</v>
+      </c>
+      <c r="J306" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K306" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L306" s="4" t="s">
+        <v>1977</v>
+      </c>
+      <c r="M306" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="307" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B307" s="3">
+        <v>5687</v>
+      </c>
+      <c r="C307" s="4" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E307" s="4" t="s">
+        <v>1980</v>
+      </c>
+      <c r="F307" s="4" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G307" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H307" s="4" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I307" s="4" t="s">
+        <v>1981</v>
+      </c>
+      <c r="J307" s="4" t="s">
+        <v>1982</v>
+      </c>
+      <c r="K307" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L307" s="4" t="s">
+        <v>1983</v>
+      </c>
+      <c r="M307" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="308" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B308" s="3">
+        <v>5688</v>
+      </c>
+      <c r="C308" s="4" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D308" s="4" t="s">
+        <v>1985</v>
+      </c>
+      <c r="E308" s="4" t="s">
+        <v>1986</v>
+      </c>
+      <c r="F308" s="4" t="s">
+        <v>1987</v>
+      </c>
+      <c r="G308" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H308" s="4" t="s">
+        <v>1988</v>
+      </c>
+      <c r="I308" s="4" t="s">
+        <v>1989</v>
+      </c>
+      <c r="J308" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K308" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L308" s="4" t="s">
+        <v>1990</v>
+      </c>
+      <c r="M308" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="309" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B309" s="3">
+        <v>5691</v>
+      </c>
+      <c r="C309" s="4" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D309" s="4" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E309" s="4" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F309" s="4" t="s">
+        <v>1994</v>
+      </c>
+      <c r="G309" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H309" s="4" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I309" s="4" t="s">
+        <v>1996</v>
+      </c>
+      <c r="J309" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K309" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L309" s="4" t="s">
+        <v>1997</v>
+      </c>
+      <c r="M309" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="310" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B310" s="3">
+        <v>5692</v>
+      </c>
+      <c r="C310" s="4" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D310" s="4" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E310" s="4" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F310" s="4" t="s">
+        <v>2001</v>
+      </c>
+      <c r="G310" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H310" s="4" t="s">
+        <v>2002</v>
+      </c>
+      <c r="I310" s="4" t="s">
+        <v>2003</v>
+      </c>
+      <c r="J310" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K310" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L310" s="4" t="s">
+        <v>2004</v>
+      </c>
+      <c r="M310" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="311" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B311" s="3">
+        <v>5696</v>
+      </c>
+      <c r="C311" s="4" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D311" s="4" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E311" s="4" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F311" s="4" t="s">
+        <v>2008</v>
+      </c>
+      <c r="G311" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H311" s="4" t="s">
+        <v>2009</v>
+      </c>
+      <c r="I311" s="4" t="s">
+        <v>2010</v>
+      </c>
+      <c r="J311" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K311" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L311" s="4" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M311" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="312" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B312" s="3">
+        <v>5698</v>
+      </c>
+      <c r="C312" s="4" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D312" s="4" t="s">
+        <v>839</v>
+      </c>
+      <c r="E312" s="4" t="s">
+        <v>2013</v>
+      </c>
+      <c r="F312" s="4" t="s">
+        <v>2014</v>
+      </c>
+      <c r="G312" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H312" s="4" t="s">
+        <v>2015</v>
+      </c>
+      <c r="I312" s="4" t="s">
+        <v>2016</v>
+      </c>
+      <c r="J312" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K312" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L312" s="4" t="s">
+        <v>2017</v>
+      </c>
+      <c r="M312" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="313" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B313" s="3">
+        <v>5699</v>
+      </c>
+      <c r="C313" s="4" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D313" s="4" t="s">
+        <v>1985</v>
+      </c>
+      <c r="E313" s="4" t="s">
+        <v>2019</v>
+      </c>
+      <c r="F313" s="4" t="s">
+        <v>2020</v>
+      </c>
+      <c r="G313" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H313" s="4" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I313" s="4" t="s">
+        <v>2022</v>
+      </c>
+      <c r="J313" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K313" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L313" s="4" t="s">
+        <v>2023</v>
+      </c>
+      <c r="M313" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="314" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B314" s="3">
+        <v>5701</v>
+      </c>
+      <c r="C314" s="4" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D314" s="4" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E314" s="4" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F314" s="4" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G314" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H314" s="4" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I314" s="4" t="s">
+        <v>2029</v>
+      </c>
+      <c r="J314" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K314" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L314" s="4" t="s">
+        <v>2030</v>
+      </c>
+      <c r="M314" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="315" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B315" s="3">
+        <v>5702</v>
+      </c>
+      <c r="C315" s="4" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D315" s="4" t="s">
+        <v>2032</v>
+      </c>
+      <c r="E315" s="4" t="s">
+        <v>2033</v>
+      </c>
+      <c r="F315" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G315" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H315" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="I315" s="4" t="s">
+        <v>2034</v>
+      </c>
+      <c r="J315" s="4" t="s">
+        <v>2035</v>
+      </c>
+      <c r="K315" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L315" s="4" t="s">
+        <v>2036</v>
+      </c>
+      <c r="M315" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="316" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B316" s="3">
+        <v>5703</v>
+      </c>
+      <c r="C316" s="4" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D316" s="4" t="s">
+        <v>2038</v>
+      </c>
+      <c r="E316" s="4" t="s">
+        <v>2039</v>
+      </c>
+      <c r="F316" s="4" t="s">
+        <v>666</v>
+      </c>
+      <c r="G316" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H316" s="4" t="s">
+        <v>667</v>
+      </c>
+      <c r="I316" s="4" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J316" s="4" t="s">
+        <v>2041</v>
+      </c>
+      <c r="K316" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L316" s="4" t="s">
+        <v>2042</v>
+      </c>
+      <c r="M316" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="317" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B317" s="3">
+        <v>5704</v>
+      </c>
+      <c r="C317" s="4" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D317" s="4" t="s">
+        <v>2044</v>
+      </c>
+      <c r="E317" s="4" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F317" s="4" t="s">
+        <v>2046</v>
+      </c>
+      <c r="G317" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H317" s="4" t="s">
+        <v>2047</v>
+      </c>
+      <c r="I317" s="4" t="s">
+        <v>2048</v>
+      </c>
+      <c r="J317" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K317" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L317" s="4" t="s">
+        <v>2049</v>
+      </c>
+      <c r="M317" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="318" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B318" s="3">
+        <v>5705</v>
+      </c>
+      <c r="C318" s="4" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D318" s="4" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E318" s="4" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F318" s="4" t="s">
+        <v>1876</v>
+      </c>
+      <c r="G318" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H318" s="4" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I318" s="4" t="s">
+        <v>1530</v>
+      </c>
+      <c r="J318" s="4" t="s">
+        <v>2054</v>
+      </c>
+      <c r="K318" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L318" s="4" t="s">
+        <v>2055</v>
+      </c>
+      <c r="M318" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="319" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B319" s="3">
+        <v>5706</v>
+      </c>
+      <c r="C319" s="4" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D319" s="4" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E319" s="4" t="s">
+        <v>2058</v>
+      </c>
+      <c r="F319" s="4" t="s">
+        <v>697</v>
+      </c>
+      <c r="G319" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H319" s="4" t="s">
+        <v>747</v>
+      </c>
+      <c r="I319" s="4" t="s">
+        <v>2059</v>
+      </c>
+      <c r="J319" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K319" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L319" s="4" t="s">
+        <v>2060</v>
+      </c>
+      <c r="M319" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="320" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B320" s="3">
+        <v>5708</v>
+      </c>
+      <c r="C320" s="4" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D320" s="4" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E320" s="4" t="s">
+        <v>2063</v>
+      </c>
+      <c r="F320" s="4" t="s">
+        <v>2064</v>
+      </c>
+      <c r="G320" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H320" s="4" t="s">
+        <v>2065</v>
+      </c>
+      <c r="I320" s="4" t="s">
+        <v>2066</v>
+      </c>
+      <c r="J320" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K320" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L320" s="4" t="s">
+        <v>2067</v>
+      </c>
+      <c r="M320" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="321" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B321" s="3">
+        <v>5710</v>
+      </c>
+      <c r="C321" s="4" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D321" s="4" t="s">
+        <v>2069</v>
+      </c>
+      <c r="E321" s="4" t="s">
+        <v>2070</v>
+      </c>
+      <c r="F321" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="G321" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H321" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="I321" s="4" t="s">
+        <v>2071</v>
+      </c>
+      <c r="J321" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K321" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L321" s="4" t="s">
+        <v>2072</v>
+      </c>
+      <c r="M321" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="322" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B322" s="3">
+        <v>5712</v>
+      </c>
+      <c r="C322" s="4" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D322" s="4" t="s">
+        <v>2074</v>
+      </c>
+      <c r="E322" s="4" t="s">
+        <v>2075</v>
+      </c>
+      <c r="F322" s="4" t="s">
+        <v>1890</v>
+      </c>
+      <c r="G322" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H322" s="4" t="s">
+        <v>1891</v>
+      </c>
+      <c r="I322" s="4" t="s">
+        <v>2076</v>
+      </c>
+      <c r="J322" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K322" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L322" s="4" t="s">
+        <v>2077</v>
+      </c>
+      <c r="M322" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="323" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B323" s="3">
+        <v>5713</v>
+      </c>
+      <c r="C323" s="4" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D323" s="4" t="s">
+        <v>2079</v>
+      </c>
+      <c r="E323" s="4" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F323" s="4" t="s">
+        <v>997</v>
+      </c>
+      <c r="G323" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H323" s="4" t="s">
+        <v>493</v>
+      </c>
+      <c r="I323" s="4" t="s">
+        <v>2081</v>
+      </c>
+      <c r="J323" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K323" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L323" s="4" t="s">
+        <v>2082</v>
+      </c>
+      <c r="M323" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="324" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B324" s="3">
+        <v>5714</v>
+      </c>
+      <c r="C324" s="4" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D324" s="4" t="s">
+        <v>2084</v>
+      </c>
+      <c r="E324" s="4" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F324" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="G324" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H324" s="4" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I324" s="4" t="s">
+        <v>2087</v>
+      </c>
+      <c r="J324" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K324" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L324" s="4" t="s">
+        <v>2088</v>
+      </c>
+      <c r="M324" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="325" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B325" s="3">
+        <v>5719</v>
+      </c>
+      <c r="C325" s="4" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D325" s="4" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E325" s="4" t="s">
+        <v>2091</v>
+      </c>
+      <c r="F325" s="4" t="s">
+        <v>2092</v>
+      </c>
+      <c r="G325" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H325" s="4" t="s">
+        <v>2093</v>
+      </c>
+      <c r="I325" s="4" t="s">
+        <v>2094</v>
+      </c>
+      <c r="J325" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K325" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L325" s="4" t="s">
+        <v>2095</v>
+      </c>
+      <c r="M325" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="326" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B326" s="3">
+        <v>5721</v>
+      </c>
+      <c r="C326" s="4" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D326" s="4" t="s">
+        <v>2097</v>
+      </c>
+      <c r="E326" s="4" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F326" s="4" t="s">
+        <v>2099</v>
+      </c>
+      <c r="G326" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H326" s="4" t="s">
+        <v>2100</v>
+      </c>
+      <c r="I326" s="4" t="s">
+        <v>2101</v>
+      </c>
+      <c r="J326" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K326" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L326" s="4" t="s">
+        <v>2102</v>
+      </c>
+      <c r="M326" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="327" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B327" s="3">
+        <v>5722</v>
+      </c>
+      <c r="C327" s="4" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D327" s="4" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E327" s="4" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F327" s="4" t="s">
+        <v>2105</v>
+      </c>
+      <c r="G327" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H327" s="4" t="s">
+        <v>2106</v>
+      </c>
+      <c r="I327" s="4" t="s">
+        <v>2107</v>
+      </c>
+      <c r="J327" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K327" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L327" s="4" t="s">
+        <v>2108</v>
+      </c>
+      <c r="M327" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="328" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B328" s="3">
+        <v>5723</v>
+      </c>
+      <c r="C328" s="4" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D328" s="4" t="s">
+        <v>2110</v>
+      </c>
+      <c r="E328" s="4" t="s">
+        <v>2111</v>
+      </c>
+      <c r="F328" s="4" t="s">
+        <v>2112</v>
+      </c>
+      <c r="G328" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H328" s="4" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I328" s="4" t="s">
+        <v>2114</v>
+      </c>
+      <c r="J328" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K328" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L328" s="4" t="s">
+        <v>2115</v>
+      </c>
+      <c r="M328" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="329" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B329" s="3">
+        <v>5725</v>
+      </c>
+      <c r="C329" s="4" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D329" s="4" t="s">
+        <v>2117</v>
+      </c>
+      <c r="E329" s="4" t="s">
+        <v>2118</v>
+      </c>
+      <c r="F329" s="4" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G329" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H329" s="4" t="s">
+        <v>2119</v>
+      </c>
+      <c r="I329" s="4" t="s">
+        <v>2120</v>
+      </c>
+      <c r="J329" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K329" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L329" s="4" t="s">
+        <v>2121</v>
+      </c>
+      <c r="M329" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="330" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B330" s="3">
+        <v>5726</v>
+      </c>
+      <c r="C330" s="4" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D330" s="4" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E330" s="4" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F330" s="4" t="s">
+        <v>2125</v>
+      </c>
+      <c r="G330" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H330" s="4" t="s">
+        <v>2126</v>
+      </c>
+      <c r="I330" s="4" t="s">
+        <v>2127</v>
+      </c>
+      <c r="J330" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K330" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L330" s="4" t="s">
+        <v>2128</v>
+      </c>
+      <c r="M330" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="331" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B331" s="3">
+        <v>5729</v>
+      </c>
+      <c r="C331" s="4" t="s">
+        <v>2129</v>
+      </c>
+      <c r="D331" s="4" t="s">
+        <v>2130</v>
+      </c>
+      <c r="E331" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="F331" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="G331" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H331" s="4" t="s">
+        <v>647</v>
+      </c>
+      <c r="I331" s="4" t="s">
+        <v>2131</v>
+      </c>
+      <c r="J331" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K331" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L331" s="4" t="s">
+        <v>2132</v>
+      </c>
+      <c r="M331" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="332" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B332" s="3">
+        <v>5734</v>
+      </c>
+      <c r="C332" s="4" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D332" s="4" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E332" s="4" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F332" s="4" t="s">
+        <v>2134</v>
+      </c>
+      <c r="G332" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H332" s="4" t="s">
+        <v>2135</v>
+      </c>
+      <c r="I332" s="4" t="s">
+        <v>2136</v>
+      </c>
+      <c r="J332" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K332" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L332" s="4" t="s">
+        <v>2030</v>
+      </c>
+      <c r="M332" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="333" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B333" s="3">
+        <v>5735</v>
+      </c>
+      <c r="C333" s="4" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D333" s="4" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E333" s="4" t="s">
+        <v>2138</v>
+      </c>
+      <c r="F333" s="4" t="s">
+        <v>2134</v>
+      </c>
+      <c r="G333" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H333" s="4" t="s">
+        <v>2135</v>
+      </c>
+      <c r="I333" s="4" t="s">
+        <v>2029</v>
+      </c>
+      <c r="J333" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K333" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L333" s="4" t="s">
+        <v>2030</v>
+      </c>
+      <c r="M333" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="334" spans="2:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="B334" s="3">
+        <v>5738</v>
+      </c>
+      <c r="C334" s="4" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D334" s="4" t="s">
+        <v>2140</v>
+      </c>
+      <c r="E334" s="4" t="s">
+        <v>2141</v>
+      </c>
+      <c r="F334" s="4" t="s">
+        <v>1823</v>
+      </c>
+      <c r="G334" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H334" s="4" t="s">
+        <v>1824</v>
+      </c>
+      <c r="I334" s="4" t="s">
+        <v>2142</v>
+      </c>
+      <c r="J334" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K334" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L334" s="4" t="s">
+        <v>2143</v>
+      </c>
+      <c r="M334" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="335" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B335" s="3">
+        <v>5739</v>
+      </c>
+      <c r="C335" s="4" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D335" s="4" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E335" s="4" t="s">
+        <v>2145</v>
+      </c>
+      <c r="F335" s="4" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G335" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H335" s="4" t="s">
+        <v>1162</v>
+      </c>
+      <c r="I335" s="4" t="s">
+        <v>1163</v>
+      </c>
+      <c r="J335" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K335" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L335" s="4" t="s">
+        <v>1647</v>
+      </c>
+      <c r="M335" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="336" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B336" s="3">
+        <v>5740</v>
+      </c>
+      <c r="C336" s="4" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D336" s="4" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E336" s="4" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F336" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="G336" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H336" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="I336" s="4" t="s">
+        <v>2149</v>
+      </c>
+      <c r="J336" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K336" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L336" s="4" t="s">
+        <v>2150</v>
+      </c>
+      <c r="M336" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="337" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B337" s="3">
+        <v>5745</v>
+      </c>
+      <c r="C337" s="4" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D337" s="4" t="s">
+        <v>2152</v>
+      </c>
+      <c r="E337" s="4" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F337" s="4" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G337" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H337" s="4" t="s">
+        <v>2155</v>
+      </c>
+      <c r="I337" s="4" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J337" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K337" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L337" s="4" t="s">
+        <v>2157</v>
+      </c>
+      <c r="M337" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="338" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B338" s="3">
+        <v>5746</v>
+      </c>
+      <c r="C338" s="4" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D338" s="4" t="s">
+        <v>2159</v>
+      </c>
+      <c r="E338" s="4" t="s">
+        <v>2160</v>
+      </c>
+      <c r="F338" s="4" t="s">
+        <v>2161</v>
+      </c>
+      <c r="G338" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H338" s="4" t="s">
+        <v>2162</v>
+      </c>
+      <c r="I338" s="4" t="s">
+        <v>2163</v>
+      </c>
+      <c r="J338" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K338" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L338" s="4" t="s">
+        <v>2164</v>
+      </c>
+      <c r="M338" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="339" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B339" s="3">
+        <v>5748</v>
+      </c>
+      <c r="C339" s="4" t="s">
+        <v>2165</v>
+      </c>
+      <c r="D339" s="4" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E339" s="4" t="s">
+        <v>2167</v>
+      </c>
+      <c r="F339" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="G339" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H339" s="4" t="s">
+        <v>1127</v>
+      </c>
+      <c r="I339" s="4" t="s">
+        <v>2168</v>
+      </c>
+      <c r="J339" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K339" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L339" s="4" t="s">
+        <v>2169</v>
+      </c>
+      <c r="M339" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="340" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B340" s="3">
+        <v>5749</v>
+      </c>
+      <c r="C340" s="4" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D340" s="4" t="s">
+        <v>2171</v>
+      </c>
+      <c r="E340" s="4" t="s">
+        <v>2172</v>
+      </c>
+      <c r="F340" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="G340" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H340" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="I340" s="4" t="s">
+        <v>2173</v>
+      </c>
+      <c r="J340" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K340" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L340" s="4" t="s">
+        <v>2174</v>
+      </c>
+      <c r="M340" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="341" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B341" s="3">
+        <v>5751</v>
+      </c>
+      <c r="C341" s="4" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D341" s="4" t="s">
+        <v>2176</v>
+      </c>
+      <c r="E341" s="4" t="s">
+        <v>2177</v>
+      </c>
+      <c r="F341" s="4" t="s">
+        <v>2161</v>
+      </c>
+      <c r="G341" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H341" s="4" t="s">
+        <v>2162</v>
+      </c>
+      <c r="I341" s="4" t="s">
+        <v>2178</v>
+      </c>
+      <c r="J341" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K341" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L341" s="4" t="s">
+        <v>2179</v>
+      </c>
+      <c r="M341" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="342" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B342" s="3">
+        <v>5755</v>
+      </c>
+      <c r="C342" s="4" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D342" s="4" t="s">
+        <v>2181</v>
+      </c>
+      <c r="E342" s="4" t="s">
+        <v>2182</v>
+      </c>
+      <c r="F342" s="4" t="s">
+        <v>1658</v>
+      </c>
+      <c r="G342" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H342" s="4" t="s">
+        <v>2183</v>
+      </c>
+      <c r="I342" s="4" t="s">
+        <v>2184</v>
+      </c>
+      <c r="J342" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K342" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L342" s="4" t="s">
+        <v>2185</v>
+      </c>
+      <c r="M342" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="343" spans="2:13" ht="45" x14ac:dyDescent="0.25">
+      <c r="B343" s="3">
+        <v>5758</v>
+      </c>
+      <c r="C343" s="4" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D343" s="4" t="s">
+        <v>2187</v>
+      </c>
+      <c r="E343" s="4" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F343" s="4" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G343" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H343" s="4" t="s">
+        <v>2189</v>
+      </c>
+      <c r="I343" s="4" t="s">
+        <v>2190</v>
+      </c>
+      <c r="J343" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K343" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L343" s="4" t="s">
+        <v>2191</v>
+      </c>
+      <c r="M343" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="344" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B344" s="3">
+        <v>5759</v>
+      </c>
+      <c r="C344" s="4" t="s">
+        <v>2192</v>
+      </c>
+      <c r="D344" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="E344" s="4" t="s">
+        <v>2193</v>
+      </c>
+      <c r="F344" s="4" t="s">
+        <v>2194</v>
+      </c>
+      <c r="G344" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H344" s="4" t="s">
+        <v>2195</v>
+      </c>
+      <c r="I344" s="4" t="s">
+        <v>2196</v>
+      </c>
+      <c r="J344" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K344" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L344" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="M344" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="345" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B345" s="3">
+        <v>5764</v>
+      </c>
+      <c r="C345" s="4" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D345" s="4" t="s">
+        <v>2198</v>
+      </c>
+      <c r="E345" s="4" t="s">
+        <v>2199</v>
+      </c>
+      <c r="F345" s="4" t="s">
+        <v>2200</v>
+      </c>
+      <c r="G345" s="4" t="s">
+        <v>2201</v>
+      </c>
+      <c r="H345" s="4" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I345" s="4" t="s">
+        <v>2203</v>
+      </c>
+      <c r="J345" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K345" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L345" s="4" t="s">
+        <v>2204</v>
+      </c>
+      <c r="M345" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="346" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B346" s="3">
+        <v>5767</v>
+      </c>
+      <c r="C346" s="4" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D346" s="4" t="s">
+        <v>2206</v>
+      </c>
+      <c r="E346" s="4" t="s">
+        <v>2207</v>
+      </c>
+      <c r="F346" s="4" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G346" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H346" s="4" t="s">
+        <v>2208</v>
+      </c>
+      <c r="I346" s="4" t="s">
+        <v>2209</v>
+      </c>
+      <c r="J346" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K346" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L346" s="4" t="s">
+        <v>2210</v>
+      </c>
+      <c r="M346" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="347" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B347" s="3">
+        <v>5774</v>
+      </c>
+      <c r="C347" s="4" t="s">
+        <v>2211</v>
+      </c>
+      <c r="D347" s="4" t="s">
+        <v>2212</v>
+      </c>
+      <c r="E347" s="4" t="s">
+        <v>2213</v>
+      </c>
+      <c r="F347" s="4" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G347" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H347" s="4" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I347" s="4" t="s">
+        <v>2214</v>
+      </c>
+      <c r="J347" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K347" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L347" s="4" t="s">
+        <v>2215</v>
+      </c>
+      <c r="M347" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="348" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B348" s="3">
+        <v>5776</v>
+      </c>
+      <c r="C348" s="4" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D348" s="4" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E348" s="4" t="s">
+        <v>2218</v>
+      </c>
+      <c r="F348" s="4" t="s">
+        <v>2219</v>
+      </c>
+      <c r="G348" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H348" s="4" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I348" s="4" t="s">
+        <v>2220</v>
+      </c>
+      <c r="J348" s="4" t="s">
+        <v>2221</v>
+      </c>
+      <c r="K348" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L348" s="4" t="s">
+        <v>2222</v>
+      </c>
+      <c r="M348" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="349" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B349" s="3">
+        <v>5777</v>
+      </c>
+      <c r="C349" s="4" t="s">
+        <v>2223</v>
+      </c>
+      <c r="D349" s="4" t="s">
+        <v>2224</v>
+      </c>
+      <c r="E349" s="4" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F349" s="4" t="s">
+        <v>2226</v>
+      </c>
+      <c r="G349" s="4" t="s">
+        <v>2227</v>
+      </c>
+      <c r="H349" s="4" t="s">
+        <v>2228</v>
+      </c>
+      <c r="I349" s="4" t="s">
+        <v>2229</v>
+      </c>
+      <c r="J349" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K349" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L349" s="4" t="s">
+        <v>2230</v>
+      </c>
+      <c r="M349" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="350" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B350" s="3">
+        <v>5778</v>
+      </c>
+      <c r="C350" s="4" t="s">
+        <v>2231</v>
+      </c>
+      <c r="D350" s="4" t="s">
+        <v>2232</v>
+      </c>
+      <c r="E350" s="4" t="s">
+        <v>2233</v>
+      </c>
+      <c r="F350" s="4" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G350" s="4" t="s">
+        <v>2227</v>
+      </c>
+      <c r="H350" s="4" t="s">
+        <v>2235</v>
+      </c>
+      <c r="I350" s="4" t="s">
+        <v>2236</v>
+      </c>
+      <c r="J350" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K350" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L350" s="4" t="s">
+        <v>2237</v>
+      </c>
+      <c r="M350" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="351" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B351" s="3">
+        <v>5779</v>
+      </c>
+      <c r="C351" s="4" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D351" s="4" t="s">
+        <v>2239</v>
+      </c>
+      <c r="E351" s="4" t="s">
+        <v>2240</v>
+      </c>
+      <c r="F351" s="4" t="s">
+        <v>2241</v>
+      </c>
+      <c r="G351" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H351" s="4" t="s">
+        <v>2242</v>
+      </c>
+      <c r="I351" s="4" t="s">
+        <v>2243</v>
+      </c>
+      <c r="J351" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K351" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L351" s="4" t="s">
+        <v>2244</v>
+      </c>
+      <c r="M351" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="352" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B352" s="3">
+        <v>5783</v>
+      </c>
+      <c r="C352" s="4" t="s">
+        <v>2245</v>
+      </c>
+      <c r="D352" s="4" t="s">
+        <v>2246</v>
+      </c>
+      <c r="E352" s="4" t="s">
+        <v>2247</v>
+      </c>
+      <c r="F352" s="4" t="s">
+        <v>2248</v>
+      </c>
+      <c r="G352" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H352" s="4" t="s">
+        <v>2249</v>
+      </c>
+      <c r="I352" s="4" t="s">
+        <v>2250</v>
+      </c>
+      <c r="J352" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K352" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L352" s="4" t="s">
+        <v>2251</v>
+      </c>
+      <c r="M352" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="353" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B353" s="3">
+        <v>5784</v>
+      </c>
+      <c r="C353" s="4" t="s">
+        <v>2252</v>
+      </c>
+      <c r="D353" s="4" t="s">
+        <v>2253</v>
+      </c>
+      <c r="E353" s="4" t="s">
+        <v>2254</v>
+      </c>
+      <c r="F353" s="4" t="s">
+        <v>2255</v>
+      </c>
+      <c r="G353" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H353" s="4" t="s">
+        <v>2256</v>
+      </c>
+      <c r="I353" s="4" t="s">
+        <v>2257</v>
+      </c>
+      <c r="J353" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K353" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L353" s="4" t="s">
+        <v>2258</v>
+      </c>
+      <c r="M353" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="354" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B354" s="3">
+        <v>5786</v>
+      </c>
+      <c r="C354" s="4" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D354" s="4" t="s">
+        <v>2260</v>
+      </c>
+      <c r="E354" s="4" t="s">
+        <v>2261</v>
+      </c>
+      <c r="F354" s="4" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G354" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H354" s="4" t="s">
+        <v>686</v>
+      </c>
+      <c r="I354" s="4" t="s">
+        <v>2262</v>
+      </c>
+      <c r="J354" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K354" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L354" s="4" t="s">
+        <v>2263</v>
+      </c>
+      <c r="M354" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="355" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B355" s="3">
+        <v>5789</v>
+      </c>
+      <c r="C355" s="4" t="s">
+        <v>2264</v>
+      </c>
+      <c r="D355" s="4" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E355" s="4" t="s">
+        <v>2266</v>
+      </c>
+      <c r="F355" s="4" t="s">
+        <v>2267</v>
+      </c>
+      <c r="G355" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H355" s="4" t="s">
+        <v>2268</v>
+      </c>
+      <c r="I355" s="4" t="s">
+        <v>2269</v>
+      </c>
+      <c r="J355" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K355" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L355" s="4" t="s">
+        <v>2270</v>
+      </c>
+      <c r="M355" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="356" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B356" s="3">
+        <v>5790</v>
+      </c>
+      <c r="C356" s="4" t="s">
+        <v>2271</v>
+      </c>
+      <c r="D356" s="4" t="s">
+        <v>2272</v>
+      </c>
+      <c r="E356" s="4" t="s">
+        <v>2273</v>
+      </c>
+      <c r="F356" s="4" t="s">
+        <v>2274</v>
+      </c>
+      <c r="G356" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H356" s="4" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I356" s="4" t="s">
+        <v>2276</v>
+      </c>
+      <c r="J356" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K356" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L356" s="4" t="s">
+        <v>2277</v>
+      </c>
+      <c r="M356" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="357" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B357" s="3">
+        <v>5794</v>
+      </c>
+      <c r="C357" s="4" t="s">
+        <v>2278</v>
+      </c>
+      <c r="D357" s="4" t="s">
+        <v>2279</v>
+      </c>
+      <c r="E357" s="4" t="s">
+        <v>2280</v>
+      </c>
+      <c r="F357" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="G357" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H357" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="I357" s="4" t="s">
+        <v>2281</v>
+      </c>
+      <c r="J357" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K357" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L357" s="4" t="s">
+        <v>2282</v>
+      </c>
+      <c r="M357" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="358" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B358" s="3">
+        <v>5796</v>
+      </c>
+      <c r="C358" s="4" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D358" s="4" t="s">
+        <v>2284</v>
+      </c>
+      <c r="E358" s="4" t="s">
+        <v>2285</v>
+      </c>
+      <c r="F358" s="4" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G358" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H358" s="4" t="s">
+        <v>2286</v>
+      </c>
+      <c r="I358" s="4" t="s">
+        <v>2287</v>
+      </c>
+      <c r="J358" s="4" t="s">
+        <v>2288</v>
+      </c>
+      <c r="K358" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L358" s="4" t="s">
+        <v>2289</v>
+      </c>
+      <c r="M358" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="359" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B359" s="3">
+        <v>5799</v>
+      </c>
+      <c r="C359" s="4" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D359" s="4" t="s">
+        <v>2291</v>
+      </c>
+      <c r="E359" s="4" t="s">
+        <v>2292</v>
+      </c>
+      <c r="F359" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="G359" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H359" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="I359" s="4" t="s">
+        <v>2293</v>
+      </c>
+      <c r="J359" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K359" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L359" s="4" t="s">
+        <v>2294</v>
+      </c>
+      <c r="M359" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="360" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B360" s="3">
         <v>5801</v>
       </c>
-      <c r="B2" s="5" t="inlineStr">
-[...51 lines deleted...]
-      <c r="A3" s="4">
+      <c r="C360" s="4" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D360" s="4" t="s">
+        <v>2296</v>
+      </c>
+      <c r="E360" s="4" t="s">
+        <v>2297</v>
+      </c>
+      <c r="F360" s="4" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G360" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H360" s="4" t="s">
+        <v>1580</v>
+      </c>
+      <c r="I360" s="4" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J360" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K360" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L360" s="4" t="s">
+        <v>1136</v>
+      </c>
+      <c r="M360" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="361" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B361" s="3">
+        <v>5803</v>
+      </c>
+      <c r="C361" s="4" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D361" s="4" t="s">
+        <v>1515</v>
+      </c>
+      <c r="E361" s="4" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F361" s="4" t="s">
+        <v>2300</v>
+      </c>
+      <c r="G361" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H361" s="4" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I361" s="4" t="s">
+        <v>2301</v>
+      </c>
+      <c r="J361" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K361" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L361" s="4" t="s">
+        <v>2302</v>
+      </c>
+      <c r="M361" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="362" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B362" s="3">
         <v>5804</v>
       </c>
-      <c r="B3" s="5" t="inlineStr">
-[...51 lines deleted...]
-      <c r="A4" s="4">
+      <c r="C362" s="4" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D362" s="4" t="s">
+        <v>2304</v>
+      </c>
+      <c r="E362" s="4" t="s">
+        <v>2305</v>
+      </c>
+      <c r="F362" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="G362" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H362" s="4" t="s">
+        <v>2306</v>
+      </c>
+      <c r="I362" s="4" t="s">
+        <v>2307</v>
+      </c>
+      <c r="J362" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K362" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L362" s="4" t="s">
+        <v>2308</v>
+      </c>
+      <c r="M362" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="363" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B363" s="3">
         <v>5807</v>
       </c>
-      <c r="B4" s="5" t="inlineStr">
-[...29328 lines deleted...]
-      <c r="A537" s="4">
+      <c r="C363" s="4" t="s">
+        <v>2309</v>
+      </c>
+      <c r="D363" s="4" t="s">
+        <v>2310</v>
+      </c>
+      <c r="E363" s="4" t="s">
+        <v>2311</v>
+      </c>
+      <c r="F363" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="G363" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H363" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="I363" s="4" t="s">
+        <v>2312</v>
+      </c>
+      <c r="J363" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K363" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L363" s="4" t="s">
+        <v>2313</v>
+      </c>
+      <c r="M363" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="364" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B364" s="3">
+        <v>5810</v>
+      </c>
+      <c r="C364" s="4" t="s">
+        <v>2314</v>
+      </c>
+      <c r="D364" s="4" t="s">
+        <v>2315</v>
+      </c>
+      <c r="E364" s="4" t="s">
+        <v>2316</v>
+      </c>
+      <c r="F364" s="4" t="s">
+        <v>2317</v>
+      </c>
+      <c r="G364" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H364" s="4" t="s">
+        <v>1593</v>
+      </c>
+      <c r="I364" s="4" t="s">
+        <v>2318</v>
+      </c>
+      <c r="J364" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K364" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L364" s="4" t="s">
+        <v>2319</v>
+      </c>
+      <c r="M364" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="365" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B365" s="3">
         <v>5811</v>
       </c>
-      <c r="B537" s="5" t="inlineStr">
-[...51 lines deleted...]
-      <c r="A538" s="4">
+      <c r="C365" s="4" t="s">
+        <v>2320</v>
+      </c>
+      <c r="D365" s="4" t="s">
+        <v>2321</v>
+      </c>
+      <c r="E365" s="4" t="s">
+        <v>2322</v>
+      </c>
+      <c r="F365" s="4" t="s">
+        <v>2323</v>
+      </c>
+      <c r="G365" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H365" s="4" t="s">
+        <v>2324</v>
+      </c>
+      <c r="I365" s="4" t="s">
+        <v>2325</v>
+      </c>
+      <c r="J365" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K365" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L365" s="4" t="s">
+        <v>2326</v>
+      </c>
+      <c r="M365" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="366" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B366" s="3">
+        <v>5813</v>
+      </c>
+      <c r="C366" s="4" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D366" s="4" t="s">
+        <v>2328</v>
+      </c>
+      <c r="E366" s="4" t="s">
+        <v>2329</v>
+      </c>
+      <c r="F366" s="4" t="s">
+        <v>2330</v>
+      </c>
+      <c r="G366" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H366" s="4" t="s">
+        <v>2331</v>
+      </c>
+      <c r="I366" s="4" t="s">
+        <v>2332</v>
+      </c>
+      <c r="J366" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K366" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L366" s="4" t="s">
+        <v>2333</v>
+      </c>
+      <c r="M366" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="367" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B367" s="3">
         <v>5814</v>
       </c>
-      <c r="B538" s="5" t="inlineStr">
-[...47 lines deleted...]
-        </is>
+      <c r="C367" s="4" t="s">
+        <v>2334</v>
+      </c>
+      <c r="D367" s="4" t="s">
+        <v>2335</v>
+      </c>
+      <c r="E367" s="4" t="s">
+        <v>2336</v>
+      </c>
+      <c r="F367" s="4" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G367" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H367" s="4" t="s">
+        <v>2155</v>
+      </c>
+      <c r="I367" s="4" t="s">
+        <v>2337</v>
+      </c>
+      <c r="J367" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K367" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L367" s="4" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M367" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="368" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B368" s="3">
+        <v>5817</v>
+      </c>
+      <c r="C368" s="4" t="s">
+        <v>2339</v>
+      </c>
+      <c r="D368" s="4" t="s">
+        <v>2340</v>
+      </c>
+      <c r="E368" s="4" t="s">
+        <v>2341</v>
+      </c>
+      <c r="F368" s="4" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G368" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H368" s="4" t="s">
+        <v>1071</v>
+      </c>
+      <c r="I368" s="4" t="s">
+        <v>2342</v>
+      </c>
+      <c r="J368" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K368" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L368" s="4" t="s">
+        <v>2343</v>
+      </c>
+      <c r="M368" s="2" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="369" spans="2:13" ht="30" x14ac:dyDescent="0.25">
+      <c r="B369" s="3">
+        <v>5819</v>
+      </c>
+      <c r="C369" s="4" t="s">
+        <v>2344</v>
+      </c>
+      <c r="D369" s="4" t="s">
+        <v>2345</v>
+      </c>
+      <c r="E369" s="4" t="s">
+        <v>2346</v>
+      </c>
+      <c r="F369" s="4" t="s">
+        <v>2347</v>
+      </c>
+      <c r="G369" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H369" s="4" t="s">
+        <v>2348</v>
+      </c>
+      <c r="I369" s="4" t="s">
+        <v>2349</v>
+      </c>
+      <c r="J369" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="K369" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L369" s="4" t="s">
+        <v>2350</v>
+      </c>
+      <c r="M369" s="2" t="b">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Access</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>A266FF2A662E84b639DA</vt:lpstr>
+      <vt:lpstr>qryWebsiteQueriesFieldMunicipal</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Swanson, Elizabeth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>