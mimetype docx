--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="11823BE1" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="000F7AF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -127,379 +127,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="57CCDA7E" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AD9882D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1649F985" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EF62E9F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3567524B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="4B217E9B" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68E6E60B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D141EC4" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07ED3F31" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="339DE330" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="0E85E50E" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F02D5CD" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AD0FCFB" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="6FDCA99C" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41B10295" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EBCE652" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F63ACFF" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -638,385 +626,373 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3664"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B03D1F" w:rsidRPr="00A0149B" w14:paraId="6B23E538" w14:textId="77777777" w:rsidTr="00F43EF2">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A616629" w14:textId="77777777" w:rsidR="00B03D1F" w:rsidRPr="00A0149B" w:rsidRDefault="00B03D1F" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15991F02" w14:textId="77777777" w:rsidR="00B03D1F" w:rsidRPr="00A0149B" w:rsidRDefault="00B03D1F" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buffer Solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E475E67" w14:textId="77777777" w:rsidR="00B03D1F" w:rsidRPr="00A0149B" w:rsidRDefault="00B03D1F" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E09DB03" w14:textId="4BA70450" w:rsidR="00B03D1F" w:rsidRPr="00A0149B" w:rsidRDefault="007F0910" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Standard Calcium Solution (see recipe at the end of the checklist)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03D1F" w:rsidRPr="0054425D" w14:paraId="07A01EB9" w14:textId="77777777" w:rsidTr="00F43EF2">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B1D9219" w14:textId="77777777" w:rsidR="00B03D1F" w:rsidRPr="0054425D" w:rsidRDefault="00B03D1F" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="187AB38F" w14:textId="77777777" w:rsidR="00B03D1F" w:rsidRDefault="00B03D1F" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indicators: Eriochrome Black T or</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36472CB2" w14:textId="22F44A44" w:rsidR="00B03D1F" w:rsidRPr="0054425D" w:rsidRDefault="00DA72B3" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calmagite</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="638A87E5" w14:textId="77777777" w:rsidR="00B03D1F" w:rsidRPr="0054425D" w:rsidRDefault="00B03D1F" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26FB094A" w14:textId="5C323DE2" w:rsidR="00B03D1F" w:rsidRPr="0054425D" w:rsidRDefault="007F0910" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sodium Hydroxide, NaOH, 0.1</w:t>
             </w:r>
             <w:r w:rsidRPr="002F17C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B03D1F" w:rsidRPr="0054425D" w14:paraId="440A11D7" w14:textId="77777777" w:rsidTr="000101AC">
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24C75395" w14:textId="77777777" w:rsidR="00B03D1F" w:rsidRPr="0054425D" w:rsidRDefault="00B03D1F" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DDE53B3" w14:textId="77777777" w:rsidR="00B03D1F" w:rsidRPr="00355EA7" w:rsidRDefault="00B03D1F" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Standard EDTA Titrant, 0.01</w:t>
             </w:r>
             <w:r w:rsidRPr="002F17C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="253DA1F7" w14:textId="77777777" w:rsidR="00B03D1F" w:rsidRPr="0054425D" w:rsidRDefault="00B03D1F" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08619FAA" w14:textId="77777777" w:rsidR="007F0910" w:rsidRDefault="007F0910" w:rsidP="00F43EF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Complexing agents (if necessary):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="645C4D30" w14:textId="14CC176F" w:rsidR="00B03D1F" w:rsidRPr="0054425D" w:rsidRDefault="007F0910" w:rsidP="00647FC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1110,550 +1086,526 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B03D1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="373"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="369"/>
+        <w:gridCol w:w="3176"/>
+        <w:gridCol w:w="352"/>
+        <w:gridCol w:w="3194"/>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="3620"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C05D5" w14:paraId="32156E2B" w14:textId="0FCC78B2" w:rsidTr="0000223B">
         <w:trPr>
           <w:trHeight w:val="258"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="373" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E471096" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5753FDF8" w14:textId="17E291D0" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nitric Acid- Sulfuric Acid Digestion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C42E4C4" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3248" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D4F0C98" w14:textId="0D9461B0" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nitric Acid-Perchloric Acid Digestion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CA2F172" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="323EF96A" w14:textId="348D28BC" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hot plate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C05D5" w14:paraId="0227A60F" w14:textId="5D6F328D" w:rsidTr="0000223B">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="373" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B303398" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03385578" w14:textId="3433AE46" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A537B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>concentrated HNO</w:t>
             </w:r>
             <w:r w:rsidRPr="005A537B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23338AD4" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3248" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B619D45" w14:textId="3DB18F24" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A537B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>concentrated HNO</w:t>
             </w:r>
             <w:r w:rsidRPr="005A537B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3ADB17AA" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DF34283" w14:textId="62A90459" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Erlenmeyer flask or griffin beaker; acid-washed and rinsed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C05D5" w14:paraId="549C4B97" w14:textId="6D389499" w:rsidTr="0000223B">
         <w:trPr>
           <w:trHeight w:val="258"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="373" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="461A43FF" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78AF7077" w14:textId="5FCD3E81" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A537B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>concentrated H</w:t>
             </w:r>
             <w:r w:rsidRPr="005A537B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="005A537B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
             <w:r w:rsidRPr="005A537B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D7A8C79" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3248" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="616BF8EA" w14:textId="5FE3C051" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Concentrated HClO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="063905B3" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EA9A0C7" w14:textId="79EEF5BA" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Watch glasses</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C05D5" w14:paraId="49C48395" w14:textId="5A629E7F" w:rsidTr="0000223B">
         <w:trPr>
           <w:trHeight w:val="258"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="373" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B0CB61A" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01B2B98C" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4084E8E1" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3248" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45E6E259" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45863C4F" w14:textId="77777777" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14675A09" w14:textId="42FBDE95" w:rsidR="003C05D5" w:rsidRDefault="003C05D5" w:rsidP="003C05D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Volumetric flasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58A6DD82" w14:textId="77777777" w:rsidR="000476FD" w:rsidRDefault="000476FD" w:rsidP="00B03D1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2045,51 +1997,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A987054" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="00CD61FE" w:rsidP="00560E41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="051A0DC7" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="00CD61FE" w:rsidP="00560E41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="538F34CD" w14:textId="77777777" w:rsidR="00201A84" w:rsidRDefault="00201A84" w:rsidP="00201A84">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -2625,75 +2576,73 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="0B476321" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50E05935" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49CB1F0B" w14:textId="1B88FA6B" w:rsidR="00C37462" w:rsidRPr="00082FA3" w:rsidRDefault="00082FA3" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample preserved</w:t>
             </w:r>
             <w:r w:rsidR="00411D71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2767,143 +2716,138 @@
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [40 CFR 136.3 Table II]   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1072CC34" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F10AD40" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DD3393B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00082FA3" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Preservation not required if analyzed within 15 minutes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="5E683286" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CB2A288" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C12286C" w14:textId="47C0B13F" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00853690" w:rsidP="00082FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is pH checked </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -2975,92 +2919,89 @@
             </w:r>
             <w:r w:rsidR="00872C42" w:rsidRPr="00872C42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15A NCAC 02H .0805 (a) (7) (M)</w:t>
             </w:r>
             <w:r w:rsidRPr="00092769">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FA5C273" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7521A27F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2663D17B" w14:textId="77777777" w:rsidR="00A201B4" w:rsidRPr="00A0149B" w:rsidRDefault="00A201B4" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00853690" w:rsidRPr="00A0149B" w14:paraId="5A55CB54" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
@@ -3189,129 +3130,125 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ADFFC06" w14:textId="77777777" w:rsidR="00853690" w:rsidRPr="00A0149B" w:rsidRDefault="00853690" w:rsidP="00853690">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2DD4505E" w14:textId="77777777" w:rsidR="00853690" w:rsidRPr="00A0149B" w:rsidRDefault="00853690" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="451BE610" w14:textId="77777777" w:rsidR="00853690" w:rsidRPr="00EB532A" w:rsidRDefault="00853690" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0012083E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sample preservation shall be verified and documented. If a laboratory receives a sample subject to G.S. 143-215.1 and 143-215.63 that does not meet sample collection, holding time, or preservation requirements, the laboratory shall document the incident, notify the sample collector or client, and secure another sample that meets the regulatory requirements, if possible. If another viable sample cannot be secured, the original sample may be analyzed but the results reported shall be qualified with the nature of the sample collection, holding time, or preservation infractions and the laboratory shall notify the State Laboratory of the infractions. The notification shall include a statement indicating corrective action taken to prevent future infractions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00853690" w:rsidRPr="00A0149B" w14:paraId="3C56F4C4" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2866355A" w14:textId="77777777" w:rsidR="00853690" w:rsidDel="00201A84" w:rsidRDefault="00853690" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74197D62" w14:textId="77777777" w:rsidR="00853690" w:rsidRDefault="00853690" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples analyzed within </w:t>
             </w:r>
             <w:r w:rsidR="00651392">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3350,92 +3287,89 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="490550AC" w14:textId="77777777" w:rsidR="00853690" w:rsidRPr="00A0149B" w:rsidRDefault="00853690" w:rsidP="00853690">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6BF4C261" w14:textId="77777777" w:rsidR="00853690" w:rsidRPr="00A0149B" w:rsidRDefault="00853690" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27D1F2A9" w14:textId="77777777" w:rsidR="00853690" w:rsidRPr="0012083E" w:rsidRDefault="00853690" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651392" w:rsidRPr="00A0149B" w14:paraId="0F641643" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3750,131 +3684,111 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="568A402B" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00EA3E48" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10CCA7F0" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00EA3E48" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16534E66" w14:textId="6203E72E" w:rsidR="00A201B4" w:rsidRPr="00EB532A" w:rsidRDefault="00A201B4" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Some metal ions interfere by causing fading or indistinct end points or by stoichiometric consumption of EDTA. </w:t>
             </w:r>
             <w:r w:rsidR="00596EC2" w:rsidRPr="00596EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Reduce this interference by adding certain inhibitors before titration. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00596EC2" w:rsidRPr="00596EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MgCDTA</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00596EC2" w:rsidRPr="00596EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (see 2340 C.2b3), selectively complexes heavy metals, releases magnesium into the sample, and may be used as a substitute for toxic or malodorous inhibitors. It is useful only when the magnesium substituted for heavy metals does not contribute significantly to the total hardness. With heavy metal or polyphosphate concentrations below those indicated in Table 2340:1, use Inhibitor I or II. When higher concentrations of heavy metals are present, determine calcium and magnesium by a non-EDTA method (see Sections 3500-Ca and 3500-Mg) and obtain hardness by calculation.  The values in Table 2340:1 </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> intended as a rough guide only and are based on using a 25-mL sample diluted to 50 mL.</w:t>
+              <w:t xml:space="preserve"> (see 2340 C.2b3), selectively complexes heavy metals, releases magnesium into the sample, and may be used as a substitute for toxic or malodorous inhibitors. It is useful only when the magnesium substituted for heavy metals does not contribute significantly to the total hardness. With heavy metal or polyphosphate concentrations below those indicated in Table 2340:1, use Inhibitor I or II. When higher concentrations of heavy metals are present, determine calcium and magnesium by a non-EDTA method (see Sections 3500-Ca and 3500-Mg) and obtain hardness by calculation.  The values in Table 2340:1 are intended as a rough guide only and are based on using a 25-mL sample diluted to 50 mL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00045E8E" w:rsidRPr="00A0149B" w14:paraId="13E29430" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56A931F4" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4045,51 +3959,50 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="044524D0" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00EA3E48" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BA201F2" w14:textId="77777777" w:rsidR="00244518" w:rsidRDefault="00244518" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00244518">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The specified pH may produce an environment conducive to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4442,75 +4355,73 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="61E7B9B3" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58CC61E8" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33D4F7E5" w14:textId="7F2BD010" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are polluted </w:t>
             </w:r>
             <w:r w:rsidR="00DD4F4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4608,116 +4519,113 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E7A513B" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="258B0912" w14:textId="0CEF41D8" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="008F1FDD" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="008F1FDD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>retreatment of polluted water and wastewater samples: Use nitric acid-sulfuric acid or nitric acid-perchloric acid digestion (Section 3030)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE0035" w:rsidRPr="00A0149B" w14:paraId="3B3F2070" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23C621B5" w14:textId="77777777" w:rsidR="00FE0035" w:rsidRDefault="00FE0035" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0307F3D3" w14:textId="14F8AFBF" w:rsidR="008C475E" w:rsidRDefault="00FE0035" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a digestion log maintained that includes</w:t>
             </w:r>
             <w:r w:rsidR="008C475E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4775,97 +4683,94 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B5E1445" w14:textId="77777777" w:rsidR="00FE0035" w:rsidRPr="00A0149B" w:rsidRDefault="00FE0035" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="033C4C13" w14:textId="77777777" w:rsidR="00FE0035" w:rsidRDefault="00FE0035" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="031E7C2D" w14:textId="77777777" w:rsidTr="004E77A9">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A345B99" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="008431F7">
             <w:pPr>
               <w:ind w:left="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35AAD419" w14:textId="54D95808" w:rsidR="00BD0D31" w:rsidRPr="008431F7" w:rsidRDefault="008431F7" w:rsidP="008431F7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008431F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nitric Acid-Sulfuric Acid Digestion</w:t>
             </w:r>
           </w:p>
@@ -4895,100 +4800,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5551D10F" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ECE1593" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="2375BE05" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06044157" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F0C5DF3" w14:textId="37BDEC5E" w:rsidR="00BD0D31" w:rsidRDefault="008431F7" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What sample volume is used for digestion?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5074,51 +4976,50 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46CF1533" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="116D26CA" w14:textId="26805406" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="000D518C" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The method does not specify, but the f</w:t>
             </w:r>
             <w:r w:rsidR="00EA2FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5155,75 +5056,73 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>100-mL volumetric flask.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="7BE453B7" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4107D172" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63FAEADD" w14:textId="34AC34D3" w:rsidR="00BD0D31" w:rsidRPr="008431F7" w:rsidRDefault="008431F7" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 5 mL of concentrated HNO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5274,100 +5173,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23892197" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EDA6868" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="3A6304FB" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F051BD3" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7209410B" w14:textId="104154CF" w:rsidR="00BD0D31" w:rsidRDefault="008431F7" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the flask placed on a hot plate and covered with a </w:t>
             </w:r>
             <w:r w:rsidR="004B5018">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5417,100 +5313,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A402234" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="096D1FA0" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="6A7EA098" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CEEAE15" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B994487" w14:textId="14D38959" w:rsidR="00BD0D31" w:rsidRDefault="008431F7" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample brought to a slow boil and evaporated to 15 to 20 mL?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5544,100 +5437,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F6A4431" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AC6DFA5" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="43D9D73B" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06B1B578" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A8B6115" w14:textId="354C1D8A" w:rsidR="00BD0D31" w:rsidRPr="008431F7" w:rsidRDefault="008431F7" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 5 mL concentrated HNO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5730,129 +5620,116 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F781AE0" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DABD365" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="3C7B88A8" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05100FF9" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="544167B9" w14:textId="469C2FAE" w:rsidR="00BD0D31" w:rsidRDefault="000B173C" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> the sample evaporated on the hot plate until dense white fumes just appear?</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Is the sample evaporated on the hot plate until dense white fumes just appear?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SM 3030 G-2020 (3)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C34FABF" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5867,100 +5744,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="478469B9" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DD8AD42" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="16AB7C7F" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25D20559" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0523E9CC" w14:textId="07DE90AE" w:rsidR="00BD0D31" w:rsidRPr="000B173C" w:rsidRDefault="000B173C" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the solution does not clear at this point, is an additional 10 mL of concentrated HNO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6011,100 +5885,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49F9E689" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="130DE233" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="1DC1ED31" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2303E851" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67F43467" w14:textId="386EC191" w:rsidR="00BD0D31" w:rsidRDefault="000B173C" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample heated until the solution is clear and no brownish fumes are evident?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6138,100 +6009,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="619B11DD" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1509384F" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="23AA523A" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="171E71F0" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0605CC1F" w14:textId="39594629" w:rsidR="00BD0D31" w:rsidRDefault="000B173C" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample kept from drying out during digestion?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6265,236 +6133,221 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BD72F81" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49462947" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w14:paraId="7C8DCA6B" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F9984DF" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRDefault="00BD0D31" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F8B181C" w14:textId="2846B1A9" w:rsidR="00BD0D31" w:rsidRDefault="00D72018" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample cooled and diluted to 50 mL with water?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> [SM </w:t>
-[...8 lines deleted...]
-              <w:t>3030 G-2020 (3)]</w:t>
+              <w:t xml:space="preserve"> [SM 3030 G-2020 (3)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6628AD61" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41905FD1" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00A0149B" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AB8BF3F" w14:textId="77777777" w:rsidR="00BD0D31" w:rsidRPr="00244518" w:rsidRDefault="00BD0D31" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D72018" w:rsidRPr="00A0149B" w14:paraId="0FEF8C31" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D8F2206" w14:textId="77777777" w:rsidR="00D72018" w:rsidRDefault="00D72018" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3719202A" w14:textId="6F37A66C" w:rsidR="00D72018" w:rsidRDefault="00D72018" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample heated to almost boiling to dissolve salts?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6528,100 +6381,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="760896D5" w14:textId="77777777" w:rsidR="00D72018" w:rsidRPr="00A0149B" w:rsidRDefault="00D72018" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="428F5653" w14:textId="77777777" w:rsidR="00D72018" w:rsidRPr="00244518" w:rsidRDefault="00D72018" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D72018" w:rsidRPr="00A0149B" w14:paraId="164E185F" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2428D892" w14:textId="77777777" w:rsidR="00D72018" w:rsidRDefault="00D72018" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E090DB7" w14:textId="2C23BF7F" w:rsidR="00D72018" w:rsidRDefault="00FE0035" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If it is necessary to filter the sample, is the flask rinsed with 2 portions of reagent water, and added to an additional flask containing the filtrate?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6655,100 +6505,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="180F72C5" w14:textId="77777777" w:rsidR="00D72018" w:rsidRPr="00A0149B" w:rsidRDefault="00D72018" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23B29D6D" w14:textId="77777777" w:rsidR="00D72018" w:rsidRPr="00244518" w:rsidRDefault="00D72018" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D72018" w:rsidRPr="00A0149B" w14:paraId="693BC610" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07C63FA1" w14:textId="77777777" w:rsidR="00D72018" w:rsidRDefault="00D72018" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46496E97" w14:textId="64E4201E" w:rsidR="00D72018" w:rsidRDefault="00FE0035" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample cooled, diluted to final volume, and mixed thoroughly?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6832,97 +6679,94 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41B5ABBE" w14:textId="77777777" w:rsidR="00D72018" w:rsidRPr="00A0149B" w:rsidRDefault="00D72018" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="718A7F1F" w14:textId="77777777" w:rsidR="00D72018" w:rsidRPr="00244518" w:rsidRDefault="00D72018" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE0035" w:rsidRPr="00A0149B" w14:paraId="1ADD844B" w14:textId="77777777" w:rsidTr="004E77A9">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FD2AEBA" w14:textId="77777777" w:rsidR="00FE0035" w:rsidRDefault="00FE0035" w:rsidP="00FE0035">
             <w:pPr>
               <w:ind w:left="288"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4085EC56" w14:textId="62038D4F" w:rsidR="00FE0035" w:rsidRPr="00832DD8" w:rsidRDefault="0052036C" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nitric Acid-Perchloric Acid Digestion</w:t>
             </w:r>
           </w:p>
@@ -6952,100 +6796,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63CE15CC" w14:textId="77777777" w:rsidR="00FE0035" w:rsidRPr="00A0149B" w:rsidRDefault="00FE0035" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74271856" w14:textId="77777777" w:rsidR="00FE0035" w:rsidRPr="00244518" w:rsidRDefault="00FE0035" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D72018" w:rsidRPr="00A0149B" w14:paraId="2A87CA6D" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AE13735" w14:textId="77777777" w:rsidR="00D72018" w:rsidRDefault="00D72018" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01D4E0D9" w14:textId="3E3FBB0A" w:rsidR="00D72018" w:rsidRDefault="00832DD8" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What sample volume is used for digestion?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7121,108 +6962,105 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C9E8283" w14:textId="77777777" w:rsidR="00D72018" w:rsidRPr="00A0149B" w:rsidRDefault="00D72018" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6801DCFD" w14:textId="5CFDF757" w:rsidR="00D72018" w:rsidRPr="00244518" w:rsidRDefault="00804947" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The method does not specify, but the final digestate is diluted to the mark in a 100-mL volumetric flask.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE0035" w:rsidRPr="00A0149B" w14:paraId="38EA3864" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54C26AF3" w14:textId="77777777" w:rsidR="00FE0035" w:rsidRDefault="00FE0035" w:rsidP="000F4F17">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="418DCE82" w14:textId="35BE34ED" w:rsidR="00FE0035" w:rsidRDefault="00832DD8" w:rsidP="001829BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 5 mL of concentrated HNO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7273,100 +7111,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E99942F" w14:textId="77777777" w:rsidR="00FE0035" w:rsidRPr="00A0149B" w:rsidRDefault="00FE0035" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04D6A0FA" w14:textId="77777777" w:rsidR="00FE0035" w:rsidRPr="00244518" w:rsidRDefault="00FE0035" w:rsidP="00A401B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="09D359A0" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2993BBEF" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="239D9984" w14:textId="1D59A41B" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the flask placed on a hot plate and covered with a </w:t>
             </w:r>
             <w:r w:rsidR="004B5018">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7416,100 +7251,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="424DE192" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40D36B97" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00244518" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="7C876272" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="373E86EE" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74CB2483" w14:textId="3FF49683" w:rsidR="00832DD8" w:rsidRDefault="000D518C" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample brought to a slow boil and evaporated to 15 to 20 mL</w:t>
             </w:r>
             <w:r w:rsidR="00832DD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7551,100 +7383,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5358C899" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1014798A" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00244518" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="3D98EAEF" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="278B8803" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EEDA173" w14:textId="3FC21938" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00832DD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7752,51 +7581,50 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5119C62B" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64D43F9A" w14:textId="3AE0E5AD" w:rsidR="00832DD8" w:rsidRPr="00244518" w:rsidRDefault="00804947" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0012386C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Caution:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7826,104 +7654,92 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and organic matter may explode violently.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Precautions to avoid this are in SM 3030 H-2020 (3).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="6AB2C00A" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F12C1A3" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D9B58AA" w14:textId="2DF057EC" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> the sample evaporated on the hot plate until dense white fumes just appear?</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Is the sample evaporated on the hot plate until dense white fumes just appear?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SM 3030 H-2020 (3)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BA5526A" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7938,137 +7754,116 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7057927C" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A9B810D" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00244518" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="3ED15DE9" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17DA9F2E" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="391957BE" w14:textId="758506C9" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> is not clear, is sample kept just </w:t>
+              <w:t xml:space="preserve">If solution is not clear, is sample kept just </w:t>
             </w:r>
             <w:r w:rsidR="001B6EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">at </w:t>
             </w:r>
             <w:r w:rsidR="00092EFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>boiling</w:t>
             </w:r>
@@ -8131,100 +7926,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B388E98" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13C31A37" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00244518" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="6AE37BDD" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="031FF00D" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B48E33C" w14:textId="301C1706" w:rsidR="00832DD8" w:rsidRPr="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is an additional 10 mL of concentrated </w:t>
             </w:r>
             <w:r w:rsidRPr="00832DD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8283,100 +8075,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B1171F9" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="574E1E0B" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00244518" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="2A6996CF" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="619233EB" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40DEA912" w14:textId="077F628F" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample flask cooled and rinsed with water, diluting to about 50 mL?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8410,100 +8199,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2526FEAC" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6404E247" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00244518" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="223C60F1" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C89F36F" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="434CB9CC" w14:textId="4E7EF9EA" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample brought to boil?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8537,100 +8323,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F241684" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5680B213" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00244518" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="7202FE24" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="010F3BC4" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40746F06" w14:textId="05DE73AA" w:rsidR="00832DD8" w:rsidRDefault="003B454E" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="00832DD8" w:rsidRPr="00832DD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8672,100 +8455,97 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5960E12E" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74AB7DB8" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00244518" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="32DBF9E9" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05D6CD5D" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="554BEA11" w14:textId="12C3C804" w:rsidR="00832DD8" w:rsidRPr="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00832DD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample cooled, diluted to final volume, and mixed thoroughly?</w:t>
             </w:r>
             <w:r w:rsidR="00A945E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8839,51 +8619,50 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ED4C95E" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="643DD331" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00244518" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="4445DE29" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9015,72 +8794,70 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="2C579E12" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4768ABED" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1598858E" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the titration conducted at or near room temperature? [SM 2340 C-2021 (1) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -9103,102 +8880,99 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F7D66BD" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18DB339C" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Conduct titrations at or near room temperature. The color change becomes impractically slow as the sample approaches freezing temperature. Indicator decomposition becomes a problem in hot water.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="515754FB" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3857ED6F" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="203C8D73" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00414BED" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a volume of sample selected that required less than 15 mL of EDTA titrant? [SM 2340 C-2021 (3) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -9221,94 +8995,91 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D87121D" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61CEB089" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="56A0F152" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E63F987" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C68696F" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00DD4723" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the titration completed within 5 minutes, measured from time of buffer addition? [SM 2340 C-2021 (3) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -9331,94 +9102,91 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76398EBC" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1925B517" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="586508F2" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7756B8F1" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5501F3CE" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00D8503D" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 25mL of sample diluted to about 50 mL with distilled water? [SM 2340 C-2021 (3) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -9441,51 +9209,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73A91D1F" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39CF14FD" w14:textId="71DB81FC" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dilute to a ratio of 1:1 to reduce CaCO</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -9496,72 +9263,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> precipitation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="1C08CC78" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3715205A" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="408700E0" w14:textId="4EA09F2E" w:rsidR="00832DD8" w:rsidRPr="00414BED" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the appropriate amount of buffer added to reach a pH of 10.0</w:t>
             </w:r>
             <w:r w:rsidR="00EA2FD3" w:rsidRPr="00EA2FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9632,51 +9397,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32FB585A" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F795041" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Add 1 to 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9686,72 +9450,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>mL buffer solution. Usually 1mL will be sufficient to achieve pH 10.0 to 10.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> S.U.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w14:paraId="2A6EB1C9" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1898DF01" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BAFE0D0" w14:textId="1AE43C69" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the buffer discarded after one month or sooner if 1 or 2 mL added to the sample fails to produce a pH of 10.0±0.1 S.U. at the titration endpoint? [SM 2340 C-2021 (2) (a) (2)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -9774,94 +9536,91 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54F098E3" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D261E8C" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w14:paraId="298D6BA5" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73A72616" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E6D116D" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00DD4723" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are 1 to 2 drops of indicator solution or appropriate amount of dry powder indicator formulation added? [SM 2340 C-2021 (3) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -9884,94 +9643,91 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34FA62BE" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04AADA82" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00E6172C" w14:paraId="788D505F" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3167582F" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64AEC23D" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00D8503D" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is standard EDTA titrant added slowly, with continuous stirring, until the last reddish tinge disappears? [SM 2340 C-2021 (3) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -9994,94 +9750,91 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06E38187" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60ECD3FC" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="643A6EA5" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="605146F1" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="008C0C53" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69206757" w14:textId="26BA16F6" w:rsidR="00832DD8" w:rsidRPr="00DC33B2" w:rsidRDefault="00CC7A53" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples titrated to </w:t>
             </w:r>
             <w:r w:rsidR="0087301C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10113,209 +9866,210 @@
               </w:rPr>
               <w:t>point</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00832DD8" w:rsidRPr="002117CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00832DD8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SM 2340 C-2021 (3) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B296A18" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00560E41" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ED7ED5E" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00560E41" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CB9F009" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>The endpoint of the solution is usually blue. Daylight or a daylight fluorescent lamp is recommended highly because ordinary incandescent lights tend to produce a reddish tinge in the blue</w:t>
+              <w:t xml:space="preserve">The endpoint of the solution is usually blue. Daylight or a daylight fluorescent lamp is recommended highly because </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB532A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ordinary incandescent lights tend to produce a reddish tinge in the blue</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> at the endpoint.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="1AA1E18D" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30B3A6EE" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="008C0C53" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7717BD04" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00DD4723" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If there is not a sharp end-point color change to the titration, is the appropriate inhibitor added? [SM 2340 C-2021 (3) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64BB4A5F" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00210B89" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EC44543" w14:textId="3B8AA3C5" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The absence of sharp end-point color change in the titration usually means that an inhibitor must be added after the pH adjustment or that the indicator has deteriorated</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10419,69 +10173,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C7F3EE6" w14:textId="77777777" w:rsidR="00FC3E86" w:rsidRPr="00A0149B" w:rsidRDefault="00FC3E86" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="289CD24D" w14:textId="77777777" w:rsidR="00FC3E86" w:rsidRPr="00A0149B" w:rsidRDefault="00FC3E86" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="377B920F" w14:textId="77777777" w:rsidR="00924C3E" w:rsidRDefault="00924C3E" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46A3AED1" w14:textId="3656B571" w:rsidR="00FC3E86" w:rsidRDefault="00FC3E86" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10631,68 +10383,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> equivalent to 1.00 mL EDTA titrant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="09EE62A2" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F56A7A2" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="008C0C53" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A69D3D7" w14:textId="63016F3F" w:rsidR="00832DD8" w:rsidRPr="00567C74" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If your reporting limit is ≥ 5 mg/L, skip to question </w:t>
             </w:r>
             <w:r w:rsidR="002E3812">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -10719,397 +10469,381 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24C05B6D" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02802A96" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="41DA1C3A" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="194AA5CA" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="008C0C53" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FC7050C" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00585AFD" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a larger sample volume used for titration for samples &lt;5 mg/L? [SM 2340 C-2021 (3) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="711983AC" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7ADD4BA0" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16AB39EE" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use 100 to 1000mL of sample and add proportionately larger amounts of buffer, inhibitor (if needed), and indicator.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="7E41D4B4" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6779C2D2" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="008C0C53" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4533E5C1" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a blank analyzed using the same volume as samples &lt;5 mg/L? [SM 2340 C-2021 (3) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7301F36E" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CE4A664" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AD025AA" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Add standard EDTA slowly</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> from a microburet</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to the same volume of reagent water as used for the sample which contains identical amounts of buffer, inhibitor (if needed), and indicator.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="6486C3C3" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E89F773" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="008C0C53" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DE6CC92" w14:textId="650866DB" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the volume of EDTA used for the blank subtracted from the volume of EDTA used for samples &lt;5 mg/L? [SM 2340 C-2021 (3) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A42D60E" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="611AA8D5" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D70A953" w14:textId="77777777" w:rsidR="006851C3" w:rsidRDefault="006851C3" w:rsidP="006851C3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hardness (EDTA) as mg/L CaCO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -11576,94 +11310,91 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B33E767" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61411A8F" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="3CE10F00" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FF38A7B" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="008C0C53" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D147697" w14:textId="4080C2FC" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the Standard EDTA titrant standardized against a standard calcium solution? [SM 2340 C-2021 (2) (d)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11682,51 +11413,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FC3B67C" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="023C70DE" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Standardize prepared titrant using the same method as titrating samples. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63C2A281" w14:textId="014F489E" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11756,72 +11486,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> the laboratory maintains the COA</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="3668ED56" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21093F34" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="008C0C53" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7ACA7D50" w14:textId="39F02F51" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the Standard EDTA titration reagent re-standardized monthly or when improper storage occurs? [SM 2020 B-2021 (2) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11840,51 +11568,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5057AEF8" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E1AD4F8" w14:textId="5249282C" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="000E5FF0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Re-standardize reagents once per month or when improper storage occurs. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="3E84283C" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -12016,102 +11743,99 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AA00990" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="689BDD42" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00550FDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the titration reagent’s normality (titer value) has changed, then use the measured value, adjust the normality (titer value) as the procedure describes, or prepare and standardize fresh titration reagent as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="144997C0" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F0857EA" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E21AF35" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a method blank (MB) analyzed daily or with each batch or 20 or fewer samples? [SM 2020 B-2021 (2) (d) and Table 2020:2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -12128,51 +11852,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FB60CC5" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="002C09A0" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Include at least one method blank daily or with each batch of 20 or fewer samples, whichever is more frequent.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39A4F74D" w14:textId="77777777" w:rsidR="00EB361A" w:rsidRDefault="00EB361A" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12186,72 +11909,70 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The method blank must be digested if any samples are digested.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="5CDBE3B4" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="664F569F" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CBB029B" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the method blank acceptance criterion less than the reporting level? [SM 2020 B-2021 (2) (d)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -12268,51 +11989,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CDF3738" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A5653DB" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00813535">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If any MB measurements are at or above the reporting level, take immediate corrective action as outlined in Section 1020 B.5. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12453,69 +12173,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B533A5C" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72F2D45B" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68C99E6B" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our Rule requires corrective action any time quality control results indicate a problem.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23F4D554" w14:textId="77777777" w:rsidR="00547AC7" w:rsidRPr="00EB532A" w:rsidRDefault="00547AC7" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12538,72 +12256,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> If any MB measurements are at or above the reporting level, take immediate corrective action as outlined in Section 1020 B.5. This may include re-analyzing the sample batch.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="4D863E57" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="561C49DF" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="164ADC10" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does the laboratory analyze a laboratory-fortified blank (LFB) at least daily or per batch of 20 or fewer samples? [SM 2020 B-2021 (2) (e) and Table 2020:2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -12621,51 +12337,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="160F7E79" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B739E21" w14:textId="113823AA" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00EB361A" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If any samples are digested, the LFB must be digested.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="745709A7" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -12754,69 +12469,67 @@
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35CAFA63" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46F467CE" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="293F1A63" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM States:</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12982,69 +12695,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BB8A69C" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55DC8A29" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08AD186C" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="10F4D511" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A1A5131" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
@@ -13164,69 +12875,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DDB785D" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67A593AD" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="561F327B" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our Rule requires corrective action any time quality control results indicate a problem.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1575ADFB" w14:textId="77777777" w:rsidR="00DE1B16" w:rsidRPr="00EB532A" w:rsidRDefault="00DE1B16" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13250,72 +12959,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: Establish corrective actions to take if the LFB does not satisfy acceptance criteria.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="2F9C732D" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B9EAD04" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31604301" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are duplicate samples analyzed daily or with each batch of 20 or fewer samples? [SM 2020 B-2021 (2) (f) and table 2020:2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13333,51 +13040,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B9D8852" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="558377EC" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB532A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Include at least one duplicate for each matrix type daily or with each batch of 20 or fewer samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="723989B4" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -13494,69 +13200,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B49D217" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A0DB8AA" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B72126C" w14:textId="592A064F" w:rsidR="00832DD8" w:rsidRPr="00EB532A" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate control limits for duplicates when method-specific limits are not provided.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00832DD8" w:rsidRPr="00A0149B" w14:paraId="3350AE3A" w14:textId="77777777" w:rsidTr="00647FC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -13744,69 +13448,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C9CA980" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00BE3056">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="711F46F9" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="00A0149B" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57F2B67E" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our Rule requires corrective action any time quality control results indicate a problem.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -13897,69 +13599,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (B)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46AFC566" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="008C7AD5" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6034ABBA" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="008C7AD5" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FACD7F5" w14:textId="77777777" w:rsidR="00832DD8" w:rsidRPr="008C7AD5" w:rsidRDefault="00832DD8" w:rsidP="00832DD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C7AD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="395E2F5B" w14:textId="77777777" w:rsidR="00B54DD7" w:rsidRPr="001B67B5" w:rsidRDefault="00B54DD7" w:rsidP="00B54DD7">
       <w:pPr>
@@ -14204,73 +13904,73 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="NeutralizeTRC"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00C37462" w:rsidRPr="00351E5A">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FF8C4AC" w14:textId="77777777" w:rsidR="0061040F" w:rsidRDefault="0061040F">
+    <w:p w14:paraId="7231836A" w14:textId="77777777" w:rsidR="00D31791" w:rsidRDefault="00D31791">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07623260" w14:textId="77777777" w:rsidR="0061040F" w:rsidRDefault="0061040F">
+    <w:p w14:paraId="2F258B2F" w14:textId="77777777" w:rsidR="00D31791" w:rsidRDefault="00D31791">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="150A0DE9" w14:textId="77777777" w:rsidR="00F64524" w:rsidRDefault="00F64524"/>
+    <w:p w14:paraId="51F40C60" w14:textId="77777777" w:rsidR="00D31791" w:rsidRDefault="00D31791"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -14291,153 +13991,153 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3BB3BDCD" w14:textId="5C1DC273" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48" w:rsidP="000167B4">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="00126722">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2/21/2024</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0583B1C9" w14:textId="47A71CCC" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="00CE0C09">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2/21/2024</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57A7C11D" w14:textId="77777777" w:rsidR="0061040F" w:rsidRDefault="0061040F">
+    <w:p w14:paraId="4B956AA6" w14:textId="77777777" w:rsidR="00D31791" w:rsidRDefault="00D31791">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C04E480" w14:textId="77777777" w:rsidR="0061040F" w:rsidRDefault="0061040F">
+    <w:p w14:paraId="5025DB67" w14:textId="77777777" w:rsidR="00D31791" w:rsidRDefault="00D31791">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E62AF6C" w14:textId="77777777" w:rsidR="00F64524" w:rsidRDefault="00F64524"/>
+    <w:p w14:paraId="701085D0" w14:textId="77777777" w:rsidR="00D31791" w:rsidRDefault="00D31791"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68D16740" w14:textId="5CA8E407" w:rsidR="00F40C1E" w:rsidRDefault="00F40C1E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4EA6FE90" w14:textId="5640CDA3" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="007D7CD9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Hardness SM 2340 C-</w:t>
     </w:r>
     <w:r w:rsidR="00DC33B2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2021</w:t>
@@ -14482,61 +14182,61 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B03D1F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7ECA38D2" w14:textId="4947A59A" w:rsidR="00F40C1E" w:rsidRDefault="00F40C1E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="016C29B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F527F92"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -15118,90 +14818,73 @@
   <w:num w:numId="1" w16cid:durableId="686911476">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="586698179">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="154148801">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1651134124">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1594119420">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="328338494">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1314485387">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="109"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="00000749"/>
     <w:rsid w:val="0000223B"/>
     <w:rsid w:val="000101AC"/>
     <w:rsid w:val="000167B4"/>
     <w:rsid w:val="00017ADF"/>
     <w:rsid w:val="0002607A"/>
     <w:rsid w:val="000273AC"/>
     <w:rsid w:val="00031041"/>
     <w:rsid w:val="00032566"/>
     <w:rsid w:val="00045E8E"/>
     <w:rsid w:val="000476FD"/>
     <w:rsid w:val="00052163"/>
     <w:rsid w:val="00052188"/>
     <w:rsid w:val="00055057"/>
     <w:rsid w:val="00075EE8"/>
     <w:rsid w:val="00077D5B"/>
     <w:rsid w:val="00082FA3"/>
@@ -15380,90 +15063,92 @@
     <w:rsid w:val="006955B9"/>
     <w:rsid w:val="006A0557"/>
     <w:rsid w:val="006A4D4C"/>
     <w:rsid w:val="006B5E09"/>
     <w:rsid w:val="006C31F3"/>
     <w:rsid w:val="006E39C2"/>
     <w:rsid w:val="006F0075"/>
     <w:rsid w:val="006F1B07"/>
     <w:rsid w:val="007079EA"/>
     <w:rsid w:val="00712F14"/>
     <w:rsid w:val="0072387A"/>
     <w:rsid w:val="007251AB"/>
     <w:rsid w:val="00740A05"/>
     <w:rsid w:val="0074234D"/>
     <w:rsid w:val="00746079"/>
     <w:rsid w:val="00751600"/>
     <w:rsid w:val="007607C0"/>
     <w:rsid w:val="00762002"/>
     <w:rsid w:val="007709E8"/>
     <w:rsid w:val="00771F54"/>
     <w:rsid w:val="00772107"/>
     <w:rsid w:val="00775132"/>
     <w:rsid w:val="007803BE"/>
     <w:rsid w:val="00781952"/>
     <w:rsid w:val="00786C93"/>
+    <w:rsid w:val="007873D7"/>
     <w:rsid w:val="007965B0"/>
     <w:rsid w:val="007B4C28"/>
     <w:rsid w:val="007B7BC8"/>
     <w:rsid w:val="007C07B1"/>
     <w:rsid w:val="007C52C5"/>
     <w:rsid w:val="007D0CE6"/>
     <w:rsid w:val="007D2945"/>
     <w:rsid w:val="007D7CD9"/>
     <w:rsid w:val="007E5F97"/>
     <w:rsid w:val="007E67D5"/>
     <w:rsid w:val="007F0910"/>
     <w:rsid w:val="007F5661"/>
     <w:rsid w:val="007F75CF"/>
     <w:rsid w:val="00804947"/>
     <w:rsid w:val="00813535"/>
     <w:rsid w:val="00813706"/>
     <w:rsid w:val="00823E5F"/>
     <w:rsid w:val="00825DAE"/>
     <w:rsid w:val="008300BA"/>
     <w:rsid w:val="00832DD8"/>
     <w:rsid w:val="00834840"/>
     <w:rsid w:val="008352D2"/>
     <w:rsid w:val="008431F7"/>
     <w:rsid w:val="00843D35"/>
     <w:rsid w:val="008461BE"/>
     <w:rsid w:val="008512B0"/>
     <w:rsid w:val="00853690"/>
     <w:rsid w:val="00855175"/>
     <w:rsid w:val="008657D7"/>
     <w:rsid w:val="00872C42"/>
     <w:rsid w:val="0087301C"/>
     <w:rsid w:val="0088413E"/>
     <w:rsid w:val="00891659"/>
     <w:rsid w:val="008947B3"/>
     <w:rsid w:val="008A6CA7"/>
     <w:rsid w:val="008B040A"/>
     <w:rsid w:val="008C2CBC"/>
     <w:rsid w:val="008C475E"/>
     <w:rsid w:val="008C5BB1"/>
     <w:rsid w:val="008C7AD5"/>
+    <w:rsid w:val="008D0DC3"/>
     <w:rsid w:val="008E1A01"/>
     <w:rsid w:val="008E30FE"/>
     <w:rsid w:val="008E3D6E"/>
     <w:rsid w:val="008F1FDD"/>
     <w:rsid w:val="008F5EF6"/>
     <w:rsid w:val="008F7915"/>
     <w:rsid w:val="00906550"/>
     <w:rsid w:val="0091168C"/>
     <w:rsid w:val="009205B8"/>
     <w:rsid w:val="00924A77"/>
     <w:rsid w:val="00924C3E"/>
     <w:rsid w:val="00934F50"/>
     <w:rsid w:val="009431C7"/>
     <w:rsid w:val="00955C80"/>
     <w:rsid w:val="00962F54"/>
     <w:rsid w:val="00973622"/>
     <w:rsid w:val="00973CF4"/>
     <w:rsid w:val="00992987"/>
     <w:rsid w:val="009B0FBE"/>
     <w:rsid w:val="009C11FE"/>
     <w:rsid w:val="009C15FF"/>
     <w:rsid w:val="009C45BC"/>
     <w:rsid w:val="009D654E"/>
     <w:rsid w:val="009D7FF1"/>
     <w:rsid w:val="009E17D1"/>
@@ -15527,50 +15212,51 @@
     <w:rsid w:val="00C26943"/>
     <w:rsid w:val="00C37462"/>
     <w:rsid w:val="00C44F41"/>
     <w:rsid w:val="00C475FF"/>
     <w:rsid w:val="00C54EFF"/>
     <w:rsid w:val="00C72727"/>
     <w:rsid w:val="00C83398"/>
     <w:rsid w:val="00CA2550"/>
     <w:rsid w:val="00CB0110"/>
     <w:rsid w:val="00CB3D76"/>
     <w:rsid w:val="00CB7361"/>
     <w:rsid w:val="00CB7843"/>
     <w:rsid w:val="00CC2F56"/>
     <w:rsid w:val="00CC7A53"/>
     <w:rsid w:val="00CD181C"/>
     <w:rsid w:val="00CD3F65"/>
     <w:rsid w:val="00CD61FE"/>
     <w:rsid w:val="00CD7670"/>
     <w:rsid w:val="00CE0C09"/>
     <w:rsid w:val="00CE188B"/>
     <w:rsid w:val="00CE5121"/>
     <w:rsid w:val="00CF01DA"/>
     <w:rsid w:val="00CF378D"/>
     <w:rsid w:val="00D01BFF"/>
     <w:rsid w:val="00D13B4D"/>
+    <w:rsid w:val="00D31791"/>
     <w:rsid w:val="00D32329"/>
     <w:rsid w:val="00D360B2"/>
     <w:rsid w:val="00D62DBE"/>
     <w:rsid w:val="00D63451"/>
     <w:rsid w:val="00D662AD"/>
     <w:rsid w:val="00D72018"/>
     <w:rsid w:val="00D742D1"/>
     <w:rsid w:val="00DA2F6D"/>
     <w:rsid w:val="00DA72B3"/>
     <w:rsid w:val="00DB11C0"/>
     <w:rsid w:val="00DB2E2B"/>
     <w:rsid w:val="00DB2EA7"/>
     <w:rsid w:val="00DC03CB"/>
     <w:rsid w:val="00DC33B2"/>
     <w:rsid w:val="00DC53DA"/>
     <w:rsid w:val="00DD0C2A"/>
     <w:rsid w:val="00DD226A"/>
     <w:rsid w:val="00DD4F4B"/>
     <w:rsid w:val="00DE1B16"/>
     <w:rsid w:val="00DF07A8"/>
     <w:rsid w:val="00DF3A8A"/>
     <w:rsid w:val="00DF51FF"/>
     <w:rsid w:val="00E02804"/>
     <w:rsid w:val="00E151EA"/>
     <w:rsid w:val="00E260DC"/>
@@ -15627,51 +15313,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="03046BDA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D9AEAA72-4AC5-4610-97C2-2E834AF6CDFD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -16130,51 +15816,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00201A84"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="154996544">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16622,52 +16308,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="088c13a3bcd13446bdec31b312f48e1a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6c38d145d7b35516c8d44bb1013affd5" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -16856,136 +16546,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EC26B96-5E76-498A-B437-69B26D76F131}"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6217E47F-02D6-45F2-8034-B40B237881AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70CC68C7-1778-41C5-97FA-AABCC89AED3F}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3B6A5B7-B475-40E7-A63A-FBF7C2E597EF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F215375A-A3FA-4B93-950B-2C7FFECE011E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F215375A-A3FA-4B93-950B-2C7FFECE011E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3B6A5B7-B475-40E7-A63A-FBF7C2E597EF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2567</Words>
-  <Characters>14638</Characters>
+  <Words>2698</Words>
+  <Characters>14220</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>121</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>739</Lines>
+  <Paragraphs>269</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17171</CharactersWithSpaces>
+  <CharactersWithSpaces>16772</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>