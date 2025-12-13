--- v0 (2025-10-06)
+++ v1 (2025-12-13)
@@ -2,539 +2,120 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6887D9F4" w14:textId="77777777" w:rsidR="000D25E0" w:rsidRDefault="008050F3">
-[...447 lines deleted...]
-    <w:p w14:paraId="3EC14D57" w14:textId="77777777" w:rsidR="000D25E0" w:rsidRDefault="008050F3" w:rsidP="001105A8">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10786" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10786"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009F4814" w14:paraId="0A06B618" w14:textId="77777777" w:rsidTr="009F4814">
+        <w:trPr>
+          <w:trHeight w:val="576"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10786" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FC81A6" w14:textId="4D804BCE" w:rsidR="009F4814" w:rsidRPr="009F4814" w:rsidRDefault="009F4814" w:rsidP="009F4814">
+            <w:pPr>
+              <w:spacing w:before="98"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="Lead_Action_Level_Exceedance_Notice_-_Te"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk216334601"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk170817862"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="006309C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+              <w:t>DRINKING WATER WARNING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+    </w:tbl>
+    <w:p w14:paraId="27C5EC63" w14:textId="77777777" w:rsidR="009F4814" w:rsidRPr="009F4814" w:rsidRDefault="009F4814" w:rsidP="001105A8">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="0"/>
-      </w:pPr>
-[...23 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="18C0EB6F" w14:textId="77777777" w:rsidR="000D25E0" w:rsidRDefault="008050F3" w:rsidP="001105A8">
+    <w:p w14:paraId="18C0EB6F" w14:textId="10D3C8AA" w:rsidR="000D25E0" w:rsidRDefault="008050F3" w:rsidP="001105A8">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk170817862"/>
       <w:r>
         <w:t>Sampling</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>shows</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>elevated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
@@ -554,8032 +135,2002 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>some</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>homes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:u w:val="single"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:t>and/or</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t>buildings]</w:t>
+        </w:rPr>
+        <w:t>buildings</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3735D150" w14:textId="77777777" w:rsidR="006863B1" w:rsidRPr="001105A8" w:rsidRDefault="006863B1" w:rsidP="001105A8">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CE98FFB" w14:textId="5910071F" w:rsidR="009C2D0B" w:rsidRDefault="008050F3" w:rsidP="006863B1">
+    <w:p w14:paraId="6CE98FFB" w14:textId="15164FE7" w:rsidR="009C2D0B" w:rsidRDefault="001C3CB6" w:rsidP="006863B1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:right="235"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk170818015"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk170818015"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Our water system</w:t>
+      </w:r>
+      <w:r w:rsidR="001F7FAD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7FAD" w:rsidRPr="001F7FAD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>[Water System Name]</w:t>
+      </w:r>
+      <w:r w:rsidR="001F7FAD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recently</w:t>
+      </w:r>
+      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>found elevated levels of lead in drinking water in some homes/buildings</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87874" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Lead can cause serious health problems, especially for pregnant</w:t>
+      </w:r>
+      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>women</w:t>
+      </w:r>
+      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>young</w:t>
+      </w:r>
+      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>children.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7138A889" w14:textId="55B29A39" w:rsidR="00631E4C" w:rsidRPr="00595AEC" w:rsidRDefault="00631E4C" w:rsidP="000C5C41">
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:ind w:right="115"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E70EB8B" w14:textId="69F60D93" w:rsidR="00631E4C" w:rsidRDefault="00631E4C" w:rsidP="00631E4C">
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="220" w:right="235"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="19"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Between</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>[INSERT NAME OF WATER SYSTEM]</w:t>
+        <w:t>[Month/Year]</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve">found elevated levels, of lead in drinking water in some homes/buildings. </w:t>
+        <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="19"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>[INSERT NAME OF WATER SYSTEM]</w:t>
+        <w:t>[Month/Year]</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:sz w:val="19"/>
-[...2 lines deleted...]
-        <w:t>may also have tested your home or building. If they did, you should receive or may have already received these results. These results are specific to your home/building and may be different from the results taken in other locations. Lead can cause serious health problems, especially for pregnant</w:t>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>we</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:sz w:val="19"/>
-[...2 lines deleted...]
-        <w:t>women</w:t>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>collected</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>[insert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>samples]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>samples</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001105A8">
+        <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>young</w:t>
+        <w:t>analyzed</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:spacing w:val="-2"/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>children.</w:t>
+        <w:t>them</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:spacing w:val="-2"/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>Please</w:t>
+        <w:t xml:space="preserve">for lead. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AA5">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>The 90</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AA5" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AA5">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> percentile calculated from these results was </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AA5" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>[Insert 90</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AA5" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AA5" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Percentile in ppb]</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76C1A">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0001">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AA5">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 90</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AA5" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AA5">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> percentile </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exceeded </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6A73">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 ppb which is </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>read</w:t>
+        <w:t>the action level for lead</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0001">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0001" w:rsidRPr="00ED443D">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0001">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>his means that at least 10 percent of the samples collected showed concentrations that were greater than the action level for lead. W</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76C1A">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>e are notifying you of the actions we will take to resolve th</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5252">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76C1A">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> situation and the steps you can take if you are concerned about lead in your drinking water</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:spacing w:val="-2"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00816866">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>this</w:t>
+        <w:t>may also have tested your home or building</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during this period</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>we</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>information</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> did, you should receive or may have already received these results. These results are specific to your home/building and may be different from the results taken in other locations.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="5866E06B" w14:textId="77777777" w:rsidR="006863B1" w:rsidRPr="00595AEC" w:rsidRDefault="006863B1" w:rsidP="006863B1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="302FFCB3" w14:textId="43A9F2E1" w:rsidR="000D25E0" w:rsidRPr="001105A8" w:rsidRDefault="009C2D0B" w:rsidP="001105A8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:spacing w:val="-2"/>
-[...145 lines deleted...]
-        <w:t>lead in your drinking water.</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>What should I do</w:t>
+      </w:r>
+      <w:r w:rsidR="000020C2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61246751" w14:textId="77777777" w:rsidR="006863B1" w:rsidRPr="001105A8" w:rsidRDefault="006863B1" w:rsidP="001105A8">
+    <w:p w14:paraId="669F4479" w14:textId="3D517224" w:rsidR="00B76C1A" w:rsidRPr="001105A8" w:rsidRDefault="00B76C1A" w:rsidP="001105A8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="252" w:lineRule="auto"/>
-        <w:ind w:right="235"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:ind w:right="464"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk170818140"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On the </w:t>
+      </w:r>
+      <w:r w:rsidR="00231421">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">back of </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6A73">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>this notice</w:t>
+      </w:r>
+      <w:r w:rsidR="00231421">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>, there</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76C1A">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are recommended actions that you may take, separately or in combination, if you are concerned about lead in your drinking water. The list also includes where you may find more information and is not intended to be a complete list or to imply that all actions equally reduce lead from drinking water.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2DEB3FDC" w14:textId="1557DD0B" w:rsidR="006863B1" w:rsidRPr="001105A8" w:rsidRDefault="009C2D0B" w:rsidP="001105A8">
+    <w:p w14:paraId="5806C447" w14:textId="77777777" w:rsidR="00231421" w:rsidRPr="00595AEC" w:rsidRDefault="00231421" w:rsidP="00231421">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E5011B7" w14:textId="4EF504CA" w:rsidR="00231421" w:rsidRPr="001105A8" w:rsidRDefault="00231421" w:rsidP="00231421">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>What</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>does this mean</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C489F2" w14:textId="326C9522" w:rsidR="00231421" w:rsidRPr="00595AEC" w:rsidRDefault="00580EC5" w:rsidP="00231421">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00580EC5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>ead from service lines</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00580EC5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>lead plumbing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00580EC5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and fixtures can dissolve or break off into water and end up at the faucet</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0001">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00595AEC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>An action level exceedance</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3AA5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00580EC5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">does not mean that every </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>tap served by our water system</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00580EC5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00580EC5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>lead</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00580EC5">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the drinking water. It does mean that you should understand how to reduce your exposure to lead through water</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00595AEC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Keep in mind that drinking water is not the only potential source of lead exposure, since lead can be found in air, soil, and paint.  For more information on all sources of lead</w:t>
+      </w:r>
+      <w:r w:rsidR="00595AEC" w:rsidRPr="00595AEC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, visit </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00595AEC" w:rsidRPr="00595AEC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="19"/>
+            <w:szCs w:val="19"/>
+          </w:rPr>
+          <w:t>https://www.epa.gov/lead</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00595AEC" w:rsidRPr="00595AEC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AEA2F9" w14:textId="77777777" w:rsidR="00580EC5" w:rsidRPr="00595AEC" w:rsidRDefault="00580EC5" w:rsidP="00231421">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39AEB940" w14:textId="77777777" w:rsidR="00580EC5" w:rsidRDefault="00580EC5" w:rsidP="00580EC5">
       <w:pPr>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="216" w:right="115"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>*Exposure to lead in drinking water can cause serious health effects in all age groups. Infants and children can have decreases in IQ and attention span. Lead exposure can lead to new learning and behavior problems or exacerbate existing learning and behavior problems. The children of women who are exposed to lead before or during</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Exposure to lead in drinking water can cause serious health effects in all age groups. Infants and children can have decreases in IQ and attention span. Lead exposure can lead to new learning and behavior problems or exacerbate existing learning and behavior problems. The children of women who are exposed to lead before or during</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>pregnancy</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>can</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>increased</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>risk</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>these</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>adverse</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>health</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>effects.</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Adults</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>can</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>increased</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>risks</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F745C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>heart disease, high blood pressure, kidney, or nervous system problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="7DD4C792" w14:textId="77777777" w:rsidR="006863B1" w:rsidRPr="00595AEC" w:rsidRDefault="006863B1" w:rsidP="001105A8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="34"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FD64288" w14:textId="7C4B0CAF" w:rsidR="000D25E0" w:rsidRPr="001105A8" w:rsidRDefault="008050F3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:i/>
-[...3 lines deleted...]
-        <w:t>of</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>What</w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="19"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:i/>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
-          <w:i/>
-[...21 lines deleted...]
-        <w:spacing w:before="0"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Being</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...6393 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Done?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D4F1D45" w14:textId="05DADE10" w:rsidR="001105A8" w:rsidRDefault="001105A8" w:rsidP="001105A8">
+    <w:p w14:paraId="5D062007" w14:textId="7A0CD286" w:rsidR="00B76C1A" w:rsidRDefault="00B76C1A" w:rsidP="00B76C1A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>[Describe corrective action]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. We anticipate resolving the problem within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>[estimated timeframe]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1B3BD4" w14:textId="77777777" w:rsidR="00231421" w:rsidRDefault="00231421" w:rsidP="00B76C1A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="248A6F52" w14:textId="77777777" w:rsidR="00141283" w:rsidRDefault="00141283" w:rsidP="00B76C1A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C4EE774" w14:textId="77777777" w:rsidR="00231421" w:rsidRDefault="00231421" w:rsidP="00B76C1A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06199A4E" w14:textId="77777777" w:rsidR="00141283" w:rsidRPr="000C5C41" w:rsidRDefault="00141283" w:rsidP="00B76C1A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="145EB789" w14:textId="0B1B0C3E" w:rsidR="008050F3" w:rsidRPr="00DD1DA1" w:rsidRDefault="0005125A" w:rsidP="001105A8">
       <w:pPr>
         <w:spacing w:before="120" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="220" w:right="969"/>
         <w:rPr>
-          <w:sz w:val="19"/>
-[...557 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Please share </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>who</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>drink</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>water,</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>especially</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>those</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>who</w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">may not have received this notice directly (for example, people in apartments, nursing homes, schools, and businesses). You can do this by posting this notice in a public place or distributing copies by hand or </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="008050F3" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>mail.*</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>mail.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="35BE9E3E" w14:textId="77777777" w:rsidR="008050F3" w:rsidRPr="001105A8" w:rsidRDefault="008050F3" w:rsidP="008050F3">
+    <w:p w14:paraId="35BE9E3E" w14:textId="77777777" w:rsidR="008050F3" w:rsidRPr="00595AEC" w:rsidRDefault="008050F3" w:rsidP="008050F3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="12"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F482E47" w14:textId="1500444E" w:rsidR="008050F3" w:rsidRPr="001105A8" w:rsidRDefault="001105A8" w:rsidP="008050F3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="008050F3" w:rsidRPr="001105A8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -8825,10185 +2376,6621 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001105A8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BBA0DAA" w14:textId="77777777" w:rsidR="008050F3" w:rsidRPr="001105A8" w:rsidRDefault="008050F3" w:rsidP="008050F3">
+          <w:p w14:paraId="5BBA0DAA" w14:textId="0D0C6532" w:rsidR="008050F3" w:rsidRPr="001105A8" w:rsidRDefault="008050F3" w:rsidP="008050F3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001105A8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>System Address (</w:t>
+              <w:t>System Address (City,</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00B87874">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="001105A8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>City,State</w:t>
+              <w:t>State,</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00B87874">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="001105A8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>,Zip</w:t>
-[...8 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Zip)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BAB1272" w14:textId="77777777" w:rsidR="008050F3" w:rsidRPr="001105A8" w:rsidRDefault="008050F3" w:rsidP="008050F3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4409A979" w14:textId="77777777" w:rsidR="008050F3" w:rsidRPr="001105A8" w:rsidRDefault="008050F3" w:rsidP="008050F3">
+    <w:p w14:paraId="4409A979" w14:textId="77777777" w:rsidR="008050F3" w:rsidRPr="00595AEC" w:rsidRDefault="008050F3" w:rsidP="008050F3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41B77268" w14:textId="77777777" w:rsidR="008050F3" w:rsidRPr="001105A8" w:rsidRDefault="008050F3" w:rsidP="008050F3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Violation Awareness Date:  _____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35ACC564" w14:textId="6EBD6B84" w:rsidR="008050F3" w:rsidRPr="001105A8" w:rsidRDefault="008050F3" w:rsidP="008050F3">
-      <w:pPr>
+    <w:p w14:paraId="35ACC564" w14:textId="7F90744C" w:rsidR="008050F3" w:rsidRDefault="008050F3" w:rsidP="001A6078">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Date Notice Distributed: </w:t>
       </w:r>
       <w:r w:rsidR="0005125A" w:rsidRPr="001105A8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>______________                  Method of Distribution</w:t>
-[...221 lines deleted...]
-        <w:t xml:space="preserve">                                         (</w:t>
+        <w:t xml:space="preserve">______________                  Method of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001105A8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="19"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Signature)   </w:t>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Distribution</w:t>
+      </w:r>
+      <w:r w:rsidR="007256A6" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007256A6" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="001105A8">
+      <w:r w:rsidR="007256A6" w:rsidRPr="001105A8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="19"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">                                         (Print Name)                                     (Date)</w:t>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C1D3E7" w14:textId="77777777" w:rsidR="000D25E0" w:rsidRDefault="008050F3">
-[...472 lines deleted...]
-      </w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10770"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001A6078" w14:paraId="4CDC7ABD" w14:textId="77777777" w:rsidTr="001A6078">
+        <w:trPr>
+          <w:trHeight w:val="1685"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0483F6" w14:textId="77777777" w:rsidR="001A6078" w:rsidRPr="001105A8" w:rsidRDefault="001A6078" w:rsidP="001A6078">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Public Notification Certification</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="214734E2" w14:textId="77777777" w:rsidR="001A6078" w:rsidRPr="00595AEC" w:rsidRDefault="001A6078" w:rsidP="001A6078">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43C484A3" w14:textId="77777777" w:rsidR="001A6078" w:rsidRPr="001105A8" w:rsidRDefault="001A6078" w:rsidP="001A6078">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>The public water system named above hereby affirms that public notification has been provided to its consumers in accordance with all delivery, content, format, and deadline requirements specified in 15A NCAC 18C .1523.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65214671" w14:textId="77777777" w:rsidR="001A6078" w:rsidRPr="001105A8" w:rsidRDefault="001A6078" w:rsidP="001A6078">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4898461A" w14:textId="77777777" w:rsidR="001A6078" w:rsidRPr="001105A8" w:rsidRDefault="001A6078" w:rsidP="001A6078">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Owner/Operator:  _________________________   __________________________   _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A8C210B" w14:textId="1E904F8F" w:rsidR="001A6078" w:rsidRDefault="001A6078" w:rsidP="001A6078">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signature)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Print </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001105A8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Date)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="29F71571" w14:textId="77777777" w:rsidR="001A6078" w:rsidRPr="001105A8" w:rsidRDefault="001A6078" w:rsidP="008050F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="27EB4E6A" w14:textId="77777777" w:rsidR="000D25E0" w:rsidRDefault="008050F3">
-[...14 lines deleted...]
-      <w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10786" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10786"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009F4814" w14:paraId="00E42502" w14:textId="77777777" w:rsidTr="005F295D">
+        <w:trPr>
+          <w:trHeight w:val="576"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10786" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+          </w:tcPr>
+          <w:p w14:paraId="475AC92A" w14:textId="77777777" w:rsidR="009F4814" w:rsidRPr="009F4814" w:rsidRDefault="009F4814" w:rsidP="005F295D">
+            <w:pPr>
+              <w:spacing w:before="98"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006309C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+              <w:t>DRINKING WATER WARNING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="32C33E48" w14:textId="77777777" w:rsidR="00DC3AA5" w:rsidRPr="000C5C41" w:rsidRDefault="00DC3AA5" w:rsidP="000C5C41">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="580" w:right="237" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E29533C" w14:textId="77777777" w:rsidR="009F4814" w:rsidRPr="009F4814" w:rsidRDefault="009F4814" w:rsidP="000C5C41">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+        </w:tabs>
+        <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="580" w:right="237" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="439555A7" w14:textId="19DB53C4" w:rsidR="00580EC5" w:rsidRPr="000C5C41" w:rsidRDefault="00580EC5" w:rsidP="000C5C41">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+        </w:tabs>
+        <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
+        <w:ind w:left="580" w:right="237" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Recommended Actions</w:t>
+      </w:r>
+      <w:r w:rsidR="002A34CA" w:rsidRPr="002A34CA">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:u w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A34CA" w:rsidRPr="002A34CA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>to reduce your exposure to lead through water</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093AC7BF" w14:textId="75EA964F" w:rsidR="00B76C1A" w:rsidRPr="000C5C41" w:rsidRDefault="00B76C1A" w:rsidP="000C5C41">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:ind w:left="576" w:right="237"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use a filter </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>certified</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to remove lead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>. Using a filter can reduce lead in drinking water. If you use a filter, it should be certified to remove lead. Read any directions provided with the filter to learn how to properly install, maintain, and use your cartridge and when to replace it. Using the cartridge after it has expired can make</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>less</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>effective</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Attached</w:t>
-[...666 lines deleted...]
-        <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>removing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>lead.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>Do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>run</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>hot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>through</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>filter.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>more</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t xml:space="preserve">information, visit EPA’s website at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidRPr="000C5C41">
           <w:rPr>
-            <w:sz w:val="20"/>
-            <w:vertAlign w:val="superscript"/>
+            <w:i/>
+            <w:u w:val="single" w:color="0562C1"/>
           </w:rPr>
-          <w:t>1,</w:t>
+          <w:t>https://www.epa.gov/ground-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink w:anchor="_bookmark3" w:history="1">
-        <w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="000C5C41">
           <w:rPr>
-            <w:sz w:val="20"/>
-            <w:vertAlign w:val="superscript"/>
+            <w:i/>
+            <w:u w:val="single" w:color="0562C1"/>
           </w:rPr>
-          <w:t>a</w:t>
+          <w:t>water-and-drinking-water/home-drinking-water-filtration-fact-sheet</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...12 lines deleted...]
-        <w:r w:rsidRPr="001105A8">
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t xml:space="preserve">and EPA’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="000C5C41">
           <w:rPr>
-            <w:sz w:val="20"/>
+            <w:u w:val="single" w:color="0562C1"/>
           </w:rPr>
-          <w:t>LeadALE@EPA.gov</w:t>
+          <w:t>Consumer Tool for</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001105A8">
-[...39 lines deleted...]
-        <w:r w:rsidRPr="001105A8">
+      <w:r w:rsidRPr="000C5C41">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="000C5C41">
           <w:rPr>
-            <w:sz w:val="20"/>
-            <w:vertAlign w:val="superscript"/>
+            <w:u w:val="single" w:color="0562C1"/>
           </w:rPr>
-          <w:t>2,b</w:t>
-[...2075 lines deleted...]
-          <w:t>3</w:t>
+          <w:t>Identifying Drinking Water Filters Certified to Reduce Lead.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DA55FA9" w14:textId="77777777" w:rsidR="000D25E0" w:rsidRDefault="008050F3">
-[...572 lines deleted...]
-    <w:p w14:paraId="2CB9188E" w14:textId="77777777" w:rsidR="001105A8" w:rsidRPr="001105A8" w:rsidRDefault="001105A8" w:rsidP="001105A8">
+    <w:p w14:paraId="2F0DA44F" w14:textId="77777777" w:rsidR="00B76C1A" w:rsidRPr="000C5C41" w:rsidRDefault="00B76C1A" w:rsidP="000C5C41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="252" w:lineRule="auto"/>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="001105A8">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="939"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:ind w:left="576" w:right="958"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Clean</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>aerator.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>Regularly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>remove</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>clean</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>faucet’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>screen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>(also</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>known</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>aerator). Sediment,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>debris,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>lead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="001105A8">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>particles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="001105A8">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>collect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="001105A8">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="001105A8">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>aerator.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>lead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>particles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>caught</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="001105A8">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...365 lines deleted...]
-        <w:t>approximate timeline for completing this.]</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>the aerator, lead can get into your water.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EFD29B" w14:textId="77777777" w:rsidR="001105A8" w:rsidRPr="00983413" w:rsidRDefault="001105A8" w:rsidP="001105A8">
-[...10 lines deleted...]
-    <w:p w14:paraId="326F680A" w14:textId="77777777" w:rsidR="001105A8" w:rsidRPr="001105A8" w:rsidRDefault="001105A8" w:rsidP="001105A8">
+    <w:p w14:paraId="39652DD6" w14:textId="77777777" w:rsidR="00B76C1A" w:rsidRPr="000C5C41" w:rsidRDefault="00B76C1A" w:rsidP="000C5C41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:right="235"/>
-[...196 lines deleted...]
-        <w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="939"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:ind w:left="576" w:right="242"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>cold</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...33 lines deleted...]
-        <w:t>[Insert an approximate timeline for completing this.]</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>Do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>use</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>hot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>tap</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>drinking,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>cooking,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>making</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>baby</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>formula</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>lead dissolves more easily into hot water. Boiling water does not remove lead from water.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F71867" w14:textId="77777777" w:rsidR="001105A8" w:rsidRPr="001105A8" w:rsidRDefault="001105A8" w:rsidP="001105A8">
+    <w:p w14:paraId="799C3AFD" w14:textId="77777777" w:rsidR="00B76C1A" w:rsidRPr="000C5C41" w:rsidRDefault="00B76C1A" w:rsidP="000C5C41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="119"/>
-[...11 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+        </w:tabs>
+        <w:spacing w:before="119" w:after="240"/>
+        <w:ind w:left="576" w:right="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Learn what your service line material is. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t xml:space="preserve">Contact us at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>[If</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:t>[phone number and/or email address]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>or a licensed plumber to determine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>if the pipe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>that connects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>your home to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>main</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>(called</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t xml:space="preserve">service line) is made from lead, galvanized, or other materials. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:t>[For systems replacing lead service lines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>you</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:t>consider the following text.]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>To find out about what we are doing to replace lead service lines, please visit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:t>[website]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>are</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:t>[phone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-[...3 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>conducting</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:t>number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-[...3 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>lead</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-[...3 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>service</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-[...3 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>line</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:t>address]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t>Protect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t>Your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t>Tap:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t>quick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t>check</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="000C5C41">
+          <w:rPr>
+            <w:u w:color="0562C1"/>
+          </w:rPr>
+          <w:t>for lead</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:u w:color="0562C1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t xml:space="preserve"> EPA’s on-line step by step guide to learn how to find lead pipes in your home, is available at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...190 lines deleted...]
-        <w:t>completing this.]</w:t>
+        <w:t>https://www.epa.gov/ground-water-and-drinking-water/protect-your-tap-quick-check-lead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00702048" w14:textId="77777777" w:rsidR="001105A8" w:rsidRPr="00983413" w:rsidRDefault="001105A8" w:rsidP="001105A8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w14:paraId="798FEA5A" w14:textId="77777777" w:rsidR="00B76C1A" w:rsidRPr="000C5C41" w:rsidRDefault="00B76C1A" w:rsidP="000C5C41">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...145 lines deleted...]
-        </w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+        </w:tabs>
+        <w:spacing w:before="119" w:after="240"/>
+        <w:ind w:left="576" w:right="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>[Areas prone to drought or currently experiencing scarcity of water may want to omit or edit this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>recommendation.]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Run your water. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>The more time water has been sitting in your home’s pipes, the more</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>lead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>contain.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>Before</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>drinking,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>flush</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>home’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>pipes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>running</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>tap,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>taking</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...73 lines deleted...]
-        <w:t>following.]</w:t>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t xml:space="preserve">shower, doing laundry, or doing a load of dishes. The amount of time to run the water will depend on whether your home has a lead service line or not, as well as the length and diameter of the service line and the amount of plumbing in your home. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>[Include tailored flushing information, if appropriate, or add</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>following language]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t xml:space="preserve">Residents may contact us at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>[phone number and/or email address]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>for recommendations about flushing times in their community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68931D2E" w14:textId="77777777" w:rsidR="001105A8" w:rsidRPr="00983413" w:rsidRDefault="001105A8" w:rsidP="001105A8">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="211E7502" w14:textId="77777777" w:rsidR="00B76C1A" w:rsidRPr="000C5C41" w:rsidRDefault="00B76C1A" w:rsidP="000C5C41">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-[...42 lines deleted...]
-        <w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:ind w:left="576" w:right="419"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Learn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="19"/>
-[...65 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>neighborhood.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...2 lines deleted...]
-        <w:t>steps:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>Contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>[phone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>address]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>to find out about any construction or maintenance work that could disturb your service line. Construction may cause more lead to be released from a lead service line if present.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED3624C" w14:textId="77777777" w:rsidR="001105A8" w:rsidRPr="00983413" w:rsidRDefault="001105A8" w:rsidP="001105A8">
+    <w:p w14:paraId="287BA060" w14:textId="77777777" w:rsidR="00B76C1A" w:rsidRPr="000C5C41" w:rsidRDefault="00B76C1A" w:rsidP="000C5C41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="579"/>
+          <w:tab w:val="left" w:pos="940"/>
         </w:tabs>
-        <w:spacing w:before="1" w:line="280" w:lineRule="exact"/>
-[...84 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:ind w:left="576" w:right="232" w:hanging="361"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>tested.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>Contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>[phone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>and/or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>address]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
         <w:t>water</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...103 lines deleted...]
-        <w:t>supply.</w:t>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>tested and to learn more about the lead levels in your drinking water.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6EFB31" w14:textId="77777777" w:rsidR="001105A8" w:rsidRPr="00983413" w:rsidRDefault="001105A8" w:rsidP="001105A8">
+    <w:p w14:paraId="29C443C4" w14:textId="2073EB41" w:rsidR="00B76C1A" w:rsidRPr="000C5C41" w:rsidRDefault="00B76C1A" w:rsidP="000C5C41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="579"/>
+          <w:tab w:val="left" w:pos="940"/>
         </w:tabs>
-        <w:spacing w:line="280" w:lineRule="exact"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00983413">
+        <w:spacing w:before="120" w:after="240"/>
+        <w:ind w:left="576" w:right="232" w:hanging="361"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Get</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Child</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tested</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Determine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Levels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>His</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Her</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Blood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>A family doctor or pediatrician can perform a blood test for lead and provide information about the health effects of lead. State, city, or county departments of health can also provide information about how you can have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>child's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>blood tested</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>lead. The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>Centers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>Disease</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>Control</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>and Prevention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>(CDC) recommends</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>that public</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>health actions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>be initiated when</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>level of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>lead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>a child’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>blood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>3.5 micrograms per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>deciliter (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>µg</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>/dL) or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>more.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>more</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>links</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>CDC’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>website,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>please</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54FFB">
+        <w:t>isit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54FFB">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00D54FFB">
+          <w:rPr>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>https://www.epa.gov/ground-water-and-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="00D54FFB">
+          <w:rPr>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>drinking-water/basic-information-about-lead-drinking-water</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D54FFB">
+          <w:rPr>
+            <w:spacing w:val="-2"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3666B58F" w14:textId="31524DC4" w:rsidR="000B6A73" w:rsidRPr="009F4814" w:rsidRDefault="000B6A73" w:rsidP="009F4814">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10786" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10786"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009F4814" w14:paraId="4B82DF71" w14:textId="77777777" w:rsidTr="009F4814">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10786" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EAB732" w14:textId="5F7BF426" w:rsidR="009F4814" w:rsidRPr="009F4814" w:rsidRDefault="009F4814" w:rsidP="009F4814">
+            <w:pPr>
+              <w:widowControl/>
+              <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>LCR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B6A73">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - Instructions for Public Notice - Tier 1 Violation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B6A73">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lead ALE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B6A73">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7175BC41" w14:textId="77777777" w:rsidR="009F4814" w:rsidRDefault="009F4814" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:spacing w:before="95" w:line="196" w:lineRule="auto"/>
+        <w:ind w:left="143" w:right="285"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3317E48C" w14:textId="02C59870" w:rsidR="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:spacing w:before="95" w:line="196" w:lineRule="auto"/>
+        <w:ind w:left="143" w:right="285"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description of Violation or Situation - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lead</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>action</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>exceedance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(ALE)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>occurs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>when</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>90</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003257DA">
+        <w:rPr>
+          <w:position w:val="7"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:position w:val="7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>percentile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>concentration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lead</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>greater</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>than</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>parts per billion (ppb) or 0.015 mg/L.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750114DC" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6256F333" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CBCD22E" w14:textId="04D737E8" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must provide public notice to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> served </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>as soon as practical but no more than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>24 hours</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after learning of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>lead ALE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [40 CFR 141.202(b)]. During this time, you must also contact the NC Public Water Supply Section.  You should also coordinate with your local health department.  It is recommended that you notify health professionals </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>in the area of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>situation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. People may call their doctors with questions about how the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>situation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may affect their health, and the doctors should have the information they need to respond appropriately.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D802B5" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23ECA4FC" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must use one or more of the following methods to deliver the notice to consumers [40 CFR 141.202(c)]: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4882191C" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Radio </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="420A1E8A" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Television </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19426608" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hand or direct delivery </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="235108D7" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Posting in conspicuous locations </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CCE1F7" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Another method approved in writing by the state </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D05B3F9" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-180"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:snapToGrid w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED61905" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-180"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>You may need to use additional methods (e.g., newspaper, delivery of multiple copies to hospitals, clinics, or apartment buildings), since notice must be provided in a manner reasonably calculated to reach all persons served.  If you post or hand deliver, print your notice on your system’s letterhead, if you have it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068AAC30" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-180"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10FC58F9" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-180"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>You must also perform the following:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BEE1064" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Notify new billing customers or units prior to or at the time their service begins.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F78E31" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Provide multi-lingual notifications if 30% of the residents served are non-English speaking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5216BAAD" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Comply with any additional public notification requirements (including any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>repeat</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notices or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>direction</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the duration of the posted notices) that are established </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the consultation with the State.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D04669F" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1800"/>
+          <w:tab w:val="left" w:pos="-1080"/>
+          <w:tab w:val="left" w:pos="-360"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4680"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="6120"/>
+          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="7560"/>
+          <w:tab w:val="left" w:pos="8280"/>
+          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="9720"/>
+          <w:tab w:val="left" w:pos="10440"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CE1D18E" w14:textId="161D1EA7" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notice </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">template </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is appropriate for hand delivery or for publication in a newspaper.  However, you may wish to modify it before using it for a radio or TV broadcast.  If you modify the notice, you must still include all required public notice elements from 40 CFR 141.205(a) and leave the mandatory language unchanged (see below). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E310EBA" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B0EBCC0" w14:textId="245D3787" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Mandatory Language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  -  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mandatory language on health effects (from Appendix B to 40 CFR 141 Subpart Q) must be included as written and is presented in this notice in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bold italics.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>You will need to update the</w:t>
+      </w:r>
+      <w:r w:rsidR="00F477B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> highlighted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information presented in brackets with the appropriate information. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must also include standard language to encourage the distribution of the public notice to all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> served, where applicable [40 CFR 141.205(d)]. This language is also presented in this notice in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>bold italics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F6C0104" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D6FEC9D" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:outlineLvl w:val="6"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Alternative Sources of Water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-  If you are selling or providing bottled water, your notice should say where it can be obtained.  Remember that bottled water can also be contaminated.  If you are providing bottled water, make sure it meets US Food and Drug Administration (FDA) and/or state bottled water safety standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D52E1B" w14:textId="77777777" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52DF9B8C" w14:textId="13724235" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="005D4641">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:outlineLvl w:val="6"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Corrective Action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  In your notice, you must describe corrective actions you are taking [40 CFR 141.205(a)(7)] and when you expect to return to compliance or resolve the situation [40 CFR 141.205(a)(8)]. Listed below are some steps commonly taken by water systems with </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a lead ALE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.  Depending on the corrective action you are taking, you can use one or more of the following statements, if appropriate, or develop your own text:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675F245F" w14:textId="50508F76" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="25"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>balance</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>chemistry at</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>treatment</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>plant</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>to minimize</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>pipe</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>plumbing</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>components</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>corroding and</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>leading</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>possibility</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>lead</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>dissolving</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>into</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>water.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>known</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>corrosion</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>control.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>We</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...172 lines deleted...]
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>are completing an assessment of the corrosion control treatment currently used by our water system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4803518A" w14:textId="37AC434F" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="25"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We are </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>working to determine</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>corrosion</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>control</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>treatment</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>strategy</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>would</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>most</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>effective</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>addressing</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>situation.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>situation</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A74AC3" w14:textId="77777777" w:rsidR="001105A8" w:rsidRPr="00983413" w:rsidRDefault="001105A8" w:rsidP="001105A8">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="7778A7C8" w14:textId="77777777" w:rsidR="005D4641" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="25"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We are </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>removing</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="001105A8">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the lead service lines, which is a common source of lead in drinking water. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B95945A" w14:textId="08172A78" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="25"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We are </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="005D4641">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>conducting additional lead and/or water quality monitoring of our water system supply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14693968" w14:textId="041FB0AE" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We are </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="005D4641">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>increasing our lead monitoring to determine the extent of the situation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E073A1" w14:textId="35889019" w:rsidR="005D4641" w:rsidRPr="000C5C41" w:rsidRDefault="000B6A73" w:rsidP="000C5C41">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="580"/>
         </w:tabs>
         <w:ind w:right="604"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidRPr="005D4641">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>We</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>making</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...11 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>[point-of-use</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...4 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...3 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...4 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...3 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>pitcher]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>filters</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>available</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>customers</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...3 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>[describe</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...3 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>availability</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...4 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...3 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>such</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...4 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...3 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...4 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...3 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>who</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...11 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00D70D72">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:highlight w:val="lightGray"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>may obtain a filter and where]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="000C5C41">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26EBEB04" w14:textId="77777777" w:rsidR="001105A8" w:rsidRPr="00983413" w:rsidRDefault="001105A8" w:rsidP="001105A8">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00983413">
+    <w:p w14:paraId="72B1DBD0" w14:textId="53445656" w:rsidR="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="005D4641">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="27"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>We</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00983413">
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>investigating</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00983413">
-[...48 lines deleted...]
-          <w:szCs w:val="19"/>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>removing</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>lead-containing</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>plumbing</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>materials</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>facility</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>(or</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>installing</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4641" w:rsidRPr="00983413">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>water filters at locations impacted by lead-containing plumbing).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58423585" w14:textId="77777777" w:rsidR="005D4641" w:rsidRPr="000B6A73" w:rsidRDefault="005D4641" w:rsidP="005D4641">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="27"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C4AB393" w14:textId="074528F0" w:rsidR="000B6A73" w:rsidRPr="000B6A73" w:rsidRDefault="000B6A73" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>[describe</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="19"/>
+        <w:t xml:space="preserve">After Issuing the Notice </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...656 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t>[40 CFR 141.31(d)]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - After issuing the “Notice to the Public” to your customers, sign and date the “Public Notification Certification” at the bottom of the notice.  Within </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11563">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>24 hours of learning of the exceedance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [CFR 141.31(d)], </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11563">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">submit a copy of the notice through the Special Public Notice (SPN) module in </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11563" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ECERT</w:t>
       </w:r>
-      <w:r w:rsidRPr="001105A8">
-[...923 lines deleted...]
-        <w:r>
+      <w:r w:rsidR="000A0C2B" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="000A0C2B" w:rsidRPr="000C5C41">
           <w:rPr>
-            <w:color w:val="0562C1"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:color w:val="auto"/>
             <w:sz w:val="18"/>
-            <w:u w:val="single" w:color="0562C1"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>https://www.epa.gov/dwreginfo/public-notification-rule-compliance-help-water-system-owners-and-operators</w:t>
-[...5 lines deleted...]
-          <w:t>.</w:t>
+          <w:t>https://pws.ncwater.org/ECERT</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...30 lines deleted...]
-        <w:t>2/5/2024.</w:t>
+      <w:r w:rsidR="000A0C2B" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  and email </w:t>
+      </w:r>
+      <w:r w:rsidR="000A0C2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a copy of the notice to </w:t>
+      </w:r>
+      <w:r w:rsidR="000A0C2B" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>LeadALE@epa.gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="000A0C2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The certification and submittal can be completed by any water system </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000A0C2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>representative, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000A0C2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be done by someone who was involved with the notification </w:t>
+      </w:r>
+      <w:r w:rsidR="000A0C2B" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">process.  If certification cannot be completed within the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000A0C2B" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>24 hour</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000A0C2B" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period, the notice can instead be emailed to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="000A0C2B" w:rsidRPr="000C5C41">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>pwss.lcr@deq.nc.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000A0C2B" w:rsidRPr="000C5C41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within this </w:t>
+      </w:r>
+      <w:r w:rsidR="000A0C2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>period and then submitted to ECERT with the completed certification within 10 days.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="9" w:name="Public_Notice_Content_Requirements8F"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="3C6E2B35" w14:textId="77777777" w:rsidR="000D25E0" w:rsidRDefault="008050F3">
+    <w:p w14:paraId="3C055DAB" w14:textId="77777777" w:rsidR="000A0C2B" w:rsidRDefault="000A0C2B" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C360E79" w14:textId="77777777" w:rsidR="009F4814" w:rsidRDefault="009F4814" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46DE7D73" w14:textId="77777777" w:rsidR="009F4814" w:rsidRDefault="009F4814" w:rsidP="000B6A73">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5640A51A" w14:textId="182BCDEC" w:rsidR="00B76C1A" w:rsidRPr="000C5C41" w:rsidRDefault="000B6A73" w:rsidP="000C5C41">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keep a copy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your files.                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000A0C2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4814">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/20</w:t>
+      </w:r>
+      <w:r w:rsidR="000A0C2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B6A73">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF280C9" w14:textId="4CF98A98" w:rsidR="000D25E0" w:rsidRDefault="000D25E0" w:rsidP="000C5C41">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="88"/>
-[...95 lines deleted...]
-        <w:ind w:left="220"/>
+        <w:ind w:left="91"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_bookmark3"/>
+      <w:bookmarkStart w:id="5" w:name="_bookmark0"/>
+      <w:bookmarkStart w:id="6" w:name="_bookmark1"/>
+      <w:bookmarkStart w:id="7" w:name="_bookmark2"/>
+      <w:bookmarkStart w:id="8" w:name="Public_Notice_Content_Requirements8F"/>
+      <w:bookmarkStart w:id="9" w:name="Describe_the_Situation_and_When_It_Happe"/>
+      <w:bookmarkStart w:id="10" w:name="Health_Effects_and_Populations_at_Risk10"/>
+      <w:bookmarkStart w:id="11" w:name="Alternative_Sources_of_Water11F"/>
+      <w:bookmarkStart w:id="12" w:name="Actions_Consumers_Should_Take12F"/>
+      <w:bookmarkStart w:id="13" w:name="Contact_Information14F"/>
+      <w:bookmarkStart w:id="14" w:name="Encourage_Distribution_of_the_Notice15F"/>
+      <w:bookmarkStart w:id="15" w:name="After_Issuing_the_Notice"/>
+      <w:bookmarkStart w:id="16" w:name="_bookmark3"/>
+      <w:bookmarkStart w:id="17" w:name="_bookmark4"/>
+      <w:bookmarkStart w:id="18" w:name="_bookmark5"/>
+      <w:bookmarkStart w:id="19" w:name="_bookmark6"/>
+      <w:bookmarkStart w:id="20" w:name="_bookmark7"/>
+      <w:bookmarkStart w:id="21" w:name="_bookmark8"/>
+      <w:bookmarkStart w:id="22" w:name="_bookmark9"/>
+      <w:bookmarkStart w:id="23" w:name="_bookmark10"/>
+      <w:bookmarkStart w:id="24" w:name="_bookmark11"/>
+      <w:bookmarkStart w:id="25" w:name="_bookmark12"/>
+      <w:bookmarkStart w:id="26" w:name="_bookmark13"/>
+      <w:bookmarkStart w:id="27" w:name="_bookmark14"/>
+      <w:bookmarkStart w:id="28" w:name="_bookmark15"/>
+      <w:bookmarkStart w:id="29" w:name="_bookmark16"/>
+      <w:bookmarkStart w:id="30" w:name="_bookmark17"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r>
-[...64 lines deleted...]
-      </w:hyperlink>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w14:paraId="618C7418" w14:textId="77777777" w:rsidR="000D25E0" w:rsidRDefault="008050F3">
-[...1265 lines deleted...]
-    <w:sectPr w:rsidR="000D25E0">
+    <w:sectPr w:rsidR="000D25E0" w:rsidSect="001A6078">
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="980" w:right="860" w:bottom="1020" w:left="860" w:header="0" w:footer="836" w:gutter="0"/>
+      <w:pgMar w:top="360" w:right="720" w:bottom="432" w:left="720" w:header="0" w:footer="835" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BB8D1DC" w14:textId="77777777" w:rsidR="00C07B5E" w:rsidRDefault="00C07B5E">
+    <w:p w14:paraId="0A4757EA" w14:textId="77777777" w:rsidR="0096574F" w:rsidRDefault="0096574F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B66A5BA" w14:textId="77777777" w:rsidR="00C07B5E" w:rsidRDefault="00C07B5E">
+    <w:p w14:paraId="377CB8FB" w14:textId="77777777" w:rsidR="0096574F" w:rsidRDefault="0096574F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="67F6DC79" w14:textId="14A90879" w:rsidR="000D25E0" w:rsidRDefault="00A90D43">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="67F6DC79" w14:textId="2F846907" w:rsidR="000D25E0" w:rsidRDefault="000D25E0">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...215 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24C2B6AE" w14:textId="77777777" w:rsidR="00C07B5E" w:rsidRDefault="00C07B5E">
+    <w:p w14:paraId="33EBAD8A" w14:textId="77777777" w:rsidR="0096574F" w:rsidRDefault="0096574F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2294F1F4" w14:textId="77777777" w:rsidR="00C07B5E" w:rsidRDefault="00C07B5E">
+    <w:p w14:paraId="41BBB558" w14:textId="77777777" w:rsidR="0096574F" w:rsidRDefault="0096574F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03FB7299"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50149D8A"/>
     <w:lvl w:ilvl="0" w:tplc="52A033AC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="940" w:hanging="360"/>
+        <w:ind w:left="580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CEA2C0BA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1898" w:hanging="360"/>
+        <w:ind w:left="1538" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="50FC26B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2856" w:hanging="360"/>
+        <w:ind w:left="2496" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FB8027BE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3814" w:hanging="360"/>
+        <w:ind w:left="3454" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="EFEAA42C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4772" w:hanging="360"/>
+        <w:ind w:left="4412" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="BE9CDF58">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5730" w:hanging="360"/>
+        <w:ind w:left="5370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="C180D192">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6688" w:hanging="360"/>
+        <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="52A28504">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7646" w:hanging="360"/>
+        <w:ind w:left="7286" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6E8E9DFC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8604" w:hanging="360"/>
+        <w:ind w:left="8244" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="322C6D93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7C6F164"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
@@ -19209,162 +9196,472 @@
     <w:lvl w:ilvl="7" w:tplc="6AC48204">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7333" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5B261FBE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8395" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A866B97"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E1D65556"/>
+    <w:lvl w:ilvl="0" w:tplc="14543E8E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6CB06470"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E302781A"/>
+    <w:lvl w:ilvl="0" w:tplc="B6709BE8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="24B6AB80">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F2F661BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1402FBDC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BA2233D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6E0AE402">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D2BE6ABE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6496425E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A39C32DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="822116056">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1725643473">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="355542025">
     <w:abstractNumId w:val="1"/>
   </w:num>
+  <w:num w:numId="4" w16cid:durableId="60102052">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="93214023">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D25E0"/>
+    <w:rsid w:val="000020C2"/>
+    <w:rsid w:val="00042C40"/>
+    <w:rsid w:val="00043229"/>
     <w:rsid w:val="0005125A"/>
+    <w:rsid w:val="000A0C2B"/>
+    <w:rsid w:val="000A3D54"/>
+    <w:rsid w:val="000B6A73"/>
+    <w:rsid w:val="000C5C41"/>
     <w:rsid w:val="000D25E0"/>
     <w:rsid w:val="001105A8"/>
     <w:rsid w:val="00140A33"/>
+    <w:rsid w:val="00141283"/>
+    <w:rsid w:val="0017496A"/>
+    <w:rsid w:val="001A6078"/>
     <w:rsid w:val="001B3F37"/>
+    <w:rsid w:val="001C3CB6"/>
+    <w:rsid w:val="001C5252"/>
+    <w:rsid w:val="001F7FAD"/>
+    <w:rsid w:val="00231421"/>
+    <w:rsid w:val="00234C9F"/>
+    <w:rsid w:val="002A34CA"/>
     <w:rsid w:val="002D7ABA"/>
     <w:rsid w:val="00316E74"/>
     <w:rsid w:val="003257DA"/>
+    <w:rsid w:val="004930D5"/>
     <w:rsid w:val="004B7EFC"/>
+    <w:rsid w:val="004D51AE"/>
+    <w:rsid w:val="00580EC5"/>
     <w:rsid w:val="00585038"/>
+    <w:rsid w:val="00595AEC"/>
+    <w:rsid w:val="005D4641"/>
+    <w:rsid w:val="006309C2"/>
     <w:rsid w:val="00631663"/>
+    <w:rsid w:val="00631E4C"/>
     <w:rsid w:val="006863B1"/>
     <w:rsid w:val="00702854"/>
+    <w:rsid w:val="0070662F"/>
     <w:rsid w:val="007256A6"/>
     <w:rsid w:val="00725AA6"/>
+    <w:rsid w:val="007378C0"/>
     <w:rsid w:val="007933FB"/>
+    <w:rsid w:val="007C1275"/>
     <w:rsid w:val="007C52DD"/>
     <w:rsid w:val="008050F3"/>
+    <w:rsid w:val="0081668B"/>
     <w:rsid w:val="00831BAF"/>
     <w:rsid w:val="008D2E01"/>
     <w:rsid w:val="008E38DF"/>
     <w:rsid w:val="0094421F"/>
+    <w:rsid w:val="0096574F"/>
     <w:rsid w:val="009774C6"/>
     <w:rsid w:val="009C05E5"/>
     <w:rsid w:val="009C2D0B"/>
+    <w:rsid w:val="009F4814"/>
+    <w:rsid w:val="00A55CF6"/>
     <w:rsid w:val="00A90D43"/>
     <w:rsid w:val="00AE5BA9"/>
     <w:rsid w:val="00B000DE"/>
     <w:rsid w:val="00B07BB8"/>
+    <w:rsid w:val="00B13384"/>
     <w:rsid w:val="00B753EF"/>
+    <w:rsid w:val="00B76C1A"/>
+    <w:rsid w:val="00B87874"/>
     <w:rsid w:val="00C07B5E"/>
     <w:rsid w:val="00C23F86"/>
+    <w:rsid w:val="00C81E79"/>
+    <w:rsid w:val="00C91CCE"/>
     <w:rsid w:val="00D00176"/>
+    <w:rsid w:val="00D54FFB"/>
+    <w:rsid w:val="00D70D72"/>
+    <w:rsid w:val="00DC3AA5"/>
+    <w:rsid w:val="00DD1DA1"/>
     <w:rsid w:val="00DF3536"/>
+    <w:rsid w:val="00E05379"/>
     <w:rsid w:val="00E11BBE"/>
     <w:rsid w:val="00E85684"/>
     <w:rsid w:val="00EB66D8"/>
+    <w:rsid w:val="00ED443D"/>
+    <w:rsid w:val="00EE0001"/>
+    <w:rsid w:val="00F02789"/>
+    <w:rsid w:val="00F11563"/>
     <w:rsid w:val="00F2005D"/>
+    <w:rsid w:val="00F477B3"/>
+    <w:rsid w:val="00F66492"/>
     <w:rsid w:val="00FD390C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0A685CA4"/>
   <w15:docId w15:val="{2F7292DB-0C7A-4CF5-A28E-F516E591A13F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19719,50 +10016,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="009F4814"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="1"/>
       <w:ind w:left="220"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
@@ -19794,50 +10092,73 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:u w:val="single" w:color="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008050F3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000B6A73"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -20003,101 +10324,219 @@
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008050F3"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="008050F3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B6A73"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F11563"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F11563"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009F4814"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="16741995">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="17436105">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="60492168">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="92408369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="316567942">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1383752705">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1451896256">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2051610897">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ground-water-and-drinking-water/basic-information-about-lead-drinking-water" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.202" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.205" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.205" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/lead" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ground-water-and-drinking-water/protect-your-tap-quick-check-lead-0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/dwreginfo/public-notification-rule-compliance-help-water-system-owners-and-operators" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.205" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LeadALE@EPA.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.202" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.205" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/sites/default/files/2018-12/documents/consumer_tool_for_identifying_drinking_water_filters_certified_to_reduce_lead.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.205" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.205" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.205" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/sites/default/files/2018-12/documents/consumer_tool_for_identifying_drinking_water_filters_certified_to_reduce_lead.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.31" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/chapter-I/subchapter-D/part-141/subpart-D/section-141.31" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ground-water-and-drinking-water/home-drinking-water-filtration-fact-sheet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ground-water-and-drinking-water/basic-information-about-lead-drinking-water" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.205" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.205" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-40/part-141/section-141.31" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ground-water-and-drinking-water/home-drinking-water-filtration-fact-sheet" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ground-water-and-drinking-water/home-drinking-water-filtration-fact-sheet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ground-water-and-drinking-water/basic-information-about-lead-drinking-water" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/lead" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ground-water-and-drinking-water/protect-your-tap-quick-check-lead-0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pwss.lcr@deq.nc.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/sites/default/files/2018-12/documents/consumer_tool_for_identifying_drinking_water_filters_certified_to_reduce_lead.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pws.ncwater.org/ECERT" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/sites/default/files/2018-12/documents/consumer_tool_for_identifying_drinking_water_filters_certified_to_reduce_lead.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ground-water-and-drinking-water/home-drinking-water-filtration-fact-sheet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/ground-water-and-drinking-water/basic-information-about-lead-drinking-water" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -20343,76 +10782,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>15419</Characters>
+  <Pages>3</Pages>
+  <Words>2070</Words>
+  <Characters>11804</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>36</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Template: Tier 1 Public Notice Following a Lead Action Level Exceedance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18088</CharactersWithSpaces>
+  <CharactersWithSpaces>13847</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Template: Tier 1 Public Notice Following a Lead Action Level Exceedance</dc:title>
   <dc:subject>Instructions and template for completing Tier 1 public notice after a Lead Action Level Exceedance.</dc:subject>
   <dc:creator>U.S. EPA</dc:creator>
   <cp:keywords>Lead; action level exceedance; public notice; tier 1; EPA 816-F-24-001; community water system; nontransient noncommunity water system; template</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AreaOfExpertise">
     <vt:lpwstr/>
   </property>