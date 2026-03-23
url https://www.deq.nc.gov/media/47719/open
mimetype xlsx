--- v0 (2025-12-20)
+++ v1 (2026-03-23)
@@ -1,26538 +1,4736 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-[...43 lines deleted...]
-  <Override PartName="/xl/comments8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
-  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\edc-nasvm01.eads.ncads.net\wr\WR\data\WRDPG\Water Resources Development Grant\Admin\Application\Revised Interim Versions\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\edc-nasvm01.eads.ncads.net\wr\WR\data\WRDPG\Water Resources Development Grant\Admin\NRCS EQIP\Forms\Eligible Practices\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CE71AB94-1B8B-481C-8102-274E0342105C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5C47B4FF-F758-4CAB-B978-3A2B6A18D4ED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="13872" tabRatio="828" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="13872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Instructions" sheetId="7" r:id="rId1"/>
-[...9 lines deleted...]
-    <sheet name="Pull Down Menus" sheetId="20" state="hidden" r:id="rId11"/>
+    <sheet name="Landowner #1" sheetId="1" r:id="rId1"/>
+    <sheet name="Landowner #2" sheetId="9" r:id="rId2"/>
+    <sheet name="Landowner #3" sheetId="10" r:id="rId3"/>
+    <sheet name="Landowner #4" sheetId="11" r:id="rId4"/>
+    <sheet name="Landowner #5" sheetId="12" r:id="rId5"/>
+    <sheet name="Updates from June 2023 Version" sheetId="5" r:id="rId6"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="6">'Benefits &amp; Evaluation Criteria'!$A$1:$H$10</definedName>
-[...9 lines deleted...]
-    <definedName name="set_ReleaseMode">FALSE</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Landowner #1'!$A$1:$I$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Landowner #2'!$A$1:$I$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Landowner #3'!$A$1:$I$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'Landowner #4'!$A$1:$I$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'Landowner #5'!$A$1:$I$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'Updates from June 2023 Version'!$A$1:$B$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E3" i="15" l="1"/>
-[...92 lines deleted...]
-  <c r="B28" i="11"/>
+  <c r="I24" i="12" l="1"/>
+  <c r="D24" i="12"/>
+  <c r="I17" i="12"/>
+  <c r="I24" i="11"/>
+  <c r="D24" i="11"/>
+  <c r="I17" i="11"/>
+  <c r="I24" i="10"/>
+  <c r="D24" i="10"/>
+  <c r="I17" i="10"/>
+  <c r="I24" i="9"/>
+  <c r="D24" i="9"/>
+  <c r="I17" i="9"/>
+  <c r="I24" i="1"/>
+  <c r="D24" i="1"/>
+  <c r="I17" i="1"/>
 </calcChain>
 </file>
 
-<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-[...995 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="650" uniqueCount="471">
-[...205 lines deleted...]
-    <t>Most recent date this application was completed or revised (mm/dd/yr)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="63">
+  <si>
+    <t>NRCS Practice Name</t>
+  </si>
+  <si>
+    <t>Code</t>
+  </si>
+  <si>
+    <t>Livestock Pipeline</t>
+  </si>
+  <si>
+    <t>Heavy Use Area Protection</t>
+  </si>
+  <si>
+    <t>Watering Facility</t>
+  </si>
+  <si>
+    <t>Pumping Plant</t>
+  </si>
+  <si>
+    <t>Water Well</t>
+  </si>
+  <si>
+    <t>Item Number</t>
+  </si>
+  <si>
+    <t>Estimated Amount</t>
+  </si>
+  <si>
+    <t>Non-Eligible Stream Restoration Practices</t>
+  </si>
+  <si>
+    <t>Total Cost</t>
+  </si>
+  <si>
+    <t>Project Name:</t>
+  </si>
+  <si>
+    <t>Streambank and Shoreline Protection – Bioengineered Scenario</t>
+  </si>
+  <si>
+    <t>Streambank and Shoreline Protection – Structural Scenario</t>
+  </si>
+  <si>
+    <t>Stream Habitat Improvement – Rock and Wood Structures Scenario</t>
+  </si>
+  <si>
+    <t>Spoil Spreading Scenario</t>
+  </si>
+  <si>
+    <t>Tree/Shrub Establishment – No Tubes Scenario</t>
+  </si>
+  <si>
+    <t>Mulching – Erosion Control Blanket Scenario</t>
+  </si>
+  <si>
+    <t>Critical Area Planting – Moderate Grading Scenario</t>
+  </si>
+  <si>
+    <t>Channel Bed Stabilization– Structural scenario</t>
+  </si>
+  <si>
+    <t>Riparian Forest Buffer– No Tubes Scenario</t>
+  </si>
+  <si>
+    <t>Riparian Forest Buffer– With Tubes Scenario</t>
+  </si>
+  <si>
+    <t>Riparian Herbaceous Buffer– Pollinator Habitat</t>
+  </si>
+  <si>
+    <t>Stream Crossing– Culvert Installation Scenario</t>
+  </si>
+  <si>
+    <t>Stream Crossing– Low Water Crossing Scenario</t>
+  </si>
+  <si>
+    <t>Tree/Shrub Establishment– With Tubes Scenario</t>
+  </si>
+  <si>
+    <t>NOTES</t>
+  </si>
+  <si>
+    <t>Date Sheet Completed:</t>
+  </si>
+  <si>
+    <t>Total Cost All Practices</t>
+  </si>
+  <si>
+    <t>NRCS-CPA-1155/1156 Contract #:</t>
+  </si>
+  <si>
+    <t>NAME, ORGANIZATION</t>
+  </si>
+  <si>
+    <t>TITLE</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Applicant or Primary Contact shall include a letter of support on official letterhead of any organization listed as a </t>
+      <t xml:space="preserve">SIGNATURE </t>
     </r>
     <r>
       <rPr>
         <i/>
-        <sz val="10"/>
+        <sz val="8"/>
+        <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Project Supporter</t>
+      <t>(Individual authorized to sign as to the accuracy of the information provided)</t>
     </r>
+  </si>
+  <si>
     <r>
-      <rPr>
-[...137 lines deleted...]
-      <t xml:space="preserve">See </t>
+      <t>NRCS-EQIP Eligible Stream Practices Summary</t>
     </r>
     <r>
       <rPr>
         <b/>
-        <i/>
-[...2 lines deleted...]
-        <family val="1"/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>Administration</t>
+      <t>1,2</t>
     </r>
+  </si>
+  <si>
+    <t>DATE</t>
+  </si>
+  <si>
+    <t>Streambank and Shoreline Protection – Wood Structures</t>
+  </si>
+  <si>
+    <t>Other (Name Here)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Fence (Non-Riparian)</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
-        <sz val="10"/>
-[...971 lines deleted...]
-      <rPr>
+        <vertAlign val="superscript"/>
         <sz val="11"/>
-        <color rgb="FFFF0000"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>A</t>
-[...231 lines deleted...]
-      <t xml:space="preserve">Length of stream made accessible to </t>
+      <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>upstream</t>
+      <t xml:space="preserve"> This form shall be completed ONLY if there are any Non-Eligible stream practices that are listed on the approved NRCS-CPA-1155/1156 forms for this stream restoration project.</t>
+    </r>
+  </si>
+  <si>
+    <t>LOCATION</t>
+  </si>
+  <si>
+    <t>UPDATE</t>
+  </si>
+  <si>
+    <t>Cell B30</t>
+  </si>
+  <si>
+    <t>Cell B28</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Please submit this form as Excel file not a pdf document.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Landowner First Initial, Last Name:</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color indexed="8"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> aquatic life passage by dam or barrier removal (Miles)</t>
+      <t xml:space="preserve"> DWR </t>
     </r>
-  </si>
-[...3 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Under 'Notes' in Column F above please include: 1.) </t>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Eligible Stream Practices</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> are considered those listed in the most recent version of the </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>EQIP/RCPP Guidelines for Natural Stream Channel Work.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> A separate sheet shall be completed for each individual landowner or producer.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Eligible Stream Restoration Practices</t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="10"/>
-        <rFont val="Arial"/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
         <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>Calculation</t>
+      <t>4</t>
     </r>
+  </si>
+  <si>
+    <t>Changed from 'Please submit this form as both an Excel file and pdf document' to 'Please submit this form as Excel file not a pdf document.'</t>
+  </si>
+  <si>
+    <t>Cell B29</t>
+  </si>
+  <si>
+    <t>Added footnote 'A separate sheet shall be completed for each individual landowner or producer.'</t>
+  </si>
+  <si>
+    <t>Removed footnote 'Please see first page of most version of WRDG NRCS-EQIP Guidelines for more information about eligibility as a reimburseable practice beginning in Fall 2022 application cycle.'</t>
+  </si>
+  <si>
+    <t>Cell B35</t>
+  </si>
+  <si>
+    <t>Changed font from Calibri to Lucida Handwriting to similate an electronic signature</t>
+  </si>
+  <si>
+    <t>Sheet 5</t>
+  </si>
+  <si>
+    <t>Added one additional Landowner sheet</t>
+  </si>
+  <si>
+    <t>Exclusion Fence (Riparian)</t>
+  </si>
+  <si>
+    <t>Cell B21</t>
+  </si>
+  <si>
+    <t>Removed '4' footnote superscript</t>
+  </si>
+  <si>
+    <t>All</t>
+  </si>
+  <si>
+    <t>Changed to new DEQ logo in upper left of each sheet</t>
+  </si>
+  <si>
     <r>
-      <rPr>
-[...77 lines deleted...]
-      <t xml:space="preserve">Geotagged Photos Per </t>
+      <t xml:space="preserve">Converted document to a digitally-accessible format using Excel's </t>
     </r>
     <r>
       <rPr>
         <i/>
-        <sz val="10"/>
-[...1 lines deleted...]
-        <rFont val="Arial"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
         <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>WRDG Guidelines For Taking Geotagged Digital Photos</t>
-[...1562 lines deleted...]
-      <t>Updated Pull Down Menus items, cell validation settings for missing pull-down items to appear</t>
+      <t>Accessibility Checker</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="11">
-[...10 lines deleted...]
-    <numFmt numFmtId="171" formatCode="m/d/yy;@"/>
+  <numFmts count="3">
+    <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
+    <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
+    <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="43" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <name val="Arial"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...14 lines deleted...]
-      <family val="1"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <b/>
+      <sz val="9.5"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color indexed="8"/>
+      <sz val="9.5"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...3 lines deleted...]
-      <family val="2"/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
     <font>
-      <u/>
+      <sz val="7"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <i/>
       <sz val="11"/>
-      <color theme="10"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Tahoma"/>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9.5"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Tahoma"/>
+      <sz val="9.5"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...157 lines deleted...]
-      <color rgb="FF0000FF"/>
+      <sz val="9.5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Tahoma"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Lucida Handwriting"/>
+      <family val="4"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9.5"/>
-      <name val="Times New Roman"/>
-[...6 lines deleted...]
-      <name val="Arial"/>
+      <color rgb="FFA20000"/>
+      <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...12 lines deleted...]
-      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="13">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="1"/>
+        <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.499984740745262"/>
-[...46 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="93">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...617 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
-      <right style="medium">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
-      <right style="medium">
+      <right/>
+      <top style="medium">
         <color auto="1"/>
-      </right>
-      <top/>
+      </top>
       <bottom style="medium">
         <color auto="1"/>
-      </bottom>
-[...333 lines deleted...]
-        <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color auto="1"/>
       </right>
-      <top style="thin">
-[...11 lines deleted...]
-      </right>
       <top style="medium">
-        <color indexed="64"/>
-[...22 lines deleted...]
-      <top style="thin">
         <color auto="1"/>
       </top>
-      <bottom/>
-[...101 lines deleted...]
-      <top/>
       <bottom style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="13">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="345">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...44 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="7" borderId="21" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...14 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="9" fillId="0" borderId="23" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...86 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="21" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="21" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="49" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="49" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="7" borderId="49" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="19" fillId="7" borderId="21" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...96 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="7" borderId="21" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="8" fontId="10" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="20" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...62 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="9" applyFont="1"/>
-[...6 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="25" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...3 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...29 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="7" borderId="37" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="11" borderId="75" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="24" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="44" fontId="19" fillId="7" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="1" fontId="19" fillId="7" borderId="21" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="8" fontId="17" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...392 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
-[...40 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
   </cellXfs>
-  <cellStyles count="13">
-[...2 lines deleted...]
-    <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
-[...7 lines deleted...]
-    <cellStyle name="Percent 2" xfId="10" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
-    <indexedColors>
-[...64 lines deleted...]
-    </indexedColors>
     <mruColors>
       <color rgb="FF0000FF"/>
-      <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...147 lines deleted...]
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+</file>
+
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>1</xdr:col>
-      <xdr:colOff>1617937</xdr:colOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>97542</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>651</xdr:rowOff>
+      <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>810774</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>153247</xdr:rowOff>
+      <xdr:rowOff>42746</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+            <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="2814725" y="651"/>
-          <a:ext cx="753229" cy="309478"/>
+          <a:off x="97542" y="1"/>
+          <a:ext cx="713232" cy="256477"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...2477 lines deleted...]
-  </mc:AlternateContent>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>106680</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>819912</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>44538</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B883E9D-962F-484A-BD07-E9CC400684ED}"/>
+            </a:ext>
+            <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="106680" y="0"/>
+          <a:ext cx="713232" cy="257898"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///Y:\Water%20Resources%20Development%20Grant\Projects\2024\Spring\Applications\SL\Bakersville%20Creekwalk%20SR%20P3%20(Mitc)\Close%20Out\WRDG%20Close%20Out_Bakersville%20Creekwalk%20P3%20SR%20100621-000.xlsx" TargetMode="External"/></Relationships>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>97542</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>810774</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>26670</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76A1B781-79DC-43DA-9FC4-ED9EF093292F}"/>
+            </a:ext>
+            <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="97542" y="1"/>
+          <a:ext cx="713232" cy="240029"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
-<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</externalLink>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>97542</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>810774</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>22860</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{545E85A2-6B71-44A0-BD9D-009356924383}"/>
+            </a:ext>
+            <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="97542" y="1"/>
+          <a:ext cx="713232" cy="236219"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>97542</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>810774</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>34290</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED0200AA-8B37-4EE2-8C1E-B4B33F72BA2D}"/>
+            </a:ext>
+            <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="97542" y="1"/>
+          <a:ext cx="713232" cy="247649"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deq.nc.gov/about/divisions/water-resources/water-resources-grants/water-resources-development-grant-program" TargetMode="External"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps/@35.6838525,-78.6635194,11z" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrcs.usda.gov/programs-initiatives/eqip-environmental-quality-incentives/north-carolina/environment-quality" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps/@35.6838525,-78.6635194,11z" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ncdenr.maps.arcgis.com/sharing/oauth2/authorize?canHandleCrossOrgSignin=true&amp;client_id=arcgisonline&amp;response_type=code&amp;state=%7B%22portalUrl%22%3A%22https%3A%2F%2Fncdenr.maps.arcgis.com%22%2C%22uid%22%3A%22jkQtbDq5P45QNsIaXAtBfOeTBNgX8wyI5UCZ8zcNb4U%22%7D&amp;expiration=20160&amp;redirect_uri=https%3A%2F%2Fncdenr.maps.arcgis.com%2Fapps%2Fwebappviewer%2Findex.html%3Fid%3D6b03c62763074346957e6c5096814bee&amp;redirectToUserOrgUrl=true&amp;code_challenge=aJ1r5xp4Oax1KiyjTaARF3UmbhyQMjBKT_0kLBov5Go&amp;code_challenge_method=S256" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/maps/@35.6838525,-78.6635194,11z" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ncdenr.maps.arcgis.com/apps/dashboards/93a11bf60e00438a8823a45da0c38566" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ncdenr.maps.arcgis.com/apps/PublicInformation/index.html?appid=f82f583438e74bf29adcc76247381eee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr codeName="Sheet1">
-[...276 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D82"/>
+  <dimension ref="A1:M46"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="C15" sqref="C15"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.3" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="29.6640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="16" max="16" width="13.33203125" customWidth="1"/>
+    <col min="1" max="1" width="13.5234375" customWidth="1"/>
+    <col min="2" max="2" width="50.3125" customWidth="1"/>
+    <col min="3" max="3" width="7.89453125" customWidth="1"/>
+    <col min="4" max="4" width="22.20703125" customWidth="1"/>
+    <col min="5" max="5" width="13.68359375" customWidth="1"/>
+    <col min="6" max="6" width="16.3125" customWidth="1"/>
+    <col min="7" max="7" width="24.3125" customWidth="1"/>
+    <col min="8" max="8" width="11.5234375" customWidth="1"/>
+    <col min="9" max="9" width="27.7890625" customWidth="1"/>
+    <col min="13" max="13" width="64.68359375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.4">
-[...426 lines deleted...]
-      <c r="C82" s="184"/>
+    <row r="1" spans="1:9" ht="16.8" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="C1" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
+      <c r="H1" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="I1" s="28"/>
+    </row>
+    <row r="2" spans="1:9" ht="16.8" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" s="33"/>
+      <c r="E2" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" s="31"/>
+      <c r="H2" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" s="29"/>
+    </row>
+    <row r="4" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A4" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="32" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" s="32"/>
+      <c r="H4" s="32"/>
+      <c r="I4" s="32"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="9"/>
+      <c r="F5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" s="3"/>
+      <c r="B6" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="12">
+        <v>584</v>
+      </c>
+      <c r="D6" s="26"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" s="12">
+        <v>382</v>
+      </c>
+      <c r="I6" s="26"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7" s="3"/>
+      <c r="B7" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="12">
+        <v>342</v>
+      </c>
+      <c r="D7" s="26"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="H7" s="12">
+        <v>561</v>
+      </c>
+      <c r="I7" s="26"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A8" s="3"/>
+      <c r="B8" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="12">
+        <v>484</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="H8" s="12">
+        <v>516</v>
+      </c>
+      <c r="I8" s="26"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A9" s="3"/>
+      <c r="B9" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="12">
+        <v>391</v>
+      </c>
+      <c r="D9" s="26"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="H9" s="12">
+        <v>533</v>
+      </c>
+      <c r="I9" s="26"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A10" s="3"/>
+      <c r="B10" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="12">
+        <v>391</v>
+      </c>
+      <c r="D10" s="26"/>
+      <c r="E10" s="13"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="H10" s="12">
+        <v>642</v>
+      </c>
+      <c r="I10" s="26"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A11" s="3"/>
+      <c r="B11" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="12">
+        <v>390</v>
+      </c>
+      <c r="D11" s="26"/>
+      <c r="E11" s="13"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="H11" s="12">
+        <v>614</v>
+      </c>
+      <c r="I11" s="26"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A12" s="3"/>
+      <c r="B12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="12">
+        <v>572</v>
+      </c>
+      <c r="D12" s="26"/>
+      <c r="E12" s="13"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12" s="27"/>
+      <c r="I12" s="26"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13" s="3"/>
+      <c r="B13" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="12">
+        <v>578</v>
+      </c>
+      <c r="D13" s="26"/>
+      <c r="E13" s="13"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13" s="27"/>
+      <c r="I13" s="26"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A14" s="3"/>
+      <c r="B14" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" s="12">
+        <v>578</v>
+      </c>
+      <c r="D14" s="26"/>
+      <c r="E14" s="13"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14" s="27"/>
+      <c r="I14" s="26"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A15" s="3"/>
+      <c r="B15" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="12">
+        <v>395</v>
+      </c>
+      <c r="D15" s="26"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="10"/>
+      <c r="G15" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H15" s="14"/>
+      <c r="I15" s="15"/>
+    </row>
+    <row r="16" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A16" s="3"/>
+      <c r="B16" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="12">
+        <v>580</v>
+      </c>
+      <c r="D16" s="26"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="15"/>
+    </row>
+    <row r="17" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A17" s="3"/>
+      <c r="B17" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="12">
+        <v>580</v>
+      </c>
+      <c r="D17" s="26"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="12"/>
+      <c r="G17" s="11"/>
+      <c r="H17" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="I17" s="17">
+        <f>SUM(I6:I14)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A18" s="3"/>
+      <c r="B18" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C18" s="12">
+        <v>580</v>
+      </c>
+      <c r="D18" s="26"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="11"/>
+      <c r="H18" s="14"/>
+      <c r="I18" s="15"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A19" s="3"/>
+      <c r="B19" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="12">
+        <v>612</v>
+      </c>
+      <c r="D19" s="26"/>
+      <c r="E19" s="13"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="11"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="15"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A20" s="3"/>
+      <c r="B20" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="12">
+        <v>612</v>
+      </c>
+      <c r="D20" s="26"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="11"/>
+      <c r="H20" s="14"/>
+      <c r="I20" s="15"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A21" s="3"/>
+      <c r="B21" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="12">
+        <v>382</v>
+      </c>
+      <c r="D21" s="26"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="11"/>
+      <c r="H21" s="14"/>
+      <c r="I21" s="15"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A22" s="3"/>
+      <c r="B22" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C22" s="23"/>
+      <c r="D22" s="26"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="14"/>
+      <c r="I22" s="15"/>
+    </row>
+    <row r="23" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A23" s="3"/>
+      <c r="B23" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C23" s="23"/>
+      <c r="D23" s="26"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="14"/>
+      <c r="I23" s="15"/>
+    </row>
+    <row r="24" spans="1:9" ht="25.5" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A24" s="12"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="40">
+        <f>SUM(D6:D23)</f>
+        <v>0</v>
+      </c>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="H24" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="I24" s="17">
+        <f>SUM(D24+I17)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A25" s="12"/>
+      <c r="B25" s="11"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="15"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="11"/>
+      <c r="H25" s="14"/>
+      <c r="I25" s="15"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A26" s="12"/>
+      <c r="B26" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E26" s="15"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="11"/>
+      <c r="H26" s="14"/>
+      <c r="I26" s="15"/>
+    </row>
+    <row r="27" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A27" s="12"/>
+      <c r="B27" s="42" t="s">
+        <v>39</v>
+      </c>
+      <c r="C27" s="42"/>
+      <c r="D27" s="42"/>
+      <c r="E27" s="42"/>
+      <c r="F27" s="42"/>
+      <c r="G27" s="42"/>
+      <c r="H27" s="42"/>
+      <c r="I27" s="42"/>
+    </row>
+    <row r="28" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A28" s="12"/>
+      <c r="B28" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C28" s="44"/>
+      <c r="D28" s="44"/>
+      <c r="E28" s="44"/>
+      <c r="F28" s="44"/>
+      <c r="G28" s="44"/>
+      <c r="H28" s="44"/>
+      <c r="I28" s="44"/>
+    </row>
+    <row r="29" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A29" s="12"/>
+      <c r="B29" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" s="44"/>
+      <c r="D29" s="44"/>
+      <c r="E29" s="44"/>
+      <c r="F29" s="44"/>
+      <c r="G29" s="44"/>
+      <c r="H29" s="44"/>
+      <c r="I29" s="44"/>
+    </row>
+    <row r="30" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A30" s="12"/>
+      <c r="B30" s="44" t="s">
+        <v>46</v>
+      </c>
+      <c r="C30" s="44"/>
+      <c r="D30" s="44"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="44"/>
+      <c r="G30" s="44"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="44"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A31" s="12"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A32" s="12"/>
+      <c r="B32" s="35"/>
+      <c r="C32" s="35"/>
+      <c r="G32" s="35"/>
+      <c r="H32" s="35"/>
+      <c r="I32" s="35"/>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A33" s="12"/>
+      <c r="B33" s="36"/>
+      <c r="C33" s="36"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="19"/>
+      <c r="F33" s="19"/>
+      <c r="G33" s="36"/>
+      <c r="H33" s="36"/>
+      <c r="I33" s="36"/>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A34" s="12"/>
+      <c r="B34" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="C34" s="34"/>
+      <c r="D34" s="20"/>
+      <c r="E34" s="20"/>
+      <c r="F34" s="20"/>
+      <c r="G34" s="34" t="s">
+        <v>31</v>
+      </c>
+      <c r="H34" s="34"/>
+      <c r="I34" s="34"/>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A35" s="21"/>
+      <c r="B35" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="C35" s="37"/>
+      <c r="D35" s="20"/>
+      <c r="E35" s="20"/>
+      <c r="F35" s="20"/>
+      <c r="G35" s="35"/>
+      <c r="H35" s="35"/>
+      <c r="I35" s="35"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A36" s="22"/>
+      <c r="B36" s="38"/>
+      <c r="C36" s="38"/>
+      <c r="D36" s="19"/>
+      <c r="E36" s="19"/>
+      <c r="F36" s="19"/>
+      <c r="G36" s="36"/>
+      <c r="H36" s="36"/>
+      <c r="I36" s="36"/>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="B37" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C37" s="20"/>
+      <c r="D37" s="20"/>
+      <c r="E37" s="20"/>
+      <c r="F37" s="20"/>
+      <c r="G37" s="34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37" s="34"/>
+      <c r="I37" s="34"/>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="20"/>
+      <c r="C46" s="20"/>
+      <c r="D46" s="20"/>
+      <c r="E46" s="20"/>
+      <c r="F46" s="20"/>
+      <c r="G46" s="20"/>
+      <c r="H46" s="20"/>
+      <c r="I46" s="20"/>
+      <c r="J46" s="20"/>
+      <c r="K46" s="20"/>
+      <c r="L46" s="20"/>
+      <c r="M46" s="20"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="tzDNlhuyk/ka5DTx+bYeI3YbHwCf3L5/ULR9+A9gGseYf+4+sVRsIylf3/4J6vN8GLKqQWSBazWxYRJ5FmpV8A==" saltValue="FBK9dEI80JhWX/j5TiJcDA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...1 lines deleted...]
-    <sortCondition ref="A2:A14"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="GWA443PCgvCnuNVFmN7JFpR3wuNcN+DB/1RghiTlbF0lSm5YFzLsygQSbIQUr0hBZ29pxb0yio50lm3JW4huqg==" saltValue="N/vH3e3jccbKCbWPjU7q4w==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatColumns="0" insertRows="0"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:C20">
+    <sortCondition ref="B3:B16"/>
   </sortState>
-  <phoneticPr fontId="2" type="noConversion"/>
+  <mergeCells count="12">
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="F4:I4"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="C1:F1"/>
+    <mergeCell ref="G37:I37"/>
+    <mergeCell ref="B32:C33"/>
+    <mergeCell ref="G32:I33"/>
+    <mergeCell ref="B35:C36"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="G35:I36"/>
+    <mergeCell ref="G34:I34"/>
+    <mergeCell ref="C2:D2"/>
+  </mergeCells>
+  <phoneticPr fontId="16" type="noConversion"/>
   <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="74" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="64" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;C&amp;"Arial,Bold"DWR WATER RESOURCES DEVELOPMENT GRANT APPLICATION - SPRING 2025
-[...1 lines deleted...]
-    <oddFooter>&amp;LRevised: 4/14/25&amp;C10</oddFooter>
+    <oddHeader>&amp;CDWR Water Resources Development Grant Program
+Landowner #1</oddHeader>
+    <oddFooter>&amp;LRevised: 3/18/26
+Created: 12/10/18</oddFooter>
   </headerFooter>
-</worksheet>
-[...993 lines deleted...]
-  <legacyDrawing r:id="rId2"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDA324C8-CBDE-4285-8C85-10DB6A4398A8}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F50"/>
+  <dimension ref="A1:M46"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.3" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="102.33203125" customWidth="1"/>
+    <col min="1" max="1" width="13.5234375" customWidth="1"/>
+    <col min="2" max="2" width="50.3125" customWidth="1"/>
+    <col min="3" max="3" width="7.89453125" customWidth="1"/>
+    <col min="4" max="4" width="22.20703125" customWidth="1"/>
+    <col min="5" max="5" width="13.68359375" customWidth="1"/>
+    <col min="6" max="6" width="16.3125" customWidth="1"/>
+    <col min="7" max="7" width="24.3125" customWidth="1"/>
+    <col min="8" max="8" width="11.5234375" customWidth="1"/>
+    <col min="9" max="9" width="27.7890625" customWidth="1"/>
+    <col min="13" max="13" width="64.68359375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="12.6" thickTop="1" x14ac:dyDescent="0.4">
-[...334 lines deleted...]
-    <row r="50" spans="2:2" x14ac:dyDescent="0.4"/>
+    <row r="1" spans="1:9" ht="16.8" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="C1" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
+      <c r="H1" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="I1" s="28"/>
+    </row>
+    <row r="2" spans="1:9" ht="16.8" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" s="33"/>
+      <c r="E2" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" s="31"/>
+      <c r="H2" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" s="29"/>
+    </row>
+    <row r="4" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A4" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="32" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" s="32"/>
+      <c r="H4" s="32"/>
+      <c r="I4" s="32"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="9"/>
+      <c r="F5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" s="3"/>
+      <c r="B6" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="12">
+        <v>584</v>
+      </c>
+      <c r="D6" s="26"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" s="12">
+        <v>382</v>
+      </c>
+      <c r="I6" s="26"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7" s="3"/>
+      <c r="B7" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="12">
+        <v>342</v>
+      </c>
+      <c r="D7" s="26"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="H7" s="12">
+        <v>561</v>
+      </c>
+      <c r="I7" s="26"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A8" s="3"/>
+      <c r="B8" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="12">
+        <v>484</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="H8" s="12">
+        <v>516</v>
+      </c>
+      <c r="I8" s="26"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A9" s="3"/>
+      <c r="B9" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="12">
+        <v>391</v>
+      </c>
+      <c r="D9" s="26"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="H9" s="12">
+        <v>533</v>
+      </c>
+      <c r="I9" s="26"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A10" s="3"/>
+      <c r="B10" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="12">
+        <v>391</v>
+      </c>
+      <c r="D10" s="26"/>
+      <c r="E10" s="13"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="H10" s="12">
+        <v>642</v>
+      </c>
+      <c r="I10" s="26"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A11" s="3"/>
+      <c r="B11" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="12">
+        <v>390</v>
+      </c>
+      <c r="D11" s="26"/>
+      <c r="E11" s="13"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="H11" s="12">
+        <v>614</v>
+      </c>
+      <c r="I11" s="26"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A12" s="3"/>
+      <c r="B12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="12">
+        <v>572</v>
+      </c>
+      <c r="D12" s="26"/>
+      <c r="E12" s="13"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12" s="27"/>
+      <c r="I12" s="26"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13" s="3"/>
+      <c r="B13" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="12">
+        <v>578</v>
+      </c>
+      <c r="D13" s="26"/>
+      <c r="E13" s="13"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13" s="27"/>
+      <c r="I13" s="26"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A14" s="3"/>
+      <c r="B14" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" s="12">
+        <v>578</v>
+      </c>
+      <c r="D14" s="26"/>
+      <c r="E14" s="13"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14" s="27"/>
+      <c r="I14" s="26"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A15" s="3"/>
+      <c r="B15" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="12">
+        <v>395</v>
+      </c>
+      <c r="D15" s="26"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="10"/>
+      <c r="G15" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H15" s="14"/>
+      <c r="I15" s="15"/>
+    </row>
+    <row r="16" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A16" s="3"/>
+      <c r="B16" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="12">
+        <v>580</v>
+      </c>
+      <c r="D16" s="26"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="15"/>
+    </row>
+    <row r="17" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A17" s="3"/>
+      <c r="B17" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="12">
+        <v>580</v>
+      </c>
+      <c r="D17" s="26"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="12"/>
+      <c r="G17" s="11"/>
+      <c r="H17" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="I17" s="17">
+        <f>SUM(I6:I14)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A18" s="3"/>
+      <c r="B18" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C18" s="12">
+        <v>580</v>
+      </c>
+      <c r="D18" s="26"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="11"/>
+      <c r="H18" s="14"/>
+      <c r="I18" s="15"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A19" s="3"/>
+      <c r="B19" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="12">
+        <v>612</v>
+      </c>
+      <c r="D19" s="26"/>
+      <c r="E19" s="13"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="11"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="15"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A20" s="3"/>
+      <c r="B20" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="12">
+        <v>612</v>
+      </c>
+      <c r="D20" s="26"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="11"/>
+      <c r="H20" s="14"/>
+      <c r="I20" s="15"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A21" s="3"/>
+      <c r="B21" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="12">
+        <v>382</v>
+      </c>
+      <c r="D21" s="26"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="11"/>
+      <c r="H21" s="14"/>
+      <c r="I21" s="15"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A22" s="3"/>
+      <c r="B22" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C22" s="23"/>
+      <c r="D22" s="26"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="14"/>
+      <c r="I22" s="15"/>
+    </row>
+    <row r="23" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A23" s="3"/>
+      <c r="B23" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C23" s="23"/>
+      <c r="D23" s="26"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="14"/>
+      <c r="I23" s="15"/>
+    </row>
+    <row r="24" spans="1:9" ht="25.5" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A24" s="12"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="40">
+        <f>SUM(D6:D23)</f>
+        <v>0</v>
+      </c>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="H24" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="I24" s="17">
+        <f>SUM(D24+I17)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A25" s="12"/>
+      <c r="B25" s="11"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="15"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="11"/>
+      <c r="H25" s="14"/>
+      <c r="I25" s="15"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A26" s="12"/>
+      <c r="B26" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E26" s="15"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="11"/>
+      <c r="H26" s="14"/>
+      <c r="I26" s="15"/>
+    </row>
+    <row r="27" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A27" s="12"/>
+      <c r="B27" s="42" t="s">
+        <v>39</v>
+      </c>
+      <c r="C27" s="42"/>
+      <c r="D27" s="42"/>
+      <c r="E27" s="42"/>
+      <c r="F27" s="42"/>
+      <c r="G27" s="42"/>
+      <c r="H27" s="42"/>
+      <c r="I27" s="42"/>
+    </row>
+    <row r="28" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A28" s="12"/>
+      <c r="B28" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C28" s="44"/>
+      <c r="D28" s="44"/>
+      <c r="E28" s="44"/>
+      <c r="F28" s="44"/>
+      <c r="G28" s="44"/>
+      <c r="H28" s="44"/>
+      <c r="I28" s="44"/>
+    </row>
+    <row r="29" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A29" s="12"/>
+      <c r="B29" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" s="44"/>
+      <c r="D29" s="44"/>
+      <c r="E29" s="44"/>
+      <c r="F29" s="44"/>
+      <c r="G29" s="44"/>
+      <c r="H29" s="44"/>
+      <c r="I29" s="44"/>
+    </row>
+    <row r="30" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A30" s="12"/>
+      <c r="B30" s="44" t="s">
+        <v>46</v>
+      </c>
+      <c r="C30" s="44"/>
+      <c r="D30" s="44"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="44"/>
+      <c r="G30" s="44"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="44"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A31" s="12"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A32" s="12"/>
+      <c r="B32" s="35"/>
+      <c r="C32" s="35"/>
+      <c r="G32" s="35"/>
+      <c r="H32" s="35"/>
+      <c r="I32" s="35"/>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A33" s="12"/>
+      <c r="B33" s="36"/>
+      <c r="C33" s="36"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="19"/>
+      <c r="F33" s="19"/>
+      <c r="G33" s="36"/>
+      <c r="H33" s="36"/>
+      <c r="I33" s="36"/>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A34" s="12"/>
+      <c r="B34" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="C34" s="34"/>
+      <c r="D34" s="20"/>
+      <c r="E34" s="20"/>
+      <c r="F34" s="20"/>
+      <c r="G34" s="34" t="s">
+        <v>31</v>
+      </c>
+      <c r="H34" s="34"/>
+      <c r="I34" s="34"/>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A35" s="21"/>
+      <c r="B35" s="37"/>
+      <c r="C35" s="37"/>
+      <c r="D35" s="20"/>
+      <c r="E35" s="20"/>
+      <c r="F35" s="20"/>
+      <c r="G35" s="35"/>
+      <c r="H35" s="35"/>
+      <c r="I35" s="35"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A36" s="22"/>
+      <c r="B36" s="38"/>
+      <c r="C36" s="38"/>
+      <c r="D36" s="19"/>
+      <c r="E36" s="19"/>
+      <c r="F36" s="19"/>
+      <c r="G36" s="36"/>
+      <c r="H36" s="36"/>
+      <c r="I36" s="36"/>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="B37" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C37" s="20"/>
+      <c r="D37" s="20"/>
+      <c r="E37" s="20"/>
+      <c r="F37" s="20"/>
+      <c r="G37" s="34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37" s="34"/>
+      <c r="I37" s="34"/>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="20"/>
+      <c r="C46" s="20"/>
+      <c r="D46" s="20"/>
+      <c r="E46" s="20"/>
+      <c r="F46" s="20"/>
+      <c r="G46" s="20"/>
+      <c r="H46" s="20"/>
+      <c r="I46" s="20"/>
+      <c r="J46" s="20"/>
+      <c r="K46" s="20"/>
+      <c r="L46" s="20"/>
+      <c r="M46" s="20"/>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="tyOlUVEStao4qWUw50RmNyyf78ae+LYbf4PrX/tg9nDybd4RlGBO6PwY2ccUjx9rKx6njSfaTp+9MSnEZzdlTQ==" saltValue="Fo1oSgCs7r1d663Zq8n2uw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="v5JwNZU7+RbPuWInBZ9170j+fq20G//UZutXH2mB1SRWiFC8ilzsu/HkfKvnot5h/Et64LG/oTDKA7t3fIJvAQ==" saltValue="3eBt0aRrBMWe3lFUjdo1hw==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatColumns="0" insertRows="0"/>
+  <mergeCells count="12">
+    <mergeCell ref="B35:C36"/>
+    <mergeCell ref="G35:I36"/>
+    <mergeCell ref="G37:I37"/>
+    <mergeCell ref="B32:C33"/>
+    <mergeCell ref="G32:I33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="G34:I34"/>
+    <mergeCell ref="C1:F1"/>
+    <mergeCell ref="C2:D2"/>
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="F4:I4"/>
+  </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="50" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="64" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;C&amp;"Arial,Bold"DWR WATER RESOURCES DEVELOPMENT GRANT APPLICATION - SPRING 2025
-[...1 lines deleted...]
-    <oddFooter>&amp;LRevised: 4/14/25&amp;C2</oddFooter>
+    <oddHeader>&amp;CDWR Water Resources Development Grant Program
+Landowner #2</oddHeader>
+    <oddFooter>&amp;LRevised: 3/18/26
+Created: 12/10/18</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
-  <legacyDrawing r:id="rId3"/>
-[...819 lines deleted...]
-  </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4BE75D7D-2CF9-481D-9F76-26F2FA6EF224}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L15"/>
+  <dimension ref="A1:M46"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" zoomScalePageLayoutView="85" workbookViewId="0">
-      <selection activeCell="C3" sqref="C3"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.3" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="16" bestFit="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="12" width="45.6640625" customWidth="1"/>
+    <col min="1" max="1" width="13.5234375" customWidth="1"/>
+    <col min="2" max="2" width="50.3125" customWidth="1"/>
+    <col min="3" max="3" width="7.89453125" customWidth="1"/>
+    <col min="4" max="4" width="22.20703125" customWidth="1"/>
+    <col min="5" max="5" width="13.68359375" customWidth="1"/>
+    <col min="6" max="6" width="16.3125" customWidth="1"/>
+    <col min="7" max="7" width="24.3125" customWidth="1"/>
+    <col min="8" max="8" width="11.5234375" customWidth="1"/>
+    <col min="9" max="9" width="27.7890625" customWidth="1"/>
+    <col min="13" max="13" width="64.68359375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="316.5" customHeight="1" x14ac:dyDescent="0.4">
-[...28 lines deleted...]
-      <c r="A2" s="6" t="s">
+    <row r="1" spans="1:9" ht="16.8" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="C1" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
+      <c r="H1" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="B2" s="126" t="s">
+      <c r="I1" s="28"/>
+    </row>
+    <row r="2" spans="1:9" ht="16.8" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" s="33"/>
+      <c r="E2" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" s="31"/>
+      <c r="H2" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" s="29"/>
+    </row>
+    <row r="4" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A4" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="32" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" s="32"/>
+      <c r="H4" s="32"/>
+      <c r="I4" s="32"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="9"/>
+      <c r="F5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" s="3"/>
+      <c r="B6" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="12">
+        <v>584</v>
+      </c>
+      <c r="D6" s="26"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" s="12">
+        <v>382</v>
+      </c>
+      <c r="I6" s="26"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7" s="3"/>
+      <c r="B7" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="12">
+        <v>342</v>
+      </c>
+      <c r="D7" s="26"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="H7" s="12">
+        <v>561</v>
+      </c>
+      <c r="I7" s="26"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A8" s="3"/>
+      <c r="B8" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="12">
+        <v>484</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="H8" s="12">
+        <v>516</v>
+      </c>
+      <c r="I8" s="26"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A9" s="3"/>
+      <c r="B9" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="12">
+        <v>391</v>
+      </c>
+      <c r="D9" s="26"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="H9" s="12">
+        <v>533</v>
+      </c>
+      <c r="I9" s="26"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A10" s="3"/>
+      <c r="B10" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="12">
+        <v>391</v>
+      </c>
+      <c r="D10" s="26"/>
+      <c r="E10" s="13"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="H10" s="12">
+        <v>642</v>
+      </c>
+      <c r="I10" s="26"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A11" s="3"/>
+      <c r="B11" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="12">
+        <v>390</v>
+      </c>
+      <c r="D11" s="26"/>
+      <c r="E11" s="13"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="H11" s="12">
+        <v>614</v>
+      </c>
+      <c r="I11" s="26"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A12" s="3"/>
+      <c r="B12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="12">
+        <v>572</v>
+      </c>
+      <c r="D12" s="26"/>
+      <c r="E12" s="13"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12" s="27"/>
+      <c r="I12" s="26"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13" s="3"/>
+      <c r="B13" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="12">
+        <v>578</v>
+      </c>
+      <c r="D13" s="26"/>
+      <c r="E13" s="13"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13" s="27"/>
+      <c r="I13" s="26"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A14" s="3"/>
+      <c r="B14" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" s="12">
+        <v>578</v>
+      </c>
+      <c r="D14" s="26"/>
+      <c r="E14" s="13"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14" s="27"/>
+      <c r="I14" s="26"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A15" s="3"/>
+      <c r="B15" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="12">
+        <v>395</v>
+      </c>
+      <c r="D15" s="26"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="10"/>
+      <c r="G15" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H15" s="14"/>
+      <c r="I15" s="15"/>
+    </row>
+    <row r="16" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A16" s="3"/>
+      <c r="B16" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="12">
+        <v>580</v>
+      </c>
+      <c r="D16" s="26"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="15"/>
+    </row>
+    <row r="17" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A17" s="3"/>
+      <c r="B17" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="12">
+        <v>580</v>
+      </c>
+      <c r="D17" s="26"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="12"/>
+      <c r="G17" s="11"/>
+      <c r="H17" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="I17" s="17">
+        <f>SUM(I6:I14)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A18" s="3"/>
+      <c r="B18" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C18" s="12">
+        <v>580</v>
+      </c>
+      <c r="D18" s="26"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="11"/>
+      <c r="H18" s="14"/>
+      <c r="I18" s="15"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A19" s="3"/>
+      <c r="B19" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="12">
+        <v>612</v>
+      </c>
+      <c r="D19" s="26"/>
+      <c r="E19" s="13"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="11"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="15"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A20" s="3"/>
+      <c r="B20" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="12">
+        <v>612</v>
+      </c>
+      <c r="D20" s="26"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="11"/>
+      <c r="H20" s="14"/>
+      <c r="I20" s="15"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A21" s="3"/>
+      <c r="B21" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="12">
+        <v>382</v>
+      </c>
+      <c r="D21" s="26"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="11"/>
+      <c r="H21" s="14"/>
+      <c r="I21" s="15"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A22" s="3"/>
+      <c r="B22" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C22" s="23"/>
+      <c r="D22" s="26"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="14"/>
+      <c r="I22" s="15"/>
+    </row>
+    <row r="23" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A23" s="3"/>
+      <c r="B23" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C23" s="23"/>
+      <c r="D23" s="26"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="14"/>
+      <c r="I23" s="15"/>
+    </row>
+    <row r="24" spans="1:9" ht="25.5" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A24" s="12"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="40">
+        <f>SUM(D6:D23)</f>
+        <v>0</v>
+      </c>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="H24" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="I24" s="17">
+        <f>SUM(D24+I17)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A25" s="12"/>
+      <c r="B25" s="11"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="15"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="11"/>
+      <c r="H25" s="14"/>
+      <c r="I25" s="15"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A26" s="12"/>
+      <c r="B26" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E26" s="15"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="11"/>
+      <c r="H26" s="14"/>
+      <c r="I26" s="15"/>
+    </row>
+    <row r="27" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A27" s="12"/>
+      <c r="B27" s="42" t="s">
         <v>39</v>
       </c>
-      <c r="C2" s="126" t="s">
-[...11 lines deleted...]
-      <c r="G2" s="126" t="s">
+      <c r="C27" s="42"/>
+      <c r="D27" s="42"/>
+      <c r="E27" s="42"/>
+      <c r="F27" s="42"/>
+      <c r="G27" s="42"/>
+      <c r="H27" s="42"/>
+      <c r="I27" s="42"/>
+    </row>
+    <row r="28" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A28" s="12"/>
+      <c r="B28" s="43" t="s">
         <v>44</v>
       </c>
-      <c r="H2" s="126" t="s">
-[...2 lines deleted...]
-      <c r="I2" s="126" t="s">
+      <c r="C28" s="44"/>
+      <c r="D28" s="44"/>
+      <c r="E28" s="44"/>
+      <c r="F28" s="44"/>
+      <c r="G28" s="44"/>
+      <c r="H28" s="44"/>
+      <c r="I28" s="44"/>
+    </row>
+    <row r="29" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A29" s="12"/>
+      <c r="B29" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" s="44"/>
+      <c r="D29" s="44"/>
+      <c r="E29" s="44"/>
+      <c r="F29" s="44"/>
+      <c r="G29" s="44"/>
+      <c r="H29" s="44"/>
+      <c r="I29" s="44"/>
+    </row>
+    <row r="30" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A30" s="12"/>
+      <c r="B30" s="44" t="s">
         <v>46</v>
       </c>
-      <c r="J2" s="126" t="s">
-[...179 lines deleted...]
-      <c r="L15" s="244"/>
+      <c r="C30" s="44"/>
+      <c r="D30" s="44"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="44"/>
+      <c r="G30" s="44"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="44"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A31" s="12"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A32" s="12"/>
+      <c r="B32" s="35"/>
+      <c r="C32" s="35"/>
+      <c r="G32" s="35"/>
+      <c r="H32" s="35"/>
+      <c r="I32" s="35"/>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A33" s="12"/>
+      <c r="B33" s="36"/>
+      <c r="C33" s="36"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="19"/>
+      <c r="F33" s="19"/>
+      <c r="G33" s="36"/>
+      <c r="H33" s="36"/>
+      <c r="I33" s="36"/>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A34" s="12"/>
+      <c r="B34" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="C34" s="34"/>
+      <c r="D34" s="20"/>
+      <c r="E34" s="20"/>
+      <c r="F34" s="20"/>
+      <c r="G34" s="34" t="s">
+        <v>31</v>
+      </c>
+      <c r="H34" s="34"/>
+      <c r="I34" s="34"/>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A35" s="21"/>
+      <c r="B35" s="37"/>
+      <c r="C35" s="37"/>
+      <c r="D35" s="20"/>
+      <c r="E35" s="20"/>
+      <c r="F35" s="20"/>
+      <c r="G35" s="35"/>
+      <c r="H35" s="35"/>
+      <c r="I35" s="35"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A36" s="22"/>
+      <c r="B36" s="38"/>
+      <c r="C36" s="38"/>
+      <c r="D36" s="19"/>
+      <c r="E36" s="19"/>
+      <c r="F36" s="19"/>
+      <c r="G36" s="36"/>
+      <c r="H36" s="36"/>
+      <c r="I36" s="36"/>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="B37" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C37" s="20"/>
+      <c r="D37" s="20"/>
+      <c r="E37" s="20"/>
+      <c r="F37" s="20"/>
+      <c r="G37" s="34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37" s="34"/>
+      <c r="I37" s="34"/>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="20"/>
+      <c r="C46" s="20"/>
+      <c r="D46" s="20"/>
+      <c r="E46" s="20"/>
+      <c r="F46" s="20"/>
+      <c r="G46" s="20"/>
+      <c r="H46" s="20"/>
+      <c r="I46" s="20"/>
+      <c r="J46" s="20"/>
+      <c r="K46" s="20"/>
+      <c r="L46" s="20"/>
+      <c r="M46" s="20"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="1WpAE5v9Mtbi8Pa15G8i9mXPEBosMKI6MpQME15CksJp74R/TJsstyPGj3c6mrjM3ZAjuT+IvXZ7eCfqye4uMw==" saltValue="loYcOacyUZud9rNa0NAIWA==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertRows="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="4vij3oz7lEkAhvdx6MIDBECk3Y0RxsIh3ewcwZfKs8kVhHEKB6mM3aq0lp4YPLuooBVrdII/puO3rSQwkiz+RA==" saltValue="Y/TaFYxfdWHQYsBnS7sQpA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatColumns="0" insertRows="0"/>
+  <mergeCells count="12">
+    <mergeCell ref="B35:C36"/>
+    <mergeCell ref="G35:I36"/>
+    <mergeCell ref="G37:I37"/>
+    <mergeCell ref="B32:C33"/>
+    <mergeCell ref="G32:I33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="G34:I34"/>
+    <mergeCell ref="C1:F1"/>
+    <mergeCell ref="C2:D2"/>
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="F4:I4"/>
+  </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="42" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="64" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;C&amp;"Arial,Bold"DWR WATER RESOURCES DEVELOPMENT GRANT APPLICATION - SPRING 2025
-[...2 lines deleted...]
-    <oddFooter>&amp;LRevised: 4/14/25&amp;C3</oddFooter>
+    <oddHeader>&amp;CDWR Water Resources Development Grant Program
+Landowner #3</oddHeader>
+    <oddFooter>&amp;LRevised: 3/18/26
+Created: 12/10/18</oddFooter>
   </headerFooter>
-  <legacyDrawing r:id="rId2"/>
-[...11 lines deleted...]
-  </extLst>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C6B75073-2F4D-4FF3-B2AA-7B5821367AEE}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O11"/>
+  <dimension ref="A1:M46"/>
   <sheetViews>
-    <sheetView topLeftCell="B1" zoomScale="70" zoomScaleNormal="70" zoomScalePageLayoutView="85" workbookViewId="0">
-      <selection activeCell="C3" sqref="C3"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.3" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="16" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="15" width="23.33203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5234375" customWidth="1"/>
+    <col min="2" max="2" width="50.3125" customWidth="1"/>
+    <col min="3" max="3" width="7.89453125" customWidth="1"/>
+    <col min="4" max="4" width="22.20703125" customWidth="1"/>
+    <col min="5" max="5" width="13.68359375" customWidth="1"/>
+    <col min="6" max="6" width="16.3125" customWidth="1"/>
+    <col min="7" max="7" width="24.3125" customWidth="1"/>
+    <col min="8" max="8" width="11.5234375" customWidth="1"/>
+    <col min="9" max="9" width="27.7890625" customWidth="1"/>
+    <col min="13" max="13" width="64.68359375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="142.5" customHeight="1" x14ac:dyDescent="0.4">
-[...39 lines deleted...]
-      <c r="A2" s="6" t="s">
+    <row r="1" spans="1:9" ht="16.8" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="C1" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
+      <c r="H1" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="B2" s="7" t="s">
+      <c r="I1" s="28"/>
+    </row>
+    <row r="2" spans="1:9" ht="16.8" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" s="33"/>
+      <c r="E2" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" s="31"/>
+      <c r="H2" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" s="29"/>
+    </row>
+    <row r="4" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A4" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="32" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" s="32"/>
+      <c r="H4" s="32"/>
+      <c r="I4" s="32"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="9"/>
+      <c r="F5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" s="3"/>
+      <c r="B6" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="12">
+        <v>584</v>
+      </c>
+      <c r="D6" s="26"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" s="12">
+        <v>382</v>
+      </c>
+      <c r="I6" s="26"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7" s="3"/>
+      <c r="B7" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="12">
+        <v>342</v>
+      </c>
+      <c r="D7" s="26"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="H7" s="12">
+        <v>561</v>
+      </c>
+      <c r="I7" s="26"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A8" s="3"/>
+      <c r="B8" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="12">
+        <v>484</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="H8" s="12">
+        <v>516</v>
+      </c>
+      <c r="I8" s="26"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A9" s="3"/>
+      <c r="B9" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="12">
+        <v>391</v>
+      </c>
+      <c r="D9" s="26"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="H9" s="12">
+        <v>533</v>
+      </c>
+      <c r="I9" s="26"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A10" s="3"/>
+      <c r="B10" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="12">
+        <v>391</v>
+      </c>
+      <c r="D10" s="26"/>
+      <c r="E10" s="13"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="H10" s="12">
+        <v>642</v>
+      </c>
+      <c r="I10" s="26"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A11" s="3"/>
+      <c r="B11" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="12">
+        <v>390</v>
+      </c>
+      <c r="D11" s="26"/>
+      <c r="E11" s="13"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="H11" s="12">
+        <v>614</v>
+      </c>
+      <c r="I11" s="26"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A12" s="3"/>
+      <c r="B12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="12">
+        <v>572</v>
+      </c>
+      <c r="D12" s="26"/>
+      <c r="E12" s="13"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12" s="27"/>
+      <c r="I12" s="26"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13" s="3"/>
+      <c r="B13" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="12">
+        <v>578</v>
+      </c>
+      <c r="D13" s="26"/>
+      <c r="E13" s="13"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13" s="27"/>
+      <c r="I13" s="26"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A14" s="3"/>
+      <c r="B14" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" s="12">
+        <v>578</v>
+      </c>
+      <c r="D14" s="26"/>
+      <c r="E14" s="13"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14" s="27"/>
+      <c r="I14" s="26"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A15" s="3"/>
+      <c r="B15" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="12">
+        <v>395</v>
+      </c>
+      <c r="D15" s="26"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="10"/>
+      <c r="G15" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H15" s="14"/>
+      <c r="I15" s="15"/>
+    </row>
+    <row r="16" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A16" s="3"/>
+      <c r="B16" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="12">
+        <v>580</v>
+      </c>
+      <c r="D16" s="26"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="15"/>
+    </row>
+    <row r="17" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A17" s="3"/>
+      <c r="B17" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="12">
+        <v>580</v>
+      </c>
+      <c r="D17" s="26"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="12"/>
+      <c r="G17" s="11"/>
+      <c r="H17" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="I17" s="17">
+        <f>SUM(I6:I14)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A18" s="3"/>
+      <c r="B18" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C18" s="12">
+        <v>580</v>
+      </c>
+      <c r="D18" s="26"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="11"/>
+      <c r="H18" s="14"/>
+      <c r="I18" s="15"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A19" s="3"/>
+      <c r="B19" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="12">
+        <v>612</v>
+      </c>
+      <c r="D19" s="26"/>
+      <c r="E19" s="13"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="11"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="15"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A20" s="3"/>
+      <c r="B20" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="12">
+        <v>612</v>
+      </c>
+      <c r="D20" s="26"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="11"/>
+      <c r="H20" s="14"/>
+      <c r="I20" s="15"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A21" s="3"/>
+      <c r="B21" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="12">
+        <v>382</v>
+      </c>
+      <c r="D21" s="26"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="11"/>
+      <c r="H21" s="14"/>
+      <c r="I21" s="15"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A22" s="3"/>
+      <c r="B22" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C22" s="23"/>
+      <c r="D22" s="26"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="14"/>
+      <c r="I22" s="15"/>
+    </row>
+    <row r="23" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A23" s="3"/>
+      <c r="B23" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C23" s="23"/>
+      <c r="D23" s="26"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="14"/>
+      <c r="I23" s="15"/>
+    </row>
+    <row r="24" spans="1:9" ht="25.5" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A24" s="12"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="40">
+        <f>SUM(D6:D23)</f>
+        <v>0</v>
+      </c>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="H24" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="C2" s="7" t="s">
-[...8 lines deleted...]
-      <c r="F2" s="7" t="s">
+      <c r="I24" s="17">
+        <f>SUM(D24+I17)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A25" s="12"/>
+      <c r="B25" s="11"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="15"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="11"/>
+      <c r="H25" s="14"/>
+      <c r="I25" s="15"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A26" s="12"/>
+      <c r="B26" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E26" s="15"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="11"/>
+      <c r="H26" s="14"/>
+      <c r="I26" s="15"/>
+    </row>
+    <row r="27" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A27" s="12"/>
+      <c r="B27" s="42" t="s">
+        <v>39</v>
+      </c>
+      <c r="C27" s="42"/>
+      <c r="D27" s="42"/>
+      <c r="E27" s="42"/>
+      <c r="F27" s="42"/>
+      <c r="G27" s="42"/>
+      <c r="H27" s="42"/>
+      <c r="I27" s="42"/>
+    </row>
+    <row r="28" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A28" s="12"/>
+      <c r="B28" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C28" s="44"/>
+      <c r="D28" s="44"/>
+      <c r="E28" s="44"/>
+      <c r="F28" s="44"/>
+      <c r="G28" s="44"/>
+      <c r="H28" s="44"/>
+      <c r="I28" s="44"/>
+    </row>
+    <row r="29" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A29" s="12"/>
+      <c r="B29" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" s="44"/>
+      <c r="D29" s="44"/>
+      <c r="E29" s="44"/>
+      <c r="F29" s="44"/>
+      <c r="G29" s="44"/>
+      <c r="H29" s="44"/>
+      <c r="I29" s="44"/>
+    </row>
+    <row r="30" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A30" s="12"/>
+      <c r="B30" s="44" t="s">
+        <v>46</v>
+      </c>
+      <c r="C30" s="44"/>
+      <c r="D30" s="44"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="44"/>
+      <c r="G30" s="44"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="44"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A31" s="12"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A32" s="12"/>
+      <c r="B32" s="35"/>
+      <c r="C32" s="35"/>
+      <c r="G32" s="35"/>
+      <c r="H32" s="35"/>
+      <c r="I32" s="35"/>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A33" s="12"/>
+      <c r="B33" s="36"/>
+      <c r="C33" s="36"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="19"/>
+      <c r="F33" s="19"/>
+      <c r="G33" s="36"/>
+      <c r="H33" s="36"/>
+      <c r="I33" s="36"/>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A34" s="12"/>
+      <c r="B34" s="34" t="s">
         <v>30</v>
       </c>
-      <c r="G2" s="23" t="s">
-[...52 lines deleted...]
-      <c r="C4" s="7" t="s">
+      <c r="C34" s="34"/>
+      <c r="D34" s="20"/>
+      <c r="E34" s="20"/>
+      <c r="F34" s="20"/>
+      <c r="G34" s="34" t="s">
         <v>31</v>
       </c>
-      <c r="D4" s="220" t="s">
+      <c r="H34" s="34"/>
+      <c r="I34" s="34"/>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A35" s="21"/>
+      <c r="B35" s="37"/>
+      <c r="C35" s="37"/>
+      <c r="D35" s="20"/>
+      <c r="E35" s="20"/>
+      <c r="F35" s="20"/>
+      <c r="G35" s="35"/>
+      <c r="H35" s="35"/>
+      <c r="I35" s="35"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A36" s="22"/>
+      <c r="B36" s="38"/>
+      <c r="C36" s="38"/>
+      <c r="D36" s="19"/>
+      <c r="E36" s="19"/>
+      <c r="F36" s="19"/>
+      <c r="G36" s="36"/>
+      <c r="H36" s="36"/>
+      <c r="I36" s="36"/>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="B37" s="20" t="s">
         <v>32</v>
       </c>
-      <c r="E4" s="9"/>
-[...8 lines deleted...]
-      <c r="C5" s="10" t="s">
+      <c r="C37" s="20"/>
+      <c r="D37" s="20"/>
+      <c r="E37" s="20"/>
+      <c r="F37" s="20"/>
+      <c r="G37" s="34" t="s">
         <v>34</v>
       </c>
-      <c r="D5" s="11" t="s">
-[...105 lines deleted...]
-      </c>
+      <c r="H37" s="34"/>
+      <c r="I37" s="34"/>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="20"/>
+      <c r="C46" s="20"/>
+      <c r="D46" s="20"/>
+      <c r="E46" s="20"/>
+      <c r="F46" s="20"/>
+      <c r="G46" s="20"/>
+      <c r="H46" s="20"/>
+      <c r="I46" s="20"/>
+      <c r="J46" s="20"/>
+      <c r="K46" s="20"/>
+      <c r="L46" s="20"/>
+      <c r="M46" s="20"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="DSg+tfNA8ULtS5+1NuAznbiy/6veyOp8OMQdGzdBa1NZZvUsyF8XWUZTleYYu2aA6XBD1zlnyTHgPRyiECgqmw==" saltValue="u3Nomf/mz3CDQpLuysTu3w==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatColumns="0" formatRows="0"/>
-[...16 lines deleted...]
-  </hyperlinks>
+  <sheetProtection algorithmName="SHA-512" hashValue="xEuJCXb/VGhMXUhetV5PHASam11HnfyzKBIpiu12YEqeNrdRpNVIKJNaU41xR34WKMRlJGs5M7KlhvRHEFkb5A==" saltValue="gY2/BlIUFMpYY7/GBvBKJw==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatColumns="0" insertRows="0"/>
+  <mergeCells count="12">
+    <mergeCell ref="B35:C36"/>
+    <mergeCell ref="G35:I36"/>
+    <mergeCell ref="G37:I37"/>
+    <mergeCell ref="B32:C33"/>
+    <mergeCell ref="G32:I33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="G34:I34"/>
+    <mergeCell ref="C1:F1"/>
+    <mergeCell ref="C2:D2"/>
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="F4:I4"/>
+  </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="35" orientation="landscape" r:id="rId8"/>
+  <pageSetup scale="64" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;C&amp;"Arial,Bold"DWR WATER RESOURCES DEVELOPMENT GRANT APPLICATION - SPRING 2025
-[...2 lines deleted...]
-    <oddFooter>&amp;LRevised: 4/14/25&amp;C4</oddFooter>
+    <oddHeader>&amp;CDWR Water Resources Development Grant Program
+Landowner #4</oddHeader>
+    <oddFooter>&amp;LRevised: 3/18/26
+Created: 12/10/18</oddFooter>
   </headerFooter>
-  <legacyDrawing r:id="rId9"/>
-[...23 lines deleted...]
-  </extLst>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <sheetPr codeName="Sheet4">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{06DA4E7B-D38C-460C-BB84-15E00ACC6465}">
+  <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:M46"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.3" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="15.109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="49.88671875" customWidth="1"/>
+    <col min="1" max="1" width="13.5234375" customWidth="1"/>
+    <col min="2" max="2" width="50.3125" customWidth="1"/>
+    <col min="3" max="3" width="7.89453125" customWidth="1"/>
+    <col min="4" max="4" width="22.20703125" customWidth="1"/>
+    <col min="5" max="5" width="13.68359375" customWidth="1"/>
+    <col min="6" max="6" width="16.3125" customWidth="1"/>
+    <col min="7" max="7" width="24.3125" customWidth="1"/>
+    <col min="8" max="8" width="11.5234375" customWidth="1"/>
+    <col min="9" max="9" width="27.7890625" customWidth="1"/>
+    <col min="13" max="13" width="64.68359375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="90.6" customHeight="1" x14ac:dyDescent="0.4">
-[...14 lines deleted...]
-      <c r="A2" s="6" t="s">
+    <row r="1" spans="1:9" ht="16.8" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="C1" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
+      <c r="H1" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="B2" s="44" t="s">
-[...88 lines deleted...]
-      <c r="C28" s="8"/>
+      <c r="I1" s="28"/>
+    </row>
+    <row r="2" spans="1:9" ht="16.8" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" s="33"/>
+      <c r="E2" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" s="31"/>
+      <c r="H2" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" s="29"/>
+    </row>
+    <row r="4" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A4" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="32" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" s="32"/>
+      <c r="H4" s="32"/>
+      <c r="I4" s="32"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="9"/>
+      <c r="F5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" s="3"/>
+      <c r="B6" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="12">
+        <v>584</v>
+      </c>
+      <c r="D6" s="26"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" s="12">
+        <v>382</v>
+      </c>
+      <c r="I6" s="26"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7" s="3"/>
+      <c r="B7" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="12">
+        <v>342</v>
+      </c>
+      <c r="D7" s="26"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="H7" s="12">
+        <v>561</v>
+      </c>
+      <c r="I7" s="26"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A8" s="3"/>
+      <c r="B8" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="12">
+        <v>484</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="H8" s="12">
+        <v>516</v>
+      </c>
+      <c r="I8" s="26"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A9" s="3"/>
+      <c r="B9" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="12">
+        <v>391</v>
+      </c>
+      <c r="D9" s="26"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="H9" s="12">
+        <v>533</v>
+      </c>
+      <c r="I9" s="26"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A10" s="3"/>
+      <c r="B10" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="12">
+        <v>391</v>
+      </c>
+      <c r="D10" s="26"/>
+      <c r="E10" s="13"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="H10" s="12">
+        <v>642</v>
+      </c>
+      <c r="I10" s="26"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A11" s="3"/>
+      <c r="B11" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="12">
+        <v>390</v>
+      </c>
+      <c r="D11" s="26"/>
+      <c r="E11" s="13"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="H11" s="12">
+        <v>614</v>
+      </c>
+      <c r="I11" s="26"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A12" s="3"/>
+      <c r="B12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="12">
+        <v>572</v>
+      </c>
+      <c r="D12" s="26"/>
+      <c r="E12" s="13"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12" s="27"/>
+      <c r="I12" s="26"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13" s="3"/>
+      <c r="B13" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="12">
+        <v>578</v>
+      </c>
+      <c r="D13" s="26"/>
+      <c r="E13" s="13"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13" s="27"/>
+      <c r="I13" s="26"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A14" s="3"/>
+      <c r="B14" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" s="12">
+        <v>578</v>
+      </c>
+      <c r="D14" s="26"/>
+      <c r="E14" s="13"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14" s="27"/>
+      <c r="I14" s="26"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A15" s="3"/>
+      <c r="B15" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="12">
+        <v>395</v>
+      </c>
+      <c r="D15" s="26"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="10"/>
+      <c r="G15" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H15" s="14"/>
+      <c r="I15" s="15"/>
+    </row>
+    <row r="16" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A16" s="3"/>
+      <c r="B16" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="12">
+        <v>580</v>
+      </c>
+      <c r="D16" s="26"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="15"/>
+    </row>
+    <row r="17" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A17" s="3"/>
+      <c r="B17" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="12">
+        <v>580</v>
+      </c>
+      <c r="D17" s="26"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="12"/>
+      <c r="G17" s="11"/>
+      <c r="H17" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="I17" s="17">
+        <f>SUM(I6:I14)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A18" s="3"/>
+      <c r="B18" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C18" s="12">
+        <v>580</v>
+      </c>
+      <c r="D18" s="26"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="11"/>
+      <c r="H18" s="14"/>
+      <c r="I18" s="15"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A19" s="3"/>
+      <c r="B19" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="12">
+        <v>612</v>
+      </c>
+      <c r="D19" s="26"/>
+      <c r="E19" s="13"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="11"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="15"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A20" s="3"/>
+      <c r="B20" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="12">
+        <v>612</v>
+      </c>
+      <c r="D20" s="26"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="11"/>
+      <c r="H20" s="14"/>
+      <c r="I20" s="15"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A21" s="3"/>
+      <c r="B21" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="12">
+        <v>382</v>
+      </c>
+      <c r="D21" s="26"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="11"/>
+      <c r="H21" s="14"/>
+      <c r="I21" s="15"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A22" s="3"/>
+      <c r="B22" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C22" s="23"/>
+      <c r="D22" s="26"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="14"/>
+      <c r="I22" s="15"/>
+    </row>
+    <row r="23" spans="1:9" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A23" s="3"/>
+      <c r="B23" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C23" s="23"/>
+      <c r="D23" s="26"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="14"/>
+      <c r="I23" s="15"/>
+    </row>
+    <row r="24" spans="1:9" ht="25.5" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A24" s="12"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="40">
+        <f>SUM(D6:D23)</f>
+        <v>0</v>
+      </c>
+      <c r="E24" s="13"/>
+      <c r="F24" s="12"/>
+      <c r="H24" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="I24" s="17">
+        <f>SUM(D24+I17)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A25" s="12"/>
+      <c r="B25" s="11"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="15"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="11"/>
+      <c r="H25" s="14"/>
+      <c r="I25" s="15"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A26" s="12"/>
+      <c r="B26" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E26" s="15"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="11"/>
+      <c r="H26" s="14"/>
+      <c r="I26" s="15"/>
+    </row>
+    <row r="27" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A27" s="12"/>
+      <c r="B27" s="42" t="s">
+        <v>39</v>
+      </c>
+      <c r="C27" s="42"/>
+      <c r="D27" s="42"/>
+      <c r="E27" s="42"/>
+      <c r="F27" s="42"/>
+      <c r="G27" s="42"/>
+      <c r="H27" s="42"/>
+      <c r="I27" s="42"/>
+    </row>
+    <row r="28" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A28" s="12"/>
+      <c r="B28" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C28" s="44"/>
+      <c r="D28" s="44"/>
+      <c r="E28" s="44"/>
+      <c r="F28" s="44"/>
+      <c r="G28" s="44"/>
+      <c r="H28" s="44"/>
+      <c r="I28" s="44"/>
+    </row>
+    <row r="29" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A29" s="12"/>
+      <c r="B29" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" s="44"/>
+      <c r="D29" s="44"/>
+      <c r="E29" s="44"/>
+      <c r="F29" s="44"/>
+      <c r="G29" s="44"/>
+      <c r="H29" s="44"/>
+      <c r="I29" s="44"/>
+    </row>
+    <row r="30" spans="1:9" ht="16.5" x14ac:dyDescent="0.55000000000000004">
+      <c r="A30" s="12"/>
+      <c r="B30" s="44" t="s">
+        <v>46</v>
+      </c>
+      <c r="C30" s="44"/>
+      <c r="D30" s="44"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="44"/>
+      <c r="G30" s="44"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="44"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A31" s="12"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.55000000000000004">
+      <c r="A32" s="12"/>
+      <c r="B32" s="35"/>
+      <c r="C32" s="35"/>
+      <c r="G32" s="35"/>
+      <c r="H32" s="35"/>
+      <c r="I32" s="35"/>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A33" s="12"/>
+      <c r="B33" s="36"/>
+      <c r="C33" s="36"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="19"/>
+      <c r="F33" s="19"/>
+      <c r="G33" s="36"/>
+      <c r="H33" s="36"/>
+      <c r="I33" s="36"/>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A34" s="12"/>
+      <c r="B34" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="C34" s="34"/>
+      <c r="D34" s="20"/>
+      <c r="E34" s="20"/>
+      <c r="F34" s="20"/>
+      <c r="G34" s="34" t="s">
+        <v>31</v>
+      </c>
+      <c r="H34" s="34"/>
+      <c r="I34" s="34"/>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A35" s="21"/>
+      <c r="B35" s="37" t="s">
+        <v>37</v>
+      </c>
+      <c r="C35" s="37"/>
+      <c r="D35" s="20"/>
+      <c r="E35" s="20"/>
+      <c r="F35" s="20"/>
+      <c r="G35" s="35"/>
+      <c r="H35" s="35"/>
+      <c r="I35" s="35"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="A36" s="22"/>
+      <c r="B36" s="38"/>
+      <c r="C36" s="38"/>
+      <c r="D36" s="19"/>
+      <c r="E36" s="19"/>
+      <c r="F36" s="19"/>
+      <c r="G36" s="36"/>
+      <c r="H36" s="36"/>
+      <c r="I36" s="36"/>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="B37" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C37" s="20"/>
+      <c r="D37" s="20"/>
+      <c r="E37" s="20"/>
+      <c r="F37" s="20"/>
+      <c r="G37" s="34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37" s="34"/>
+      <c r="I37" s="34"/>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="20"/>
+      <c r="C46" s="20"/>
+      <c r="D46" s="20"/>
+      <c r="E46" s="20"/>
+      <c r="F46" s="20"/>
+      <c r="G46" s="20"/>
+      <c r="H46" s="20"/>
+      <c r="I46" s="20"/>
+      <c r="J46" s="20"/>
+      <c r="K46" s="20"/>
+      <c r="L46" s="20"/>
+      <c r="M46" s="20"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="iSoIFKnMHQEhpMYHa/CwQo2JLx0KxQkn7IkGqf6dKzlIVAAufwhTQy+48lo3bQQ6c1HfRmgY9cSkudiqQgCAVA==" saltValue="jevURqs8HfxtM63kz5tWtQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatColumns="0" formatRows="0" selectLockedCells="1"/>
-[...10 lines deleted...]
-  </dataValidations>
+  <sheetProtection algorithmName="SHA-512" hashValue="ZDmtM+/+pAp+kdk/vVt/44cHASEW3DwmUvc5ro93Pire25bfHClWN7Y3I+t8XEVQhoU96fB9uiXqjIsEH2xDNw==" saltValue="+9WX1vPhkDJM2jnsPPgIcg==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatColumns="0" insertRows="0"/>
+  <mergeCells count="12">
+    <mergeCell ref="B35:C36"/>
+    <mergeCell ref="G35:I36"/>
+    <mergeCell ref="G37:I37"/>
+    <mergeCell ref="B32:C33"/>
+    <mergeCell ref="G32:I33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="G34:I34"/>
+    <mergeCell ref="C1:F1"/>
+    <mergeCell ref="C2:D2"/>
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="F4:I4"/>
+  </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="53" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="64" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;C&amp;"Arial,Bold"DWR WATER RESOURCES DEVELOPMENT GRANT APPLICATION - SPRING 2025
-[...2 lines deleted...]
-    <oddFooter>&amp;LRevised: 4/14/25&amp;C5</oddFooter>
+    <oddHeader>&amp;CDWR Water Resources Development Grant Program
+Landowner #5</oddHeader>
+    <oddFooter>&amp;LRevised: 3/18/26
+Created: 12/10/18</oddFooter>
   </headerFooter>
-  <legacyDrawing r:id="rId2"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-[...9960 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D08E6C5B-8A28-4F8C-95F6-5410F144EEF9}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:AA87"/>
+  <dimension ref="A1:B9"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="F3" sqref="F3:L3"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="12.6" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="2.5546875" style="147" customWidth="1"/>
-[...25 lines deleted...]
-    <col min="28" max="16384" width="8.88671875" style="147"/>
+    <col min="1" max="1" width="15" customWidth="1"/>
+    <col min="2" max="2" width="153.20703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:27" ht="12.9" thickBot="1" x14ac:dyDescent="0.5"/>
-[...2144 lines deleted...]
-      <c r="Q87" s="174"/>
+    <row r="1" spans="1:2" x14ac:dyDescent="0.55000000000000004">
+      <c r="A1" s="24" t="s">
+        <v>40</v>
+      </c>
+      <c r="B1" s="25" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.55000000000000004">
+      <c r="A2" s="41" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.55000000000000004">
+      <c r="A3" s="41" t="s">
+        <v>60</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.55000000000000004">
+      <c r="A4" s="41" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.55000000000000004">
+      <c r="A5" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.55000000000000004">
+      <c r="A7" s="41" t="s">
+        <v>42</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.55000000000000004">
+      <c r="A8" s="41" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.55000000000000004">
+      <c r="A9" s="41" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" t="s">
+        <v>56</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="bLdQwDgFR9gdbWX6a5oZWW4KEJNff230bpK4iO7NRfXyYOn8THvAJOnKS6VhTS/UPH6lBNWAoKTlHEfBGZzikw==" saltValue="qQcNFTtPqfGrDosUvw/pCQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatColumns="0"/>
-[...163 lines deleted...]
-  </mergeCells>
+  <sheetProtection algorithmName="SHA-512" hashValue="u4I30ES3TV9z8oZKGXp6xSEk0YOCp+J5SdSDjlQC9UMa56WE3UbRHJYsCq4a720kqTd7lSaVmEysorcJ5XHJGA==" saltValue="JWPXUnxj8MhI2N8AhMZZ/g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <phoneticPr fontId="16" type="noConversion"/>
   <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="74" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="87" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;C&amp;"Arial,Bold"DWR WATER RESOURCES DEVELOPMENT GRANT APPLICATION - SPRING 2025
-[...2 lines deleted...]
-    <oddFooter>&amp;LRevised: 4/14/25&amp;C8</oddFooter>
+    <oddHeader xml:space="preserve">&amp;CDWR Water Resources Development Grant Program
+Updates From June 2023 Version
+</oddHeader>
+    <oddFooter>&amp;LRevised: 3/18/26
+Created: 12/10/18</oddFooter>
   </headerFooter>
-  <ignoredErrors>
-[...349 lines deleted...]
-  <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
-[...20 lines deleted...]
-      <vt:lpstr>'Updates from Fall 2024'!Print_Area</vt:lpstr>
+    <vt:vector size="12" baseType="lpstr">
+      <vt:lpstr>Landowner #1</vt:lpstr>
+      <vt:lpstr>Landowner #2</vt:lpstr>
+      <vt:lpstr>Landowner #3</vt:lpstr>
+      <vt:lpstr>Landowner #4</vt:lpstr>
+      <vt:lpstr>Landowner #5</vt:lpstr>
+      <vt:lpstr>Updates from June 2023 Version</vt:lpstr>
+      <vt:lpstr>'Landowner #1'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Landowner #2'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Landowner #3'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Landowner #4'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Landowner #5'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Updates from June 2023 Version'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Amin Davis</dc:creator>
+  <dc:creator>Davis, Amin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>