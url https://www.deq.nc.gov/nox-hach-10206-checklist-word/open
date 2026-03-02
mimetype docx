--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2D619E11" w14:textId="4DD3BC33" w:rsidR="007744FE" w:rsidRDefault="007744FE" w:rsidP="00BD2B46">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="005D5C75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -128,406 +128,394 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10880" w:type="dxa"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2350"/>
         <w:gridCol w:w="2593"/>
         <w:gridCol w:w="1610"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="3157"/>
       </w:tblGrid>
       <w:tr w:rsidR="007744FE" w:rsidRPr="00A0149B" w14:paraId="40E3C841" w14:textId="77777777" w:rsidTr="007373B6">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B5FC64B" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4203" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3447005E" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22E5D6D0" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="666EBA09" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007744FE" w:rsidRPr="00A0149B" w14:paraId="190F63E4" w14:textId="77777777" w:rsidTr="007373B6">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D864F69" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4203" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="24A15B45" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D371DBD" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="267CB3ED" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="007373B6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007744FE" w:rsidRPr="00A0149B" w14:paraId="1DF95187" w14:textId="77777777" w:rsidTr="007373B6">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E77DEAB" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5937" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="57A632D7" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007744FE" w:rsidRPr="00A0149B" w14:paraId="1930B1BA" w14:textId="77777777" w:rsidTr="007373B6">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="00B95F58" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5937" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="628B6864" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C1EF300" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00A0149B" w:rsidRDefault="007744FE" w:rsidP="007744FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A5D3D50" w14:textId="7941F3B4" w:rsidR="007744FE" w:rsidRPr="007373B6" w:rsidRDefault="007744FE" w:rsidP="007744FE">
@@ -714,143 +702,139 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="488"/>
         <w:gridCol w:w="4923"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4927"/>
       </w:tblGrid>
       <w:tr w:rsidR="00942C15" w:rsidRPr="00A0149B" w14:paraId="4C266670" w14:textId="77777777" w:rsidTr="007373B6">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F190B3E" w14:textId="77777777" w:rsidR="00942C15" w:rsidRPr="00A0149B" w:rsidRDefault="00942C15" w:rsidP="00942C15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D513A76" w14:textId="1D975902" w:rsidR="001A7E3C" w:rsidRPr="008A1F05" w:rsidRDefault="001A7E3C" w:rsidP="001A7E3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A1F05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Spectrophotometer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7ED155B6" w14:textId="503C7C5D" w:rsidR="00942C15" w:rsidRPr="00713C15" w:rsidRDefault="001A7E3C" w:rsidP="001A7E3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A1F05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Model):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3FD221A0" w14:textId="77777777" w:rsidR="00942C15" w:rsidRPr="00A0149B" w:rsidRDefault="00942C15" w:rsidP="00942C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B60D05C" w14:textId="23F82E6F" w:rsidR="00942C15" w:rsidRDefault="00942C15" w:rsidP="008A1F05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A5E972A" w14:textId="69BF7AD4" w:rsidR="007744FE" w:rsidRDefault="007744FE" w:rsidP="007744FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71D7FD71" w14:textId="6B640723" w:rsidR="00CA17AC" w:rsidRDefault="00CA17AC" w:rsidP="007744FE">
       <w:pPr>
@@ -871,66 +855,64 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10777" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="443"/>
         <w:gridCol w:w="4843"/>
         <w:gridCol w:w="444"/>
         <w:gridCol w:w="5047"/>
       </w:tblGrid>
       <w:tr w:rsidR="005D7328" w:rsidRPr="002C0D78" w14:paraId="699A1777" w14:textId="77777777" w:rsidTr="007373B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09D9EA39" w14:textId="77777777" w:rsidR="005D7328" w:rsidRPr="002C0D78" w:rsidRDefault="005D7328" w:rsidP="007744FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07FB3685" w14:textId="11818B08" w:rsidR="005D7328" w:rsidRPr="002C0D78" w:rsidRDefault="008A1F05" w:rsidP="001A7E3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A1F05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Reagent water – </w:t>
             </w:r>
             <w:r w:rsidR="001A7E3C" w:rsidRPr="001A7E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Water in which nitrate is not detected at or above the method level of</w:t>
@@ -982,149 +964,143 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>be acceptable sources of reagent</w:t>
             </w:r>
             <w:r w:rsidR="001A7E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A7E3C" w:rsidRPr="001A7E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>water.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B674D6E" w14:textId="77777777" w:rsidR="005D7328" w:rsidRPr="002C0D78" w:rsidRDefault="005D7328" w:rsidP="007744FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5047" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3982CA5D" w14:textId="3FD0B776" w:rsidR="005D7328" w:rsidRPr="002C0D78" w:rsidRDefault="00FA2DCF" w:rsidP="001D1654">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2DCF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hach Company TNTplus Nitrate Reagent, Cat. No. TNT835 or TNT836.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D7328" w:rsidRPr="002C0D78" w14:paraId="14A56153" w14:textId="77777777" w:rsidTr="007373B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57832D96" w14:textId="77777777" w:rsidR="005D7328" w:rsidRPr="002C0D78" w:rsidRDefault="005D7328" w:rsidP="007744FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55F4CF2E" w14:textId="38BBF8A4" w:rsidR="005D7328" w:rsidRPr="002C0D78" w:rsidRDefault="007A6B69" w:rsidP="005D7328">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A6B69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sulfuric Acid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BBCFE11" w14:textId="77777777" w:rsidR="005D7328" w:rsidRPr="002C0D78" w:rsidRDefault="005D7328" w:rsidP="007744FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5047" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C6B8A4D" w14:textId="2594B070" w:rsidR="005D7328" w:rsidRPr="002C0D78" w:rsidRDefault="00FA2DCF" w:rsidP="007744FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F0CEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hach Company Nitrate Standard Solutions: 100 mg/L as NO</w:t>
             </w:r>
             <w:r w:rsidRPr="002F0CEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -1167,130 +1143,126 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-N (Cat. No.1279249)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, or equivalent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00712595" w:rsidRPr="002C0D78" w14:paraId="5FA072AE" w14:textId="77777777" w:rsidTr="007373B6">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F7034CC" w14:textId="77777777" w:rsidR="00712595" w:rsidRPr="002C0D78" w:rsidRDefault="00712595" w:rsidP="007744FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EA63DF8" w14:textId="43F5C1D4" w:rsidR="00712595" w:rsidRPr="007A6B69" w:rsidRDefault="00060A88" w:rsidP="007A6B69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sulfamic Acid</w:t>
             </w:r>
             <w:r w:rsidR="00163960">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if needed</w:t>
             </w:r>
             <w:r w:rsidR="00D01198">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for interference mitigation</w:t>
             </w:r>
             <w:r w:rsidR="00163960">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AA40DFD" w14:textId="77777777" w:rsidR="00712595" w:rsidRPr="002C0D78" w:rsidRDefault="00712595" w:rsidP="007744FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5047" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42B973E8" w14:textId="77777777" w:rsidR="00712595" w:rsidRPr="007A6B69" w:rsidRDefault="00712595" w:rsidP="007A6B69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="21E86574" w14:textId="77777777" w:rsidR="005D7328" w:rsidRDefault="005D7328" w:rsidP="007744FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B88CDE2" w14:textId="77777777" w:rsidR="005D7328" w:rsidRDefault="005D7328" w:rsidP="007744FE">
       <w:pPr>
@@ -1316,51 +1288,50 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="443"/>
         <w:gridCol w:w="5086"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4724"/>
         <w:gridCol w:w="24"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D10997" w:rsidRPr="00A0149B" w14:paraId="126EC43C" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11177" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="41DB06A1" w14:textId="77777777" w:rsidR="00D10997" w:rsidRDefault="00D10997" w:rsidP="00B96074">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D6B4466" w14:textId="0A9A1D04" w:rsidR="00CE4D75" w:rsidRPr="003B5326" w:rsidRDefault="00CE4D75" w:rsidP="00B96074">
             <w:pPr>
@@ -1575,80 +1546,78 @@
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="7D6EE8E6" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="097FA71E" w14:textId="5A614462" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40DBDE64" w14:textId="59F7DE4F" w:rsidR="00B96074" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the SOP reviewed at least every 2 years</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -1743,74 +1712,72 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C1A5FB8" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AD6F1F6" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="143A0ADD" w14:textId="77777777" w:rsidR="00B96074" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40A5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quality assurance, quality control, and Standard Operating Procedure documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are made.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="130D39CB" w14:textId="11BF8D77" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -1821,80 +1788,78 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify proper method reference. During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="17EDA22B" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10DBCDFA" w14:textId="5DC52BC9" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B79B0C8" w14:textId="0C0D4047" w:rsidR="00B96074" w:rsidRPr="00713C15" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all revision dates and </w:t>
             </w:r>
             <w:r w:rsidR="00A96A14">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -1959,201 +1924,195 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="667FD500" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="511B53DD" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="206D3096" w14:textId="0B72487B" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00A64BFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control and SOP documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D47254" w:rsidRPr="00A0149B" w14:paraId="2F55C8F4" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41DEBEF6" w14:textId="0383848C" w:rsidR="00D47254" w:rsidRPr="001839E9" w:rsidRDefault="00D47254" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1950C214" w14:textId="2895D577" w:rsidR="00D47254" w:rsidRPr="00713C15" w:rsidRDefault="00D47254" w:rsidP="00D47254">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there North Carolina data available for review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A324385" w14:textId="77777777" w:rsidR="00D47254" w:rsidRPr="00A0149B" w:rsidRDefault="00D47254" w:rsidP="00D47254">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="05551F62" w14:textId="77777777" w:rsidR="00D47254" w:rsidRPr="00A0149B" w:rsidRDefault="00D47254" w:rsidP="00D47254">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DA1B2D1" w14:textId="172AF972" w:rsidR="00D47254" w:rsidRPr="00A0149B" w:rsidRDefault="00D47254" w:rsidP="00D47254">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B238AE" w:rsidRPr="00A0149B" w14:paraId="6726F0A7" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
@@ -2287,212 +2246,205 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="64378540" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BEB3538" w14:textId="71E7C8F4" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69659D87" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00713C15" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples collected and stored in polyethylene, Teflon®, or glass containers? </w:t>
             </w:r>
             <w:r w:rsidRPr="0005342B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A592B5E" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49E1A17F" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6FFD51C9" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="370DC143" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40FFE48E" w14:textId="559F7A24" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33F0028A" w14:textId="788ED06D" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="31C847A5" w:rsidP="00E06544">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="40AE80E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples preserved at time of collection with H</w:t>
             </w:r>
             <w:r w:rsidRPr="40AE80E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -2540,114 +2492,110 @@
               </w:rPr>
               <w:t>? [40 CFR 136 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="199E31A4" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64E31B52" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="779C0236" w14:textId="0682AE41" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00F81160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="1D1F8F20" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D9771C3" w14:textId="1E3AEFF7" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55F419D5" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="0067392B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples iced</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -2752,131 +2700,126 @@
               </w:rPr>
               <w:t>40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136 Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="108FF1F9" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D429F04" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7FDB5A2E" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="561117F0" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EC26E34" w14:textId="4E21BF33" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="640AA7D7" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="0067392B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6DD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples refrigerated above freezing but </w:t>
             </w:r>
             <w:r w:rsidRPr="00B31ECE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2943,137 +2886,132 @@
               </w:rPr>
               <w:t>40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136 Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="07D5D2FA" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="310B7B91" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="20902CBD" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="4E03DA5A" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68D044C0" w14:textId="5B9A15D4" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18EA6F8A" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples analyzed within 28 days of collection?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
@@ -3096,91 +3034,88 @@
               <w:t xml:space="preserve"> 136 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="74C5C949" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62C7F2A6" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2BB4B155" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B238AE" w:rsidRPr="00A0149B" w14:paraId="48AFF1E8" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3303,77 +3238,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B2302" w:rsidRPr="00A0149B" w14:paraId="6A7C579F" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="546E3756" w14:textId="1049A1F6" w:rsidR="002B2302" w:rsidRPr="001839E9" w:rsidRDefault="002B2302" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="234DAFEB" w14:textId="03075BB6" w:rsidR="002B2302" w:rsidRDefault="002B2302" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is this method only used for samples with a Chemical Oxygen Demand (COD) less than 500 mg/L?</w:t>
             </w:r>
             <w:r w:rsidR="00BD7B67" w:rsidRPr="00A71C64">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3413,85 +3346,82 @@
             </w:r>
             <w:r w:rsidR="00BD7B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00BD7B67" w:rsidRPr="00A71C64">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="76627D65" w14:textId="77777777" w:rsidR="002B2302" w:rsidRPr="00A0149B" w:rsidRDefault="002B2302" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3B718048" w14:textId="77777777" w:rsidR="002B2302" w:rsidRPr="00A0149B" w:rsidRDefault="002B2302" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C5315EA" w14:textId="04326191" w:rsidR="002B2302" w:rsidRPr="00220914" w:rsidRDefault="002B2302" w:rsidP="006A296E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2302">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>High loads of oxidizable organic</w:t>
             </w:r>
             <w:r w:rsidR="006A296E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3572,77 +3502,75 @@
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="009567A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> results can be verified using sample dilutions or standard additions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="63E9FA46" w14:textId="5652EF50" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DAFC780" w14:textId="56561AED" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B852D47" w14:textId="0AD4C4F5" w:rsidR="00B96074" w:rsidRDefault="003C0489" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples containing </w:t>
             </w:r>
             <w:r w:rsidR="006412A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3796,85 +3724,82 @@
             </w:r>
             <w:r w:rsidR="005C16D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00B96074" w:rsidRPr="00A71C64">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2F26C3FA" w14:textId="423D31F7" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D3916B9" w14:textId="40B29CC8" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1229AD4C" w14:textId="63FB82A3" w:rsidR="00122312" w:rsidRPr="00A0149B" w:rsidRDefault="006A296E" w:rsidP="006A296E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A296E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nitrite concentrations of more than 2.0 mg/L interfere (high-bias results). Add 50 mg of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4034,847 +3959,812 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="0A90017B" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E0341D" w14:textId="24E0851F" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="543C066A" w14:textId="216CCC1C" w:rsidR="00B96074" w:rsidRDefault="004318FF" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For Low Range TNT 835, </w:t>
             </w:r>
             <w:r w:rsidR="00F36198">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>is 1.0 mL of sample pipetted into the vial? [Hach 10206 Section 11.2.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DCEEE18" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2690E38A" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F75F04A" w14:textId="35B3CCAE" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00A10D1E" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TNT 835 = 0.23-13.5 mg/L</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="2C12F3CC" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="519580CF" w14:textId="6A9F7CE0" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F7B56B8" w14:textId="42F08D62" w:rsidR="00B96074" w:rsidRDefault="00F36198" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For Low Range TNT 835, is 0.2 mL of Solution A added to the vial? [Hach 10206 Section 11.3.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69BAC2A8" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CCAA3F0" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45000029" w14:textId="02EE0607" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="61CF21FF" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E1F96D9" w14:textId="7C766502" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4CEAF672" w14:textId="641E44A4" w:rsidR="00B96074" w:rsidRDefault="00F36198" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For High Range TNT 836, </w:t>
             </w:r>
             <w:r w:rsidR="004C69FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>is 0.2 mL of sample added to the vial? [Hach 10206 Section 11.2.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6CFD57BE" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E1BF62E" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21C01AC1" w14:textId="4FA19278" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00A10D1E" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TNT 836 = 5-35 mg/L</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="36EF83A8" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62582334" w14:textId="4287F9B8" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C6DA9CA" w14:textId="50A98A78" w:rsidR="00B96074" w:rsidRPr="009645DD" w:rsidRDefault="004C69FE" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For High Range TNT 836, is 1.0 mL of Solution A added to the vial? [Hach 10206 Section 11.3.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="36175E4F" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3989D1D2" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0EDC5D2F" w14:textId="1E2B89D5" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="6F63CD21" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D9A849F" w14:textId="122EC8CA" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4BDE9144" w14:textId="0B5158CF" w:rsidR="00B96074" w:rsidRDefault="004C69FE" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the vials capped and inverted 2-3 times until no more streaks can be seen? [Hach 10206 Section 11.3.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3477BED0" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="70DFF49F" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5AB86767" w14:textId="5C385853" w:rsidR="00B96074" w:rsidRDefault="00936625" w:rsidP="00936625">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00936625">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cap and invert the reaction tube 2-3 times until no more streaks can be seen in the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00936625">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>reaction tube solution.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="5DDF1D1A" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62C16EB6" w14:textId="763A8FDA" w:rsidR="00B96074" w:rsidRPr="001839E9" w:rsidRDefault="00B96074" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="31C1228C" w14:textId="2A0B6218" w:rsidR="00B96074" w:rsidRDefault="002A000D" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the vials allowed to react for 15 minutes? [Hach 10206 Section 11.3.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="595713F3" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7CA528DD" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="797A24B5" w14:textId="20381454" w:rsidR="00B96074" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="46792BC4" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="536C5745" w14:textId="45BF058E" w:rsidR="00B96074" w:rsidRPr="0001767F" w:rsidRDefault="00B96074" w:rsidP="0001767F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E5CD053" w14:textId="7A37BD7D" w:rsidR="00B96074" w:rsidRDefault="004311AA" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the vials</w:t>
             </w:r>
             <w:r w:rsidR="004645F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> wiped</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and inserted into the spectro</w:t>
             </w:r>
             <w:r w:rsidR="004645F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>photometer for analysis? [Hach 10206 Section 11.4.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49B0ED53" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="238D55A8" w14:textId="77777777" w:rsidR="00B96074" w:rsidRPr="00A0149B" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="001BD2F8" w14:textId="3FC809E4" w:rsidR="00B96074" w:rsidRPr="00C86BE3" w:rsidRDefault="004311AA" w:rsidP="00E66A51">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004311AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wipe the vial and insert the prepared vial into the spectrophotometer. The instrument</w:t>
             </w:r>
             <w:r w:rsidR="009B046E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5046,74 +4936,72 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="3DFCE288" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E005040" w14:textId="2503A966" w:rsidR="00B96074" w:rsidRPr="0001767F" w:rsidRDefault="00B96074" w:rsidP="0001767F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="260A0360" w14:textId="77777777" w:rsidR="00B96074" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Has an initial MDL study been performed according to 40 CFR 136, Appendix B?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00863702">
               <w:rPr>
@@ -5150,85 +5038,82 @@
             <w:r w:rsidRPr="00863702">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D1373E6" w14:textId="5B75B321" w:rsidR="003E2F50" w:rsidRPr="003E2F50" w:rsidRDefault="003E2F50" w:rsidP="00B96074">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E5237CA" w14:textId="77777777" w:rsidR="00B96074" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4333162D" w14:textId="77777777" w:rsidR="00B96074" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FCA261E" w14:textId="77777777" w:rsidR="00B96074" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00863702">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Method Detection Limit (MDL) - To establish the ability to detect nitrate the analyst shall</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5274,79 +5159,77 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E2F50" w:rsidRPr="00A0149B" w14:paraId="6CA4A116" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B679D44" w14:textId="0E01CA48" w:rsidR="003E2F50" w:rsidRPr="001839E9" w:rsidRDefault="003E2F50" w:rsidP="0001767F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="752A2DFC" w14:textId="77777777" w:rsidR="003E2F50" w:rsidRDefault="003E2F50" w:rsidP="003E2F50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A28C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is ongoing MDL data being collected quarterly? [</w:t>
             </w:r>
             <w:r w:rsidRPr="00537687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5370,152 +5253,147 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7108F724" w14:textId="4E238D63" w:rsidR="003E2F50" w:rsidRDefault="003E2F50" w:rsidP="003E2F50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FFE1E2E" w14:textId="77777777" w:rsidR="003E2F50" w:rsidRDefault="003E2F50" w:rsidP="003E2F50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52D8BF86" w14:textId="77777777" w:rsidR="003E2F50" w:rsidRDefault="003E2F50" w:rsidP="003E2F50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60385869" w14:textId="3B4453AA" w:rsidR="003E2F50" w:rsidRPr="00863702" w:rsidRDefault="003E2F50" w:rsidP="003E2F50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A28C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>During any quarter in which samples are being analyzed, prepare and analyze a minimum of two spiked samples on each instrument, in separate batches, using the same spiking concentration used in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96074" w:rsidRPr="00A0149B" w14:paraId="5F2774F5" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78D07990" w14:textId="24D02F44" w:rsidR="00B96074" w:rsidRPr="0001767F" w:rsidRDefault="00B96074" w:rsidP="0001767F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7182FA81" w14:textId="77777777" w:rsidR="00583B75" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are MDL values verified at least every 13 months according to the ongoing MDL determination requirements</w:t>
             </w:r>
             <w:r w:rsidR="004B1974">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5584,85 +5462,82 @@
           </w:p>
           <w:p w14:paraId="70D48ED5" w14:textId="0868DABA" w:rsidR="00B96074" w:rsidRDefault="00583B75" w:rsidP="00B96074">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E2F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>List current MDL:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25787598" w14:textId="77777777" w:rsidR="00B96074" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19441792" w14:textId="77777777" w:rsidR="00B96074" w:rsidRDefault="00B96074" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6448FD3A" w14:textId="6E852DB0" w:rsidR="00B96074" w:rsidRDefault="005D0A7C" w:rsidP="00B96074">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D0A7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The verified MDL is the greater of the MDL</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA2010">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -5700,80 +5575,78 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. If the verified MDL is within 0.5 to 2.0 times the existing MDL, and fewer than 3% of the method blank results (for the individual analyte) have numerical results above the existing MDL, then the existing MDL may optionally be left unchanged. Otherwise, adjust the MDL to the new verification MDL. (The range of 0.5 to 2.0 approximates the 95th percentile confidence interval for the initial MDL determination with six degrees of freedom.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001839E9" w14:paraId="668AFBE7" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CC572D2" w14:textId="4E922FA5" w:rsidR="00CD7D9A" w:rsidRPr="001839E9" w:rsidRDefault="00CD7D9A" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DD2C7F7" w14:textId="4DC534AB" w:rsidR="00CD7D9A" w:rsidRDefault="00CD7D9A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0049359F">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the Minimum Level calculated per Section 9.2.1 of the method</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -5866,97 +5739,94 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>List calculated Minimum Level:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12913049" w14:textId="77777777" w:rsidR="00CD7D9A" w:rsidRDefault="00CD7D9A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66F618F0" w14:textId="77777777" w:rsidR="00CD7D9A" w:rsidRDefault="00CD7D9A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A27A6C7" w14:textId="77777777" w:rsidR="00CD7D9A" w:rsidRDefault="00CD7D9A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E35CFE0" w14:textId="77777777" w:rsidR="00CD7D9A" w:rsidRDefault="00CD7D9A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00575064">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The analyst also shall calculate the Minimum Level (ML) of quantitation by multiplying the MDL by 3.18 and rounding to the number nearest to (1,2 or 5) x 10n, where n is a positive or negative integer. The calculated MDL should be less than or equal to the MDL in Section 13.0 prior to the practice of this method. Similarly, the calculated ML should be less than or equal to the ML in Section 13.0</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="617484F6" w14:textId="77777777" w:rsidR="00CD7D9A" w:rsidRDefault="00CD7D9A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5972,74 +5842,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note that the ML is not the reporting limit. The reporting limit is based upon the lowest calibration concentration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A7193" w:rsidRPr="00A0149B" w14:paraId="28358783" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="655AF882" w14:textId="342EBE3D" w:rsidR="003A7193" w:rsidRPr="001839E9" w:rsidRDefault="003A7193" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A6C59DA" w14:textId="7D8B123D" w:rsidR="00E64CF7" w:rsidRDefault="000C04EB" w:rsidP="00E64CF7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Were</w:t>
             </w:r>
             <w:r w:rsidR="00E64CF7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6237,85 +6105,82 @@
             <w:r w:rsidRPr="000241F9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> recovery:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DFC8710" w14:textId="49BFB997" w:rsidR="003A7193" w:rsidRDefault="003A7193" w:rsidP="00B96074">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BD669FA" w14:textId="77777777" w:rsidR="003A7193" w:rsidRDefault="003A7193" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BAC445B" w14:textId="77777777" w:rsidR="003A7193" w:rsidRDefault="003A7193" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AC73B29" w14:textId="13B595A6" w:rsidR="003A7193" w:rsidRDefault="00907D8C" w:rsidP="00B96074">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidR="002263D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6393,74 +6258,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CA7337">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>is ±10%.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E64CF7" w:rsidRPr="00A0149B" w14:paraId="621301BB" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66C6AFE7" w14:textId="48596EC4" w:rsidR="00E64CF7" w:rsidRPr="001839E9" w:rsidRDefault="00E64CF7" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C9C75C9" w14:textId="4857A1B2" w:rsidR="00E64CF7" w:rsidRDefault="00E64CF7" w:rsidP="00E64CF7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the average percent recovery and RSD of the replicate IPR standards do not meet method acceptance criteria, is the problem corrected and the test repeated? </w:t>
             </w:r>
             <w:r w:rsidRPr="00863702">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6492,85 +6355,82 @@
               <w:t>3.2.2</w:t>
             </w:r>
             <w:r w:rsidRPr="00863702">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F5714DF" w14:textId="295F8852" w:rsidR="00E64CF7" w:rsidRDefault="00E64CF7" w:rsidP="00B96074">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AC894B0" w14:textId="77777777" w:rsidR="00E64CF7" w:rsidRDefault="00E64CF7" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BFD1081" w14:textId="77777777" w:rsidR="00E64CF7" w:rsidRDefault="00E64CF7" w:rsidP="00B96074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="366F2CB6" w14:textId="76411C29" w:rsidR="00E64CF7" w:rsidRDefault="00E64CF7" w:rsidP="00E27005">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E64CF7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If, however, the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6638,74 +6498,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E64CF7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>test.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="596439E0" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19185741" w14:textId="3544A389" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="781065F7" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="50FB5780" w14:textId="26DD0C93" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6877,85 +6735,82 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Upper Reporting Limit Std Conc:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55D8106F" w14:textId="26304B24" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5CFB5886" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="31800398" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6674F3FA" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The range of TNT 835 is 0.23-13.5 mg/L.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05EA8C7C" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7051,80 +6906,78 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004630F5" w:rsidRPr="008E258F" w14:paraId="1EA5CDAE" w14:textId="77777777" w:rsidTr="006D1FF5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="613D1BCD" w14:textId="6CE43F20" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EAA8C42" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a calibration blank and calibration verification standard analyzed prior to sample analysis, after every tenth sample, and at the end of each sample group? </w:t>
             </w:r>
             <w:r w:rsidRPr="003F2B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7198,164 +7051,159 @@
               </w:rPr>
               <w:t xml:space="preserve">Conc: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="006065E3" w14:textId="21FE2871" w:rsidR="00EA457C" w:rsidRPr="00EA457C" w:rsidRDefault="00EA457C" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0D3163D9" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3AD04005" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6234CCE8" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="008E258F" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008327EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A calibration blank and calibration verification standard shall be analyzed prior to sample analysis, after every tenth sample, and at the end of each sample group, unless otherwise specified by the method, to check for carryover and calibration drift.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="7A62A7F8" w14:textId="77777777" w:rsidTr="000241F9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50F1D5B0" w14:textId="33337E39" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1CEF3D85" w14:textId="0E94360D" w:rsidR="00C84410" w:rsidRDefault="00B553A9" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the recovery of the</w:t>
             </w:r>
             <w:r w:rsidR="00C84410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7446,97 +7294,94 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="689F9D2C" w14:textId="6D275336" w:rsidR="00C84410" w:rsidRPr="000D54C7" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E5D91D3" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="76B03A9E" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C33F8A5" w14:textId="13295135" w:rsidR="00B55E27" w:rsidRDefault="00EC18F8" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">These are the standards listed in </w:t>
             </w:r>
             <w:r w:rsidR="00B55E27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#s </w:t>
@@ -7599,74 +7444,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="61C5BFF9" w14:textId="78F71E64" w:rsidR="00C84410" w:rsidRPr="003F2B7C" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="5DB2A780" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A244A8D" w14:textId="1D8B4E21" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="793071B7" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3F6B06CB" w14:textId="0EFD444B" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7820,123 +7663,119 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5B84010F" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="722971DD" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B022E2F" w14:textId="0D98934B" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F2B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="422B9BD3" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C4E4981" w14:textId="31A8AF6B" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6266E2D5" w14:textId="497172A6" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidRPr="00686D8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7995,85 +7834,82 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00686D8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2018E0B8" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7571B66D" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4C0C47C8" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A71C64">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory reagent blank (LRB) is an aliquot of reagent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8153,74 +7989,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If using both TNT835 and TNT836 vials in one analysis, an LRB is required for each kit. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="04FB9FBD" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ECE133B" w14:textId="5F5DE6BF" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12C47C07" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the values of all blanks</w:t>
             </w:r>
             <w:r w:rsidRPr="009B015E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8230,143 +8064,138 @@
             <w:r w:rsidRPr="009B015E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009B015E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="16D6D7DC" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B23D90E" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="394AC886" w14:textId="0CCD3F3D" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022488F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="12271861" w14:textId="77777777" w:rsidTr="006D1FF5">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F80796F" w14:textId="0D23A9F0" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F2FF2B7" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the LRB or calibration blanks do not meet the established criteria? </w:t>
             </w:r>
             <w:r w:rsidRPr="003F2B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8427,123 +8256,119 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2CB0C01E" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="13C718AA" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5809FC76" w14:textId="1D85F3AD" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Check for contamination, check viability of low standard, re-analyze blank, re-digest and re-analyze entire batch or qualify the data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="552B7534" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56807A71" w14:textId="009663FA" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30E68AD6" w14:textId="2CB671F3" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidRPr="00B30AF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8586,88 +8411,85 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B30AF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1768F515" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="308EE917" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B0365EF" w14:textId="1C2A0CCC" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B30AF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Matrix Spike and Matrix Spike Duplicate Precision and Recovery (MS/MSD) –</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -8791,74 +8613,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00675654">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20 samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="161F599F" w14:textId="77777777" w:rsidTr="000241F9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F3C3EC1" w14:textId="40527036" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7FC85E98" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="45405D69" w14:textId="7C6DB0CE" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8978,85 +8798,82 @@
           <w:p w14:paraId="06C0E0D4" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="307DD199" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="65DEB757" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C2C7FDD" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42321368" w14:textId="288B3B79" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate each percent recovery (P) as 100 (A-</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00511194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9117,74 +8934,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00511194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>QC acceptance criteria found in Section 17, Table 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="3B1CB3F4" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BBDDE43" w14:textId="3A4B9BA0" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="600CD8F7" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18BB3D66" w14:textId="417B8539" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -9290,123 +9105,119 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1D6FACD2" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6045A644" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B085E76" w14:textId="57210305" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00757ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="104E1C48" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="695EB63A" w14:textId="08510899" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="720B8328" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0623117C" w14:textId="7EE60AA7" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9525,85 +9336,82 @@
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EA24315" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7181B665" w14:textId="0A627800" w:rsidR="00C84410" w:rsidRPr="00260DAC" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="183F2D0A" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4AAFA549" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A4E70A3" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="004C077E" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C077E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate the relative percent difference (RPD) between two sample results using the</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E43CEAB" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="004C077E" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9611,62 +9419,62 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C077E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>following equation:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AAC899D" w14:textId="4BF5D3F7" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79E16048" wp14:editId="76A5A69D">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79E16048" wp14:editId="097370A0">
                   <wp:extent cx="1932305" cy="551815"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1" name="Picture 1"/>
+                  <wp:docPr id="1" name="Picture 1" descr="equation:&#10;RPD equals absolute value of D1-D2 divided by D1+D2 divided by 2 all multiplied by 100"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 1490840432"/>
+                          <pic:cNvPr id="1" name="Picture 1" descr="equation:&#10;RPD equals absolute value of D1-D2 divided by D1+D2 divided by 2 all multiplied by 100"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1932305" cy="551815"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -9743,74 +9551,72 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C077E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>found in Section 17, Table 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="4FC52200" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F9FA18B" w14:textId="186E86E5" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5E2D06C5" w14:textId="77777777" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="705952CC" w14:textId="2F83A7E2" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9928,182 +9734,175 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3E96AAE1" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="352645DE" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48A72862" w14:textId="66491E4D" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A77FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84410" w:rsidRPr="00A0149B" w14:paraId="3FCCB873" w14:textId="77777777" w:rsidTr="00403FC3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B0AA6C6" w14:textId="33517832" w:rsidR="00C84410" w:rsidRPr="001839E9" w:rsidRDefault="00C84410" w:rsidP="001839E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C41F2DB" w14:textId="5AF050B2" w:rsidR="00C84410" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are results qualified to indicate quality control failures or sample anomalies? [15A NCAC 02H .0805 (e) (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="390EAA14" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="029F981D" w14:textId="77777777" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4724" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F9B31A7" w14:textId="13AD9703" w:rsidR="00C84410" w:rsidRPr="00A0149B" w:rsidRDefault="00C84410" w:rsidP="00C84410">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A349C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reported data associated with Quality Control failures, improper sample collection, holding time exceedances, or improper preservation shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2BCCEA05" w14:textId="77777777" w:rsidR="00080358" w:rsidRPr="00A0149B" w:rsidRDefault="00080358" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
@@ -10390,136 +10189,136 @@
     <w:p w14:paraId="05C1F407" w14:textId="77777777" w:rsidR="003B5326" w:rsidRDefault="003B5326" w:rsidP="00F161FB">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003B5326" w:rsidSect="00173BB0">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43B635D0" w14:textId="77777777" w:rsidR="00C0620E" w:rsidRDefault="00C0620E">
+    <w:p w14:paraId="5DA23C52" w14:textId="77777777" w:rsidR="00DC070F" w:rsidRDefault="00DC070F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FBA900D" w14:textId="77777777" w:rsidR="00C0620E" w:rsidRDefault="00C0620E">
+    <w:p w14:paraId="3C7F0CA9" w14:textId="77777777" w:rsidR="00DC070F" w:rsidRDefault="00DC070F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="58C64446" w14:textId="77777777" w:rsidR="00C0620E" w:rsidRDefault="00C0620E"/>
+    <w:p w14:paraId="638085FB" w14:textId="77777777" w:rsidR="00DC070F" w:rsidRDefault="00DC070F"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35D0C60E" w14:textId="2B9B9A3E" w:rsidR="00E64CF7" w:rsidRPr="004E0CAB" w:rsidRDefault="00E64CF7" w:rsidP="00B82753">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="254ACA60" w14:textId="08A1092D" w:rsidR="00E64CF7" w:rsidRPr="00EC3E46" w:rsidRDefault="002D680B" w:rsidP="002748F3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="2955"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -10545,112 +10344,112 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>24</w:t>
     </w:r>
     <w:r w:rsidR="007373B6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/2024</w:t>
     </w:r>
     <w:r w:rsidR="00755131" w:rsidRPr="00EC3E46">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="555011A5" w14:textId="71947DC1" w:rsidR="00E64CF7" w:rsidRPr="007373B6" w:rsidRDefault="007373B6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007373B6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Revised 09/</w:t>
     </w:r>
     <w:r w:rsidR="009D58CD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>24</w:t>
     </w:r>
     <w:r w:rsidRPr="007373B6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/2024</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09A2A9B4" w14:textId="77777777" w:rsidR="00C0620E" w:rsidRDefault="00C0620E">
+    <w:p w14:paraId="0A75D490" w14:textId="77777777" w:rsidR="00DC070F" w:rsidRDefault="00DC070F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B281CFC" w14:textId="77777777" w:rsidR="00C0620E" w:rsidRDefault="00C0620E">
+    <w:p w14:paraId="6CE2B98B" w14:textId="77777777" w:rsidR="00DC070F" w:rsidRDefault="00DC070F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="51615EDF" w14:textId="77777777" w:rsidR="00C0620E" w:rsidRDefault="00C0620E"/>
+    <w:p w14:paraId="62DE1138" w14:textId="77777777" w:rsidR="00DC070F" w:rsidRDefault="00DC070F"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AD2C150" w14:textId="2C22F4E8" w:rsidR="00E64CF7" w:rsidRPr="003B457D" w:rsidRDefault="00324F8C" w:rsidP="003B457D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Nitrate + Nitrite </w:t>
     </w:r>
     <w:r w:rsidR="00E64CF7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Hach Method 102</w:t>
     </w:r>
@@ -10710,51 +10509,51 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00E64CF7" w:rsidRPr="00950BC3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00E64CF7" w:rsidRPr="00950BC3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="081B24B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF28B15C"/>
     <w:lvl w:ilvl="0" w:tplc="2B549ABE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="72" w:hanging="72"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10807,52 +10606,52 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1113742372">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="107"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -11418,50 +11217,51 @@
     <w:rsid w:val="005D3A35"/>
     <w:rsid w:val="005D570F"/>
     <w:rsid w:val="005D5C75"/>
     <w:rsid w:val="005D6509"/>
     <w:rsid w:val="005D7328"/>
     <w:rsid w:val="005E3717"/>
     <w:rsid w:val="005E3B6A"/>
     <w:rsid w:val="005E646A"/>
     <w:rsid w:val="005F16A4"/>
     <w:rsid w:val="005F2D06"/>
     <w:rsid w:val="005F5559"/>
     <w:rsid w:val="006009B2"/>
     <w:rsid w:val="00600DFE"/>
     <w:rsid w:val="00602D55"/>
     <w:rsid w:val="00603974"/>
     <w:rsid w:val="006059CD"/>
     <w:rsid w:val="006068AB"/>
     <w:rsid w:val="0060701D"/>
     <w:rsid w:val="00610E6D"/>
     <w:rsid w:val="00611A83"/>
     <w:rsid w:val="0061234B"/>
     <w:rsid w:val="00612EE6"/>
     <w:rsid w:val="006155B9"/>
     <w:rsid w:val="0062056F"/>
     <w:rsid w:val="00620A29"/>
+    <w:rsid w:val="00620CA7"/>
     <w:rsid w:val="00622D44"/>
     <w:rsid w:val="00623715"/>
     <w:rsid w:val="00626634"/>
     <w:rsid w:val="00626BD6"/>
     <w:rsid w:val="00632CF6"/>
     <w:rsid w:val="00635798"/>
     <w:rsid w:val="0063647D"/>
     <w:rsid w:val="00636536"/>
     <w:rsid w:val="00637ED1"/>
     <w:rsid w:val="006407BF"/>
     <w:rsid w:val="006412A4"/>
     <w:rsid w:val="006417E6"/>
     <w:rsid w:val="00641C4F"/>
     <w:rsid w:val="0064243D"/>
     <w:rsid w:val="006428F1"/>
     <w:rsid w:val="00643632"/>
     <w:rsid w:val="0064561B"/>
     <w:rsid w:val="00646EC6"/>
     <w:rsid w:val="006473D1"/>
     <w:rsid w:val="006502FB"/>
     <w:rsid w:val="006518C7"/>
     <w:rsid w:val="00654548"/>
     <w:rsid w:val="00656312"/>
     <w:rsid w:val="00660C90"/>
     <w:rsid w:val="00660F7F"/>
@@ -11525,50 +11325,51 @@
     <w:rsid w:val="00734420"/>
     <w:rsid w:val="00734AF7"/>
     <w:rsid w:val="0073509B"/>
     <w:rsid w:val="007352C6"/>
     <w:rsid w:val="00735B42"/>
     <w:rsid w:val="007373B6"/>
     <w:rsid w:val="0074334D"/>
     <w:rsid w:val="00743563"/>
     <w:rsid w:val="007445BA"/>
     <w:rsid w:val="007461AF"/>
     <w:rsid w:val="00746DDC"/>
     <w:rsid w:val="00747721"/>
     <w:rsid w:val="00750FE5"/>
     <w:rsid w:val="007511FA"/>
     <w:rsid w:val="00751C64"/>
     <w:rsid w:val="00752078"/>
     <w:rsid w:val="0075482F"/>
     <w:rsid w:val="00755131"/>
     <w:rsid w:val="00757ECD"/>
     <w:rsid w:val="0076294F"/>
     <w:rsid w:val="007663AE"/>
     <w:rsid w:val="00766C78"/>
     <w:rsid w:val="00770146"/>
     <w:rsid w:val="007709C3"/>
     <w:rsid w:val="00772101"/>
+    <w:rsid w:val="00772110"/>
     <w:rsid w:val="00772150"/>
     <w:rsid w:val="00772A92"/>
     <w:rsid w:val="00772BC8"/>
     <w:rsid w:val="007744FE"/>
     <w:rsid w:val="007755AA"/>
     <w:rsid w:val="00781191"/>
     <w:rsid w:val="00781746"/>
     <w:rsid w:val="007873A1"/>
     <w:rsid w:val="00791810"/>
     <w:rsid w:val="00791AFA"/>
     <w:rsid w:val="0079243D"/>
     <w:rsid w:val="00793D12"/>
     <w:rsid w:val="007940AE"/>
     <w:rsid w:val="0079783A"/>
     <w:rsid w:val="007A0478"/>
     <w:rsid w:val="007A0B8B"/>
     <w:rsid w:val="007A3FA5"/>
     <w:rsid w:val="007A418F"/>
     <w:rsid w:val="007A6B69"/>
     <w:rsid w:val="007A7A4B"/>
     <w:rsid w:val="007B18DD"/>
     <w:rsid w:val="007B2C63"/>
     <w:rsid w:val="007B6055"/>
     <w:rsid w:val="007C04A4"/>
     <w:rsid w:val="007C1197"/>
@@ -12057,50 +11858,51 @@
     <w:rsid w:val="00D67B1D"/>
     <w:rsid w:val="00D70564"/>
     <w:rsid w:val="00D70647"/>
     <w:rsid w:val="00D70F00"/>
     <w:rsid w:val="00D71062"/>
     <w:rsid w:val="00D72A26"/>
     <w:rsid w:val="00D76F8E"/>
     <w:rsid w:val="00D777FB"/>
     <w:rsid w:val="00D77C6B"/>
     <w:rsid w:val="00D82614"/>
     <w:rsid w:val="00D83618"/>
     <w:rsid w:val="00D86578"/>
     <w:rsid w:val="00D90C6C"/>
     <w:rsid w:val="00D9192D"/>
     <w:rsid w:val="00D9531A"/>
     <w:rsid w:val="00D9654B"/>
     <w:rsid w:val="00DA714B"/>
     <w:rsid w:val="00DA7584"/>
     <w:rsid w:val="00DB3648"/>
     <w:rsid w:val="00DB3906"/>
     <w:rsid w:val="00DB3CE5"/>
     <w:rsid w:val="00DB4B33"/>
     <w:rsid w:val="00DB6864"/>
     <w:rsid w:val="00DB698E"/>
     <w:rsid w:val="00DB72DA"/>
+    <w:rsid w:val="00DC070F"/>
     <w:rsid w:val="00DC2180"/>
     <w:rsid w:val="00DC68C6"/>
     <w:rsid w:val="00DD1A02"/>
     <w:rsid w:val="00DD2CF1"/>
     <w:rsid w:val="00DD4B97"/>
     <w:rsid w:val="00DD7FD1"/>
     <w:rsid w:val="00DE1EB4"/>
     <w:rsid w:val="00DE40F6"/>
     <w:rsid w:val="00DE7ACD"/>
     <w:rsid w:val="00DF16C1"/>
     <w:rsid w:val="00DF1B22"/>
     <w:rsid w:val="00DF23C5"/>
     <w:rsid w:val="00DF2962"/>
     <w:rsid w:val="00DF3528"/>
     <w:rsid w:val="00DF7213"/>
     <w:rsid w:val="00DF768F"/>
     <w:rsid w:val="00E03B8D"/>
     <w:rsid w:val="00E04747"/>
     <w:rsid w:val="00E04E7D"/>
     <w:rsid w:val="00E06544"/>
     <w:rsid w:val="00E06C31"/>
     <w:rsid w:val="00E07080"/>
     <w:rsid w:val="00E07B20"/>
     <w:rsid w:val="00E11048"/>
     <w:rsid w:val="00E1118D"/>
@@ -12281,51 +12083,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="33F8111F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{75BEB279-F59E-46C0-84A9-FFC09EBDD31F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -12793,51 +12595,51 @@
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004C7945"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001839E9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13216,52 +13018,72 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1ea16cf91fc8ef9f84dde93f5cf4449f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a6069a042290a6c56d9d11497b4321" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13450,138 +13272,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E11F6B8B-9587-4860-B208-5A8241815CFC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D94240B0-1799-4AC9-8F02-9F0CF0DD9AD6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
-    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FCE404E-7DD4-4FA0-83D7-2F3D8C9E7364}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D94240B0-1799-4AC9-8F02-9F0CF0DD9AD6}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9A0AC44-5C2E-485A-B6CC-5513EAEC539E}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2141</Words>
-  <Characters>12010</Characters>
+  <Words>2163</Words>
+  <Characters>11988</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>544</Lines>
+  <Paragraphs>205</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14123</CharactersWithSpaces>
+  <CharactersWithSpaces>13946</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>Crawford, Todd</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>