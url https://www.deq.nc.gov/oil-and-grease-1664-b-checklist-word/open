--- v0 (2025-10-03)
+++ v1 (2026-02-22)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5A9C299E" w14:textId="4270E413" w:rsidR="009E4313" w:rsidRPr="009C3D45" w:rsidRDefault="009E4313" w:rsidP="00DF4C24">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C3D45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">NC </w:t>
       </w:r>
       <w:r w:rsidR="0084352E" w:rsidRPr="009C3D45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
@@ -130,441 +130,429 @@
         <w:tblW w:w="10960" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2150"/>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="3860"/>
         <w:gridCol w:w="910"/>
         <w:gridCol w:w="1250"/>
       </w:tblGrid>
       <w:tr w:rsidR="0084663F" w:rsidRPr="009C3D45" w14:paraId="27D8A25E" w14:textId="77777777" w:rsidTr="00C05AA6">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6DD25D74" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3A58177D" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6089E30F" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="24D8AFAF" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0084663F" w:rsidRPr="009C3D45" w14:paraId="1B9DC031" w14:textId="77777777" w:rsidTr="00C05AA6">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3CD9C92A" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0A072202" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4EB060B8" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5F7B634F" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0084663F" w:rsidRPr="009C3D45" w14:paraId="56F66401" w14:textId="77777777" w:rsidTr="00C05AA6">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4940" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0DE2E043" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6020" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="53C21041" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0084663F" w:rsidRPr="009C3D45" w14:paraId="26B5778A" w14:textId="77777777" w:rsidTr="00C05AA6">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4940" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="456764C3" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6020" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A9163FC" w14:textId="77777777" w:rsidR="0084663F" w:rsidRPr="009C3D45" w:rsidRDefault="0084663F" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1AB7BD6E" w14:textId="77777777" w:rsidR="009E4313" w:rsidRPr="009C3D45" w:rsidRDefault="009E4313" w:rsidP="007E1EA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -807,53 +795,53 @@
         <w:sectPr w:rsidR="00985760" w:rsidSect="001B0F0F">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
           <w:cols w:space="180"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4936" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="288"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="277"/>
+        <w:gridCol w:w="4734"/>
+        <w:gridCol w:w="226"/>
       </w:tblGrid>
       <w:tr w:rsidR="00985760" w:rsidRPr="009C3D45" w14:paraId="76CEAE98" w14:textId="77777777" w:rsidTr="00985760">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4784" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1552CAF8" w14:textId="77777777" w:rsidR="00985760" w:rsidRPr="007B78DC" w:rsidRDefault="00985760" w:rsidP="00AF61BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2936,52 +2924,52 @@
         <w:sectPr w:rsidR="001B0F0F" w:rsidRPr="009C3D45" w:rsidSect="001B0F0F">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
           <w:cols w:space="180"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5021" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="270"/>
-        <w:gridCol w:w="10792"/>
+        <w:gridCol w:w="264"/>
+        <w:gridCol w:w="10571"/>
       </w:tblGrid>
       <w:tr w:rsidR="0012549E" w:rsidRPr="009C3D45" w14:paraId="02FB6160" w14:textId="77777777" w:rsidTr="00985760">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="122" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6533A558" w14:textId="77777777" w:rsidR="00F532CF" w:rsidRPr="009C3D45" w:rsidRDefault="00F532CF" w:rsidP="00AF61BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4878" w:type="pct"/>
             <w:vAlign w:val="center"/>
@@ -3129,51 +3117,71 @@
             <w:r w:rsidRPr="00985760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 3 parts </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00985760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>eagent water to produce an approximately 6N solution</w:t>
+              <w:t xml:space="preserve">eagent </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00985760">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>water</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00985760">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to produce an approximately 6N solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0012549E" w:rsidRPr="009C3D45" w14:paraId="5166BB09" w14:textId="77777777" w:rsidTr="00985760">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="122" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4915920B" w14:textId="77777777" w:rsidR="00F532CF" w:rsidRPr="009C3D45" w:rsidRDefault="00F532CF" w:rsidP="00AF61BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3678,72 +3686,70 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="468"/>
         <w:gridCol w:w="4896"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4637"/>
         <w:gridCol w:w="259"/>
       </w:tblGrid>
       <w:tr w:rsidR="0012549E" w:rsidRPr="009C3D45" w14:paraId="2513A34B" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="259" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10901" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02697D50" w14:textId="77777777" w:rsidR="006D2B25" w:rsidRPr="000808F0" w:rsidRDefault="006D2B25" w:rsidP="006D2B25">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23F91126" w14:textId="77777777" w:rsidR="00DF52A3" w:rsidRPr="009C3D45" w:rsidRDefault="0016619B" w:rsidP="006D2B25">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4111,51 +4117,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="719393B9" w14:textId="77777777" w:rsidR="00DF52A3" w:rsidRPr="009C3D45" w:rsidRDefault="00DF52A3" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45971ADD" w14:textId="77777777" w:rsidR="00DF52A3" w:rsidRPr="009C3D45" w:rsidRDefault="00DF52A3" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50EE7776" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
@@ -4173,71 +4178,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quality assurance, quality control, and Standard Operating Procedure documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are made.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6769C846" w14:textId="77777777" w:rsidR="00DF52A3" w:rsidRPr="009C3D45" w:rsidRDefault="00DF52A3" w:rsidP="007E1EA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Verify proper method reference. During </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> notate deviations from the approved method and SOP. </w:t>
+              <w:t xml:space="preserve">Verify proper method reference. During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="368A9AC5" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="712E1251" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
@@ -4366,51 +4351,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78DE3A0C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0065E0BD" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F6B683B" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
@@ -4723,206 +4707,199 @@
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="34493FAF" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B95D49F" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E0AB7BF" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples collected in glass bottles? [40 CFR 136.3 Table II and footnote 1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C37E804" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57CC9BD2" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F82B43C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="05C8AFFF" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="602"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="791CE6E6" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64D30CF3" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples iced to </w:t>
             </w:r>
             <w:r w:rsidRPr="009C3D45">
@@ -4970,150 +4947,145 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR 136.3 Table II and footnote 18</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AECE192" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C9665BF" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20CA23B6" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="5586160F" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F1489EC" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51FC1D17" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples preserved at time of collection with </w:t>
             </w:r>
             <w:r w:rsidR="00095EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5165,232 +5137,224 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> S.U</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.? [40 CFR 136.3 Table II and footnotes 2 and 3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FF4ED05" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0235C7B7" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="643B645C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Preservation not required if analyzed within 15 minutes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="2590598D" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="140918DD" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C0BA0D7" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a sample is known or suspected of containing greater than 500 mg/L of extractable material or consists of a matrix containing substances that may interfere with the extraction procedure, then is a proportionally smaller volume of sample collected with a proportionally smaller amount of preservative? [EPA Method 1664, Rev. B, Section 8.1.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="252627AE" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43CD144E" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D90C2DD" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF44DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a sample is known or suspected to contain greater than 500 mg/L of extractable material or consists of complex matrix containing substances (such as particulates or detergents) that may interfere with the extraction procedure, collect a proportionately smaller volume of sample (the volume required will depend upon the estimated amount of extractable material) in a glass bottle.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -5443,82 +5407,80 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF44DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> solution to the smaller sample for preservation as necessary.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="4BB1FAB5" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DC831B8" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74281BDC" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is an additional aliquot collected for each set of twenty samples or less to be used for the matrix spike? [EPA Method 1664, Rev. B, Section 8.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5547,179 +5509,173 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F1869CB" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="269F6352" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF44DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Collect an additional one or two aliquots (1 L, additional smaller volume, or both) of a sample for each set of twenty samples or less for the matrix spike and, if used, the matrix spike duplicate.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="16FA900B" w14:textId="77777777" w:rsidTr="008E737F">
         <w:trPr>
           <w:trHeight w:val="1250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05EBDB42" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44471CDD" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples collected as grab samples? [EPA Method 1664, Rev. B, Section 8.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="772B125D" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A6C6FF2" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D0F81FD" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051364D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The high probability that extractable matter may adhere to sampling equipment and result in measurements that are biased low precludes the collection of composite samples for determination of oil and grease.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -5734,79 +5690,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Therefore, samples must be collected as grab samples.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="10E5B8F1" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2574B443" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="356E8222" w14:textId="247D0E91" w:rsidR="0062203B" w:rsidRPr="0051364D" w:rsidRDefault="0062203B" w:rsidP="003B06CE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a composite sample is required, then are individual grab samples collected at the prescribed time intervals and subsequently composited in the lab? [EPA Method 1664, Rev. B, Section 8.3]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B833029" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="0051364D" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:rPr>
@@ -5834,90 +5788,87 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A7AFC41" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B2C3AAF" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="0051364D" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AD402B9" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7279410E" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30C1ABBA" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0051364D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a composite measurement is required, individual grab samples collected at prescribed time intervals must be analyzed separately and the concentrations averaged.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -5995,79 +5946,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0051364D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>separatory funnel, rinse each of the four bottles (and caps) sequentially with 30 mL of n-hexane, and use the 30 mL of n-hexane for the extraction (Section 11.3).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="0A5BA152" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57F4BC22" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D13E87E" w14:textId="2F8164E7" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="000E22DE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples refrigerated to above freezing but &lt;6°C during storage? </w:t>
             </w:r>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6083,144 +6032,139 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR 136.3 Table II and footnote 18</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FCAE472" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45AAA582" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E9C39A1" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="555ED96A" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7848735E" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E7EE047" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples analyzed within 28 days of collection?</w:t>
             </w:r>
           </w:p>
@@ -6229,93 +6173,90 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15C1AC05" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41F0EA0C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="524FAAF8" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="4D24B4BE" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -6459,340 +6400,340 @@
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="3CF7D96F" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1436CB05" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15174B2C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="005B13D8" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the balance calibration verified with 2 mg and 1000 mg weights prior to weighing each batch of samples? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00591885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39AB8DFC" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0572BC77" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DB4D263" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00591885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calibrate the analytical balance at 2 mg and 1000 mg, using class “S” or ASTM E 617-1997 Class 1 weights.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00591885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>It is recommended that the balance should also be calibrated with an additional class “S” or ASTM E 617-1997 Class 1 weight that will bracket the final expected weighing value.</w:t>
+              <w:t xml:space="preserve">It is recommended that the balance should also be calibrated </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00591885">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>with an additional class “S” or ASTM E 617-1997 Class 1 weight that will bracket the final expected weighing value.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="58038AC9" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B5D5D61" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17D414DA" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the analytical balance calibration verified </w:t>
             </w:r>
             <w:r w:rsidRPr="00274345">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">with 2 mg and 1000 mg weights </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>after weighing each analytical batch of samples? [EPA Method 1664, Rev. B, Section 9.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E30B507" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D9DB278" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55D49922" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00591885" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0095568A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Verify calibration of the balance per Section 10 before and after each analytical batch.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -6801,82 +6742,80 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0095568A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If calibration is not verified before and after each day or after measurement of the analytical batch, recalibrate the balance and reweigh the batch.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="7E5C1371" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AF02E44" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="004E5AFE" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B2BBA1A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the verification is not </w:t>
             </w:r>
             <w:r w:rsidRPr="00274345">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6908,136 +6847,113 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="278F314B" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B62C66A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5762A4E0" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00591885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Calibration shall be within ± 10% (</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> ± 0.2 mg) at 2 mg, ± 0.5% (i.e., ± 5 mg) at 1000 mg, and if applicable, at the appropriate user-specified tolerance for Class 1 weights greater than 1000 mg.</w:t>
+              <w:t>Calibration shall be within ± 10% (i.e. ± 0.2 mg) at 2 mg, ± 0.5% (i.e., ± 5 mg) at 1000 mg, and if applicable, at the appropriate user-specified tolerance for Class 1 weights greater than 1000 mg.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00591885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If values are not within these limits, recalibrate the balance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="7DA14E51" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="557"/>
@@ -7219,85 +7135,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="008F1622" w14:paraId="1470B9C1" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30467728" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A560B95" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="008F1622" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are the samples and QC brought to room temperature? [EPA Method, 1664 Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="006954C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7305,465 +7219,450 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="720702A1" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="008F1622" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11FCE0D6" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="008F1622" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D4A3F72" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="008F1622" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006954C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bring the analytical batch of samples, including the sample aliquots for the MS (and MSD), to room temperature.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="14366EFB" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4392E393" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75315CA9" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="000973B4" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is approximately 1000 mL of reagent water placed in clean sample bottle to serve as the laboratory blank? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="006954C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.1.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01BCAC92" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="000973B4" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E35032E" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="000973B4" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12C7C0A7" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="000973B4" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006954C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place approximately 1000 mL (950–1050 mL) of reagent water (Section 7.1) in a clean sample bottle to serve as the laboratory blank.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="36882EEC" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="074C6263" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18672338" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="000973B4" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the OPR prepared using the PAR standard? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="006954C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.1.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47BED81C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="000973B4" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F758FEC" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="000973B4" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C1F4433" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="000973B4" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-18"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006954C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prepare the OPR (Section 9.6) using the PAR standard (Section 7.11).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="1D27CC53" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="217CD7C5" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D6E77B5" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are sample bottles marked at the water meniscus or are the sample bottles weighed for subsequent determinations of sample volumes? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="006954C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7807,51 +7706,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BA28C78" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75F39854" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006954C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Either mark the sample bottle at the water meniscus or weigh the bottle for later determination of sample volume.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -7875,79 +7773,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006954C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mark or weigh the MS (and MSD).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="4811F62E" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="863"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AD63EBB" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="283156B7" w14:textId="6F56767E" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the QC samples (blank, OPR, MS and MSD) adjusted to a pH of &lt; 2</w:t>
             </w:r>
             <w:r w:rsidR="007D7229">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8018,51 +7914,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14317F51" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49EDEFB6" w14:textId="73AC5DFA" w:rsidR="0062203B" w:rsidRPr="00AD3608" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF7273">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Add the appropriate amount of HCl or </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -8127,316 +8022,306 @@
               </w:rPr>
               <w:t xml:space="preserve"> S.U.</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF7273">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="6CC018D0" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="1043"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="741E0D1D" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="004E5AFE" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FE9F989" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00BB0FC2" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is sample preservation to pH of &lt;2 S.U. verified prior to sample analysis? [EPA Method 1664, Rev. B, Sections 11.2.1.1, 11.2.1.2, </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB0FC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.2.1.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E16DB1C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="008D27F4" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DE06896" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="004E5AFE" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45190ACC" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="004E5AFE" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Preservation should not be checked in sample receiving. It should be checked at the bench, just prior to analysis. See comments in next question.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="44E69838" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2084C233" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="004E5AFE" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="201AE1E4" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00F90E53" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the preservation to pH of &lt;2 S.U. verified by dipping a glass stirring rod into the well mixed sample, allowing a drop of sample to touch pH paper, and rinsing the glass stirring rod with n-hexane into the separatory funnel? [EPA Method 1664, Rev. B, Sections </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB0FC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.2.1.1, 11.2.1.2, 11.2.1.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4258A69E" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00F90E53" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DFCDD7A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00F90E53" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48C9889B" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00BB0FC2" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB0FC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">NOTE:  Do not dip the pH paper into the bottle or touch it to the sample on the lid. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="768A82BD" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="008D27F4" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -8745,71 +8630,69 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="122CA360" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00F90E53" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55845A3D" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00BB0FC2" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5186B11F" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="008D27F4" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D27F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If possible, collect and analyze another sample. If resampling is not possible, notify NC WW/GW LC of improper preservation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -8973,157 +8856,152 @@
               </w:rPr>
               <w:t xml:space="preserve"> solution</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB0FC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="1F433FD0" w14:textId="77777777" w:rsidTr="00196900">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43869D3C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="004E5AFE" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E4AD09B" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00F90E53" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If more acid is added to the sample to adjust pH, then is the pH re-verified after the sample is capped and thoroughly mixed? [EPA Method 1664, Rev. B, Section 11.2.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37317A90" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00F90E53" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0037BF42" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00BB0FC2" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75B0EB64" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00BB0FC2" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB0FC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Replace the cap and shake the bottle to mix thoroughly. Check the pH of the sample using the procedure in Section 11.2.1. If necessary, add more acid to the sample and retest.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -9329,79 +9207,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD3608">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="3EE57FD1" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DB297D4" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="177751EC" w14:textId="77777777" w:rsidR="0062203B" w:rsidDel="00714C31" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is one of the allowable alternative extraction procedures performed? If so, describe the extraction process. [EPA Method 1664, Rev. B, Section 1.7.1.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9426,51 +9302,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1064711A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7853B8CD" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="000C64C2" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F56A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Alternate extraction techniques including continuous liquid-liquid extraction, solid-phase extraction, solid-phase-heated solvent extraction, solid-phase-Soxhlet extraction, and others. Acceptable solid-phase extraction (SPE) products include: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007F56A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9496,79 +9371,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F56A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ECUNIOGXF, or equivalent; or other SPE products that meet all method performance criteria such as Horizon part no. 50-021-HT, Snip and Pour QC Standard or equivalent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="1A1B1A90" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05654BC6" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A188C0D" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the flask containing boiling chips dried in an oven </w:t>
             </w:r>
             <w:r w:rsidRPr="000C64C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9665,51 +9538,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E505D52" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C18D1F4" w14:textId="05B302C9" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB601E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.3.1.1</w:t>
             </w:r>
             <w:r w:rsidR="00CB601E" w:rsidRPr="00CB601E">
               <w:rPr>
@@ -9790,79 +9662,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000C64C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Remove from the oven and immediately transfer to a desiccator to cool to room temperature.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="001567CF" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CD6C5C7" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="766E375C" w14:textId="77777777" w:rsidR="0062203B" w:rsidDel="00714C31" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">When cool, are the flasks containing boiling chips weighed? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="000C64C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9905,51 +9775,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50B4CD10" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="432BBD99" w14:textId="76D4EACD" w:rsidR="0062203B" w:rsidRPr="000C64C2" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB601E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.3.1.3</w:t>
             </w:r>
             <w:r w:rsidR="00CB601E" w:rsidRPr="00CB601E">
               <w:rPr>
@@ -9968,79 +9837,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000C64C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When cool, remove from the desiccator with tongs and weigh immediately on a calibrated balance (Section 10).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="1F4D75F0" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="503C1FC7" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D9BFC3F" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the sample added to the separatory funnel first? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="0074633D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10083,111 +9950,108 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D5AF3E6" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="654B92D9" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00AD3608" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074633D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pour the sample into the separatory funnel.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="30BB7CDD" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79B22943" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00196900">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42E5EE91" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is 30 mL of n-hexane added to the sample bottle and sealed with the original bottle cap? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="0074633D">
               <w:rPr>
@@ -10231,120 +10095,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="745E9F2C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D0D4275" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00AD3608" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074633D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Add 30 mL of n-hexane to the sample bottle and seal the bottle with the original bottle cap.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="22BBDC8C" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23B1F597" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D276A62" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the bottle shaken to ensure that all interior surfaces of the bottle including the lid are rinsed before pouring the solvent into the separatory funnel? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="0074633D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10387,129 +10248,126 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="026B88F8" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7272372E" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="0074633D" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074633D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Shake the bottle to rinse all interior surfaces of the bottle, including the lid of the bottle cap.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0074633D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pour the solvent into the separatory funnel.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="7B0EBE54" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C08A294" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1251D8B1" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the sample extracted by shaking the separatory funnel vigorously for 2 minutes with periodic venting into a hood? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="0074633D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10552,111 +10410,108 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4297E596" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="584F737F" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00AD3608" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0074633D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Extract the sample by shaking the separatory funnel vigorously for 2 minutes with periodic venting into a hood to release excess pressure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="2D898454" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FA88BA1" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0001AE15" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the organic phase allowed to separate from the aqueous phase for a minimum of 10 minutes? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="002106F8">
               <w:rPr>
@@ -10700,120 +10555,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58E1E6BA" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D5D40BD" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00AD3608" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002106F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Allow the organic phase to separate from the aqueous phase for a minimum of 10 minutes.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="3F59FEA9" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FA65320" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7ACFA679" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If an emulsion occurs that constitutes more than one third of the volume of the solvent layer, are emulsion breaking techniques employed? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="002106F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10856,51 +10708,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27453AD1" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25EE3AFF" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="002106F8" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002106F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If an emulsion forms between the phases and the emulsion is greater than one-third the volume of the solvent layer, the laboratory must employ emulsion-breaking techniques to complete the phase separation.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -10924,79 +10775,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002106F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alternatively, solid-phase extraction (SPE), continuous liquid-liquid extraction, or other extraction techniques may be used to prevent emulsion formation, provided that the requirements in Section 9.1.2 are met.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="6B98CC45" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A8B71CF" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5299F8ED" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the aqueous layer drained into the original sample container? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00F749A1">
               <w:rPr>
@@ -11040,120 +10889,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38BA47CA" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D60F4B6" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00AD3608" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F749A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Drain the aqueous layer (lower layer) into the original sample container.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="3BDE63B0" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FE17152" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66C5332C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a small amount of the organic layer drained into the sample container to minimize the amount of water remaining in the separatory funnel? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00F749A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11196,153 +11042,130 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E07A891" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76DA9DA3" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00F749A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F749A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Drain a small amount of the organic layer into the sample container to minimize the amount of water remaining in the separatory funnel.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="247D24FD" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DA318F3" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5500FD17" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> paper containing approximately 10 g of anhydrous Na</w:t>
+              <w:t>Is a filter paper containing approximately 10 g of anhydrous Na</w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -11412,51 +11235,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17B20703" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23C3AAD3" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00AD3608" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place a filter paper (Section 6.5.2) in a filter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -11509,79 +11331,77 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="515F52A0" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7000CA8F" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6967C92E" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the filter rinsed with a small portion of n-hexane and the </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
@@ -11644,51 +11464,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D8E0E68" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DCB754A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="003A5BC6" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ri</w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -11723,79 +11542,77 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>rinsate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="2504F337" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50F1AD8C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="629BC380" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the hexane layer drained from the separatory funnel through the Na</w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
@@ -11886,51 +11703,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22E4739A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3133A31A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00AD3608" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Drain the n-hexane layer (upper layer) from the separatory funnel through the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -11965,79 +11781,77 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> into the pre-weighed boiling flask containing the boiling chips (Section 11.3.1.3).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="3B049F0B" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49F3457E" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14BDDBAD" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the extraction process repeated twice more with fresh 30 mL portions of n-hexane and combining the extracts in the boiling flask? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
@@ -12081,111 +11895,108 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E56412C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E0EDB6D" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00AD3608" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Repeat the extraction (Sections 11.3.3–11.3.6 and 11.3.8) twice more with fresh 30-mL portions of n-hexane, combining the extracts in the boiling flask.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="7584A15B" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B56368C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7577729F" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the tip of the separatory funnel rinsed along with the filter paper and funnel with 2-3 small portions of n-hexane which are collected in the boiling flask? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
@@ -12229,149 +12040,126 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64925899" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D5DE0C4" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00AD3608" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rinse the tip of the separatory funnel, the filter paper, and the funnel with 2–3 small (3–5 mL) portions of n-hexane.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collect the </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> in the flask.</w:t>
+              <w:t>Collect the rinsings in the flask.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="10C2630A" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C2F1E4F" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36AABF73" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the extract is milky, is it allowed to stand for up to an hour and decanted through sodium sulfate, followed by rinsing the glassware with n-hexane? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
@@ -12415,51 +12203,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="680F5965" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FE574E6" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00AD3608" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A milky extract indicates the presence of water.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -12685,79 +12472,77 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="662A4EEF" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="222A4F50" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C3184F5" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the boiling flask connected to a distillation head and the lower half immersed in either a water or steam bath? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
@@ -12801,51 +12586,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33BB1176" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A99B7BB" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="003A5BC6" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Connect the boiling flask to the distilling head apparatus and distill the solvent by immersing the lower half of the flask in a water bath or a steam bath.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -12860,79 +12644,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Adjust the water temperature as appropriate to complete the concentration.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="66B2EDF0" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0023040A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A5EA59C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C5F41" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When the distilling head reaches approximately 70</w:t>
             </w:r>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12993,51 +12775,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47E9366E" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58DA0256" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A5BC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When the temperature in the distillin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -13148,79 +12929,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Section 11.4.2.2 may be completely omitted or replaced with a user-defined lower temperature and/or shorter drying tim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="35D13239" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="795F09CB" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E07A961" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the boiling flask immediately removed from the heat source with tongs while it still contains approximately 2 mL of residual liquid? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
@@ -13264,120 +13043,117 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A0CDB74" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A4BB7A6" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="003A5BC6" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Using tongs, immediately remove the flask from the heat source while it still contains approximately 2 mL of residual liquid.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="407F02D6" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35808328" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E347631" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the outside of the flask wiped dry then allowed to cool in a hood at room temperature until visible dryness is achieved? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13420,111 +13196,108 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6921C583" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FA322E8" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00724013" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wipe the outside surface dry to remove moisture and fingerprints and place the flask in a hood until visible dryness is achieved while cooling at room temperature.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="7E84C95B" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="639C9C70" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A2A6695" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If not, then is the flask placed in an oven at 68 </w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
@@ -13586,51 +13359,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D09A6C7" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="464FCD53" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="003A5BC6" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If desired, the flask may be placed in an oven capable of maintaining a user defined temperature within ± 2°C (up to 70 °C max.) for a user defined </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13638,79 +13410,77 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>period of time</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (up to 45 minutes max.).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="7FB3178B" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="472DB0F4" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EEA5516" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If crystal formation is observed in the flask, is the extract re-dissolved in n-hexane, quantitatively transferred through a filter into another tared flask, and the distillation procedure repeated? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
@@ -13754,51 +13524,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25999E52" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="115B8968" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="003A5BC6" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inspect the residue in the boiling flask for crystals.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -13846,111 +13615,89 @@
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If crystals are observed, re</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">dissolve the extract in n-hexane, quantitatively transfer through a filter into another tared boiling </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> repeat the distillation procedure (Sections 11.4.1–11.4.2).</w:t>
+              <w:t>dissolve the extract in n-hexane, quantitatively transfer through a filter into another tared boiling flask, and repeat the distillation procedure (Sections 11.4.1–11.4.2).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="4B7DCE95" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="149B3B9D" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="224AC34A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the flask allowed to dry in a room temperature desiccator for at least an additional 30 minutes before weighing? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
@@ -13994,51 +13741,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17F4A61F" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F95A8EA" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="003A5BC6" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Continue to dry and cool the flask to room temperature in a desiccator for 30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -14062,79 +13808,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Remove with tongs and weigh immediately. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="43F1C4AE" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="346AFF19" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07C93B2D" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the act of desiccation and weighing repeated until the weight loss of the flask and dried residue less than 4% of the previous weight or less than 0.5 mg, whichever is less? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14177,129 +13921,126 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0665B245" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0674A530" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00724013" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>While at room temperature and without additional heating, repeat the cycle of desiccating and weighing until the weight loss of the flask and dried residue is less than 4 % of the previous weight or less than 0.5 mg, whichever is less.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The final weighing should be used for determining the value for HEM or SGT-HEM as appropriate.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="522C6892" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D13216D" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51F620BF" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the HEM determined by subtracting the tare weight from the total weight of the flask? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
@@ -14343,51 +14084,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="139399DF" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2082BA29" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="003A5BC6" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the extract was from the HEM </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -14403,79 +14143,77 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) by subtracting the tare weight (Section 11.3.1) from the total weight of the flask.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="360277B0" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CB4934A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06834717" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the original sample volume determined by filling the sample bottle to the mark with water and measuring the volume or mass of the water? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
@@ -14519,51 +14257,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59AF2E66" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3093ED47" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="003A5BC6" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Determin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -14955,131 +14692,153 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CCF0EBC" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E750DC0" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B9D5538" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E619EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>n-Hexane extractable material–Calculate the concentration of HEM (“oil and grease”) in the sample per the following equation:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DDB1059" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="002B6562" w:rsidP="0062203B">
+          <w:p w14:paraId="4DDB1059" w14:textId="36F9577D" w:rsidR="0062203B" w:rsidRDefault="00FE0FB8" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:pict w14:anchorId="519F44DD">
-[...22 lines deleted...]
-              </w:pict>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="519F44DD" wp14:editId="169E3366">
+                  <wp:extent cx="1282065" cy="357505"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1" name="Picture 2"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 1"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId13" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1282065" cy="357505"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="680EF95A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00E619EE" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E619EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">where: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2180D56D" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00E619EE" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -15145,79 +14904,77 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00E619EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = Sample volume from Section 11.4.5 (L)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="189FEAEB" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DF8980A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44EDA541" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are results reported to three significant figures for results above 10 mg/L and to two significant figures for results below? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00E619EE">
               <w:rPr>
@@ -15261,111 +15018,108 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77A92CE1" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="302BBA89" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00E619EE" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E619EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Report results to three significant figures for HEM and SGT-HEM found at or above 10 mg/L, and report results to two significant figures for HEM and SGT-HEM found below 10 mg/L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="6D493073" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A040858" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17C1030B" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples with results found to be below </w:t>
             </w:r>
             <w:r w:rsidRPr="004C5A40">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15488,51 +15242,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0227B1DF" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47DF63C5" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E619EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Report results for HEM and SGT-HEM found below the ML as &lt; 5.0 mg/L, or as required by the permitting authority or permit.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60035967" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -15551,79 +15304,77 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Guidance by EPA Region IV states that establishing an ML less than 5.0 mg/L is an acceptable modification as long as an IPR test per section 9.2.2 of the method demonstrates equivalent or better performance and all other mandated determinative techniques are followed as written in the method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="2DE9CA24" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BD4B02D" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="197786B1" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">When QC is unacceptable, are the associated samples collected again and reanalyzed if possible? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00E619EE">
               <w:rPr>
@@ -15667,51 +15418,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0289A4C1" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7582207B" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The method says: </w:t>
             </w:r>
             <w:r w:rsidRPr="00E619EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -15826,79 +15576,77 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>decided</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00F90E53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> what to do with it.  The data receiver (the State) would then have to determine whether to use the data, or not.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="1018374A" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CFCA350" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="031224E9" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When QC is unacceptable and resampling is not possible, are sample results qualified with the QC failure? [</w:t>
             </w:r>
             <w:r w:rsidRPr="0062203B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15959,51 +15707,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3414BE6C" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ADA1226" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AF6F846" w14:textId="77777777" w:rsidR="0062203B" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -16181,242 +15928,235 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="7AC37C64" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BE3C3E2" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BDE801A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are IDOCs analyzed before sample analysis? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01E55ED5" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5773CEBE" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10CF462A" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory shall make an initial demonstration of the ability to generate acceptable accuracy and precision with this method.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This ability is established as described in Section 9.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062203B" w:rsidRPr="009C3D45" w14:paraId="417F1E41" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3887FEF1" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="544C2BB5" w14:textId="17E4FE8C" w:rsidR="0062203B" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D24E20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16549,158 +16289,153 @@
               <w:t xml:space="preserve"> [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidR="0062203B" w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.2.1</w:t>
             </w:r>
             <w:r w:rsidR="0062203B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09359586" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67B5F631" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="009C3D45" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AB29EB3" w14:textId="77777777" w:rsidR="0062203B" w:rsidRPr="002B42A0" w:rsidRDefault="0062203B" w:rsidP="0062203B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Method Detection Limit (MDL)–To establish the ability to detect HEM and SGT-HEM, the laboratory shall determine the MDL per the procedure in 40 CFR 136, Appendix B using the apparatus, reagents, and standards that will be used in the practice of this method.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="1A385768" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44B88CAA" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="76F9228E" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C0353">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is ongoing MDL data being collected quarterly?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC1C1F">
@@ -16768,232 +16503,236 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EAFA8C2" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43E9E807" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F772E4E" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD4DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>During any quarter in which samples are being analyzed, prepare and analyze a minimum of two spiked samples on each instrument, in separate batches, using the same spiking concentration used in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="765DCF6D" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E7DE800" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3F3A432F" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are MDL values verified at least every 13 months according to the ongoing MDL determination requirements and updated if necessary?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC1C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR 136 Appendix B]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> [Procedure for the Determination of the </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">[Procedure for the Determination of the </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1358">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Method Detection Limit,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rev. 2, (4) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39302D3A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0843EB08" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="309C4708" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D5368">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At least once every thirteen months, re-calculate MDL</w:t>
             </w:r>
             <w:r w:rsidRPr="006F2BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17014,79 +16753,77 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="001D5368">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> from the collected spiked samples and method blank results using the equations in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="1D0D9EE8" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07EB7A6B" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6FC40B0C" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17195,233 +16932,226 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49B1A3E7" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EE9B9EC" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="278E66E1" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="002B42A0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">An MDL less than or equal to the MDL in Section 1.6 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(1.4 mg/L) </w:t>
             </w:r>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>or less than 1/3 the regulatory compliance limit must be achieved prior to the practice of this method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="3026EFAA" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E95E39A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47496310" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has an Initial Precision and Recovery (IPR) study been performed by analyzing four replicates of the PAR standard? [EPA Method 1664, Rev. B, Section 9.2.2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.2.2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="656A27AA" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34809035" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17F91C50" w14:textId="00085E58" w:rsidR="007426B0" w:rsidRPr="00D92C5F" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.2.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -17485,163 +17215,158 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Determine the concentration of HEM and/or SGT-HEM in four samples of the PAR standard (Section 7.11) according to the procedure beginning in Section 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="0E88DF2B" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60C5197C" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="046F83E4" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Was the IPR acceptable? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.2.2.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 9.2.2.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45236D23" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B1EB11A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="637D2708" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Using the results of the set of four analyses, compute the average percent recovery (X) and the standard deviation of the percent recovery (s) for HEM and for SGT-HEM (if determined).</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -17674,68 +17399,111 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hexadecane that remains after removal of stearic acid.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use the following equation for calculation of the standard deviation of the percent recovery:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="534F5005" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="002B6562" w:rsidP="007426B0">
+          <w:p w14:paraId="534F5005" w14:textId="7A92C87B" w:rsidR="007426B0" w:rsidRDefault="00FE0FB8" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:pict w14:anchorId="6621BA6F">
-[...3 lines deleted...]
-              </w:pict>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6621BA6F" wp14:editId="330FA752">
+                  <wp:extent cx="1113155" cy="556895"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2" name="Picture 1"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 2"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId14">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1113155" cy="556895"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="24BDC229" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00955A6C" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955A6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">where: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ECE596A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00955A6C" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -17800,176 +17568,136 @@
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Compare s and X with the corresponding limits for initial precision and recovery in Table 1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If s and X meet the acceptance criteria, system performance is </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>If s and X meet the acceptance criteria, system performance is acceptable and analysis of samples may begin.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>acceptable</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>If, however, s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and analysis of samples may begin.</w:t>
+              <w:t>exceeds the precision limit or X falls outside the range for recovery, system performance is unacceptable.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>If, however, s</w:t>
-[...9 lines deleted...]
-            </w:r>
+              <w:t>In this event, correct the problem and repeat the test.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C5BBBD1" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0640F60E" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>exceeds the precision limit or X falls outside the range for recovery, system performance is unacceptable.</w:t>
-[...68 lines deleted...]
-              <w:t xml:space="preserve"> and analysis of samples may begin.</w:t>
+              <w:t>If s and X meet the acceptance criteria, system performance is acceptable and analysis of samples may begin.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If, however, s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18102,79 +17830,77 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SGT-HEM accuracy (x):83-116%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="73B0FBFD" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33E620C1" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E83656E" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are at least 5 % of samples analyzed as matrix spikes? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
@@ -18203,89 +17929,86 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31D6F438" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E63D838" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="776AA7F1" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.1.3</w:t>
             </w:r>
@@ -18425,79 +18148,77 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C1547B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A duplicate matrix spike (MSD) is recommended, but not required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="53E76ECC" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="2708"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67C01BF5" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FFD7A5E" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the concentration of the matrix spike 1 to 5 times the background concentration or at the concentration of the OPR, whichever concentration is highest? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="002937C0">
               <w:rPr>
@@ -18529,91 +18250,88 @@
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A4C455C" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B0DB2C3" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="078FC29A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002937C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.1</w:t>
             </w:r>
@@ -18686,79 +18404,77 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002937C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If, as in compliance monitoring, the concentration of HEM or SGT-HEM in the sample is being checked against a regulatory concentration limit, the spiking level shall be at that limit, at 1 to 5 times the background concentration of the sample (determined in Section 9.3.2), or at the concentration of the OPR (Section 9.6), whichever concentration is highest.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="11388FE4" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7092714E" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D11BE70" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the HEM concentration is expected to exceed 1000 mg/L, then is a smaller sample volume collected for the background measurement and MS so that the amount of HEM plus the amount spiked does not exceed 1000 mg/L? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="002937C0">
               <w:rPr>
@@ -18768,91 +18484,88 @@
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CC3A753" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28F716C9" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A31EBC5" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002937C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If necessary, prepare a standard solution appropriate to produce a level in the sample at the regulatory compliance limit or at 1 to 5 times the background concentration (per Section 9.3.1). </w:t>
             </w:r>
@@ -19160,71 +18873,69 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0087CAB6" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="747847BC" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4564F889" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002937C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Spike the additional sample aliquot(s) with the spiking solution and analyze </w:t>
             </w:r>
@@ -19458,71 +19169,69 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7071566D" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="470D98E5" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FAF686C" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>HEM recovery: 78-114 %</w:t>
             </w:r>
@@ -19586,625 +19295,605 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SGT-HEM RPD: 34 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="2AE49810" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A3FF528" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12ACCDC2" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the matrix spike fails the acceptance criterion but the QC standard in the ongoing precision and recovery test is acceptable, then is it understood to mean there is a matrix interference present? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.4.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A5E573C" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60453E69" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B782307" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the results of the spike fail the acceptance criteria, and the recovery of the QC standard in the ongoing precision and recovery test (Section 9.6) for the analytical batch is within the acceptance criteria in Table 1, an interference is present.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="552EBBD9" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EAA7375" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C1C1A96" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If there is matrix interference, is the potential cause for the interference assessed and corrected before being recollected/reanalyzed? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.4.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D34A01F" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56EF7E82" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CD51260" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>In this case, the result may not be reported or used for regulatory compliance purposes and the laboratory must assess the potential cause for the interference.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="592B49B8" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CE95EE7" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FEAB36A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the interference is attributable to sampling, is the sample recollected and reanalyzed? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.4.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09F1A7C7" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16BE2E99" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="190E6AFE" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the interference is attributable to sampling, the site or discharge/waste stream should be resampled.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="485D4096" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CB80191" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A20FCD4" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the interference is attributable to a matrix interference, then is the method modified to account for the interference before the sample is recollected/reanalyzed? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.4.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E903340" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D0AD6BF" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33DD3594" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00BE7674" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the interference is attributable to a matrix problem, the laboratory must modify the method, repeat the tests required in Section 9.1.2, and repeat the analysis of the sample and the MS (and MSD, if performed).</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -20228,377 +19917,365 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Section 11.3.5 provides suggestions for overcoming emulsion problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="52C7BEDB" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C83A1D2" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E3BB46" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If both the spike and OPR fail acceptance criteria, then are the associated samples recollected and reanalyzed? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.4.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B9438EE" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6058EDC2" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EA60983" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the results of both the spike and the ongoing precision and recovery test fail the acceptance criteria, the analytical system is judged to be out of control, and the problem shall be identified and corrected, and the sample batch reanalyzed.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="0469B982" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53F1B059" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A072989" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all reported samples associated with a valid MS result? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.4.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FD1597D" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D62FFD5" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79FD45BF" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00BE7674" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All samples must be associated with a valid MS (and MSD, if performed).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="5384CF2F" w14:textId="77777777" w:rsidTr="00BE7367">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66FE7349" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A99A72A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="00BE7367">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are 5% of samples </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -20630,89 +20307,86 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (C)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03AEC277" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6266F84A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23501D67" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00BE7674" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062203B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="68747A84" w14:textId="77777777" w:rsidTr="00CB601E">
@@ -20835,70 +20509,68 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C393CD0" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ADED440" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CACB997" w14:textId="57CF76FF" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The relative percent difference for duplicates shall meet the acceptance criteria in Table 1.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4958B251" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -21124,70 +20796,68 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C7E7C10" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B6A2C2F" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72A9A046" w14:textId="2A5B52E1" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The relative percent difference for duplicates shall meet the acceptance criteria in Table 1.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="707693D0" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -21266,459 +20936,444 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SGT-HEM RPD: 34%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="6352F31A" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FA89034" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50B0DFAD" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the RPD acceptance criteria are not met, then are the associated samples recollected/reanalyzed? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C81BFF3" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08AD876D" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EC2696A" w14:textId="6DA73986" w:rsidR="007426B0" w:rsidRPr="00BE7674" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the criteria are not met, the analytical system is judged to be out of control, and the problem must be immediately identified and corrected, and the analytical batch reanalyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="4A8EF350" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0045265C" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77DD38D6" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are laboratory blanks analyzed to demonstrate the analysis is free of contamination? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.1.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CDA6A64" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62308845" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AE8A856" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analyses of laboratory blanks are required to demonstrate freedom from contamination.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The procedure and criteria for analysis of a blank are described in Section 9.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="3C43EEE5" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69191881" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02CE01E8" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a reagent blank extracted and concentrated initially and with each analytical batch? [EPA Method 1664, Rev. B, Section 9.4.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="342BCA1E" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EF5BA85" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04012DBA" w14:textId="0F3CD238" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124153">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Extract and concentrate a laboratory reagent water blank initially (i.e.</w:t>
             </w:r>
             <w:r w:rsidR="00650E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -21733,936 +21388,866 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> with the tests in Section 9.2) and with each analytical batch.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="358F5B4A" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1530951F" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03D57625" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the reagent blank subjected to the same procedural steps as a sample? [EPA Method 1664, Rev. B, Section 9.4.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F221F8A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B20D084" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44EC3A8F" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00124153" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124153">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The blank must be subjected to the same procedural steps as a sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="1B57F010" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57ADE978" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45E2744A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If material is detected in the blank at a concentration greater than the minimum level (i.e., 5.0 mg/L), then is the analysis of samples halted until the source of contamination is eliminated and a </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> no evidence of contamination? [EPA Method 1664, Rev. B, Section 9.4.2]</w:t>
+              <w:t>If material is detected in the blank at a concentration greater than the minimum level (i.e., 5.0 mg/L), then is the analysis of samples halted until the source of contamination is eliminated and a blank shows no evidence of contamination? [EPA Method 1664, Rev. B, Section 9.4.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B94109A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A4DB5FF" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="324BA724" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124153">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If material is detected in the blank at a concentration greater than the minimum level (Section 1.6), analysis of samples is halted until the source of contamination is eliminated and a </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> no evidence of contamination.</w:t>
+              <w:t>If material is detected in the blank at a concentration greater than the minimum level (Section 1.6), analysis of samples is halted until the source of contamination is eliminated and a blank shows no evidence of contamination.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="7D373CBA" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17A16371" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2570A06C" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are all samples reported for regulatory compliance purposes associated with an uncontaminated method blank? [EPA Method 166, Rev. B, Section 9.4.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CC715D0" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C9CD0D0" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="170385F8" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00124153" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00124153">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All samples must be associated with an uncontaminated method blank before the results may be reported for regulatory compliance purposes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="2AD9E911" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B21B045" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="667414EA" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the laboratory, on an ongoing basis, demonstrate that the analytical system is in control by analyzing an ongoing precision and recovery sample (OPR)? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.1.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E534AA6" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C637C87" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FACFFAF" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory shall, on an ongoing basis, demonstrate through calibration verification and analysis of the ongoing precision and recovery (OPR) sample that the analysis system is in control.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>These procedures are described in Sections 9.5 and 9.6, respectively.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="478FA3EB" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04CEFAD6" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13798610" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">With every batch is the lab extracting and concentrating a precision and recovery standard? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="0095568A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.6.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3818CEA2" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ABBE6E2" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05953144" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0095568A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Extract and concentrate a precision and recovery standard (Section 7.11) with each analytical batch according to the procedure beginning in Section 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="2B630AE6" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C903A45" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74186957" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the recovery of the precision and recovery standard found to be within the limits detailed in Table 1 of the Method before the analysis of blanks and samples may proceed? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="0095568A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.6.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="678E2D9B" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54788F04" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30136206" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0095568A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Compare the recovery with the limits for ongoing precision and recovery in Table 1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -22728,247 +22313,240 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SGT-HEM recovery 64-132%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="1DCA9F40" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11A5D6C6" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="222D2CC5" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If not, then is the problem identified and corrected before the batch is re-extracted and the OPR test is repeated? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="0095568A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.6.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A1B35F1" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40F1371E" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00DC4834" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="0095568A" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0095568A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If, however, the recovery is not in the specified range, the analytical process is not in control.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0095568A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>In this event, correct the problem, re-extract the analytical batch, and repeat the ongoing precision and recovery test.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="78009D87" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="014C221D" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60C55291" w14:textId="1DE4410F" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="00B92B6E" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[Optional] </w:t>
             </w:r>
             <w:r w:rsidR="007426B0">
               <w:rPr>
@@ -22995,92 +22573,89 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.7</w:t>
             </w:r>
             <w:r w:rsidR="007426B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CFD6454" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FFE911A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AAE9E6D" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1664B: </w:t>
             </w:r>
             <w:r w:rsidRPr="00591885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -23131,79 +22706,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00591885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>analyzed monthly by laboratories performing routine analyses and less frequently by laboratories performing these analyses intermittently.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="2916028A" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AA82D64" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30E23E27" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met?</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -23242,190 +22815,175 @@
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="0062203B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (B)</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72773C6D" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63560EC4" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77816811" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="0062203B" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062203B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A823F79" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31C9E2FE" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3D45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If data qualifiers are used to qualify samples not meeting QC requirements, the data may not be useable for the intended purposes. It is the responsibility of the laboratory </w:t>
-[...9 lines deleted...]
-              <w:t>to provide the client or end-user of the data with sufficient information to determine the usability of the qualified data.</w:t>
+              <w:t>If data qualifiers are used to qualify samples not meeting QC requirements, the data may not be useable for the intended purposes. It is the responsibility of the laboratory to provide the client or end-user of the data with sufficient information to determine the usability of the qualified data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="26F4A5BA" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C6C40EC" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="700380F0" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="005B0AD9" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has the laboratory modified the method in any way? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="002B42A0">
@@ -23433,89 +22991,86 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.1.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="517663E8" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45E3AAB3" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A1872B0" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Alternate determinative techniques, such as immunoassay or infrared spectroscopy, and changes that degrade method performance or change the chemistry of the method including the use of extraction solvents other than n-hexane (85% minimum purity, </w:t>
             </w:r>
@@ -23585,608 +23140,588 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If an analytical technique other than the techniques specified in this method is used, that technique must have a specificity equal to or better than the specificity of the techniques in this method for HEM and/or SGT-HEM in the sample of interest.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="69473AB1" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1286979B" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00506A27">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5072D047" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00C1547B" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C1547B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the answer above was yes, then complete the rest of the checklist.  If not, then you may stop here.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FAD0BC2" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CA8F4C3" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48C283CD" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="002B42A0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="0A018519" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CA395BA" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AB40352" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the IPR test repeated to demonstrate that any modifications produce results equivalent or superior to results produced by this method each time a modification is made? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.1.2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46F03947" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08D2467E" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05E70042" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Each time a modification is made to </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>his method, the laboratory is required to repeat the IPR test in Section 9.2.2 to demonstrate that the modification produces results equivalent to or superior to results produced by this method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="45712CBB" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="775BCE7F" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="180DC3BE" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the MDL is affected by any modifications, then does the laboratory demonstrate that the MDL is less than or equal to the MDL in this method or one-third the regulatory compliance limit, whichever is higher, each time a modification is made? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.1.2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="631B0F30" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20228300" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67085351" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the detection limit of the method will be affected by the modification, the laboratory must demonstrate that the MDL (40 CFR Part 136, Appendix B) is</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>less than or equal to the MDL in this method or one-third the regulatory compliance limit, whichever is higher.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="2B1A0E3B" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21CDE7C3" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7340F7E8" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Anytime the method is modified does the laboratory perform a comparison study for the recovery of HEM on each specific discharge/waste stream? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.1.2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E7377D8" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EC956FC" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D1AE042" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B42A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the modified method is to be used </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -24404,70 +23939,68 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7466AEF3" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2252A188" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="570B9E9E" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.1.2.2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -24941,52 +24474,63 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11C8F272" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="006655AA" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>9.1.2.2.5</w:t>
-            </w:r>
+              <w:t>9.1.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006655AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.2.5</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Data that will allow an independent reviewer to validate each determination by tracing the instrument output (weight or other signal) to </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -25371,79 +24915,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006655AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Data system outputs, and other data to link the raw data to the results reported.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="0A8218BA" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="566C1CE9" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="22507175" w14:textId="77777777" w:rsidR="00BE7367" w:rsidRDefault="00BE7367" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0C9DF775" w14:textId="6F68CB69" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -25463,156 +25005,165 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="407A6211" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00C5765C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nswer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3210F0E1" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EF5C540" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="459CF61A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.2.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Equivalency demonstration for application of a method modification to compliance monitoring - To establish the ability of a modification of this method to recover an amount of HEM and/or SGT-HEM equivalent to the amount recovered by this method from a specific discharge/waste stream (matrix types), proceed as follows:</w:t>
+              <w:t xml:space="preserve">Equivalency demonstration for application of a method modification to compliance monitoring - To establish the ability of a modification of this method to recover an amount of HEM and/or SGT-HEM equivalent to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D92C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>the amount recovered by this method from a specific discharge/waste stream (matrix types), proceed as follows:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="319A12B8" w14:textId="77777777" w:rsidR="007426B0" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7ECCFD6C" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00D92C5F" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
@@ -25951,327 +25502,317 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Two representative examples of different treated or untreated wastewaters likely to contain other hexane extractable materials of various chemical composition including but not limited to, vegetable oils, waxes, soaps, greases and other related materials</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="6083FE6E" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BFB607A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35B0F80C" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For the comparison study, are two sets of four aliquots of unspiked wastewater analyzed…one set by the Method and one set by the modified method? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.2.3.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6128A206" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EDCACD3" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22DF0308" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00D92C5F" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Collect, extract, concentrate, and weigh the HEM or SGT-HEM in two sets of four aliquots of unspiked wastewater.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>One set of four wastewater aliquots is analyzed according to the protocol in Section 11 of this method and the other set of four aliquots is analyzed using the modified method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="4DA5C8EC" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42C4A877" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D7FA34B" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the average concentration of the modified method 78 -114 percent of the average concentration produced by the Method? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.2.3.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74A8215A" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="711460DE" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35D5297F" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00D92C5F" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate the average concentration of HEM and SGT-HEM for the set of results from this method and for the set of results from the modified method.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -26295,164 +25836,159 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, the modified method may not be used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007426B0" w:rsidRPr="009C3D45" w14:paraId="0DFE2A9F" w14:textId="77777777" w:rsidTr="00CB601E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:tcFitText/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C19F321" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="00403734">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A911A52" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00DA06A1" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the average concentration of the eight results produced by both methods is below the minimum level, then are MSs used to determine equivalency? [EPA Method 1664, Rev. B, Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.2.3.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BAB93D4" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30531644" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="009C3D45" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E89F80E" w14:textId="77777777" w:rsidR="007426B0" w:rsidRPr="00D92C5F" w:rsidRDefault="007426B0" w:rsidP="007426B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002937C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NOTE:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -26545,252 +26081,252 @@
         <w:t>_________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="009A2D3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008D6271" w:rsidRPr="009A2D3B" w:rsidSect="00624DEA">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="432" w:right="720" w:bottom="432" w:left="720" w:header="144" w:footer="144" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="682E21CA" w14:textId="77777777" w:rsidR="0045530D" w:rsidRDefault="0045530D">
+    <w:p w14:paraId="760B6A38" w14:textId="77777777" w:rsidR="00862169" w:rsidRDefault="00862169">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CCB8766" w14:textId="77777777" w:rsidR="0045530D" w:rsidRDefault="0045530D">
+    <w:p w14:paraId="4DAA40A1" w14:textId="77777777" w:rsidR="00862169" w:rsidRDefault="00862169">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C58346A" w14:textId="77777777" w:rsidR="0045530D" w:rsidRDefault="0045530D"/>
+    <w:p w14:paraId="5F236A9C" w14:textId="77777777" w:rsidR="00862169" w:rsidRDefault="00862169"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="486FE587" w14:textId="65DBB648" w:rsidR="001B5431" w:rsidRPr="00892AA9" w:rsidRDefault="001B5431">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C5765C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Rev</w:t>
     </w:r>
     <w:r w:rsidR="00C5765C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ised</w:t>
     </w:r>
     <w:r w:rsidRPr="00C5765C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00C5765C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>07/26/2023</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38F3BFCC" w14:textId="77777777" w:rsidR="001B5431" w:rsidRPr="00403734" w:rsidRDefault="001B5431">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00403734">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Rev</w:t>
     </w:r>
     <w:r w:rsidR="00403734" w:rsidRPr="00403734">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ised</w:t>
     </w:r>
     <w:r w:rsidRPr="00407AB5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00403734" w:rsidRPr="00403734">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>07/25/2023</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63182080" w14:textId="77777777" w:rsidR="0045530D" w:rsidRDefault="0045530D">
+    <w:p w14:paraId="686948BF" w14:textId="77777777" w:rsidR="00862169" w:rsidRDefault="00862169">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="399F882D" w14:textId="77777777" w:rsidR="0045530D" w:rsidRDefault="0045530D">
+    <w:p w14:paraId="132DD353" w14:textId="77777777" w:rsidR="00862169" w:rsidRDefault="00862169">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="56D3A9F6" w14:textId="77777777" w:rsidR="0045530D" w:rsidRDefault="0045530D"/>
+    <w:p w14:paraId="7E6B5D78" w14:textId="77777777" w:rsidR="00862169" w:rsidRDefault="00862169"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="032AC582" w14:textId="331C9185" w:rsidR="001B5431" w:rsidRPr="00403734" w:rsidRDefault="001B5431" w:rsidP="00196900">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C5765C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Oil &amp; Grease – EPA Method 1664 Rev. B</w:t>
     </w:r>
     <w:r w:rsidR="00C5765C" w:rsidRPr="00C5765C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
@@ -26884,51 +26420,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009132A5" w:rsidRPr="00403734">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>13</w:t>
     </w:r>
     <w:r w:rsidRPr="00196900">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="297816DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="043819D0"/>
     <w:lvl w:ilvl="0" w:tplc="65B41ACE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -27100,91 +26636,74 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2136019475">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="543910027">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="106"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C16AFC"/>
     <w:rsid w:val="000054CA"/>
     <w:rsid w:val="000200B1"/>
     <w:rsid w:val="0002197D"/>
     <w:rsid w:val="000264A4"/>
     <w:rsid w:val="0002786E"/>
     <w:rsid w:val="00032D8E"/>
     <w:rsid w:val="00034948"/>
     <w:rsid w:val="00035B23"/>
     <w:rsid w:val="000361F4"/>
     <w:rsid w:val="00036BE6"/>
     <w:rsid w:val="00040858"/>
     <w:rsid w:val="00046596"/>
     <w:rsid w:val="0004733D"/>
     <w:rsid w:val="000609E6"/>
     <w:rsid w:val="00070E18"/>
     <w:rsid w:val="00072D14"/>
     <w:rsid w:val="00075818"/>
@@ -27213,50 +26732,51 @@
     <w:rsid w:val="00114F08"/>
     <w:rsid w:val="0011780C"/>
     <w:rsid w:val="00121D19"/>
     <w:rsid w:val="0012246E"/>
     <w:rsid w:val="00124153"/>
     <w:rsid w:val="0012549E"/>
     <w:rsid w:val="0013029E"/>
     <w:rsid w:val="00131FCF"/>
     <w:rsid w:val="00133487"/>
     <w:rsid w:val="00143AD1"/>
     <w:rsid w:val="00145182"/>
     <w:rsid w:val="001469FD"/>
     <w:rsid w:val="0014761D"/>
     <w:rsid w:val="00153D5E"/>
     <w:rsid w:val="001549AE"/>
     <w:rsid w:val="001559A2"/>
     <w:rsid w:val="001603A4"/>
     <w:rsid w:val="00166014"/>
     <w:rsid w:val="0016619B"/>
     <w:rsid w:val="00174E84"/>
     <w:rsid w:val="0017568B"/>
     <w:rsid w:val="00184275"/>
     <w:rsid w:val="00186E13"/>
     <w:rsid w:val="00187C71"/>
     <w:rsid w:val="001909DC"/>
+    <w:rsid w:val="00190B58"/>
     <w:rsid w:val="00196900"/>
     <w:rsid w:val="001A01FD"/>
     <w:rsid w:val="001A575F"/>
     <w:rsid w:val="001B0F0F"/>
     <w:rsid w:val="001B5431"/>
     <w:rsid w:val="001B771F"/>
     <w:rsid w:val="001C6564"/>
     <w:rsid w:val="001D09A1"/>
     <w:rsid w:val="001D2643"/>
     <w:rsid w:val="001E58BF"/>
     <w:rsid w:val="001F2246"/>
     <w:rsid w:val="002106F8"/>
     <w:rsid w:val="00210F57"/>
     <w:rsid w:val="00211ADD"/>
     <w:rsid w:val="00211F05"/>
     <w:rsid w:val="00213D33"/>
     <w:rsid w:val="00221C2E"/>
     <w:rsid w:val="00225444"/>
     <w:rsid w:val="002301D8"/>
     <w:rsid w:val="00242F37"/>
     <w:rsid w:val="0024328C"/>
     <w:rsid w:val="00243D5F"/>
     <w:rsid w:val="002472F6"/>
     <w:rsid w:val="0025267B"/>
     <w:rsid w:val="00257E33"/>
@@ -27525,50 +27045,51 @@
     <w:rsid w:val="007E6DD9"/>
     <w:rsid w:val="007F174B"/>
     <w:rsid w:val="007F1C1B"/>
     <w:rsid w:val="007F41F3"/>
     <w:rsid w:val="007F4B45"/>
     <w:rsid w:val="007F5026"/>
     <w:rsid w:val="007F54BB"/>
     <w:rsid w:val="007F56A8"/>
     <w:rsid w:val="007F70D7"/>
     <w:rsid w:val="007F782E"/>
     <w:rsid w:val="0080115B"/>
     <w:rsid w:val="00805638"/>
     <w:rsid w:val="00805B35"/>
     <w:rsid w:val="0080650E"/>
     <w:rsid w:val="00806B66"/>
     <w:rsid w:val="00807D57"/>
     <w:rsid w:val="00811D0B"/>
     <w:rsid w:val="00812DB8"/>
     <w:rsid w:val="008130B6"/>
     <w:rsid w:val="00835BAA"/>
     <w:rsid w:val="008360ED"/>
     <w:rsid w:val="00840459"/>
     <w:rsid w:val="0084352E"/>
     <w:rsid w:val="0084663F"/>
     <w:rsid w:val="008517A7"/>
+    <w:rsid w:val="00862169"/>
     <w:rsid w:val="00862469"/>
     <w:rsid w:val="008645A7"/>
     <w:rsid w:val="0086712A"/>
     <w:rsid w:val="00867918"/>
     <w:rsid w:val="008738D3"/>
     <w:rsid w:val="00876F06"/>
     <w:rsid w:val="0088148F"/>
     <w:rsid w:val="0088203A"/>
     <w:rsid w:val="008834CE"/>
     <w:rsid w:val="008838FA"/>
     <w:rsid w:val="00887359"/>
     <w:rsid w:val="00892AA9"/>
     <w:rsid w:val="00893E48"/>
     <w:rsid w:val="008A0948"/>
     <w:rsid w:val="008B7591"/>
     <w:rsid w:val="008C01C3"/>
     <w:rsid w:val="008C23B9"/>
     <w:rsid w:val="008C4DF6"/>
     <w:rsid w:val="008C678B"/>
     <w:rsid w:val="008C6D43"/>
     <w:rsid w:val="008D27F4"/>
     <w:rsid w:val="008D3052"/>
     <w:rsid w:val="008D6271"/>
     <w:rsid w:val="008D7B19"/>
     <w:rsid w:val="008E0A3B"/>
@@ -27852,87 +27373,88 @@
     <w:rsid w:val="00F504FE"/>
     <w:rsid w:val="00F532CF"/>
     <w:rsid w:val="00F55067"/>
     <w:rsid w:val="00F61CDB"/>
     <w:rsid w:val="00F65415"/>
     <w:rsid w:val="00F7194F"/>
     <w:rsid w:val="00F749A1"/>
     <w:rsid w:val="00F7638A"/>
     <w:rsid w:val="00F7732F"/>
     <w:rsid w:val="00F77791"/>
     <w:rsid w:val="00F81FBE"/>
     <w:rsid w:val="00F84DA0"/>
     <w:rsid w:val="00F86361"/>
     <w:rsid w:val="00F90E53"/>
     <w:rsid w:val="00F963CB"/>
     <w:rsid w:val="00F97B68"/>
     <w:rsid w:val="00FA4AF3"/>
     <w:rsid w:val="00FA7538"/>
     <w:rsid w:val="00FA79D0"/>
     <w:rsid w:val="00FB636A"/>
     <w:rsid w:val="00FC252C"/>
     <w:rsid w:val="00FC5553"/>
     <w:rsid w:val="00FC611A"/>
     <w:rsid w:val="00FE0338"/>
     <w:rsid w:val="00FE0C8D"/>
+    <w:rsid w:val="00FE0FB8"/>
     <w:rsid w:val="00FE1185"/>
     <w:rsid w:val="00FE5F25"/>
     <w:rsid w:val="00FE5F5C"/>
     <w:rsid w:val="00FF5E21"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="38D1053E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{21280170-563C-4FDF-959E-D6C3EB73DC72}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -28439,51 +27961,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008C4DF6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00423D64"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -28862,216 +28384,182 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...12 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...15 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...79 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -29130,138 +28618,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="616aef02-9798-44e7-9ab4-6529c8fdfa36">
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="97c26e27-a340-4306-98a7-c36055956ab5" xsi:nil="true"/>
-[...1 lines deleted...]
-    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57EE8973-5445-4EF2-8C92-DF45E92E6EE5}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9B83251-1293-4302-8EC8-A6F7298B8CFD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{505FE8C7-6E6C-4FB2-B36C-D774FA78D221}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>7265</Words>
-  <Characters>41411</Characters>
+  <Words>7775</Words>
+  <Characters>40901</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>345</Lines>
-  <Paragraphs>97</Paragraphs>
+  <Lines>1573</Lines>
+  <Paragraphs>559</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>48579</CharactersWithSpaces>
+  <CharactersWithSpaces>48117</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>T_ Crawford</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>