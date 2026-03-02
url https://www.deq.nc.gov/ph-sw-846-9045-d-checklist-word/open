--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -14,111 +14,109 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11250" w:type="dxa"/>
-        <w:tblInd w:w="85" w:type="dxa"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8067"/>
         <w:gridCol w:w="3183"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D089B" w:rsidRPr="00A0149B" w14:paraId="2DACA55C" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="003D089B" w:rsidRPr="00A0149B" w14:paraId="2DACA55C" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8067" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="51792F3B" w14:textId="77777777" w:rsidR="003D089B" w:rsidRPr="00A0149B" w:rsidRDefault="003D089B" w:rsidP="003D089B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3183" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3115D582" w14:textId="77777777" w:rsidR="003D089B" w:rsidRPr="00A0149B" w:rsidRDefault="003D089B" w:rsidP="003D089B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D089B" w:rsidRPr="00A0149B" w14:paraId="255334B8" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="003D089B" w:rsidRPr="00A0149B" w14:paraId="255334B8" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8067" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="535078B0" w14:textId="77777777" w:rsidR="003D089B" w:rsidRPr="00A0149B" w:rsidRDefault="003D089B" w:rsidP="003D089B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST: </w:t>
             </w:r>
           </w:p>
@@ -133,80 +131,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D089B" w:rsidRPr="00A0149B" w14:paraId="7B6EB69A" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="003D089B" w:rsidRPr="00A0149B" w14:paraId="7B6EB69A" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11250" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="041A2E4B" w14:textId="77777777" w:rsidR="003D089B" w:rsidRPr="00A0149B" w:rsidRDefault="003D089B" w:rsidP="003D089B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D089B" w:rsidRPr="00A0149B" w14:paraId="4422BA19" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="003D089B" w:rsidRPr="00A0149B" w14:paraId="4422BA19" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11250" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="61603D76" w14:textId="77777777" w:rsidR="003D089B" w:rsidRPr="00A0149B" w:rsidRDefault="003D089B" w:rsidP="003D089B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
@@ -384,73 +382,71 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4691"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="5659"/>
       </w:tblGrid>
       <w:tr w:rsidR="006362A4" w:rsidRPr="00A0149B" w14:paraId="30AF685A" w14:textId="77777777" w:rsidTr="00A56BFF">
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="295E24EE" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="00A0149B" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4691" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="798F3F75" w14:textId="77777777" w:rsidR="00F514B8" w:rsidRDefault="00F514B8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="60531502" w14:textId="7CC05524" w:rsidR="006362A4" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -462,177 +458,171 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1BBB78FC" w14:textId="1F3AE460" w:rsidR="006362A4" w:rsidRPr="00A0149B" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="021D09B5" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="00A0149B" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F0A1409" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="00A0149B" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>pH buffers (S.U.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006362A4" w:rsidRPr="0054425D" w14:paraId="187E93A4" w14:textId="77777777" w:rsidTr="00A56BFF">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54430F53" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="0054425D" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4691" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BAFB9B2" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="0054425D" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F73B3A4" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="0054425D" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64BF431D" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="0054425D" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:ind w:left="436"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Value:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -647,122 +637,118 @@
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>Exp:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006362A4" w:rsidRPr="0054425D" w14:paraId="755D710F" w14:textId="77777777" w:rsidTr="00A56BFF">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AF2C7D4" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="0054425D" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4691" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EE8F445" w14:textId="7476B63B" w:rsidR="006362A4" w:rsidRPr="0054425D" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analytical Balance capable of weighing 0.1 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29EFD641" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="0054425D" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70FB579F" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="0054425D" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:ind w:left="436"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Value:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -777,112 +763,108 @@
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>Exp:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006362A4" w:rsidRPr="0054425D" w14:paraId="3A578CB3" w14:textId="77777777" w:rsidTr="00A56BFF">
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CC747DC" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="0054425D" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4691" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241C7CB2" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="0054425D" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73E86DDC" w14:textId="77777777" w:rsidR="006362A4" w:rsidRPr="0054425D" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36CB8FC7" w14:textId="054BBFE0" w:rsidR="006362A4" w:rsidRDefault="006362A4">
             <w:pPr>
               <w:ind w:left="436"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Value:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -984,60 +966,60 @@
     </w:p>
     <w:p w14:paraId="47474B46" w14:textId="77777777" w:rsidR="00A97EA9" w:rsidRPr="000A4B49" w:rsidRDefault="00A97EA9" w:rsidP="00A97EA9">
       <w:pPr>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="151F8B2F" w14:textId="77777777" w:rsidR="007F782E" w:rsidRPr="000A4B49" w:rsidRDefault="007F782E" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11250" w:type="dxa"/>
         <w:tblInd w:w="85" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4910"/>
         <w:gridCol w:w="446"/>
         <w:gridCol w:w="451"/>
         <w:gridCol w:w="4993"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA67E8" w:rsidRPr="00A0149B" w14:paraId="3D6D6838" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="00FA67E8" w:rsidRPr="00A0149B" w14:paraId="3D6D6838" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D1D1D1" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="762B39E0" w14:textId="77777777" w:rsidR="004B16D9" w:rsidRPr="002A6FFB" w:rsidRDefault="004B16D9" w:rsidP="008F6DD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1137,51 +1119,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6DD5" w:rsidRPr="00A0149B" w14:paraId="375B1EA9" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008F6DD5" w:rsidRPr="00A0149B" w14:paraId="375B1EA9" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="1700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2943FB05" w14:textId="7A8AA9AA" w:rsidR="000D4AA3" w:rsidRPr="002A6FFB" w:rsidRDefault="000D4AA3" w:rsidP="008F6DD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1364,51 +1346,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="704F902E" w14:textId="77777777" w:rsidR="000D4AA3" w:rsidRPr="00560E41" w:rsidRDefault="000D4AA3" w:rsidP="00F52FA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify proper method reference. During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE7F9A" w:rsidRPr="00A0149B" w14:paraId="6A04EB09" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="00DE7F9A" w:rsidRPr="00A0149B" w14:paraId="6A04EB09" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DB40D3D" w14:textId="5F6E8770" w:rsidR="008F0AE1" w:rsidRPr="002A6FFB" w:rsidRDefault="008F0AE1" w:rsidP="008F6DD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1552,51 +1534,51 @@
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0751D92B" w14:textId="77777777" w:rsidR="008F0AE1" w:rsidRDefault="008F0AE1" w:rsidP="008F0AE1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control and SOP documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="6C46E856" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="6C46E856" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2661E358" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1610,51 +1592,50 @@
           <w:p w14:paraId="145B6DDB" w14:textId="651236EA" w:rsidR="008D110C" w:rsidRPr="00701619" w:rsidRDefault="008D110C" w:rsidP="00B03181">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there North Carolina data available for review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="12921798" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="00560E41" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D1D1D1" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="099FDC11" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="00560E41" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1670,51 +1651,51 @@
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54CA3458" w14:textId="12DC4F2E" w:rsidR="008D110C" w:rsidRPr="0075586A" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="33B7A2EA" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="33B7A2EA" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59B99CBF" w14:textId="2BC7D810" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1810,51 +1791,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4935E5A4" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="53EC79F6" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="53EC79F6" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F1B8C9" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -1919,51 +1900,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6661E073" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="63446DA2" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="63446DA2" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="320FB892" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -2020,51 +2001,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C3408DA" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="206BFF5D" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="206BFF5D" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="532EC2E8" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -2121,51 +2102,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C179997" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="52EF8EF5" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="52EF8EF5" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A304D87" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -2223,51 +2204,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72D43B30" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="6E3816CA" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="6E3816CA" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B4C23D8" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -2325,51 +2306,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AFF4648" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="612502F9" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="612502F9" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78CF2D07" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -2427,51 +2408,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D3DA664" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="6744FC05" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="6744FC05" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63EFF095" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -2529,51 +2510,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A923D42" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E910DA" w:rsidRPr="00A0149B" w14:paraId="1575ECA6" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="00E910DA" w:rsidRPr="00A0149B" w14:paraId="1575ECA6" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18B575EC" w14:textId="77777777" w:rsidR="00E910DA" w:rsidRPr="002A6FFB" w:rsidRDefault="00E910DA" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -2631,51 +2612,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B667A7E" w14:textId="77777777" w:rsidR="00E910DA" w:rsidRDefault="00E910DA" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E910DA" w:rsidRPr="00A0149B" w14:paraId="6793584E" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="00E910DA" w:rsidRPr="00A0149B" w14:paraId="6793584E" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F1312F0" w14:textId="77777777" w:rsidR="00E910DA" w:rsidRPr="002A6FFB" w:rsidRDefault="00E910DA" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -2733,51 +2714,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21377515" w14:textId="77777777" w:rsidR="00E910DA" w:rsidRDefault="00E910DA" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="31E33842" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="31E33842" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C852CFF" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
             <w:noWrap/>
@@ -2834,51 +2815,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DC3F6E4" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="75BB8419" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="75BB8419" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D1D1D1" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A039F8B" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2975,51 +2956,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="45819284" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="45819284" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35C7AC9E" w14:textId="77B0DD34" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3182,51 +3163,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1538F7A8" w14:textId="0B06344B" w:rsidR="008D110C" w:rsidRPr="00781A67" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">SW-846 Q and A page - no definitive guidance regarding the interpretation of “as soon as possible” Method states samples should be analyzed as soon as possible.  40 CFR 136 Table II defines the maximum holding time for pH as 15 minutes.  However, that does not apply to SW-846 methods and 9045D is a Method Defined Parameter that must be followed exactly as written with no modifications.  The actual holding time for pH analysis should be specified in the QA plan.  It is recommended performing the analysis within a few hours or receipt and not the next day. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="74A4C567" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="74A4C567" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16DEAB6C" w14:textId="63D9B205" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3280,51 +3261,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28F90796" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="00540F14" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="71CB824E" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00A0149B" w14:paraId="71CB824E" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7035FE4B" w14:textId="37C13C5B" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3394,51 +3375,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62D71EF5" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="00540F14" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E35370">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>One time may be documented for sample collection and analysis if there is documentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A4B49" w:rsidRPr="00092769" w14:paraId="0D80D258" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="000A4B49" w:rsidRPr="00092769" w14:paraId="0D80D258" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D1D1D1" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2752DA5B" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="000A4B49">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -3543,51 +3524,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="036B13C7" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="036B13C7" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22123145" w14:textId="4D78414E" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3784,51 +3765,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The meter calibration must be verified with a third standard buffer solution (i.e., calibration check buffer) prior to sample analysis.</w:t>
             </w:r>
             <w:r w:rsidR="003E215E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F27239" w:rsidRPr="00F27239">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The calibration and check standard buffers must bracket the range of the samples being analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="280BAE02" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="280BAE02" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE26042" w14:textId="55ABEC24" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3946,51 +3927,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6025DFE8" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="22EB0ED7" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="22EB0ED7" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="631F5DB0" w14:textId="64979ACD" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4052,51 +4033,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0139D69E" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="5DB293A0" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="5DB293A0" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D1D1D1" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BAE9EE6" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:ind w:left="360" w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -4195,51 +4176,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="585205BA" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="1A3D2F93" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="1A3D2F93" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26D63FE9" w14:textId="58648519" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4317,51 +4298,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3ECB59B4" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="51A148ED" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="51A148ED" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3856E46F" w14:textId="0AA3C543" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4471,51 +4452,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, the measured pH may be incorrectly low. This error can be minimized by using a low-sodium-error electrode. Strong acid solution, with a true pH of &lt;1</w:t>
             </w:r>
             <w:r w:rsidR="00470EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> S.U.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, may give incorrectly high pH measurements.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="561FDFF6" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="561FDFF6" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3377821E" w14:textId="514791A9" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4611,51 +4592,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FC14FD2" w14:textId="073B9E6C" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="00470EC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Errors will occur when the electrode becomes coated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00724BAD" w:rsidRPr="00092769" w14:paraId="1B9DE8EF" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="00724BAD" w:rsidRPr="00092769" w14:paraId="1B9DE8EF" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C7FAD8F" w14:textId="77777777" w:rsidR="00724BAD" w:rsidRPr="002A6FFB" w:rsidRDefault="00724BAD" w:rsidP="002640ED">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="115" w:right="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -4735,51 +4716,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67BB6851" w14:textId="77777777" w:rsidR="00724BAD" w:rsidRDefault="00724BAD" w:rsidP="002640ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="39800446" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="39800446" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48153801" w14:textId="1D230797" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4860,51 +4841,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40B9F886" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="00A0149B" w:rsidRDefault="008D110C" w:rsidP="000D6A22">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Additional dilutions are allowed if working with hygroscopic soils and salts or other problematic matrices.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="449686CE" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="449686CE" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F30B1DD" w14:textId="1AD6179C" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4985,51 +4966,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="435C3CD5" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="00421EAA" w:rsidRDefault="008D110C" w:rsidP="000D6A22">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Let the soil suspension stand for 1 hr. to allow of the suspended clay to settle out from the suspension or filter or centrifuge off the aqueous phase for pH measurement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="7258613E" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="7258613E" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DBE54FE" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5094,51 +5075,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BEF31DB" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Adjust the electrodes in the clamps of the electrode holder so that, upon lowering the electrodes into the beaker, the glass electrode will be immersed just deep enough into the clear supernatant solution to establish a good electrical contact through the ground-glass joint or the fiber-capillary hole.  Insert the electrodes into the sample solution in this manner.  For combination electrodes, immerse just below the suspension.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="03DC91DA" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="03DC91DA" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43977AB0" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5218,51 +5199,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CDFE18D" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Report the results as “soil pH measured in water at __ °C” where “___°C” is the temperature at which the test is conducted.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD23D8" w:rsidRPr="00092769" w14:paraId="663F867D" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="00DD23D8" w:rsidRPr="00092769" w14:paraId="663F867D" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F750C2C" w14:textId="77777777" w:rsidR="00DD23D8" w:rsidRPr="002640ED" w:rsidRDefault="00DD23D8" w:rsidP="002640ED">
             <w:pPr>
               <w:ind w:left="360" w:right="-8"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -5333,51 +5314,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="704A1CCB" w14:textId="77777777" w:rsidR="00DD23D8" w:rsidRDefault="00DD23D8" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="52D39093" w14:textId="77777777" w:rsidTr="000D6A22">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="52D39093" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="323D9EFD" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5473,51 +5454,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77E978FE" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="00421EAA" w:rsidRDefault="008D110C" w:rsidP="000D6A22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Additional dilutions are allowed if working with hygroscopic soils and salts or other problematic matrices.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="1BE82AE4" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="1BE82AE4" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="195E2B40" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5597,51 +5578,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="408726CC" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Let the waste suspension stand for about 15 min. to allow most of the suspended waste to settle out from the suspension or filter or centrifuge off the aqueous phase for pH measurement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="308A41EE" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="308A41EE" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34C22AF2" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5762,51 +5743,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BC786C6" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the waste is hygroscopic and absorbs all the reagent water, begin again using 20g of waste and 40 mL of reagent water.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="730D03AC" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="730D03AC" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="431025CC" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5819,69 +5800,51 @@
           </w:tcPr>
           <w:p w14:paraId="5D86D0E2" w14:textId="3E3CDD04" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="00F52FA2">
             <w:pPr>
               <w:ind w:left="58"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:r w:rsidR="00E60785">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the oily phase </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and aqueous phase pH measured if</w:t>
+              <w:t xml:space="preserve"> the oily phase decanted and aqueous phase pH measured if</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> the supernatant multiphasic? [SW-846 9045 D (7.3.2</w:t>
             </w:r>
             <w:r w:rsidR="001C5F3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
@@ -5921,51 +5884,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73B7F3B3" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the supernatant is multiphasic, decant the oily phase and measure the pH of the aqueous phase.  The electrode may need to be cleaned if it becomes coated with an oily material.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="1218F6B3" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="1218F6B3" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5552E22E" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6030,51 +5993,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F2BE5BA" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Adjust the electrodes in the clamps of the electrode holder so that, upon lowering the electrodes into the beaker, the glass electrode will be immersed just deep enough into the clear supernatant solution to establish a good electrical contact through the ground-glass joint or the fiber-capillary hole.  Insert the electrodes into the sample solution in this manner.  For combination electrodes, immerse just below the suspension.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="7C8F55D4" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="7C8F55D4" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62BCFA9B" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6138,51 +6101,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4872F0DE" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Report the results as “waste pH measured in water at __ °C” where “___°C” is the temperature at which the test is conducted.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="4679D197" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="4679D197" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D1D1D1" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21DC9669" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="008F6DD5" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:ind w:left="360" w:right="-8"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
@@ -6276,51 +6239,51 @@
           </w:tcPr>
           <w:p w14:paraId="38C7078F" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="00092769" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="4805BEF3" w14:textId="77777777" w:rsidTr="00CF1A34">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="4805BEF3" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A6A6320" w14:textId="4CBF4F51" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6393,51 +6356,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52A2BBA6" w14:textId="03B25184" w:rsidR="008D110C" w:rsidRPr="00546C60" w:rsidRDefault="0010427A" w:rsidP="0010427A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010427A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The meter calibration must be verified with a third standard buffer solution (i.e., calibration check buffer) prior to sample analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="3D7ACE2B" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="3D7ACE2B" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="1063"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F7B3C7B" w14:textId="5DCE6EE4" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6565,51 +6528,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58CCA24A" w14:textId="77777777" w:rsidR="008D110C" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="4DEB390B" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="4DEB390B" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B4426EE" w14:textId="17423D51" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6692,51 +6655,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010427A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All calibration check standard buffers must read within ±0.1 S.U. of its true value to be acceptable</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="6921859B" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="6921859B" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="962"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53F84757" w14:textId="24F69675" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6867,51 +6830,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="139C2AC5" w14:textId="77777777" w:rsidR="008D110C" w:rsidRPr="001D5080" w:rsidRDefault="008D110C" w:rsidP="00F52FA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Check again with a freshly poured buffer. If the buffer still does not meet the criterion, recalibrate the instrument.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0010427A" w:rsidRPr="00092769" w14:paraId="62292099" w14:textId="77777777" w:rsidTr="00CF1A34">
+      <w:tr w:rsidR="0010427A" w:rsidRPr="00092769" w14:paraId="62292099" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="962"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41CD9D0E" w14:textId="77777777" w:rsidR="0010427A" w:rsidRPr="002A6FFB" w:rsidRDefault="0010427A" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6920,51 +6883,50 @@
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="080EED65" w14:textId="60F0CD71" w:rsidR="0010427A" w:rsidRDefault="0010427A" w:rsidP="0010427A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a post-analysis check buffer analyzed at the end of the run any time the meter is transported by vehicle to another location after calibration? [NC WW/GW LCB SW-846 pH Calibration Verification Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3FB5DDDC" w14:textId="77777777" w:rsidR="0010427A" w:rsidRPr="00092769" w:rsidRDefault="0010427A" w:rsidP="008D110C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3F0D142B" w14:textId="77777777" w:rsidR="0010427A" w:rsidRPr="00092769" w:rsidRDefault="0010427A" w:rsidP="008D110C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
@@ -6975,51 +6937,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73CB87E4" w14:textId="16ABC666" w:rsidR="0010427A" w:rsidRDefault="0010427A" w:rsidP="0010427A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010427A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When performing analyses at multiple sample sites, a post-analysis calibration verification using the check standard buffer must be analyzed at the end of the run.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0010427A" w:rsidRPr="00092769" w14:paraId="645F930E" w14:textId="77777777" w:rsidTr="00CF1A34">
+      <w:tr w:rsidR="0010427A" w:rsidRPr="00092769" w14:paraId="645F930E" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="683"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E50EF25" w14:textId="77777777" w:rsidR="0010427A" w:rsidRPr="002A6FFB" w:rsidRDefault="0010427A" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7028,51 +6990,50 @@
           <w:tcPr>
             <w:tcW w:w="4910" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="01F367A4" w14:textId="0F5CE382" w:rsidR="0010427A" w:rsidRDefault="0010427A" w:rsidP="0010427A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the acceptance criterion for the post-analysis check standard buffer ±0.1 S.U. of true value? [NC WW/GW LCB SW-846 pH Calibration Verification Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="71DBA22B" w14:textId="77777777" w:rsidR="0010427A" w:rsidRPr="00092769" w:rsidRDefault="0010427A" w:rsidP="008D110C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="11E9302E" w14:textId="77777777" w:rsidR="0010427A" w:rsidRPr="00092769" w:rsidRDefault="0010427A" w:rsidP="008D110C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
@@ -7083,51 +7044,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39EA1620" w14:textId="7AAB9334" w:rsidR="0010427A" w:rsidRDefault="008F7404" w:rsidP="008F7404">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F7404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The post-analysis check standard buffer(s) must read within ±0.1 S.U. of its true value or corrective actions must be taken.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0010427A" w:rsidRPr="00092769" w14:paraId="0B3FAB8D" w14:textId="77777777" w:rsidTr="00A56BFF">
+      <w:tr w:rsidR="0010427A" w:rsidRPr="00092769" w14:paraId="0B3FAB8D" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="962"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70390E4B" w14:textId="77777777" w:rsidR="0010427A" w:rsidRPr="002A6FFB" w:rsidRDefault="0010427A" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7264,51 +7225,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CDAA6DA" w14:textId="25032045" w:rsidR="0010427A" w:rsidRDefault="008F7404" w:rsidP="008F7404">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F7404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If recalibration is necessary, all samples analyzed since the last acceptable calibration verification must be reanalyzed, if possible. If samples cannot be reanalyzed, the data must be qualified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="6EC9FF77" w14:textId="77777777" w:rsidTr="000D6A22">
+      <w:tr w:rsidR="008D110C" w:rsidRPr="00092769" w14:paraId="6EC9FF77" w14:textId="77777777" w:rsidTr="007A4FF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="460F746F" w14:textId="782FD8EB" w:rsidR="008D110C" w:rsidRPr="002A6FFB" w:rsidRDefault="008D110C" w:rsidP="008D110C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="115" w:right="-8" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7477,50 +7438,51 @@
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA70C93" w14:textId="77777777" w:rsidR="001E2303" w:rsidRPr="001E2303" w:rsidRDefault="001E2303" w:rsidP="001E2303">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E2303">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="415C1E16" w14:textId="77777777" w:rsidR="001E2303" w:rsidRPr="001E2303" w:rsidRDefault="001E2303" w:rsidP="001E2303">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E2303">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="639FDF97" w14:textId="77777777" w:rsidR="001E2303" w:rsidRPr="001E2303" w:rsidRDefault="001E2303" w:rsidP="001E2303">
@@ -7687,65 +7649,65 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C32887" w:rsidSect="0032348A">
       <w:headerReference w:type="even" r:id="rId13"/>
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="360" w:bottom="576" w:left="360" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14B54CFD" w14:textId="77777777" w:rsidR="00D8402E" w:rsidRDefault="00D8402E">
+    <w:p w14:paraId="587A8CBF" w14:textId="77777777" w:rsidR="008B6DA0" w:rsidRDefault="008B6DA0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F8379A9" w14:textId="77777777" w:rsidR="00D8402E" w:rsidRDefault="00D8402E">
+    <w:p w14:paraId="065FE75E" w14:textId="77777777" w:rsidR="008B6DA0" w:rsidRDefault="008B6DA0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6B2AE732" w14:textId="77777777" w:rsidR="00D8402E" w:rsidRDefault="00D8402E"/>
+    <w:p w14:paraId="158D2FCD" w14:textId="77777777" w:rsidR="008B6DA0" w:rsidRDefault="008B6DA0"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -7802,65 +7764,65 @@
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="00496173">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2/12</w:t>
     </w:r>
     <w:r w:rsidR="00FD39D9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="598E42BB" w14:textId="77777777" w:rsidR="00D8402E" w:rsidRDefault="00D8402E">
+    <w:p w14:paraId="5E134D7E" w14:textId="77777777" w:rsidR="008B6DA0" w:rsidRDefault="008B6DA0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="220A55C4" w14:textId="77777777" w:rsidR="00D8402E" w:rsidRDefault="00D8402E">
+    <w:p w14:paraId="3F788E26" w14:textId="77777777" w:rsidR="008B6DA0" w:rsidRDefault="008B6DA0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E2A09AE" w14:textId="77777777" w:rsidR="00D8402E" w:rsidRDefault="00D8402E"/>
+    <w:p w14:paraId="7BD333A9" w14:textId="77777777" w:rsidR="008B6DA0" w:rsidRDefault="008B6DA0"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5AE81A07" w14:textId="025980FC" w:rsidR="002979BB" w:rsidRDefault="002979BB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A2C6AE8" w14:textId="5EDDF523" w:rsidR="000A4B49" w:rsidRPr="00987774" w:rsidRDefault="000A4B49" w:rsidP="00987774">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="11880"/>
       </w:tabs>
       <w:rPr>
@@ -8347,51 +8309,51 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1069885133">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1316689512">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="663632541">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="849878272">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -8813,50 +8775,51 @@
     <w:rsid w:val="00745D39"/>
     <w:rsid w:val="00745EE9"/>
     <w:rsid w:val="007461AF"/>
     <w:rsid w:val="00746DDC"/>
     <w:rsid w:val="007476B9"/>
     <w:rsid w:val="00756F50"/>
     <w:rsid w:val="00760A4F"/>
     <w:rsid w:val="00763065"/>
     <w:rsid w:val="007663AE"/>
     <w:rsid w:val="00766C78"/>
     <w:rsid w:val="007679D9"/>
     <w:rsid w:val="00770146"/>
     <w:rsid w:val="007709C3"/>
     <w:rsid w:val="00772150"/>
     <w:rsid w:val="00772A76"/>
     <w:rsid w:val="00776EB3"/>
     <w:rsid w:val="00781053"/>
     <w:rsid w:val="007815F6"/>
     <w:rsid w:val="00781A67"/>
     <w:rsid w:val="00782804"/>
     <w:rsid w:val="00795FF4"/>
     <w:rsid w:val="00797E3A"/>
     <w:rsid w:val="007A0478"/>
     <w:rsid w:val="007A2358"/>
     <w:rsid w:val="007A38CD"/>
+    <w:rsid w:val="007A4FF1"/>
     <w:rsid w:val="007A70FD"/>
     <w:rsid w:val="007A7A4B"/>
     <w:rsid w:val="007B063D"/>
     <w:rsid w:val="007B43EF"/>
     <w:rsid w:val="007C5510"/>
     <w:rsid w:val="007C716C"/>
     <w:rsid w:val="007D04E9"/>
     <w:rsid w:val="007D0B3F"/>
     <w:rsid w:val="007D356C"/>
     <w:rsid w:val="007D4F26"/>
     <w:rsid w:val="007D6AAC"/>
     <w:rsid w:val="007D7E70"/>
     <w:rsid w:val="007E15EC"/>
     <w:rsid w:val="007E19B9"/>
     <w:rsid w:val="007E5067"/>
     <w:rsid w:val="007E5C0C"/>
     <w:rsid w:val="007E5C62"/>
     <w:rsid w:val="007E6DD9"/>
     <w:rsid w:val="007F08AA"/>
     <w:rsid w:val="007F3AF8"/>
     <w:rsid w:val="007F54BB"/>
     <w:rsid w:val="007F5B9E"/>
     <w:rsid w:val="007F782E"/>
     <w:rsid w:val="0080123D"/>
     <w:rsid w:val="008051F2"/>
@@ -8879,50 +8842,51 @@
     <w:rsid w:val="008513B4"/>
     <w:rsid w:val="00854307"/>
     <w:rsid w:val="00854A27"/>
     <w:rsid w:val="008573F1"/>
     <w:rsid w:val="0086334B"/>
     <w:rsid w:val="0086712A"/>
     <w:rsid w:val="00867918"/>
     <w:rsid w:val="0087222D"/>
     <w:rsid w:val="00875499"/>
     <w:rsid w:val="0087593A"/>
     <w:rsid w:val="00875E14"/>
     <w:rsid w:val="0088148F"/>
     <w:rsid w:val="008817D5"/>
     <w:rsid w:val="0088217F"/>
     <w:rsid w:val="008834CE"/>
     <w:rsid w:val="008838FA"/>
     <w:rsid w:val="00883EDA"/>
     <w:rsid w:val="008840A3"/>
     <w:rsid w:val="0088579B"/>
     <w:rsid w:val="00890070"/>
     <w:rsid w:val="00893E48"/>
     <w:rsid w:val="008A3952"/>
     <w:rsid w:val="008B1BC5"/>
     <w:rsid w:val="008B3BB6"/>
     <w:rsid w:val="008B5351"/>
+    <w:rsid w:val="008B6DA0"/>
     <w:rsid w:val="008B713A"/>
     <w:rsid w:val="008B7382"/>
     <w:rsid w:val="008C01C3"/>
     <w:rsid w:val="008C65AE"/>
     <w:rsid w:val="008D0EFF"/>
     <w:rsid w:val="008D110C"/>
     <w:rsid w:val="008D3052"/>
     <w:rsid w:val="008D4A4D"/>
     <w:rsid w:val="008D6614"/>
     <w:rsid w:val="008E0A3B"/>
     <w:rsid w:val="008E4432"/>
     <w:rsid w:val="008E5E98"/>
     <w:rsid w:val="008F0AE1"/>
     <w:rsid w:val="008F1338"/>
     <w:rsid w:val="008F18EA"/>
     <w:rsid w:val="008F3B60"/>
     <w:rsid w:val="008F504A"/>
     <w:rsid w:val="008F58C1"/>
     <w:rsid w:val="008F6DD5"/>
     <w:rsid w:val="008F6F28"/>
     <w:rsid w:val="008F7404"/>
     <w:rsid w:val="00903130"/>
     <w:rsid w:val="00904EFF"/>
     <w:rsid w:val="00913EBB"/>
     <w:rsid w:val="00916609"/>
@@ -9102,50 +9066,51 @@
     <w:rsid w:val="00C152F4"/>
     <w:rsid w:val="00C16AFC"/>
     <w:rsid w:val="00C21198"/>
     <w:rsid w:val="00C21B3B"/>
     <w:rsid w:val="00C225F8"/>
     <w:rsid w:val="00C229D8"/>
     <w:rsid w:val="00C24497"/>
     <w:rsid w:val="00C25D82"/>
     <w:rsid w:val="00C32212"/>
     <w:rsid w:val="00C32887"/>
     <w:rsid w:val="00C3607D"/>
     <w:rsid w:val="00C37149"/>
     <w:rsid w:val="00C415F1"/>
     <w:rsid w:val="00C461DD"/>
     <w:rsid w:val="00C46C4E"/>
     <w:rsid w:val="00C47F26"/>
     <w:rsid w:val="00C52718"/>
     <w:rsid w:val="00C53223"/>
     <w:rsid w:val="00C60CFA"/>
     <w:rsid w:val="00C615BD"/>
     <w:rsid w:val="00C62A78"/>
     <w:rsid w:val="00C64369"/>
     <w:rsid w:val="00C737D3"/>
     <w:rsid w:val="00C75037"/>
     <w:rsid w:val="00C75170"/>
+    <w:rsid w:val="00C809F0"/>
     <w:rsid w:val="00C81158"/>
     <w:rsid w:val="00C85C8B"/>
     <w:rsid w:val="00C864CC"/>
     <w:rsid w:val="00C871E9"/>
     <w:rsid w:val="00C921F7"/>
     <w:rsid w:val="00C97AD7"/>
     <w:rsid w:val="00CA0B04"/>
     <w:rsid w:val="00CA648E"/>
     <w:rsid w:val="00CA7581"/>
     <w:rsid w:val="00CB4E55"/>
     <w:rsid w:val="00CB5B55"/>
     <w:rsid w:val="00CC1835"/>
     <w:rsid w:val="00CC3A40"/>
     <w:rsid w:val="00CC3B96"/>
     <w:rsid w:val="00CC467E"/>
     <w:rsid w:val="00CC4899"/>
     <w:rsid w:val="00CC4924"/>
     <w:rsid w:val="00CC5D68"/>
     <w:rsid w:val="00CC6479"/>
     <w:rsid w:val="00CD07D9"/>
     <w:rsid w:val="00CD0DC9"/>
     <w:rsid w:val="00CD43D2"/>
     <w:rsid w:val="00CE3670"/>
     <w:rsid w:val="00CE43E4"/>
     <w:rsid w:val="00CF1A34"/>
@@ -9754,51 +9719,50 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="009E4313"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
@@ -10431,56 +10395,76 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1ea16cf91fc8ef9f84dde93f5cf4449f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a6069a042290a6c56d9d11497b4321" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -10669,158 +10653,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F652D483-E3F6-44F0-A4F6-6B74128504E7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD56E2C4-88E4-43F7-9ABC-6EA5013CFB93}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5979715-6BE5-4D70-BD85-E738120FD520}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C034B9EA-BA17-46D1-9A34-CF912289FB40}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C5D0A68-E63B-43FC-B4A2-2AA3695CE404}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C034B9EA-BA17-46D1-9A34-CF912289FB40}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19A9806A-6184-4D8B-BA12-FBC171F23EF7}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD56E2C4-88E4-43F7-9ABC-6EA5013CFB93}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F652D483-E3F6-44F0-A4F6-6B74128504E7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1803</Words>
-  <Characters>9685</Characters>
+  <Words>1636</Words>
+  <Characters>9562</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>461</Lines>
-  <Paragraphs>174</Paragraphs>
+  <Lines>453</Lines>
+  <Paragraphs>153</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11314</CharactersWithSpaces>
+  <CharactersWithSpaces>11119</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4522011</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.epa.gov/hw-sw846/holding-time-preservation</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>question13</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>