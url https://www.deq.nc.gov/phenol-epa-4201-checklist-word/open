--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -90,409 +90,397 @@
         <w:tblW w:w="10880" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="2920"/>
         <w:gridCol w:w="3730"/>
         <w:gridCol w:w="910"/>
         <w:gridCol w:w="1250"/>
       </w:tblGrid>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="187AF91A" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="35BEF62C" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79F6C089" w14:textId="77777777" w:rsidR="000605DB" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0A453DB6" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1D5D1F00" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="3B1AE1AD" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="40B31377" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="30FE9ED6" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="33205315" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A201036" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="4CBA8BF7" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11507FA5" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="583D8F97" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="71A901FE" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2B986317" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="101E3376" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7BBE5C17" w14:textId="77777777" w:rsidR="009E4313" w:rsidRPr="00A0149B" w:rsidRDefault="009E4313" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50DFD112" w14:textId="05471F13" w:rsidR="009E4313" w:rsidRPr="003B457D" w:rsidRDefault="009E4313" w:rsidP="009E4313">
@@ -688,51 +676,50 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="4860"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="5220"/>
       </w:tblGrid>
       <w:tr w:rsidR="000F66B0" w:rsidRPr="00C16E46" w14:paraId="757827E2" w14:textId="77777777" w:rsidTr="002C146B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56FCAF78" w14:textId="77777777" w:rsidR="000F66B0" w:rsidRPr="00C16E46" w:rsidRDefault="000F66B0" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36E48535" w14:textId="77777777" w:rsidR="000B7898" w:rsidRDefault="002C146B" w:rsidP="00510125">
             <w:pPr>
               <w:rPr>
@@ -818,106 +805,103 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r w:rsidR="000A10B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wavelength:  460 or 510 nm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FB4550B" w14:textId="77777777" w:rsidR="000F66B0" w:rsidRPr="00C16E46" w:rsidRDefault="000F66B0" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="142F4BB5" w14:textId="77777777" w:rsidR="000F66B0" w:rsidRPr="00BF20EC" w:rsidRDefault="002C146B" w:rsidP="00510125">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Funnels</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B7635" w:rsidRPr="00C16E46" w14:paraId="05A137AC" w14:textId="77777777" w:rsidTr="002C146B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D9EEDBC" w14:textId="77777777" w:rsidR="000B7635" w:rsidRPr="00C16E46" w:rsidRDefault="000B7635" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7512F6AC" w14:textId="77777777" w:rsidR="002C146B" w:rsidRDefault="000B7898" w:rsidP="00627F71">
             <w:pPr>
@@ -996,107 +980,104 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Electrode</w:t>
             </w:r>
             <w:r w:rsidR="002C146B" w:rsidRPr="002C146B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D6A798C" w14:textId="77777777" w:rsidR="000B7635" w:rsidRPr="00C16E46" w:rsidRDefault="000B7635" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68C5C19B" w14:textId="77777777" w:rsidR="000B7635" w:rsidRPr="00EB1E50" w:rsidRDefault="000B7898" w:rsidP="00627F71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Distillation apparatus </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A10B8" w:rsidRPr="00C16E46" w14:paraId="554B0265" w14:textId="77777777" w:rsidTr="002C146B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14E1653A" w14:textId="77777777" w:rsidR="000A10B8" w:rsidRPr="00C16E46" w:rsidRDefault="000A10B8" w:rsidP="000A10B8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25F52E33" w14:textId="77777777" w:rsidR="000A10B8" w:rsidRDefault="000A10B8" w:rsidP="000A10B8">
             <w:pPr>
@@ -1165,179 +1146,174 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pore Size:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C1CE9D4" w14:textId="77777777" w:rsidR="000A10B8" w:rsidRPr="00C16E46" w:rsidRDefault="000A10B8" w:rsidP="000A10B8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C431A0C" w14:textId="77777777" w:rsidR="000A10B8" w:rsidRDefault="000A10B8" w:rsidP="000A10B8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Filter paper </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C146B" w:rsidRPr="00C16E46" w14:paraId="1315A252" w14:textId="77777777" w:rsidTr="002C146B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39A7B3D5" w14:textId="77777777" w:rsidR="002C146B" w:rsidRPr="00C16E46" w:rsidRDefault="002C146B" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71AAD5BB" w14:textId="77777777" w:rsidR="002C146B" w:rsidDel="002C146B" w:rsidRDefault="002C146B" w:rsidP="00627F71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nessler tubes, short or long form</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41D66197" w14:textId="77777777" w:rsidR="002C146B" w:rsidRPr="00C16E46" w:rsidRDefault="002C146B" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="586AC508" w14:textId="77777777" w:rsidR="002C146B" w:rsidRDefault="002C146B" w:rsidP="00627F71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Separatory funnels, 500 or 1,000 mL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4000D22C" w14:textId="77777777" w:rsidR="00E13859" w:rsidRDefault="00E13859" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
@@ -1408,723 +1384,699 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="3240"/>
       </w:tblGrid>
       <w:tr w:rsidR="007224C1" w:rsidRPr="004C1EE1" w14:paraId="39F920A7" w14:textId="77777777" w:rsidTr="002C146B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B254236" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F6A13FE" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004044D0" w:rsidRDefault="00501735" w:rsidP="00162BA8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Phosphoric acid 1+9</w:t>
             </w:r>
             <w:r w:rsidR="000B7898">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="038DD337" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72EC9395" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="00501735" w:rsidP="00510125">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Copper sulfate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78E6BA94" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4690BEEB" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="002911A8" w:rsidRDefault="002C146B" w:rsidP="00510125">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buffer solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007224C1" w:rsidRPr="004C1EE1" w14:paraId="2C3FF227" w14:textId="77777777" w:rsidTr="002C146B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="256673FF" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="667CC27E" w14:textId="64B55328" w:rsidR="007224C1" w:rsidRPr="004044D0" w:rsidRDefault="00A455E2" w:rsidP="00510125">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4-</w:t>
             </w:r>
             <w:r w:rsidR="002C146B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aminoantipyrine solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B3E5934" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01F0FC48" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="002C146B" w:rsidP="00510125">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Potassium ferricyanide solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="150B0836" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6346BFFB" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="002911A8" w:rsidRDefault="002C146B" w:rsidP="00510125">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock phenol solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007224C1" w:rsidRPr="004C1EE1" w14:paraId="122C6B37" w14:textId="77777777" w:rsidTr="002C146B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C398036" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34F85A61" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004044D0" w:rsidRDefault="00435FCA" w:rsidP="00510125">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Standard phenol Solution </w:t>
             </w:r>
             <w:r w:rsidR="002C146B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36B00F02" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="002911A8" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B3C9C6A" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="002911A8" w:rsidRDefault="00435FCA" w:rsidP="00510125">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Standard phenol Solution </w:t>
             </w:r>
             <w:r w:rsidR="002C146B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F495C6E" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C6BE491" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="00162BA8" w:rsidRDefault="002C146B" w:rsidP="00510125">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chloroform</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007224C1" w:rsidRPr="004C1EE1" w14:paraId="000F8D36" w14:textId="77777777" w:rsidTr="002C146B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D19DCF8" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="743EF493" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004044D0" w:rsidRDefault="002C146B" w:rsidP="00510125">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ferric ammonium sulfate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E39AD7B" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="002911A8" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75C107BF" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="002911A8" w:rsidRDefault="007224C1" w:rsidP="00510125">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09530FD8" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="004C1EE1" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="529382D8" w14:textId="77777777" w:rsidR="007224C1" w:rsidRPr="00162BA8" w:rsidRDefault="007224C1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6FA903F1" w14:textId="77777777" w:rsidR="00E419A4" w:rsidRDefault="00E419A4" w:rsidP="00E419A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5400"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -2156,51 +2108,50 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="4752"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4752"/>
         <w:gridCol w:w="36"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C16E46" w:rsidRPr="00A0149B" w14:paraId="4E50BB96" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10901" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72E9B5B8" w14:textId="77777777" w:rsidR="00D13F0C" w:rsidRPr="000808F0" w:rsidRDefault="00D13F0C" w:rsidP="00D13F0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AED57DF" w14:textId="77777777" w:rsidR="00C16E46" w:rsidRPr="00C16E46" w:rsidRDefault="00D13F0C" w:rsidP="00AB15AF">
             <w:pPr>
@@ -2412,75 +2363,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D360F8" w:rsidRPr="00A0149B" w14:paraId="1C1EA4D1" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2903E182" w14:textId="3632DE7C" w:rsidR="00435FCA" w:rsidRPr="00A0149B" w:rsidRDefault="00435FCA" w:rsidP="006D2EE3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="14EF0661" w14:textId="4A680558" w:rsidR="00435FCA" w:rsidRDefault="00435FCA" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the SOP reviewed at least every 2 years? What is the most recent review/revision date of the SOP</w:t>
             </w:r>
             <w:r w:rsidRPr="007741AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -2578,51 +2527,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4A316556" w14:textId="77777777" w:rsidR="00435FCA" w:rsidRPr="00560E41" w:rsidRDefault="00435FCA" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="640983CF" w14:textId="77777777" w:rsidR="00435FCA" w:rsidRDefault="00435FCA" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B1193">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quality assurance, quality control, and Standard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -2691,75 +2639,73 @@
           <w:p w14:paraId="4DF070A7" w14:textId="77777777" w:rsidR="00022026" w:rsidRPr="00560E41" w:rsidRDefault="00022026" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D360F8" w:rsidRPr="00A0149B" w14:paraId="36BFEE8A" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EA599D9" w14:textId="588DFB2F" w:rsidR="00A96496" w:rsidRPr="00A0149B" w:rsidRDefault="00A96496" w:rsidP="006D2EE3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="120C1551" w14:textId="13A1DD95" w:rsidR="00A96496" w:rsidRDefault="00A96496" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all </w:t>
             </w:r>
             <w:r w:rsidR="004772CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2835,247 +2781,240 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66F093D4" w14:textId="77777777" w:rsidR="00A96496" w:rsidRPr="00560E41" w:rsidRDefault="00A96496" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36640927" w14:textId="77777777" w:rsidR="00A96496" w:rsidRDefault="00A96496" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D53CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control, and Standard Operating Procedure documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D360F8" w:rsidRPr="00A0149B" w14:paraId="1524F5FD" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C2F0802" w14:textId="59EA267F" w:rsidR="00A96496" w:rsidRDefault="00A96496" w:rsidP="006D2EE3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="335339CD" w14:textId="77777777" w:rsidR="00A96496" w:rsidRDefault="00A96496" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there North Carolina data available for review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ADD37BB" w14:textId="77777777" w:rsidR="00A96496" w:rsidRPr="00560E41" w:rsidRDefault="00A96496" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33AFB4A3" w14:textId="77777777" w:rsidR="00A96496" w:rsidRPr="00560E41" w:rsidRDefault="00A96496" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76B1916D" w14:textId="77777777" w:rsidR="00A96496" w:rsidRPr="008352D2" w:rsidRDefault="00A96496" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D360F8" w:rsidRPr="00A0149B" w14:paraId="7AE5FFEB" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45FDBA42" w14:textId="06D3A99C" w:rsidR="009A060C" w:rsidRDefault="009A060C" w:rsidP="006D2EE3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="31DF5D87" w14:textId="2150398E" w:rsidR="009A060C" w:rsidRDefault="009A060C" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is </w:t>
             </w:r>
             <w:r w:rsidR="007E74D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3138,69 +3077,67 @@
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="36B567CA" w14:textId="77777777" w:rsidR="009A060C" w:rsidRPr="00560E41" w:rsidRDefault="009A060C" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="685B83DA" w14:textId="77777777" w:rsidR="009A060C" w:rsidRPr="00560E41" w:rsidRDefault="009A060C" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19DE2960" w14:textId="77777777" w:rsidR="009A060C" w:rsidRDefault="009A060C" w:rsidP="00EB048B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For analytical procedures requiring analysis of a series of standards, the concentrations of these standards shall bracket the range of the sample concentrations measured. One of the standards shall have a concentration equal to or less than the laboratory's lowest reporting concentration for the parameter involved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -3353,214 +3290,207 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANA</w:t>
             </w:r>
             <w:r w:rsidRPr="00C16E46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="6676B2D3" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="253F3295" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31B9643F" w14:textId="77777777" w:rsidR="000439F6" w:rsidRDefault="009E6CBC" w:rsidP="00EA4DA5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples checked for Residual Chlorine at the time of collection and prior to pH preservation adjustment? </w:t>
             </w:r>
             <w:r w:rsidR="000439F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA 420.1, Rev. 1978 (Section 5.2)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04844E28" w14:textId="550C6416" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="00EA4DA5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62B707B5" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22AF86EB" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42D7A8E2" w14:textId="2AB524F0" w:rsidR="009E6CBC" w:rsidRPr="00EF4DDC" w:rsidRDefault="0029173C" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029173C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Oxidizing agents such as chlorine, detected by the liberation of iodine upon acidification in the presence of potassium iodide, are removed immediately after sampling</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="49C28FD2" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="558E123B" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="055393BA" w14:textId="028BDF2D" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="00EA4DA5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What action is taken if chlorine is present?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001D5896">
               <w:rPr>
@@ -3596,87 +3526,84 @@
             <w:r w:rsidRPr="00216E5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="465E3EB8" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="00EA4DA5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2898F827" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F74CBCF" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="668EB5BF" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="0029173C" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The method states to use an </w:t>
             </w:r>
             <w:r w:rsidR="00B5062E" w:rsidRPr="00B5062E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3748,72 +3675,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>which states to use 0.008% sodium thiosulfate to treat for chlorine</w:t>
             </w:r>
             <w:r w:rsidR="00FE588C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> at collection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="58E40759" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18594F0A" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68D668B1" w14:textId="51A0374D" w:rsidR="00DE7E68" w:rsidRDefault="00DE7E68" w:rsidP="00EA4DA5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the residual chlorine check and any necessary mitigation documented? </w:t>
             </w:r>
             <w:r w:rsidR="00EA4DA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3845,156 +3770,151 @@
               <w:t>for Non-Field Laboratories Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="353A01AF" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="00EA4DA5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D5F6241" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F491CA0" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52DBE4C4" w14:textId="1A00E979" w:rsidR="009E6CBC" w:rsidRPr="00EF4DDC" w:rsidRDefault="0018170A" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A15F86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dechlorinating agents used at the time of sampling must be documented to have been effective (either by the sample collector or the receiving laboratory) by verifying a chlorine residual &lt;0.5 mg/L at a neutral pH.</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15F86" w:rsidDel="00F827E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A15F86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> If measuring chlorine concentration in an acidified sample, pour off a small portion of the sample and neutralize the pH prior to testing.  Use sufficiently strong base to not dilute the sample. Discard that portion after testing.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F7B47" w:rsidRPr="00A0149B" w14:paraId="154B6E22" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A9FE3F8" w14:textId="77777777" w:rsidR="007F7B47" w:rsidRPr="00A0149B" w:rsidRDefault="007F7B47" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32F965E1" w14:textId="3B00DB1F" w:rsidR="007F7B47" w:rsidRDefault="00D2342E" w:rsidP="00EA4DA5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D2342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If residual chlorine is not checked prior to acidification in the field, is a portion of the preserved sample neutralized in the laboratory and checked for residual chlorine prior to distillation</w:t>
             </w:r>
             <w:r w:rsidR="00337185">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4032,217 +3952,202 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EE54BA" w:rsidRPr="00EE54BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>for Non-Field Laboratories Policy</w:t>
             </w:r>
             <w:r w:rsidR="00914E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24C638D7" w14:textId="77777777" w:rsidR="007F7B47" w:rsidRPr="00A0149B" w:rsidRDefault="007F7B47" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="637F4A3F" w14:textId="77777777" w:rsidR="007F7B47" w:rsidRPr="00A0149B" w:rsidRDefault="007F7B47" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50744E58" w14:textId="77777777" w:rsidR="00324D9C" w:rsidRDefault="00324D9C" w:rsidP="00324D9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="63A814BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note: Guidance from EPA Region IV confirms that the residual chlorine</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> removal</w:t>
             </w:r>
             <w:r w:rsidRPr="63A814BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="63A814BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">s not required to be performed at </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>s not required to be performed at collection</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. It may be removed prior to distillation, or analysis if distillation is not required. Removal is</w:t>
             </w:r>
             <w:r w:rsidRPr="63A814BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> not required at all if the permittee does not use chlorine for disinfection</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2550514B" w14:textId="77777777" w:rsidR="007F7B47" w:rsidRPr="00A15F86" w:rsidRDefault="007F7B47" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F7B47" w:rsidRPr="00A0149B" w14:paraId="7B9C1F23" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77792949" w14:textId="77777777" w:rsidR="007F7B47" w:rsidRPr="00A0149B" w:rsidRDefault="007F7B47" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E31CFA6" w14:textId="54BD597C" w:rsidR="007F7B47" w:rsidRDefault="000032C6" w:rsidP="00DE7E68">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the residual chlorine check documented?</w:t>
             </w:r>
             <w:r w:rsidRPr="00D44AA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4263,142 +4168,137 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="00D44AA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57F81681" w14:textId="77777777" w:rsidR="007F7B47" w:rsidRPr="00A0149B" w:rsidRDefault="007F7B47" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63842ECC" w14:textId="77777777" w:rsidR="007F7B47" w:rsidRPr="00A0149B" w:rsidRDefault="007F7B47" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61044371" w14:textId="214C8C1C" w:rsidR="007F7B47" w:rsidRPr="00A15F86" w:rsidRDefault="00B2299A" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B64EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sample preservation shall be verified and documented.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="2671CFE5" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BD71C58" w14:textId="17CD18F0" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36675E6B" w14:textId="10B04340" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples preserved at the time of collection with H</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4414,247 +4314,237 @@
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to a pH of &lt;2 S.U.? [40 CFR 136.3, Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="369E11DA" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="691FB002" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FB0386E" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00EF4DDC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="19503D4E" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FC63555" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21F90341" w14:textId="7A127A5A" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is pH checked and documented to be &lt;2 S.U. upon receipt in the laboratory? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 02H .0805 (a) (7) (M)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68FE9460" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="098F16D2" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="516B3800" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00EF4DDC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="2B60E48C" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01F74099" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="24145BAA" w14:textId="31ECD126" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What action is taken if pH is &gt;2 S.U.? [15A NCAC 02H .0805 (a) (7) (M)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C0D3EEE" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4693,130 +4583,126 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1411879B" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7F8BEF2E" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E5F97BF" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sample preservation shall be verified and documented. If a laboratory receives a sample subject to G.S. 143-215.1 and 143-215.63 that does not meet sample collection, holding time, or preservation requirements, the laboratory shall document the incident, notify the sample collector or client, and secure another sample that meets the regulatory requirements, if possible. If another viable sample cannot be secured, the original sample may be analyzed but the results reported shall be qualified with the nature of the sample collection, holding time, or preservation infractions and the laboratory shall notify the State Laboratory of the infractions. The notification shall include a statement indicating corrective action taken to prevent future infractions.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3663BD46" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00EF4DDC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="19C6E98F" w14:textId="77777777" w:rsidTr="008E1414">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EF74A8A" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71E02E6F" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples iced</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -4992,112 +4878,108 @@
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4812C8AE" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="13A99FB1" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D601307" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="6199B829" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39A94C93" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4DA604CB" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6DD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples refrigerated above freezing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5186,171 +5068,165 @@
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1833E799" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1A48A1A4" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F6DC7DF" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="72FF91D0" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CECA9E9" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5E3F1387" w14:textId="305EE82D" w:rsidR="009E6CBC" w:rsidRPr="007E6DD9" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples analyzed within 28 days of collection? [40 CFR 136.3, Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="34DD119D" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1FF97945" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40AE1F9D" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="762AF9ED" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -5499,137 +5375,132 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="0B994C57" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69C302E3" w14:textId="3BB108C0" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7952C02A" w14:textId="3143F0AE" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How often is the spectrophotometer calibrated? [15A NCAC 02H .0805 (a) (7) (H) (v)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="76A2F534" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="64A5C619" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1522091E" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008276E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For colorimetric analyses, a series of five or more non-zero standards for a curve prepared every 12 months or three or more non-zero standards for curves established each day, or standards as set forth in the analytical procedure, shall be analyzed to establish a calibration curve. A manufacturer's </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008276E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5644,72 +5515,70 @@
               </w:rPr>
               <w:t xml:space="preserve"> calibration (internal curve) shall be verified with the same number of standards and frequency as a prepared curve.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46AD90D0" w14:textId="3DEA3DAE" w:rsidR="00022026" w:rsidRPr="00FD0845" w:rsidRDefault="00022026" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="797B0556" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="131251BE" w14:textId="11A96F94" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="674E36B8" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the laboratory calibrating with the method specified number of standards? [EPA Method 420.1, Rev. 1978, Section 8.2.1 and 8.3.1]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="078644FC" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
@@ -5786,90 +5655,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03B77615" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3039AD24" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56F63C29" w14:textId="3B30A4ED" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Direct photometric method - blank plus 6 standards.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F6EC4AA" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5906,75 +5772,73 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="742447D0" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="1673"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7810C355" w14:textId="6A8D5B68" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36228A7E" w14:textId="27642467" w:rsidR="009E6CBC" w:rsidRPr="00FD0845" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0845">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does each standard curve have a correlation coefficient </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD0845">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6057,51 +5921,50 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FC7403B" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39F7D7F3" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D2264">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When linear regression is used, use the minimum correlation coefficient specified in the method. If the minimum correlation coefficient is not specified, then a minimum value of 0.995 (or a coefficient of determination, r</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE014F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
@@ -10582,72 +10445,70 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> EPA Method 420.1, Rev. 1978 does not include QA/QC procedures. 40 CFR Part 136.7 states that if a method lacks QA/QC procedures, the permittee/laboratory has specific options to comply with QA/QC requirements. The options are to follow QA/QC published in the “equivalent” EPA method (of which there are none), refer to the appropriate QA/QC sections of an approved part 136 method from a consensus organization (i.e., Standard Methods), or incorporate 12 quality control elements as applicable that are listed in 136.7 (c) (1). As such, the following QC requirements are collected from NC WW/GW LCB Rules and Standard Methods 5020 B-2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="7FA4F8BF" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07D4FECF" w14:textId="18DD0268" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="113FFB02" w14:textId="310A4A74" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has each analyst performing this analysis completed an Initial Demonstration of Capability (IDC)? </w:t>
             </w:r>
             <w:r w:rsidRPr="00302E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10708,161 +10569,156 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Attach a copy of each analyst’s IDC to this checklist.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68B1F710" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E60030C" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14619BDC" w14:textId="77AE6393" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">IDCs should be performed before producing data and then periodically. Specific frequency is not stated in </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM, but</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> should be in the labs QA manual. IDC should contain a reagent blank at least 4 LFBs at a concentration between 10x the MDL and the mid-point of the calibration curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="7CE42902" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76E7AF92" w14:textId="71B20880" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31475B5E" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D24E20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -10902,144 +10758,139 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidRPr="004143B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1988EB36" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34B423BA" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DCB5761" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00484C73">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Process a minimum of seven spiked samples and seven method blank samples through all steps of the method. The samples used for the MDL must be prepared in at least three batches on three separate calendar dates and analyzed on three separate calendar dates.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="6D8ADBDA" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58062CD5" w14:textId="55FD0398" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FF2D200" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C0353">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is ongoing MDL data being collected quarterly?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -11061,266 +10912,256 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0020337D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="216F360C" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42794180" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40D2AEDB" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD4DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>During any quarter in which samples are being analyzed, prepare and analyze a minimum of two spiked samples on each instrument, in separate batches, using the same spiking concentration used in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="41F55C49" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0321214D" w14:textId="667FCA0A" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2907380D" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the MDL recalculated at least once every 13 months? [Method Detection Limit Procedure, Rev. 2, (4) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14FE2398" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74A832AA" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73ACA9A7" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D5368">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At least once every thirteen months, re-calculate MDLs and MDLb from the collected spiked samples and method blank results using the equations in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="117343F4" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CE236A8" w14:textId="4F76CA15" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D57B894" w14:textId="7217C546" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0048">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a lower reporting limit standard analyzed or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004E0048">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11340,144 +11181,139 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="004E0048">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (H)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7950CED1" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C1B2BF3" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2971E537" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="001D5368" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratories shall analyze or back-calculate a standard at the same concentration as the lowest reporting concentration each day samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="47F84F76" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E029A5F" w14:textId="1B33696A" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="14E8E0DE" w14:textId="14F8098A" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for the lower reporting limit standard? </w:t>
             </w:r>
             <w:r w:rsidRPr="0145D97F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11577,121 +11413,117 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="57E30CA1" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3C6867B6" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C5F8830" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="001D5368" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F72A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="75F242C7" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C0D3A49" w14:textId="1E5FBC8F" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4281C2E2" w14:textId="0A92B765" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action does the laboratory take if the lower reporting limit standard does not meet the acceptance criterion?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
@@ -11838,140 +11670,136 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="01C918B8" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1AC5FB1A" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="383EC706" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B6612F6" w14:textId="43A5CB4E" w:rsidR="009E6CBC" w:rsidRPr="001D5368" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recalibrate/re-verify the curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="511E540B" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69F8BD35" w14:textId="59D18480" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="067F9045" w14:textId="39926360" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="0145D97F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12004,90 +11832,87 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (H)</w:t>
             </w:r>
             <w:r w:rsidRPr="0145D97F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66CE5DC3" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15EFF29C" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41541109" w14:textId="5ED5DE2E" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00124DB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12131,72 +11956,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, unless otherwise specified by the method,</w:t>
             </w:r>
             <w:r w:rsidRPr="00124DB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to check for carryover and calibration drift.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="7633772E" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58CF134E" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B24870E" w14:textId="7391A7D9" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E45320">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a reagent blank (method blank) analyzed with each sample set </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12205,159 +12028,154 @@
             </w:r>
             <w:r w:rsidRPr="00E45320">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>or on a 5% basis, whichever is more frequent?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SM 5020 B-2022 (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="635DF741" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26E36A48" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D7114AF" w14:textId="4BB4E614" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E45320">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A reagent blank (method blank) consists of reagent water (see Section 1080) and all reagents (including preservatives) that normally are in contact with a sample during the entire analytical procedure.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E45320">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>As a minimum, include one reagent blank with each sample set (batch) or on a 5% basis, whichever is more frequent. Analyze a blank after the initial CCV standard and before analyzing samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="1C60521D" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="138B18AB" w14:textId="55D51870" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A3E1676" w14:textId="3FFB30DE" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0145D97F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the acceptance criterion for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12448,143 +12266,138 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="0145D97F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AF08B81" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19249727" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BC76AFE" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00075ED7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="466409E2" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="363AF316" w14:textId="6B1756C7" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0E8C5096" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37FC49CF" w14:textId="228E8A12" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0145D97F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12710,120 +12523,116 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5E752DDE" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="506D8499" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1484D174" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40A5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="5B46CC2E" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06DC0C88" w14:textId="7969052E" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42D96053" w14:textId="35446549" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a </w:t>
             </w:r>
             <w:r w:rsidRPr="00A23CF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12876,151 +12685,146 @@
             </w:r>
             <w:r w:rsidRPr="00F61F11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (H)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A23CF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28511C5B" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AB99E7B" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AE3ABE9" w14:textId="046E7DD0" w:rsidR="009E6CBC" w:rsidRPr="001D5368" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rule: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F61F11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A calibration blank and calibration verification standard shall be analyzed prior to sample analysis, after every tenth sample, and at the end of each sample group, unless otherwise specified by the method, to check for carryover and calibration drift.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="33850328" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4613E5F0" w14:textId="4CF89D56" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0469113E" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4DC71DF6" w14:textId="1BEE6A94" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13137,121 +12941,117 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="20EBE75E" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1517B42D" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4967F093" w14:textId="54E86FC1" w:rsidR="009E6CBC" w:rsidRPr="001D5368" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F72A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="6ABA42AA" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10D6E183" w14:textId="78B8CE2C" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1E96191C" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F4E1BB0" w14:textId="247B6711" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0145D97F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13396,120 +13196,116 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="07018E39" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="61B9D442" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3110C09E" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="001D5368" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40A5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="125F4820" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="069C68BA" w14:textId="64CA5755" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="396A4970" w14:textId="2D2DAC9A" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a second source standard analyzed after each initial calibration prior to sample analysis to verify the calibration?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13537,90 +13333,87 @@
             </w:r>
             <w:r w:rsidRPr="00A47004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (H) (ii)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D902B6C" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EDEB0FD" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2038C330" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratories shall analyze one known second source standard to verify the accuracy of standard preparation if an initial calibration is performed and in accordance with the referenced method requirements thereafter.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CA4C3C8" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13644,72 +13437,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All standards are second source when using a factory-set curve, so an additional standard is not needed to meet this requirement.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B9063A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="3345B09B" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C5E9C75" w14:textId="418540B4" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="06829110" w14:textId="4C4356FA" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for the second source standard? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13849,112 +13640,108 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6BD5E3D9" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0792FD76" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D1254A3" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="7028F560" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1394F76A" w14:textId="301017A7" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="74F7C794" w14:textId="4E6C9627" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14117,188 +13904,181 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="42086998" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="57C7D6B1" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2884226A" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40A5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="5C5D6B13" w14:textId="77777777" w:rsidTr="002E3DBC">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="2132"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E48287E" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="214634A1" w14:textId="4CA2D9E3" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a laboratory-fortified blank (LFB) analyzed with each sample set or on a 5% basis, whichever is more frequent? [SM 5020 B-2022 (6)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D5DC993" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="320AD203" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="727B98BE" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F36A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A laboratory-fortified blank (LFB) is a reagent-water sample (with associated preservatives) to which a known concentration</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14346,72 +14126,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F36A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Process the LFB through all sample-preparation and -analysis steps.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="03A10644" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29BC9D8F" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2D27B376" w14:textId="3D3C9EBB" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the concentration of the LFB? [SM 5020 B-2022 (6)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="261F7DDC" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14455,136 +14233,132 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="316072A4" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5C1AB852" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="081E0B38" w14:textId="3720C165" w:rsidR="009E6CBC" w:rsidRPr="00C86611" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F36A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use an added concentration of at least 10 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="007F36A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> MDL, at or below the midpoint of the calibration curve, a method-specified level, or a level specified in a project plan’s data quality objectives. Ideally, the LFB concentration should be less than the MCL (if the contaminant has one).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="5A790F41" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D75C363" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7D21F590" w14:textId="36C92E22" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for the LFB? [</w:t>
             </w:r>
             <w:r w:rsidRPr="001340F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14714,121 +14488,117 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="52E5D8E0" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="56BDD8CC" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C32F8A1" w14:textId="054C31AE" w:rsidR="009E6CBC" w:rsidRPr="00C86611" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>None specified in 5020 B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="7182F97F" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BE7A417" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1C875EA7" w14:textId="037446C4" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action is taken if the LFB does not meet the acceptance criterion? [SM 5020 B-2022 (6)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54898854" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14902,121 +14672,117 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="776EEAFA" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="753960F8" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3549F684" w14:textId="6EE77690" w:rsidR="009E6CBC" w:rsidRPr="00C86611" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00954B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If LFB results are out of control, take corrective action, including re-preparation and re-analysis of associated samples if required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="425D9C85" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3620C2A3" w14:textId="5AE59CBF" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="21D7AFBF" w14:textId="0715E763" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At what frequency is a Matrix Spike (MS) analyzed? [SM 5020 B-2022 (7)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A7E05A1" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15082,68 +14848,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0DC336F8" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="15207774" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="199348D4" w14:textId="5FBD3FAA" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0790B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If an LFM is feasible and the method does not specify</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15178,72 +14942,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A0790B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>frequent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="1632BD06" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C4A7A4D" w14:textId="35BB2FB7" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7042A999" w14:textId="6605C844" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How is the MS prepared? [NC WW/GW LCB Matrix Spiking Policy 05/07/2020]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F9E770F" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15289,121 +15051,117 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="39CA7115" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2661177C" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75CEB640" w14:textId="50B31BCE" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See Matrix Spiking Policy and Technical Assistance document.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="4EA8D02C" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="338A47C0" w14:textId="692261A2" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="580B766E" w14:textId="076648FF" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for MS recovery? [15A NCAC 02H .0805 (A) (7) (A)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40927031" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15445,121 +15203,117 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2EA50B59" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0CB116AC" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00BF86F3" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="3E444C10" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D471528" w14:textId="6708821B" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6B03776B" w14:textId="7A0B181A" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0145D97F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15719,121 +15473,117 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3752DEC9" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="01399A71" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E6973A" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40A5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="10D15FBB" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D26C56F" w14:textId="4C74221F" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="33711DB9" w14:textId="0BE96511" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007022D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">At what frequency are duplicates and/or Matrix Spike Duplicates (MSD) analyzed? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15907,137 +15657,133 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7F05E088" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1F83BF37" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C4B538F" w14:textId="76DD6662" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0790B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>As a minimum, include 1 duplicate sample or 1 LFM duplicate with each sample set (batch) or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A0790B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>on a 5% basis, whichever is more frequent, and process it independently through the entire sample preparation and analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="54925445" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B52470C" w14:textId="1E4DD0B6" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2E7C8774" w14:textId="16A8A9DD" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007022D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for duplicates and/or </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16131,121 +15877,117 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5DF7DAAB" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="088CA85E" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1723D440" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A2333">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="0D41532E" w14:textId="77777777" w:rsidTr="003A38AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CB7BDAD" w14:textId="2A4C9A9A" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7FF44AD2" w14:textId="5F89460B" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007022D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action does the laboratory take if the duplicate and/or </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16327,121 +16069,117 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="44A08605" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5D42379F" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="505CA561" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A2333">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E6CBC" w:rsidRPr="00A0149B" w14:paraId="1CCE49E2" w14:textId="77777777" w:rsidTr="00AB15AF">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32B5C8E8" w14:textId="6A1DC998" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02E9418E" w14:textId="30510E21" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007022D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met?</w:t>
             </w:r>
             <w:r w:rsidRPr="0007022D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -16493,87 +16231,84 @@
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="005B7899">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="0007022D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49848CD2" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D1B42E2" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E1CCD8" w14:textId="77777777" w:rsidR="009E6CBC" w:rsidRDefault="009E6CBC" w:rsidP="009E6CBC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A2333">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16690,114 +16425,108 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dechlorinate samples that are known to </w:t>
       </w:r>
       <w:r w:rsidR="00166DB5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>have residual chlorine.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65AA7ABC" w14:textId="77777777" w:rsidR="001D3AE7" w:rsidRPr="00A0149B" w:rsidRDefault="001D3AE7" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49722F45" w14:textId="77777777" w:rsidR="009A7451" w:rsidRPr="00717CD2" w:rsidRDefault="00807017" w:rsidP="009A7451">
+    <w:p w14:paraId="49722F45" w14:textId="77777777" w:rsidR="009A7451" w:rsidRPr="00204B64" w:rsidRDefault="00807017" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="00204B64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Analytical </w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="00204B64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reagents</w:t>
       </w:r>
-      <w:r w:rsidR="00F76E58" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="00F76E58" w:rsidRPr="00204B64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Standards</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="00204B64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prep:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8C360B" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="00717CD2" w:rsidRDefault="002A7356" w:rsidP="009A7451">
+    <w:p w14:paraId="3C8C360B" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="00204B64" w:rsidRDefault="002A7356" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A0224E0" w14:textId="77777777" w:rsidR="00D13F0C" w:rsidRDefault="00D13F0C" w:rsidP="002F4BC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA0D24">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Phosphoric acid solution, 1+9: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -17421,116 +17150,115 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003B5326" w:rsidSect="00966FAE">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D5F01B9" w14:textId="77777777" w:rsidR="004115B3" w:rsidRDefault="004115B3">
+    <w:p w14:paraId="0B51497B" w14:textId="77777777" w:rsidR="00B165FD" w:rsidRDefault="00B165FD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D3878F7" w14:textId="77777777" w:rsidR="004115B3" w:rsidRDefault="004115B3">
+    <w:p w14:paraId="71A6FBBE" w14:textId="77777777" w:rsidR="00B165FD" w:rsidRDefault="00B165FD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="60BC4897" w14:textId="77777777" w:rsidR="004115B3" w:rsidRDefault="004115B3"/>
+    <w:p w14:paraId="6A69A0AC" w14:textId="77777777" w:rsidR="00B165FD" w:rsidRDefault="00B165FD"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7934B14A" w14:textId="2AB58B2C" w:rsidR="002978D9" w:rsidRDefault="002978D9" w:rsidP="008C0C6B">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="003157DD">
       <w:rPr>
@@ -17541,65 +17269,65 @@
       <w:t>Januar</w:t>
     </w:r>
     <w:r w:rsidR="00A85FA6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>y</w:t>
     </w:r>
     <w:r w:rsidR="003157DD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 15, 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C20EB17" w14:textId="77777777" w:rsidR="004115B3" w:rsidRDefault="004115B3">
+    <w:p w14:paraId="578D7E34" w14:textId="77777777" w:rsidR="00B165FD" w:rsidRDefault="00B165FD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22F8B657" w14:textId="77777777" w:rsidR="004115B3" w:rsidRDefault="004115B3">
+    <w:p w14:paraId="388E7490" w14:textId="77777777" w:rsidR="00B165FD" w:rsidRDefault="00B165FD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="245E77D1" w14:textId="77777777" w:rsidR="004115B3" w:rsidRDefault="004115B3"/>
+    <w:p w14:paraId="313DA129" w14:textId="77777777" w:rsidR="00B165FD" w:rsidRDefault="00B165FD"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E309D28" w14:textId="09EF575A" w:rsidR="002978D9" w:rsidRPr="00807017" w:rsidRDefault="002978D9" w:rsidP="00807017">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Inorganic Phenols EPA 420.1, Rev. 1978 </w:t>
     </w:r>
     <w:r w:rsidRPr="00807017">
       <w:rPr>
@@ -18083,51 +17811,51 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2113932265">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1701739468">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="192"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -18224,50 +17952,51 @@
     <w:rsid w:val="00167BBE"/>
     <w:rsid w:val="00174E84"/>
     <w:rsid w:val="0017568B"/>
     <w:rsid w:val="001758C2"/>
     <w:rsid w:val="0018170A"/>
     <w:rsid w:val="00187C71"/>
     <w:rsid w:val="001909DC"/>
     <w:rsid w:val="00192897"/>
     <w:rsid w:val="001A3A65"/>
     <w:rsid w:val="001B3160"/>
     <w:rsid w:val="001B584C"/>
     <w:rsid w:val="001B7418"/>
     <w:rsid w:val="001C6F82"/>
     <w:rsid w:val="001D09A1"/>
     <w:rsid w:val="001D204B"/>
     <w:rsid w:val="001D31CE"/>
     <w:rsid w:val="001D3AE7"/>
     <w:rsid w:val="001D5896"/>
     <w:rsid w:val="001D5D0E"/>
     <w:rsid w:val="001E1473"/>
     <w:rsid w:val="001E220D"/>
     <w:rsid w:val="001E58BF"/>
     <w:rsid w:val="001F0BF5"/>
     <w:rsid w:val="001F2246"/>
     <w:rsid w:val="001F3C55"/>
+    <w:rsid w:val="00204B64"/>
     <w:rsid w:val="00206589"/>
     <w:rsid w:val="00210C58"/>
     <w:rsid w:val="00210F57"/>
     <w:rsid w:val="00212431"/>
     <w:rsid w:val="00213D33"/>
     <w:rsid w:val="00214065"/>
     <w:rsid w:val="00221C2E"/>
     <w:rsid w:val="0022392B"/>
     <w:rsid w:val="00226E8E"/>
     <w:rsid w:val="00236501"/>
     <w:rsid w:val="00236F88"/>
     <w:rsid w:val="002418EF"/>
     <w:rsid w:val="0024328C"/>
     <w:rsid w:val="00243A1B"/>
     <w:rsid w:val="00252D88"/>
     <w:rsid w:val="002553A0"/>
     <w:rsid w:val="0025626F"/>
     <w:rsid w:val="00257E33"/>
     <w:rsid w:val="00257FB5"/>
     <w:rsid w:val="002601D4"/>
     <w:rsid w:val="00260DAC"/>
     <w:rsid w:val="0026566D"/>
     <w:rsid w:val="002666C4"/>
     <w:rsid w:val="00282F31"/>
     <w:rsid w:val="002849C2"/>
@@ -18735,50 +18464,51 @@
     <w:rsid w:val="00A95EA2"/>
     <w:rsid w:val="00A96496"/>
     <w:rsid w:val="00A97101"/>
     <w:rsid w:val="00AA22CC"/>
     <w:rsid w:val="00AB0AC5"/>
     <w:rsid w:val="00AB15AF"/>
     <w:rsid w:val="00AB17E7"/>
     <w:rsid w:val="00AB17EF"/>
     <w:rsid w:val="00AB1F97"/>
     <w:rsid w:val="00AB3296"/>
     <w:rsid w:val="00AB46AC"/>
     <w:rsid w:val="00AB4D86"/>
     <w:rsid w:val="00AB4F16"/>
     <w:rsid w:val="00AC28B6"/>
     <w:rsid w:val="00AD703E"/>
     <w:rsid w:val="00AE123F"/>
     <w:rsid w:val="00AE3891"/>
     <w:rsid w:val="00AE4293"/>
     <w:rsid w:val="00AE6D15"/>
     <w:rsid w:val="00AE79A1"/>
     <w:rsid w:val="00AF0EC5"/>
     <w:rsid w:val="00AF5B13"/>
     <w:rsid w:val="00AF7FF9"/>
     <w:rsid w:val="00B064A6"/>
     <w:rsid w:val="00B11C47"/>
+    <w:rsid w:val="00B165FD"/>
     <w:rsid w:val="00B20C17"/>
     <w:rsid w:val="00B21235"/>
     <w:rsid w:val="00B21945"/>
     <w:rsid w:val="00B21B06"/>
     <w:rsid w:val="00B2299A"/>
     <w:rsid w:val="00B252EC"/>
     <w:rsid w:val="00B30D9B"/>
     <w:rsid w:val="00B31820"/>
     <w:rsid w:val="00B31ECE"/>
     <w:rsid w:val="00B32BC1"/>
     <w:rsid w:val="00B348A0"/>
     <w:rsid w:val="00B34DAA"/>
     <w:rsid w:val="00B37E2F"/>
     <w:rsid w:val="00B43894"/>
     <w:rsid w:val="00B4629B"/>
     <w:rsid w:val="00B5062E"/>
     <w:rsid w:val="00B5306F"/>
     <w:rsid w:val="00B61ABD"/>
     <w:rsid w:val="00B644D8"/>
     <w:rsid w:val="00B6545B"/>
     <w:rsid w:val="00B70F99"/>
     <w:rsid w:val="00B81A51"/>
     <w:rsid w:val="00B81DFF"/>
     <w:rsid w:val="00B82753"/>
     <w:rsid w:val="00B82C20"/>
@@ -18823,50 +18553,51 @@
     <w:rsid w:val="00C16AFC"/>
     <w:rsid w:val="00C16E46"/>
     <w:rsid w:val="00C21198"/>
     <w:rsid w:val="00C27C55"/>
     <w:rsid w:val="00C32212"/>
     <w:rsid w:val="00C32AEE"/>
     <w:rsid w:val="00C40D2A"/>
     <w:rsid w:val="00C415F1"/>
     <w:rsid w:val="00C429D5"/>
     <w:rsid w:val="00C43BD9"/>
     <w:rsid w:val="00C461DD"/>
     <w:rsid w:val="00C46C4E"/>
     <w:rsid w:val="00C47299"/>
     <w:rsid w:val="00C503A4"/>
     <w:rsid w:val="00C53223"/>
     <w:rsid w:val="00C55623"/>
     <w:rsid w:val="00C64369"/>
     <w:rsid w:val="00C64AF2"/>
     <w:rsid w:val="00C65AD2"/>
     <w:rsid w:val="00C66B21"/>
     <w:rsid w:val="00C67F57"/>
     <w:rsid w:val="00C729AE"/>
     <w:rsid w:val="00C73D35"/>
     <w:rsid w:val="00C76086"/>
     <w:rsid w:val="00C80526"/>
+    <w:rsid w:val="00C809F0"/>
     <w:rsid w:val="00C85597"/>
     <w:rsid w:val="00C863E5"/>
     <w:rsid w:val="00C9628F"/>
     <w:rsid w:val="00C97AD7"/>
     <w:rsid w:val="00CA5A90"/>
     <w:rsid w:val="00CA6143"/>
     <w:rsid w:val="00CB4E55"/>
     <w:rsid w:val="00CC572E"/>
     <w:rsid w:val="00CD0DDB"/>
     <w:rsid w:val="00CD425A"/>
     <w:rsid w:val="00CD4925"/>
     <w:rsid w:val="00CD6870"/>
     <w:rsid w:val="00CD7443"/>
     <w:rsid w:val="00CD797A"/>
     <w:rsid w:val="00CE10C5"/>
     <w:rsid w:val="00CE3670"/>
     <w:rsid w:val="00CE4A95"/>
     <w:rsid w:val="00CE7094"/>
     <w:rsid w:val="00CF01E8"/>
     <w:rsid w:val="00CF497C"/>
     <w:rsid w:val="00D00E29"/>
     <w:rsid w:val="00D02F2B"/>
     <w:rsid w:val="00D031E9"/>
     <w:rsid w:val="00D0368A"/>
     <w:rsid w:val="00D03879"/>
@@ -19436,50 +19167,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
@@ -20379,52 +20111,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1ea16cf91fc8ef9f84dde93f5cf4449f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a6069a042290a6c56d9d11497b4321" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -20614,143 +20346,122 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{977F7C0C-186F-44EC-A80F-F1B5D9A8FC20}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{081AA546-9613-43CF-AB0D-C8A6A1D0AA87}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0695B15D-F59B-417A-B1A2-26AE77741F31}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0E660ED-5998-44C6-B6B3-CB19F7F3726D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0E660ED-5998-44C6-B6B3-CB19F7F3726D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0695B15D-F59B-417A-B1A2-26AE77741F31}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3815</Words>
-  <Characters>20924</Characters>
+  <Words>3616</Words>
+  <Characters>21123</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>174</Lines>
-  <Paragraphs>49</Paragraphs>
+  <Lines>1005</Lines>
+  <Paragraphs>392</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24690</CharactersWithSpaces>
+  <CharactersWithSpaces>24347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>T_ Crawford</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>