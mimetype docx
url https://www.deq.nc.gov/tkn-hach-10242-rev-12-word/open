--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -11,86 +11,82 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1DBE12BE" w14:textId="77777777" w:rsidR="00C3683C" w:rsidRDefault="00C3683C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="29CF9557" w14:textId="77777777" w:rsidTr="00392077">
+      <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="29CF9557" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="17A8DD34" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
@@ -125,51 +121,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="485CC3C7" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="72F2D5BE" w14:textId="77777777" w:rsidTr="00392077">
+      <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="72F2D5BE" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1BA1019A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
@@ -209,97 +205,97 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="306D7A1F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="25310DAE" w14:textId="77777777" w:rsidTr="00392077">
+      <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="25310DAE" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="68FEDC19" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="144E9183" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="58F71D5C" w14:textId="77777777" w:rsidTr="00392077">
+      <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="58F71D5C" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="65E6A3CD" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
@@ -540,62 +536,61 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FE22AC3" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00D82AC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>EQUIPMENT:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10944" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="5040"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="5040"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C6355" w:rsidRPr="00A0149B" w14:paraId="1C254534" w14:textId="77777777" w:rsidTr="00392077">
+      <w:tr w:rsidR="001C6355" w:rsidRPr="00A0149B" w14:paraId="1C254534" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="628F4EFC" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="00A0149B" w:rsidRDefault="00D82AC0" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -655,51 +650,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Spectrophotometer </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="076A82B6" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="00A0149B" w:rsidRDefault="00D82AC0" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Model):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6355" w:rsidRPr="0054425D" w14:paraId="5CDFC3BC" w14:textId="77777777" w:rsidTr="00392077">
+      <w:tr w:rsidR="001C6355" w:rsidRPr="0054425D" w14:paraId="5CDFC3BC" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5CDCA17F" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="0054425D" w:rsidRDefault="00D82AC0" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="172C7B87" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="0054425D" w:rsidRDefault="00D82AC0" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
@@ -717,51 +712,51 @@
           <w:p w14:paraId="208B9D39" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="0054425D" w:rsidRDefault="00D82AC0" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="271B4982" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="0054425D" w:rsidRDefault="00D82AC0" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6355" w:rsidRPr="0054425D" w14:paraId="7E41709F" w14:textId="77777777" w:rsidTr="00392077">
+      <w:tr w:rsidR="001C6355" w:rsidRPr="0054425D" w14:paraId="7E41709F" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0F64F664" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="0054425D" w:rsidRDefault="00D82AC0" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F4D0DCE" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="0054425D" w:rsidRDefault="00D82AC0" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
@@ -808,61 +803,60 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DD904CA" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRDefault="00D82AC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>REAGENTS:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="5045"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="5040"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00365F5D" w:rsidRPr="00F25393" w14:paraId="2AA761B8" w14:textId="77777777" w:rsidTr="00392077">
+      <w:tr w:rsidR="00365F5D" w:rsidRPr="00F25393" w14:paraId="2AA761B8" w14:textId="77777777" w:rsidTr="006D1188">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3999A13C" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="00F25393" w:rsidRDefault="00D82AC0" w:rsidP="00D82AC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5045" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55CB4B58" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="00F25393" w:rsidRDefault="00D82AC0" w:rsidP="00F25393">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
@@ -918,51 +912,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TNTplus Simplified TKN (s-TKN</w:t>
             </w:r>
             <w:r w:rsidRPr="00E749D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>TM</w:t>
             </w:r>
             <w:r w:rsidRPr="00F25393">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) Reagent - Hach Catalog Number TNT880.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365F5D" w:rsidRPr="00F25393" w14:paraId="54D275AC" w14:textId="77777777" w:rsidTr="00392077">
+      <w:tr w:rsidR="00365F5D" w:rsidRPr="00F25393" w14:paraId="54D275AC" w14:textId="77777777" w:rsidTr="006D1188">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="725C8AE2" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="00F25393" w:rsidRDefault="00D82AC0" w:rsidP="00D82AC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5045" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63490566" w14:textId="77777777" w:rsidR="00365F5D" w:rsidRPr="00F25393" w:rsidRDefault="00D82AC0" w:rsidP="00F25393">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1286,51 +1280,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
             <w:r w:rsidRPr="00F25393">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F25393">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>245053, or equivalent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365F5D" w:rsidRPr="00F25393" w14:paraId="178578AA" w14:textId="77777777" w:rsidTr="00392077">
+      <w:tr w:rsidR="00365F5D" w:rsidRPr="00F25393" w14:paraId="178578AA" w14:textId="77777777" w:rsidTr="006D1188">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28F92239" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="00F25393" w:rsidRDefault="00D82AC0" w:rsidP="00D82AC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5045" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78A2BD45" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="00F25393" w:rsidRDefault="00D82AC0" w:rsidP="00F25393">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="205" w:lineRule="exact"/>
               <w:ind w:left="-144"/>
               <w:jc w:val="both"/>
@@ -2062,51 +2056,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F25393">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidRPr="00F25393">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>equivalent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365F5D" w:rsidRPr="00F25393" w14:paraId="0C5AAC84" w14:textId="77777777" w:rsidTr="00392077">
+      <w:tr w:rsidR="00365F5D" w:rsidRPr="00F25393" w14:paraId="0C5AAC84" w14:textId="77777777" w:rsidTr="006D1188">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7672CA1A" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="00F25393" w:rsidRDefault="00D82AC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5045" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CC03810" w14:textId="77777777" w:rsidR="00D82AC0" w:rsidRPr="00F25393" w:rsidRDefault="00D82AC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2293,60 +2287,60 @@
     </w:p>
     <w:p w14:paraId="3FFD44B0" w14:textId="77777777" w:rsidR="00C3683C" w:rsidRPr="0054425D" w:rsidRDefault="00C3683C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7240F3D8" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10975" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="4896"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="4844"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00641CAC" w:rsidRPr="00A0149B" w14:paraId="528C0DF1" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="00641CAC" w:rsidRPr="00A0149B" w14:paraId="528C0DF1" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10975" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="40D7927D" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="00F254E1" w:rsidRDefault="00157C6C" w:rsidP="00F254E1">
             <w:pPr>
               <w:ind w:right="-1062"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2382,51 +2376,51 @@
               <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="256298C9" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="009C3D45" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00392077">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D53E8F" w:rsidRPr="00A0149B" w14:paraId="49BCC5C1" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="00D53E8F" w:rsidRPr="00A0149B" w14:paraId="49BCC5C1" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61FFB5DC" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="00D16517" w:rsidRDefault="00157C6C" w:rsidP="00422DCE">
             <w:pPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2524,51 +2518,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="24D506B1" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="24D506B1" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69FB4D49" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRPr="00D16517" w:rsidRDefault="00D66C7F" w:rsidP="00A066D8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2763,51 +2757,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3443B720" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRPr="00560E41" w:rsidRDefault="00D66C7F" w:rsidP="00D66C7F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify proper method reference. During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="3CF78EAE" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="3CF78EAE" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B6E7365" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRPr="00D16517" w:rsidRDefault="00D66C7F" w:rsidP="00A066D8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2949,51 +2943,51 @@
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78FA7F6E" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRPr="008352D2" w:rsidRDefault="00D66C7F" w:rsidP="00D66C7F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control and SOP documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="31863F48" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="31863F48" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00297C76" w14:textId="77777777" w:rsidR="005D20C4" w:rsidRPr="00D16517" w:rsidRDefault="005D20C4" w:rsidP="00A066D8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3064,51 +3058,51 @@
           </w:tcPr>
           <w:p w14:paraId="50F06602" w14:textId="77777777" w:rsidR="005D20C4" w:rsidRDefault="005D20C4" w:rsidP="005D20C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="16D6BA63" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="16D6BA63" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06367DDC" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="00D16517" w:rsidRDefault="00157C6C" w:rsidP="00422DCE">
             <w:pPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3200,51 +3194,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41E55ABC" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="00560E41" w:rsidRDefault="00157C6C" w:rsidP="00BC55FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="5704F84C" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="5704F84C" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46B92482" w14:textId="77777777" w:rsidR="005D20C4" w:rsidRPr="00D16517" w:rsidRDefault="005D20C4" w:rsidP="00D53E8F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3452,51 +3446,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3823F89A" w14:textId="77777777" w:rsidR="005D20C4" w:rsidRPr="00A0149B" w:rsidRDefault="005D20C4" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="66261D59" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="66261D59" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74B658F8" w14:textId="77777777" w:rsidR="00C3683C" w:rsidRPr="00C3683C" w:rsidRDefault="00C3683C" w:rsidP="00D53E8F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3549,51 +3543,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B3F4AD2" w14:textId="77777777" w:rsidR="00C3683C" w:rsidRPr="00A0149B" w:rsidRDefault="00C3683C" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="6869C083" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="6869C083" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F40CEF9" w14:textId="77777777" w:rsidR="00C3683C" w:rsidRPr="00C3683C" w:rsidRDefault="00C3683C" w:rsidP="00D53E8F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3646,51 +3640,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5300FFFF" w14:textId="77777777" w:rsidR="00C3683C" w:rsidRPr="00A0149B" w:rsidRDefault="00C3683C" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="5E754A09" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="5E754A09" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C0B4A7D" w14:textId="77777777" w:rsidR="00C3683C" w:rsidRPr="00C3683C" w:rsidRDefault="00C3683C" w:rsidP="00D53E8F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3743,51 +3737,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53722EAB" w14:textId="77777777" w:rsidR="00C3683C" w:rsidRPr="00A0149B" w:rsidRDefault="00C3683C" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="62B24564" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="62B24564" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54A61508" w14:textId="77777777" w:rsidR="00C3683C" w:rsidRPr="00C3683C" w:rsidRDefault="00C3683C" w:rsidP="00D53E8F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3840,51 +3834,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59490E31" w14:textId="77777777" w:rsidR="00C3683C" w:rsidRPr="00A0149B" w:rsidRDefault="00C3683C" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="288312D5" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="288312D5" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C1CF421" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="00D16517" w:rsidRDefault="00157C6C" w:rsidP="009C51F3">
             <w:pPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3977,51 +3971,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70C74A87" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="00560E41" w:rsidRDefault="00157C6C" w:rsidP="000E17BD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="1AA38B26" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="1AA38B26" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47763D89" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00D16517" w:rsidRDefault="00EA3E48" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4126,51 +4120,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="17B52044" w14:textId="02891F7B" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00C3683C" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C3683C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">High levels of oxidizable organic substances (COD) affect the reagent color and give high results. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00422DCE" w:rsidRPr="00A0149B" w14:paraId="2BA01F2E" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="00422DCE" w:rsidRPr="00A0149B" w14:paraId="2BA01F2E" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F1DFE5C" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="00D16517" w:rsidRDefault="00157C6C" w:rsidP="009C51F3">
             <w:pPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4262,51 +4256,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E3969E3" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="00560E41" w:rsidRDefault="00157C6C" w:rsidP="000E17BD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="617CA11E" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="617CA11E" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38D8E8F9" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00D16517" w:rsidRDefault="00EA3E48" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4399,51 +4393,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Add 1.3 mL of sample, 1.3 mL of Solution A and 1 Reagent B tablet in quick succession to a dry 20-mm reaction tube. Close the reaction</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C3683C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tube immediately.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="42610F98" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="00CE6F6B" w:rsidRPr="00A0149B" w14:paraId="42610F98" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="053DDC8F" w14:textId="77777777" w:rsidR="002C3EB7" w:rsidRPr="00D16517" w:rsidRDefault="002C3EB7" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4530,51 +4524,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="20644969" w14:textId="77777777" w:rsidR="002C3EB7" w:rsidRPr="002C3EB7" w:rsidRDefault="002C3EB7" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C3EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Do not invert tube.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="4DD55387" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="4DD55387" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20A01AE1" w14:textId="77777777" w:rsidR="002C3EB7" w:rsidRPr="00D16517" w:rsidRDefault="002C3EB7" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4699,51 +4693,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Insert the reaction tube in the reactor and heat for </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30 minutes</w:t>
             </w:r>
             <w:r w:rsidRPr="002C3EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="449A519B" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="449A519B" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BF23B96" w14:textId="77777777" w:rsidR="002C3EB7" w:rsidRPr="00D16517" w:rsidRDefault="002C3EB7" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5030,51 +5024,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, remove the reaction tube from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C3EB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>the heating block and cool to room temperature (15-20 °C).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="4BDEDBBF" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="4BDEDBBF" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F3980B2" w14:textId="77777777" w:rsidR="002C3EB7" w:rsidRPr="00D16517" w:rsidRDefault="002C3EB7" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5491,51 +5485,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
             <w:r w:rsidRPr="002F3E03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F3E03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>the reaction tube into a Test Vial 1 (red label).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="028887F1" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="028887F1" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FA10408" w14:textId="77777777" w:rsidR="002C3EB7" w:rsidRPr="00D16517" w:rsidRDefault="002C3EB7" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5628,51 +5622,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E2C3F62" w14:textId="77777777" w:rsidR="002C3EB7" w:rsidRPr="002F3E03" w:rsidRDefault="002C3EB7" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3E03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pipette 0.2 mL of Solution D into the test vial.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="1E069C2E" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="1E069C2E" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AD3ED69" w14:textId="77777777" w:rsidR="002C3EB7" w:rsidRPr="00D16517" w:rsidRDefault="002C3EB7" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5749,51 +5743,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6165EB74" w14:textId="77777777" w:rsidR="002C3EB7" w:rsidRPr="002F3E03" w:rsidRDefault="002C3EB7" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3E03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quickly cap and invert the test vial 2-3 times until no more streaks can be seen in the vial solution.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="35636D6F" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="35636D6F" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EA25EC8" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5886,51 +5880,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="098E5BC6" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="002F3E03" w:rsidRDefault="002F3E03" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3E03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pipette 1.0 mL of undigested sample into a Test Vial 2 (green label).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="167DF84A" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="167DF84A" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4269FF22" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6039,51 +6033,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14FF0560" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="002F3E03" w:rsidRDefault="002F3E03" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3E03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pipette 0.2 mL of Solution D into the test vial.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="3F7D72E3" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="3F7D72E3" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79AADC23" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6192,51 +6186,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quickly cap and invert the test vial 2-3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F3E03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>times until no more streaks can be seen in the vial solution and let react for 15 minutes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="2E381187" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="2E381187" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AAD418F" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6500,51 +6494,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3E03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See</w:t>
             </w:r>
             <w:r w:rsidRPr="002F3E03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="32038790" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="32038790" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38053A3D" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6895,51 +6889,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Remove the vial and proceed immediately to step 11.3.</w:t>
             </w:r>
             <w:r w:rsidR="00492571">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="05931981" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="05931981" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C746CCA" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7264,51 +7258,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>spectrophotometer. The instrument will read the barcode on the Test</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F02C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vial 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00487063" w:rsidRPr="00A0149B" w14:paraId="28563330" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="00487063" w:rsidRPr="00A0149B" w14:paraId="28563330" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="774610F9" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -7409,51 +7403,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D5BDDBB" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00560E41" w:rsidRDefault="002F3E03" w:rsidP="00487063">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="1A1983F6" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="1A1983F6" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DF693A1" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -8092,51 +8086,51 @@
               <w:t xml:space="preserve"> used</w:t>
             </w:r>
             <w:r w:rsidRPr="00492571">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="80"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="00492571">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>in the practice of this method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="7D3F7C19" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="7D3F7C19" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FE83ED8" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -8303,51 +8297,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="663E408E" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00A0149B" w:rsidRDefault="002F3E03" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="46FC82AB" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="46FC82AB" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0788B63C" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -10124,51 +10118,51 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>owest</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F7FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>calibration concentration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="7571F210" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="7571F210" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="602DB229" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -10238,51 +10232,51 @@
           </w:tcPr>
           <w:p w14:paraId="73B803AD" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00A0149B" w:rsidRDefault="004F7FE8" w:rsidP="000B5E63">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>During any quarter in which samples are being analyzed, prepare and analyze a minimum of two spiked samples on each instrument, in separate batches, using the same spiking concentration used in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="6C089666" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="6C089666" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F605782" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -10451,51 +10445,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> percentile confidence interval for the initial MDL</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A19D4E2" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00A0149B" w:rsidRDefault="004F7FE8" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>determination with six degrees of freedom.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="50C238C8" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="50C238C8" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="207EBF04" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -10675,51 +10669,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3595D968" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00A0149B" w:rsidRDefault="002F3E03" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="4A59535E" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="4A59535E" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46092DDE" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -10826,51 +10820,51 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">If, however, the RSD exceeds the precision limit or x falls outside the range for recovery, system performance is unacceptable. In this event correct the </w:t>
             </w:r>
             <w:r w:rsidR="001E1E18">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>problem and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> repeat the test.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="01D5ADBC" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="01D5ADBC" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FE02599" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -11066,51 +11060,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">calibration curve. </w:t>
             </w:r>
             <w:r w:rsidRPr="00932524">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>A manufacturer’s factory-set calibration (internal curve) shall be verified with the same number of standards and frequency as a prepared curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="7CFF9232" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="7CFF9232" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D76B459" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -11284,51 +11278,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71DB169E" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00A0149B" w:rsidRDefault="002F3E03" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="12A055E0" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="12A055E0" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73989075" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -11588,51 +11582,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Rule:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F652C9">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Laboratories shall analyze or back-calculate a standard at the same concentration as the lowest reporting concentration each day samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="6ECB5139" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="6ECB5139" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C0B36C9" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -11723,51 +11717,51 @@
               </w:rPr>
               <w:t>A calibration blank and calibration verification standard shall be analyzed prior to sample analysis, after every tenth sample, and at the end of each sample group, unless otherwise specified by the method, to check for carryover</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51F2E86C" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00A0149B" w:rsidRDefault="00863C37" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>and calibration drift.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="6895E368" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="6895E368" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08F7D752" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -11844,51 +11838,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4844" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DD67D68" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00A0149B" w:rsidRDefault="002F3E03" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="109F86C6" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="109F86C6" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59420ACF" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00D16517" w:rsidRDefault="002F3E03" w:rsidP="009C51F3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -12035,51 +12029,51 @@
               <w:lastRenderedPageBreak/>
               <w:t>through corrective action, the corrective action process documented, and any samples involved shall</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67966B4E" w14:textId="77777777" w:rsidR="002F3E03" w:rsidRPr="00A0149B" w:rsidRDefault="00863C37" w:rsidP="000B5E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="3A3E5AA7" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="3A3E5AA7" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="530221EF" w14:textId="77777777" w:rsidR="00863C37" w:rsidRPr="00D16517" w:rsidRDefault="00863C37" w:rsidP="00444257">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -12169,51 +12163,51 @@
           <w:p w14:paraId="718C9BB5" w14:textId="77777777" w:rsidR="00863C37" w:rsidRDefault="003539F3" w:rsidP="000B5E63">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>The laboratory reagent blank (LRB) is an aliquot of reagent water that is treated exactly as a sample including exposure to all glassware, equipment and reagents that are used with other samples. The laboratory must analyze at least one LRB with each batch of samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="0C7BC861" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="0C7BC861" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="052881BA" w14:textId="77777777" w:rsidR="00863C37" w:rsidRPr="00D16517" w:rsidRDefault="00863C37" w:rsidP="00444257">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -12336,51 +12330,51 @@
           <w:p w14:paraId="3763D8AA" w14:textId="77777777" w:rsidR="00863C37" w:rsidRDefault="003539F3" w:rsidP="000B5E63">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>They may also use the requirement set by the method (only choose one requirement to follow and specify in the SOP).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="44DE1DD0" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="44DE1DD0" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03C2E3D2" w14:textId="77777777" w:rsidR="003539F3" w:rsidRPr="00D16517" w:rsidRDefault="003539F3" w:rsidP="00444257">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -12494,51 +12488,51 @@
           <w:p w14:paraId="73454E6A" w14:textId="77777777" w:rsidR="003539F3" w:rsidRDefault="003539F3" w:rsidP="000B5E63">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Check for contamination, check viability of low standard, re-analyze blank, re-digest and reanalyze entire batch or qualify the data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="580EFAA5" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="580EFAA5" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="182A7E38" w14:textId="77777777" w:rsidR="00863C37" w:rsidRPr="00D16517" w:rsidRDefault="00863C37" w:rsidP="00A936B6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -12646,51 +12640,51 @@
           <w:p w14:paraId="0B084A17" w14:textId="77777777" w:rsidR="00863C37" w:rsidRDefault="003539F3" w:rsidP="000B5E63">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Prepare a precision and recovery standard following the procedure in Section 9.2.2 and analyze at the end of each analytical batch according to the procedure in Section 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="2B0FA0BC" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="2B0FA0BC" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51B25ED0" w14:textId="77777777" w:rsidR="00863C37" w:rsidRPr="00D16517" w:rsidRDefault="00863C37" w:rsidP="00A936B6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -12780,51 +12774,51 @@
           <w:p w14:paraId="0E7EA1BE" w14:textId="77777777" w:rsidR="00863C37" w:rsidRDefault="003539F3" w:rsidP="000B5E63">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>If the recovery is within the acceptable range of 90 -110%, measurement process is in control and analysis of samples may proceed. If, however, the recovery is not in the acceptable range, the analytical process is not in control. In this event, correct the problem, re-analyze analytical batch, repeating the ongoing precision and recovery test.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="7339C177" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="7339C177" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1196144E" w14:textId="77777777" w:rsidR="00863C37" w:rsidRPr="00D16517" w:rsidRDefault="00863C37" w:rsidP="00A936B6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -12951,51 +12945,51 @@
           <w:p w14:paraId="29606CC6" w14:textId="77777777" w:rsidR="00863C37" w:rsidRDefault="003539F3" w:rsidP="000B5E63">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>An analytical batch is a set of samples processed during a contiguous 8-hour period, not to exceed 20 samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="222EB29B" w14:textId="77777777" w:rsidTr="00F10658">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="222EB29B" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09BFF4C2" w14:textId="77777777" w:rsidR="00863C37" w:rsidRPr="00D16517" w:rsidRDefault="00863C37" w:rsidP="00A936B6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -13085,51 +13079,51 @@
           <w:p w14:paraId="1206992B" w14:textId="77777777" w:rsidR="00863C37" w:rsidRDefault="003539F3" w:rsidP="000B5E63">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Calculate each percent recovery (P) as 100 (A-B) %/T, where A is the concentration of TKN in the spiked samples and T is the known true value of the spike. Compare the percent recovery (P) TKN with the corresponding QC acceptance criteria found in Section 17, Table 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="720C2F55" w14:textId="77777777" w:rsidTr="00B34A8D">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="720C2F55" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7486AFAF" w14:textId="77777777" w:rsidR="003539F3" w:rsidRPr="00D16517" w:rsidRDefault="003539F3" w:rsidP="00A936B6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -13237,51 +13231,51 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved </w:t>
             </w:r>
             <w:r w:rsidR="000B5E63">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">shall </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="06010C53" w14:textId="77777777" w:rsidTr="00B34A8D">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="06010C53" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5880C3B8" w14:textId="77777777" w:rsidR="003539F3" w:rsidRPr="00D16517" w:rsidRDefault="003539F3" w:rsidP="00A936B6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -13391,62 +13385,62 @@
               <w:t>Calculate the relative percent difference (RPD) between two sample results using the following equation:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C0AAAB4" w14:textId="579515AF" w:rsidR="000B5E63" w:rsidRDefault="003017C6" w:rsidP="000B5E63">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6488DB6C" wp14:editId="724B8E0A">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6488DB6C" wp14:editId="71CE4D51">
                   <wp:extent cx="1539240" cy="434340"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1" name="Picture 1"/>
+                  <wp:docPr id="1" name="Picture 1" descr="RPD equation &#10;RPD equals absolute value of D1 minus D2 divided by D1 plus D2 divided by 2 all multiplied by 100"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 1"/>
+                          <pic:cNvPr id="1" name="Picture 1" descr="RPD equation &#10;RPD equals absolute value of D1 minus D2 divided by D1 plus D2 divided by 2 all multiplied by 100"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1539240" cy="434340"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -13465,51 +13459,51 @@
           <w:p w14:paraId="10436EDF" w14:textId="77777777" w:rsidR="000B5E63" w:rsidRDefault="000B5E63" w:rsidP="000B5E63">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Where, D1 = Concentration of analyte in the MS, D2 = Concentration of analyte in the MSD. Compare the calculated RPD with the corresponding QC acceptance criteria found in Section 17, Table 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="7B2CCE0A" w14:textId="77777777" w:rsidTr="00B34A8D">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="7B2CCE0A" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71427F2D" w14:textId="77777777" w:rsidR="00932524" w:rsidRPr="00D16517" w:rsidRDefault="00932524" w:rsidP="00A936B6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -13622,51 +13616,51 @@
           <w:p w14:paraId="7BAEC79D" w14:textId="77777777" w:rsidR="00932524" w:rsidRDefault="00932524" w:rsidP="00932524">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="756BB001" w14:textId="77777777" w:rsidTr="00BD3DFA">
+      <w:tr w:rsidR="0094294D" w:rsidRPr="00A0149B" w14:paraId="756BB001" w14:textId="77777777" w:rsidTr="006D1188">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00E94727" w14:textId="77777777" w:rsidR="000B5E63" w:rsidRPr="00D16517" w:rsidRDefault="000B5E63" w:rsidP="00490061">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="355"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -14026,73 +14020,73 @@
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C37462" w:rsidRPr="00351E5A">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79D8A2A3" w14:textId="77777777" w:rsidR="00542B3D" w:rsidRDefault="00542B3D">
+    <w:p w14:paraId="58294F24" w14:textId="77777777" w:rsidR="00FE3062" w:rsidRDefault="00FE3062">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D91F141" w14:textId="77777777" w:rsidR="00542B3D" w:rsidRDefault="00542B3D">
+    <w:p w14:paraId="513EF997" w14:textId="77777777" w:rsidR="00FE3062" w:rsidRDefault="00FE3062">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="77117054" w14:textId="77777777" w:rsidR="00542B3D" w:rsidRDefault="00542B3D"/>
+    <w:p w14:paraId="4C7879CC" w14:textId="77777777" w:rsidR="00FE3062" w:rsidRDefault="00FE3062"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -14121,162 +14115,162 @@
   <w:font w:name="Arial-BoldMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72EAD244" w14:textId="73F63E25" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48" w:rsidP="007B3353">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="001E0D69">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11/6</w:t>
     </w:r>
     <w:r w:rsidR="007B3353">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="006119FF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="775BE92E" w14:textId="34F244FD" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="002066D5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11/6</w:t>
     </w:r>
     <w:r w:rsidR="007B3353">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="006119FF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7423D200" w14:textId="77777777" w:rsidR="00542B3D" w:rsidRDefault="00542B3D">
+    <w:p w14:paraId="58823C56" w14:textId="77777777" w:rsidR="00FE3062" w:rsidRDefault="00FE3062">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CD50031" w14:textId="77777777" w:rsidR="00542B3D" w:rsidRDefault="00542B3D">
+    <w:p w14:paraId="2E88F65A" w14:textId="77777777" w:rsidR="00FE3062" w:rsidRDefault="00FE3062">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="61E1F612" w14:textId="77777777" w:rsidR="00542B3D" w:rsidRDefault="00542B3D"/>
+    <w:p w14:paraId="0DE2BA57" w14:textId="77777777" w:rsidR="00FE3062" w:rsidRDefault="00FE3062"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01502C47" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="007B3353">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>TKN Hach Method 10242 Rev. 1.2, - Page</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
@@ -14305,79 +14299,79 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00664CCC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="120AE734" w14:textId="77777777" w:rsidR="00FA72B6" w:rsidRDefault="00FA72B6" w:rsidP="00FA72B6">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>NC DEQ/DWR WASTEWATER/GROUNDWATER LABORATORY CERTIFICATION BRANCH</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="28FCA9D7" w14:textId="12769B3A" w:rsidR="004072B6" w:rsidRDefault="004072B6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1701374A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A746B6A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21156698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3086350"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14567,52 +14561,52 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="464741092">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="453331256">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="561675221">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -14705,94 +14699,96 @@
     <w:rsid w:val="004072B6"/>
     <w:rsid w:val="0041037E"/>
     <w:rsid w:val="00422DCE"/>
     <w:rsid w:val="00430BEB"/>
     <w:rsid w:val="004329B5"/>
     <w:rsid w:val="00444257"/>
     <w:rsid w:val="00456D23"/>
     <w:rsid w:val="00457FE3"/>
     <w:rsid w:val="00464CD7"/>
     <w:rsid w:val="0047556C"/>
     <w:rsid w:val="00475ED5"/>
     <w:rsid w:val="00481E99"/>
     <w:rsid w:val="00487063"/>
     <w:rsid w:val="00490061"/>
     <w:rsid w:val="00492571"/>
     <w:rsid w:val="00495A1C"/>
     <w:rsid w:val="004B37D1"/>
     <w:rsid w:val="004C520F"/>
     <w:rsid w:val="004D36E5"/>
     <w:rsid w:val="004D5599"/>
     <w:rsid w:val="004E158A"/>
     <w:rsid w:val="004F52D3"/>
     <w:rsid w:val="004F5487"/>
     <w:rsid w:val="004F5968"/>
     <w:rsid w:val="004F7FE8"/>
+    <w:rsid w:val="00514FA4"/>
     <w:rsid w:val="00516DB7"/>
     <w:rsid w:val="00521A98"/>
     <w:rsid w:val="00523B58"/>
     <w:rsid w:val="00542B3D"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="0055139F"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="00561FCE"/>
     <w:rsid w:val="00565117"/>
     <w:rsid w:val="00574328"/>
     <w:rsid w:val="0057436D"/>
     <w:rsid w:val="005747B5"/>
     <w:rsid w:val="00575F0C"/>
     <w:rsid w:val="0058590C"/>
     <w:rsid w:val="00586FE5"/>
     <w:rsid w:val="005A1D0E"/>
     <w:rsid w:val="005B084D"/>
     <w:rsid w:val="005D20C4"/>
     <w:rsid w:val="005E683F"/>
     <w:rsid w:val="005F50A6"/>
     <w:rsid w:val="006044C3"/>
     <w:rsid w:val="00607FE8"/>
     <w:rsid w:val="00611669"/>
     <w:rsid w:val="006119FF"/>
     <w:rsid w:val="00613DC9"/>
     <w:rsid w:val="00614AC4"/>
     <w:rsid w:val="00614DEC"/>
     <w:rsid w:val="0061751A"/>
     <w:rsid w:val="00617BAA"/>
     <w:rsid w:val="006210D6"/>
     <w:rsid w:val="006262D7"/>
     <w:rsid w:val="0064015C"/>
     <w:rsid w:val="00641CAC"/>
     <w:rsid w:val="00645B06"/>
     <w:rsid w:val="00651E40"/>
     <w:rsid w:val="00664CCC"/>
     <w:rsid w:val="006772B2"/>
     <w:rsid w:val="006954DE"/>
     <w:rsid w:val="006955B9"/>
     <w:rsid w:val="00696E07"/>
     <w:rsid w:val="006B5E09"/>
     <w:rsid w:val="006C5B98"/>
+    <w:rsid w:val="006D1188"/>
     <w:rsid w:val="006E4733"/>
     <w:rsid w:val="00706CCE"/>
     <w:rsid w:val="007100F4"/>
     <w:rsid w:val="00740E3A"/>
     <w:rsid w:val="00746079"/>
     <w:rsid w:val="00762834"/>
     <w:rsid w:val="00776371"/>
     <w:rsid w:val="007A3172"/>
     <w:rsid w:val="007B3353"/>
     <w:rsid w:val="007B7BC8"/>
     <w:rsid w:val="007C07B1"/>
     <w:rsid w:val="007C5FEC"/>
     <w:rsid w:val="007D1143"/>
     <w:rsid w:val="007D2945"/>
     <w:rsid w:val="007D46ED"/>
     <w:rsid w:val="007E478E"/>
     <w:rsid w:val="007E4E79"/>
     <w:rsid w:val="007E5F97"/>
     <w:rsid w:val="007F5661"/>
     <w:rsid w:val="007F75CF"/>
     <w:rsid w:val="007F7C92"/>
     <w:rsid w:val="008116F9"/>
     <w:rsid w:val="00811BD7"/>
     <w:rsid w:val="008173B8"/>
     <w:rsid w:val="00820F81"/>
@@ -14922,83 +14918,84 @@
     <w:rsid w:val="00EA3E48"/>
     <w:rsid w:val="00EA7A2B"/>
     <w:rsid w:val="00EC04E6"/>
     <w:rsid w:val="00EE65C7"/>
     <w:rsid w:val="00EF19CD"/>
     <w:rsid w:val="00EF41D1"/>
     <w:rsid w:val="00EF6021"/>
     <w:rsid w:val="00EF77A1"/>
     <w:rsid w:val="00F068F3"/>
     <w:rsid w:val="00F10658"/>
     <w:rsid w:val="00F237DB"/>
     <w:rsid w:val="00F23DA3"/>
     <w:rsid w:val="00F25393"/>
     <w:rsid w:val="00F254E1"/>
     <w:rsid w:val="00F4075D"/>
     <w:rsid w:val="00F605A8"/>
     <w:rsid w:val="00F652C9"/>
     <w:rsid w:val="00F706E7"/>
     <w:rsid w:val="00F8638D"/>
     <w:rsid w:val="00F91B86"/>
     <w:rsid w:val="00F96DD1"/>
     <w:rsid w:val="00FA72B6"/>
     <w:rsid w:val="00FB631C"/>
     <w:rsid w:val="00FC6B45"/>
     <w:rsid w:val="00FD38DF"/>
+    <w:rsid w:val="00FE3062"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3B0B9AFF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{49337405-D804-4830-A9A1-ABE409BD7815}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -15301,51 +15298,50 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
@@ -15477,51 +15473,51 @@
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E749D5"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15895,63 +15891,52 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a6069a042290a6c56d9d11497b4321" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -16140,171 +16125,167 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{046C01FE-449D-4A1C-BC35-892DB7D444D2}"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A88C89D-6AE8-4A7E-ACCB-761247E402C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56EB4521-DF23-4131-85AD-117C92024104}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C821FBD0-D4FA-4CB8-BD4C-E9FC1F994826}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B054CFEA-0157-4D5B-85B9-D5570BB1E0CE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C821FBD0-D4FA-4CB8-BD4C-E9FC1F994826}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C1031F2-52A1-4312-9A35-BC007223F6E1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2756</Words>
-  <Characters>14748</Characters>
+  <Words>3572</Words>
+  <Characters>13932</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>357</Lines>
+  <Paragraphs>221</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17470</CharactersWithSpaces>
+  <CharactersWithSpaces>17283</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="PublishingExpirationDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="PublishingStartDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="display_urn:schemas-microsoft-com:office:office#Editor">
     <vt:lpwstr>Smith, Jason M.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="display_urn:schemas-microsoft-com:office:office#Author">
     <vt:lpwstr>Springer, Tonja</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>