--- v0 (2025-10-09)
+++ v1 (2026-02-27)
@@ -7,51 +7,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="301CC395" w14:textId="6DA5D6B9" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00D81945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -124,379 +124,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="0CBBDD57" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E647914" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F85C377" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29A885D9" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41239299" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="4FF3B41D" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E26F959" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58387B49" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09DE82F4" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38527F8A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="6D1B5333" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5351945A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BB51609" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="3959510F" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C53B626" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="427FBBED" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32877DBF" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -611,69 +599,67 @@
         <w:t>-2014 (Aqueous)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A0CF0C" w14:textId="77777777" w:rsidR="00090FC8" w:rsidRDefault="00090FC8" w:rsidP="006262D7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E33D42D" w14:textId="77777777" w:rsidR="00090FC8" w:rsidRPr="00090FC8" w:rsidRDefault="00090FC8" w:rsidP="006262D7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="255FB3DE" w14:textId="77777777" w:rsidR="00090FC8" w:rsidRPr="00EB6150" w:rsidRDefault="00090FC8" w:rsidP="00090FC8">
+    <w:p w14:paraId="255FB3DE" w14:textId="77777777" w:rsidR="00090FC8" w:rsidRPr="00DA3564" w:rsidRDefault="00090FC8" w:rsidP="00090FC8">
       <w:pPr>
         <w:ind w:left="-90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB6150">
+      <w:r w:rsidRPr="00DA3564">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Total Organic Carbon is considered a method-defined parameter per the definition in the Code of Federal Regulations, Part 136.6, Section (a) (5). This means that the method may not be modified per Part 136.6, Section (b) (3).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63840651" w14:textId="77777777" w:rsidR="00CF153C" w:rsidRDefault="00CF153C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AF333E1" w14:textId="77777777" w:rsidR="00090FC8" w:rsidRDefault="00090FC8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -732,82 +718,80 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3318"/>
       </w:tblGrid>
       <w:tr w:rsidR="006262D7" w:rsidRPr="00A0149B" w14:paraId="4748D8B6" w14:textId="77777777" w:rsidTr="006262D7">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B104AB0" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00A0149B" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B0E3B3E" w14:textId="77777777" w:rsidR="006262D7" w:rsidRDefault="004A3B2D" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Total organic carbon analyzer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C03BCBA" w14:textId="77777777" w:rsidR="004A3B2D" w:rsidRDefault="004A3B2D" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -850,72 +834,70 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C32F79">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Detector Type:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FC6BC84" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00A0149B" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="563AC9D3" w14:textId="77777777" w:rsidR="006262D7" w:rsidRDefault="00A87D5E" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Peroxydisulfate (</w:t>
             </w:r>
             <w:r w:rsidRPr="00A87D5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -965,253 +947,245 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75694D4F" w14:textId="77777777" w:rsidR="00A87D5E" w:rsidRPr="00A87D5E" w:rsidRDefault="00A87D5E" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63C7BAD8" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00A0149B" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0057E716" w14:textId="4ADF8C5F" w:rsidR="006262D7" w:rsidRPr="00A0149B" w:rsidRDefault="00A87D5E" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inorganic carbon removal check solution</w:t>
             </w:r>
             <w:r w:rsidR="00D05E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (see end of checklist for prep directions)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006262D7" w:rsidRPr="0054425D" w14:paraId="76758882" w14:textId="77777777" w:rsidTr="006262D7">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50AE8DEB" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53874364" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00A87D5E" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sampling and injection accessories (</w:t>
             </w:r>
             <w:r w:rsidRPr="00A87D5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>as specified by the instrument manufacturer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07313710" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="061A0B3A" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00A87D5E" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Organic carbon stock solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="302D5C34" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57371034" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1602D977" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="0054425D" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="065D75FD" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
@@ -1239,51 +1213,50 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="4680"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4958"/>
         <w:gridCol w:w="36"/>
       </w:tblGrid>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="4FF23605" w14:textId="77777777" w:rsidTr="69B85C0D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10909" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A841086" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="000808F0" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="477AC590" w14:textId="77777777" w:rsidR="00664CCC" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
@@ -1644,51 +1617,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57CAB731" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRPr="00560E41" w:rsidRDefault="00D66C7F" w:rsidP="00D66C7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16E2B4E2" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRPr="00560E41" w:rsidRDefault="00D66C7F" w:rsidP="00D66C7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12421307" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRDefault="00D66C7F" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -1711,69 +1683,51 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4571311C" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRPr="00560E41" w:rsidRDefault="00D66C7F" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Verify proper method reference. During </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> notate deviations from the approved method and SOP. </w:t>
+              <w:t xml:space="preserve">Verify proper method reference. During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D66C7F" w:rsidRPr="00A0149B" w14:paraId="7EEC04C6" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B66F88B" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRDefault="00D66C7F" w:rsidP="009A53DC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
@@ -1906,51 +1860,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="048B4067" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRPr="00560E41" w:rsidRDefault="00D66C7F" w:rsidP="00D66C7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D327553" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRPr="00560E41" w:rsidRDefault="00D66C7F" w:rsidP="00D66C7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43CBDD0D" w14:textId="77777777" w:rsidR="00D66C7F" w:rsidRPr="008352D2" w:rsidRDefault="00D66C7F" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -2229,73 +2182,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="091A5AF3" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79560015" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462" w:rsidP="009A53DC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="734E2B00" w14:textId="3A90CDB6" w:rsidR="00C37462" w:rsidRPr="0067392B" w:rsidRDefault="009572B9" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples preserved at the time of collection with H</w:t>
             </w:r>
             <w:r w:rsidRPr="00E456D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -2432,86 +2383,83 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4 (1) (</w:t>
             </w:r>
             <w:r w:rsidR="00052BD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18D48521" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C040CA5" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E970712" w14:textId="77777777" w:rsidR="0035565B" w:rsidRDefault="0035565B" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3265DE9F" w14:textId="71138F0D" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="006526E0" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006526E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -2575,73 +2523,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00E72173">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F72710" w:rsidRPr="00A0149B" w14:paraId="3848C14B" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="531FBFF1" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04136C14" w14:textId="527D13F5" w:rsidR="00F72710" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is pH </w:t>
             </w:r>
             <w:r w:rsidR="00822F97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2680,146 +2626,141 @@
               <w:t xml:space="preserve">S.U. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>upon receipt?</w:t>
             </w:r>
             <w:r w:rsidR="00822F97">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00822F97" w:rsidRPr="00A266D2">
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>[15A NCAC 02H .0805 (a) (7) (M)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7825E17A" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6047F796" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43F20F7B" w14:textId="3CC0426C" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pH indicator strips may be used.</w:t>
             </w:r>
             <w:r w:rsidR="00822F97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> If a meter is used, confirm it is properly calibrated. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F72710" w:rsidRPr="00A0149B" w14:paraId="401BC05B" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A2C2B64" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B8990AA" w14:textId="614DA093" w:rsidR="00F72710" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What action is taken if pH is &gt;2</w:t>
             </w:r>
             <w:r w:rsidR="00C11BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2939,339 +2880,327 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39C93CAE" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7829B9A5" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73C3F85B" w14:textId="77FE14B7" w:rsidR="00F72710" w:rsidRDefault="008928BE" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If another sample cannot be collected, analyze immediately or adjust pH to &lt;2 </w:t>
             </w:r>
             <w:r w:rsidR="00C11BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">S.U. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and notify NC WW/GW Laboratory Certification that a non-compliant sample was received and analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F72710" w:rsidRPr="00A0149B" w14:paraId="0CAD7918" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03AF424C" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="758F0BEA" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples iced to above freezing but ≤ 6°C during shipment? [40 CFR Part 136.3, Table II and footnote 18]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BC8F397" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3735AAC4" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E502E9" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR footnote 2 allows 15 minutes for sample preservation, including thermal. This means that if a sample is received in the lab within 15 minutes, it is not required to be on ice. Document temperature downward trend for short transport samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F72710" w:rsidRPr="00A0149B" w14:paraId="4B6B6770" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="760B3607" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2724A01B" w14:textId="6FA57E15" w:rsidR="006C691F" w:rsidRPr="00A0149B" w:rsidRDefault="00E268E4" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples analyzed within 28 days of collection? [40 CFR Part 136.3, Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="431F057F" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1822C33D" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A8B66F" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F72710" w:rsidRPr="00A0149B" w14:paraId="08890DC9" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3408,73 +3337,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F72710" w:rsidRPr="00A0149B" w14:paraId="6D4E8D66" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="1529"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CE27BEA" w14:textId="77777777" w:rsidR="00F72710" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67B873B5" w14:textId="7E44B57E" w:rsidR="00F72710" w:rsidRDefault="00370BD0" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the laboratory’s reporting limit? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="006659E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3609,51 +3536,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44EF19CF" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23BDFEFB" w14:textId="77777777" w:rsidR="00F72710" w:rsidRDefault="00370BD0" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Must be greater than or equal to the lowest calibration or calibration verification standard. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AEBA26C" w14:textId="77777777" w:rsidR="00370BD0" w:rsidRDefault="00370BD0" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3675,73 +3601,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Concentrations &lt;0.1 mg TOC/L can be measured by some instruments if scrupulous attention is given to minimizing sample contamination and method background. </w:t>
             </w:r>
             <w:r w:rsidR="00370BD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A1F93" w:rsidRPr="00A0149B" w14:paraId="4FF5FE50" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="799364BB" w14:textId="77777777" w:rsidR="004A1F93" w:rsidRDefault="004A1F93" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="268C62AE" w14:textId="77777777" w:rsidR="004A1F93" w:rsidRDefault="004A1F93" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the TOC analyzer calibrated</w:t>
             </w:r>
             <w:r w:rsidR="00370BD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3813,51 +3737,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="430E30C3" w14:textId="77777777" w:rsidR="004A1F93" w:rsidRPr="00A0149B" w:rsidRDefault="004A1F93" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1271774B" w14:textId="77777777" w:rsidR="008F5E5D" w:rsidRDefault="008F5E5D" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Follow manufacturer’s instructions for assembling, testing, calibrating, and operating analyzer. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25FA328B" w14:textId="77777777" w:rsidR="008F5E5D" w:rsidRDefault="008F5E5D" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3915,73 +3838,71 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>To confirm proper instrument operation, analyze standards with concentrations above and below those determined in the samples (preferably prepared in a similar matrix).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A1F93" w:rsidRPr="00A0149B" w14:paraId="5D62975E" w14:textId="77777777" w:rsidTr="00A968BA">
         <w:trPr>
           <w:trHeight w:val="1538"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B2A13C3" w14:textId="77777777" w:rsidR="004A1F93" w:rsidRDefault="004A1F93" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0844EB5F" w14:textId="77777777" w:rsidR="004A1F93" w:rsidRDefault="004A1F93" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">List the concentrations of the calibration </w:t>
             </w:r>
             <w:r w:rsidR="00FD68AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4081,95 +4002,92 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="260C87E7" w14:textId="77777777" w:rsidR="004A1F93" w:rsidRPr="00A0149B" w:rsidRDefault="004A1F93" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49C67425" w14:textId="77777777" w:rsidR="004A1F93" w:rsidRPr="00A0149B" w:rsidRDefault="004A1F93" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00370BD0" w:rsidRPr="00A0149B" w14:paraId="75A6B780" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A55C884" w14:textId="77777777" w:rsidR="00370BD0" w:rsidRDefault="00370BD0" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37FA41DA" w14:textId="77777777" w:rsidR="00370BD0" w:rsidRDefault="00370BD0" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidR="00FD68AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4187,86 +4105,84 @@
           <w:p w14:paraId="16BD1021" w14:textId="77777777" w:rsidR="00370BD0" w:rsidRDefault="00370BD0" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E2083D9" w14:textId="77777777" w:rsidR="00370BD0" w:rsidRDefault="00370BD0" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="706F0F12" w14:textId="77777777" w:rsidR="00370BD0" w:rsidRPr="00A0149B" w:rsidRDefault="00370BD0" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FA20D76" w14:textId="77777777" w:rsidR="00370BD0" w:rsidRPr="00A0149B" w:rsidRDefault="00370BD0" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36EB65AC" w14:textId="77777777" w:rsidR="00370BD0" w:rsidRDefault="00370BD0" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Determine the background TOC level in the reagent water used to prepare standards. Handle this water similarly to the standards and subtract the background TOC level from the TOC level of the standards. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FA8506C" w14:textId="77777777" w:rsidR="00461A50" w:rsidRDefault="00461A50" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4289,73 +4205,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5310 C-2014 (4) (d) states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Correct the instrument response to standards by subtracting reagent water blank and plotting organic carbon concentration in milligrams per liter against corrected instrument response. (This is unnecessary for instruments that digitally compute concentration).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A1F93" w:rsidRPr="00A0149B" w14:paraId="6F38C84D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17DAA79B" w14:textId="77777777" w:rsidR="004A1F93" w:rsidRDefault="004A1F93" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A5CB3C2" w14:textId="0C4712AF" w:rsidR="004A1F93" w:rsidRDefault="00370BD0" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How often is the TOC analyzer calibrated?</w:t>
             </w:r>
             <w:r w:rsidR="00A376D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4425,103 +4339,100 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="400EF3C7" w14:textId="77777777" w:rsidR="004A1F93" w:rsidRPr="00A0149B" w:rsidRDefault="004A1F93" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18AAE5A6" w14:textId="77777777" w:rsidR="004A1F93" w:rsidRPr="00A0149B" w:rsidRDefault="00A376D2" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Follow manufacturer’s instructions for assembling, testing, calibrating, and operating analyzer. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B1A12" w:rsidRPr="00A0149B" w14:paraId="66E52E9B" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7069183F" w14:textId="77777777" w:rsidR="005B1A12" w:rsidRDefault="005B1A12" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AD426D8" w14:textId="77777777" w:rsidR="005B1A12" w:rsidRDefault="003C6A6B" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is each calibration point compared to the curve and its concentration recalculated?</w:t>
             </w:r>
             <w:r w:rsidR="00800573">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4553,95 +4464,92 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27AA4216" w14:textId="77777777" w:rsidR="005B1A12" w:rsidRPr="00A0149B" w:rsidRDefault="005B1A12" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49B604DB" w14:textId="77777777" w:rsidR="005B1A12" w:rsidRDefault="005B1A12" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00354C75" w:rsidRPr="00A0149B" w14:paraId="3260D6D1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0139E37A" w14:textId="77777777" w:rsidR="00354C75" w:rsidRDefault="00354C75" w:rsidP="00354C75">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="796E6EBE" w14:textId="77777777" w:rsidR="00354C75" w:rsidRDefault="00354C75" w:rsidP="00354C75">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What are the acceptance criteria for the recalculated concentrations? [SM 5020 B-2017 (1) (b)] </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F526662" w14:textId="77777777" w:rsidR="00354C75" w:rsidRDefault="00354C75" w:rsidP="00354C75">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4720,103 +4628,100 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="424FCE61" w14:textId="77777777" w:rsidR="00354C75" w:rsidRPr="00A0149B" w:rsidRDefault="00354C75" w:rsidP="00354C75">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AAD3898" w14:textId="77777777" w:rsidR="00354C75" w:rsidRDefault="00354C75" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If any recalculated values are not within the method’s acceptance criteria- ≤3 times the MRL ±50%; between 3 and 5 times the MRL ±20%; or &gt;5 times the MRL ±10%, unless otherwise specified in individual methods</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00354C75" w:rsidRPr="00A0149B" w14:paraId="02678421" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="481DE139" w14:textId="77777777" w:rsidR="00354C75" w:rsidRDefault="00354C75" w:rsidP="00354C75">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07EF6219" w14:textId="77777777" w:rsidR="00354C75" w:rsidRDefault="00354C75" w:rsidP="00354C75">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action is performed if the acceptance criteria are not met? [SM 5020 B-2017 (1) (b)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5693077A" w14:textId="77777777" w:rsidR="00354C75" w:rsidRDefault="00354C75" w:rsidP="00354C75">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -4904,103 +4809,100 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01F43551" w14:textId="77777777" w:rsidR="00354C75" w:rsidRPr="00A0149B" w:rsidRDefault="00354C75" w:rsidP="00354C75">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10AE1BA7" w14:textId="77777777" w:rsidR="00354C75" w:rsidRDefault="00354C75" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Identify the source of any outliers and correct before sample quantitation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F67DB" w:rsidRPr="00A0149B" w14:paraId="54545CC7" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5844A1C8" w14:textId="77777777" w:rsidR="002F67DB" w:rsidRDefault="002F67DB" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="189CAEE0" w14:textId="77777777" w:rsidR="00407C38" w:rsidRDefault="0099305F" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:r w:rsidR="006E365A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5129,51 +5031,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A0771BB" w14:textId="77777777" w:rsidR="002F67DB" w:rsidRPr="00A0149B" w:rsidRDefault="002F67DB" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AA2D864" w14:textId="77777777" w:rsidR="002F67DB" w:rsidRPr="00A0149B" w:rsidRDefault="002F67DB" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When linear regression is used, use the minimum correlation coefficient specified in the method. If the minimum correlation coefficient is not specified, then a minimum value of 0.995 (or a coefficient of determination, r</w:t>
             </w:r>
             <w:r w:rsidRPr="002F67DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
@@ -5311,149 +5212,144 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F72710" w:rsidRPr="00A0149B" w14:paraId="4198EA54" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67E06473" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="267A7143" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00F749DE" w:rsidRDefault="002A3B2D" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples that contain gross solids or insoluble matter homogenized? [SM 5310 </w:t>
             </w:r>
             <w:r w:rsidR="007E3F1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2014 (4) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4257D6E1" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EDB50C7" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00A0149B" w:rsidRDefault="00F72710" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EB6B05D" w14:textId="77777777" w:rsidR="00F72710" w:rsidRPr="00EB59BA" w:rsidRDefault="00FA03B5" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If a sample contains </w:t>
             </w:r>
             <w:r w:rsidR="007E3F1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5632,73 +5528,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00191D1F" w:rsidRPr="00A0149B" w14:paraId="075B2A2F" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DA47792" w14:textId="77777777" w:rsidR="00191D1F" w:rsidRDefault="00191D1F" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="098C1175" w14:textId="4463712F" w:rsidR="00191D1F" w:rsidRPr="00DD4723" w:rsidRDefault="00E95AE3" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are manufacturer’s instructions followed for sample and standard injection? [</w:t>
             </w:r>
             <w:r w:rsidR="00D973EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5760,95 +5654,92 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0656EF4D" w14:textId="77777777" w:rsidR="00191D1F" w:rsidRPr="00A0149B" w:rsidRDefault="00191D1F" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50271B9D" w14:textId="77777777" w:rsidR="00191D1F" w:rsidRDefault="00191D1F" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00191D1F" w:rsidRPr="00A0149B" w14:paraId="4FD7A962" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F6DFFE0" w14:textId="77777777" w:rsidR="00191D1F" w:rsidRDefault="00191D1F" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49FE140F" w14:textId="77777777" w:rsidR="00191D1F" w:rsidRPr="00DD4723" w:rsidRDefault="00E95AE3" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are 3 replicates analyzed until measurement is reproducible to within ±10% RSD? [SM 5310 B-2014 (4) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
@@ -5870,103 +5761,100 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46499487" w14:textId="77777777" w:rsidR="00191D1F" w:rsidRPr="00A0149B" w:rsidRDefault="00191D1F" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FD3EA7E" w14:textId="77777777" w:rsidR="00191D1F" w:rsidRDefault="00E95AE3" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Repeat injection until at least three replicate measurements are reproducible to within ±10% RSD.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00191D1F" w:rsidRPr="00A0149B" w14:paraId="5D2C3792" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F89E4A1" w14:textId="77777777" w:rsidR="00191D1F" w:rsidRDefault="00191D1F" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0814A7AB" w14:textId="581966C4" w:rsidR="00191D1F" w:rsidRPr="00DD4723" w:rsidRDefault="0079627E" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="00B923AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6068,51 +5956,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="593D213E" w14:textId="77777777" w:rsidR="00191D1F" w:rsidRPr="00A0149B" w:rsidRDefault="00191D1F" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19313A9E" w14:textId="77777777" w:rsidR="00D973EB" w:rsidRDefault="00D973EB" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See 5310B.5 or use instrument manufacturer’s procedure.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10A272E1" w14:textId="77777777" w:rsidR="00D973EB" w:rsidRDefault="00D973EB" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6288,73 +6175,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B01BA" w:rsidRPr="00A0149B" w14:paraId="43C105E4" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7726F334" w14:textId="77777777" w:rsidR="000B01BA" w:rsidRPr="008C0C53" w:rsidRDefault="000B01BA" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C4D0C06" w14:textId="77777777" w:rsidR="006C7DB0" w:rsidRDefault="006C7DB0" w:rsidP="00F72710">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is an</w:t>
             </w:r>
             <w:r w:rsidR="00821E94">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ongoing</w:t>
@@ -6418,103 +6303,100 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A3C37CF" w14:textId="77777777" w:rsidR="000B01BA" w:rsidRPr="00A0149B" w:rsidRDefault="000B01BA" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0335D88B" w14:textId="77777777" w:rsidR="000B01BA" w:rsidRPr="00A0149B" w:rsidRDefault="006C7DB0" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Confirm on a frequency that corresponds to the laboratories’ routine periodic maintenance schedule, or when maintenance has been conducted on an instrument that may affect the tool/technique for inorganic carbon removal, that inorganic carbon is sufficiently removed from the samples. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C7DB0" w:rsidRPr="00A0149B" w14:paraId="51BB9D09" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F0BDAEA" w14:textId="77777777" w:rsidR="006C7DB0" w:rsidRPr="008C0C53" w:rsidRDefault="006C7DB0" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64DA20BE" w14:textId="52B15249" w:rsidR="006C7DB0" w:rsidRDefault="006C7DB0" w:rsidP="00F72710">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the IC check</w:t>
             </w:r>
             <w:r w:rsidR="00574B83">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> result</w:t>
@@ -6582,119 +6464,116 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53549E62" w14:textId="77777777" w:rsidR="006C7DB0" w:rsidRPr="00A0149B" w:rsidRDefault="006C7DB0" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="704CEA0B" w14:textId="77777777" w:rsidR="006C7DB0" w:rsidRPr="00A0149B" w:rsidRDefault="006C7DB0" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepare a 102.5 mg/L IC test solution (based on bicarbonate calculations and impurities) and analyze the solution to confirm that the result is </w:t>
             </w:r>
             <w:r w:rsidR="00574B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1/2 MRL. The IC removal check may be performed on a different matrix, but the IC level in the check sample should be higher than those in the unknown samples. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C7DB0" w:rsidRPr="00A0149B" w14:paraId="5F6A1BB3" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2584319F" w14:textId="77777777" w:rsidR="006C7DB0" w:rsidRPr="008C0C53" w:rsidRDefault="006C7DB0" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B7061F3" w14:textId="6C51E41A" w:rsidR="006C7DB0" w:rsidRDefault="006C7DB0" w:rsidP="00F72710">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the IC check is not acceptable? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="003B1E3E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
@@ -6783,155 +6662,150 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F0F15C5" w14:textId="77777777" w:rsidR="006C7DB0" w:rsidRPr="00A0149B" w:rsidRDefault="006C7DB0" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50C2E222" w14:textId="77777777" w:rsidR="006C7DB0" w:rsidRPr="00A0149B" w:rsidRDefault="006C7DB0" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD4EB8" w:rsidRPr="00A0149B" w14:paraId="492C9764" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04B58AB5" w14:textId="77777777" w:rsidR="00BD4EB8" w:rsidRPr="008C0C53" w:rsidRDefault="00BD4EB8" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4396EBB7" w14:textId="77777777" w:rsidR="00BD4EB8" w:rsidRDefault="00BD4EB8" w:rsidP="00F72710">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a TOC carryover check performed at the beginning of each analytical day? [SM 5310 A-2014 (5) (a) (4)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FDD9A88" w14:textId="77777777" w:rsidR="00BD4EB8" w:rsidRPr="00A0149B" w:rsidRDefault="00BD4EB8" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="437E1F15" w14:textId="77777777" w:rsidR="00BD4EB8" w:rsidRPr="00A0149B" w:rsidRDefault="00BD4EB8" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="587B5400" w14:textId="77777777" w:rsidR="00BD4EB8" w:rsidRDefault="004C485C" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Immediately following the analysis of the highest calibration standard, analyze a blank. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="582B2D0E" w14:textId="77777777" w:rsidR="009D0C1F" w:rsidRDefault="009D0C1F" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6945,73 +6819,71 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyze the high calibration point/blank pair at the beginning of every analytical day to verify that carryover is not occurring. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C485C" w:rsidRPr="00A0149B" w14:paraId="3B78D17E" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EB8B703" w14:textId="77777777" w:rsidR="004C485C" w:rsidRPr="008C0C53" w:rsidRDefault="004C485C" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57BC3CFC" w14:textId="77777777" w:rsidR="00280174" w:rsidRDefault="00280174" w:rsidP="00BC5151">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03B5B2F3" w14:textId="37D093A0" w:rsidR="004C485C" w:rsidRDefault="004C485C" w:rsidP="00BC5151">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -7026,154 +6898,150 @@
               </w:rPr>
               <w:t>½</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> MRL? [SM 5310 A-2014 (5) (a) (4)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F2DAA1C" w14:textId="2D6043F6" w:rsidR="00280174" w:rsidRDefault="00280174" w:rsidP="00BC5151">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35E3B942" w14:textId="77777777" w:rsidR="004C485C" w:rsidRPr="00A0149B" w:rsidRDefault="004C485C" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C46DE95" w14:textId="77777777" w:rsidR="004C485C" w:rsidRPr="00A0149B" w:rsidRDefault="004C485C" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45D5F084" w14:textId="59616175" w:rsidR="004C485C" w:rsidRDefault="004C485C" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentration of the blank must be &lt;</w:t>
             </w:r>
             <w:r w:rsidR="00627266">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>½</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> MRL. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C485C" w:rsidRPr="00A0149B" w14:paraId="5016417F" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2509AAF0" w14:textId="77777777" w:rsidR="004C485C" w:rsidRPr="008C0C53" w:rsidRDefault="004C485C" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EEF7CB2" w14:textId="77777777" w:rsidR="004C485C" w:rsidRDefault="004C485C" w:rsidP="00F72710">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action is taken if the TOC carryover check is not acceptable? [SM 5310 A-2014 (5) (a) (4)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="448FABC1" w14:textId="77777777" w:rsidR="001F10AE" w:rsidRDefault="001F10AE" w:rsidP="00F72710">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -7248,51 +7116,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74371AE4" w14:textId="77777777" w:rsidR="004C485C" w:rsidRPr="00A0149B" w:rsidRDefault="004C485C" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="010FA414" w14:textId="7BBD1671" w:rsidR="004C485C" w:rsidRDefault="004C485C" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the blank has a value &gt;</w:t>
             </w:r>
             <w:r w:rsidR="00627266">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7318,73 +7185,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>½</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> MRL. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="2ABDDF9E" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00DB81C1" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="000D752D" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00510981" w:rsidRDefault="00A51561" w:rsidP="00F72710">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is an initial instrument blank analyzed daily? [SM 5310 A-2014 (5) (b) (4)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -7400,103 +7265,100 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17D4F2C2" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F71C5CB" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyze a blank consisting of recycled water or low TOC water. The purpose is to determine if there is any TOC present in the instrument that may contaminate the system. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="4245E1C8" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51386A8B" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08765137" w14:textId="77777777" w:rsidR="00A51561" w:rsidRDefault="00A51561" w:rsidP="00F72710">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the instrument blank &lt;</w:t>
             </w:r>
             <w:r w:rsidR="00627266">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>½</w:t>
@@ -7536,119 +7398,116 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7176112B" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="597D983A" w14:textId="6976DC7E" w:rsidR="00A51561" w:rsidRDefault="009D7AF7" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Instrument blank results should be &lt;</w:t>
             </w:r>
             <w:r w:rsidR="00627266">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>½</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> MRL and not affect the linearity of the calibration curve. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="0812D506" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DF3810A" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00F72710">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51AA05C5" w14:textId="3C753D27" w:rsidR="00A51561" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r w:rsidR="004779E6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>instrument</w:t>
@@ -7799,120 +7658,117 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FED1A91" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00F72710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1620EC38" w14:textId="77777777" w:rsidR="00A51561" w:rsidRDefault="0012776E" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0012776E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009D7AF7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the result is higher, analyze several blanks to clear the system. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="7C6E6821" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5582EEE4" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B138503" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00510981" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a method blank (reagent blank) analyzed daily or with each batch of 20 or fewer samples, whichever is more frequent? [</w:t>
             </w:r>
             <w:r w:rsidR="002418BA">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 5310 A-2014 (5) (b) (5)</w:t>
@@ -7942,51 +7798,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="483A310C" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B7874EB" w14:textId="2BF88706" w:rsidR="004779E6" w:rsidRDefault="002418BA" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002418BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 5310 A states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8029,73 +7884,71 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00165963">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The method blank consists of low TOC water as well as any reagents (including preservatives) that have been added to samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="4FE928AC" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="180C1B9A" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="238BADA7" w14:textId="172536B4" w:rsidR="00A51561" w:rsidRPr="004F042F" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F042F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Is the me</w:t>
@@ -8178,51 +8031,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C539DC7" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D4A8BFD" w14:textId="1F56BB27" w:rsidR="00A51561" w:rsidRPr="00C07EE3" w:rsidRDefault="00A51561" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005003F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r>
@@ -8263,73 +8115,71 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">½ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>of the MRL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="27446D00" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ECA3E6D" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="469BB9EB" w14:textId="77777777" w:rsidR="00403191" w:rsidRDefault="00403191" w:rsidP="00A51561">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6FC9C3AC" w14:textId="6392BB6A" w:rsidR="00A51561" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8522,51 +8372,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55D4682F" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50ADB322" w14:textId="77777777" w:rsidR="00A51561" w:rsidRDefault="00A51561" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005003F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rules state:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8614,73 +8463,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 5310 A states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Consult instrument manual. Check for contamination of reagents, sample containers, and equipment. Both high inorganic-matrix samples and high-TOC samples may cause an ongoing elevated blank. Diluting samples may help. Higher MRLs may be required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0051282A" w:rsidRPr="00A0149B" w14:paraId="610435ED" w14:textId="77777777" w:rsidTr="006379AF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0716735E" w14:textId="77777777" w:rsidR="0051282A" w:rsidRPr="008C0C53" w:rsidRDefault="0051282A" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="035492E0" w14:textId="77777777" w:rsidR="00370DBC" w:rsidRDefault="00370DBC" w:rsidP="00A51561">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E9357EA" w14:textId="15B03EC2" w:rsidR="0051282A" w:rsidRDefault="0051282A" w:rsidP="00A51561">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8827,86 +8674,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">List concentration of </w:t>
             </w:r>
             <w:r w:rsidR="00E63FD7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>second-source</w:t>
             </w:r>
             <w:r w:rsidRPr="00E10DFB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> standard:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38A9DAC1" w14:textId="77777777" w:rsidR="0051282A" w:rsidRPr="00A0149B" w:rsidRDefault="0051282A" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6739F481" w14:textId="77777777" w:rsidR="0051282A" w:rsidRPr="00A0149B" w:rsidRDefault="0051282A" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3565E343" w14:textId="77777777" w:rsidR="00310352" w:rsidRPr="00310352" w:rsidRDefault="00310352" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rules state:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8987,73 +8832,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>mid-range</w:t>
             </w:r>
             <w:r w:rsidR="0024076C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> calibration check sample prepared from a different source than that used for the initial calibration. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00915801" w:rsidRPr="00A0149B" w14:paraId="6F448D4A" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7995AC32" w14:textId="77777777" w:rsidR="00915801" w:rsidRPr="008C0C53" w:rsidRDefault="00915801" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="44FF55BA" w14:textId="284D849A" w:rsidR="00151CC3" w:rsidRDefault="007718BE" w:rsidP="00A51561">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="00915801">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">acceptance criterion </w:t>
             </w:r>
@@ -9166,154 +9009,150 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="00FB49B7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00915801">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="128890AC" w14:textId="77777777" w:rsidR="00915801" w:rsidRPr="00A0149B" w:rsidRDefault="00915801" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C22D0A2" w14:textId="77777777" w:rsidR="00915801" w:rsidRPr="00A0149B" w:rsidRDefault="00915801" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EAA8887" w14:textId="692DD2CB" w:rsidR="00915801" w:rsidRDefault="00915801" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The results </w:t>
             </w:r>
             <w:r w:rsidR="00C213C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>must</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> be within 10% of the theoretical.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB15C1" w:rsidRPr="00A0149B" w14:paraId="1D034D8E" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33ED3F9A" w14:textId="77777777" w:rsidR="00FB15C1" w:rsidRPr="008C0C53" w:rsidRDefault="00FB15C1" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2FADCA31" w14:textId="00EAFE40" w:rsidR="002C7481" w:rsidRDefault="002C7481" w:rsidP="002C7481">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r w:rsidR="00DC2D37">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">second-source calibration check sample </w:t>
             </w:r>
@@ -9426,95 +9265,92 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3510DB65" w14:textId="77777777" w:rsidR="00FB15C1" w:rsidRPr="00A0149B" w:rsidRDefault="00FB15C1" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62BD8E27" w14:textId="77777777" w:rsidR="00FB15C1" w:rsidRDefault="00FB15C1" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D0625" w:rsidRPr="00A0149B" w14:paraId="436941B9" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22C2FCD5" w14:textId="77777777" w:rsidR="004D0625" w:rsidRPr="008C0C53" w:rsidRDefault="004D0625" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="13D5EB48" w14:textId="77777777" w:rsidR="00403191" w:rsidRDefault="00403191" w:rsidP="002C7481">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D6A2C5B" w14:textId="7ABAB06D" w:rsidR="004D0625" w:rsidRDefault="004D0625" w:rsidP="002C7481">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9544,86 +9380,84 @@
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (H)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D3462A4" w14:textId="77777777" w:rsidR="002D2BA0" w:rsidRDefault="002D2BA0" w:rsidP="002C7481">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DB927A3" w14:textId="77777777" w:rsidR="004D0625" w:rsidRPr="00A0149B" w:rsidRDefault="004D0625" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03326DF0" w14:textId="77777777" w:rsidR="004D0625" w:rsidRPr="00A0149B" w:rsidRDefault="004D0625" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43F5AFE2" w14:textId="76216F1C" w:rsidR="005B1A12" w:rsidRDefault="009B0B89" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Laboratories shall analyze or back-calculate a standard at the same concentration as the lowest reporting concentration each day samples are analyzed. </w:t>
             </w:r>
             <w:r w:rsidR="009647C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9657,73 +9491,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> calibration is being performed, then this requirement has been met</w:t>
             </w:r>
             <w:r w:rsidR="006065DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (see question #14).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D0625" w:rsidRPr="00A0149B" w14:paraId="6BFAA755" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="380B4121" w14:textId="77777777" w:rsidR="004D0625" w:rsidRPr="008C0C53" w:rsidRDefault="004D0625" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="22CE708C" w14:textId="360D5710" w:rsidR="004D0625" w:rsidRDefault="004D0625" w:rsidP="002C7481">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for the lower reporting limit standard? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00F64725">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
@@ -9859,103 +9691,100 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32AA949A" w14:textId="77777777" w:rsidR="004D0625" w:rsidRPr="00A0149B" w:rsidRDefault="004D0625" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="551399A8" w14:textId="77777777" w:rsidR="004D0625" w:rsidRDefault="009B0B89" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The low-range standard should agree within 50% of the true value.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D0625" w:rsidRPr="00A0149B" w14:paraId="03D6FE0B" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09F257E6" w14:textId="77777777" w:rsidR="004D0625" w:rsidRPr="008C0C53" w:rsidRDefault="004D0625" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3122DB50" w14:textId="5CDCC141" w:rsidR="004D0625" w:rsidRDefault="004D0625" w:rsidP="004D0625">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the lower reporting limit standard is not acceptable? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00F64725">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
@@ -10086,120 +9915,117 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="064C0AE5" w14:textId="77777777" w:rsidR="004D0625" w:rsidRPr="00A0149B" w:rsidRDefault="004D0625" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E4ABA3A" w14:textId="77777777" w:rsidR="004D0625" w:rsidRDefault="008628AC" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D64B3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Consult instrument manual. The instrument may need to be </w:t>
             </w:r>
             <w:r w:rsidR="00D64B3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">recalibrated. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="6CDDBCEF" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69DC9D99" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F96D9DD" w14:textId="151A3A75" w:rsidR="0051282A" w:rsidRDefault="0051282A" w:rsidP="0051282A">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D6C71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidR="00370DBC">
@@ -10572,86 +10398,84 @@
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="04C72734" w14:textId="77777777" w:rsidR="00BD495D" w:rsidRDefault="00BD495D" w:rsidP="00A51561">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6737B641" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F57B693" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="430412DF" w14:textId="77777777" w:rsidR="00A51561" w:rsidRDefault="00E62542" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM states: </w:t>
             </w:r>
             <w:r w:rsidR="007E7C0C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10692,81 +10516,79 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68BB19E8" w14:textId="77777777" w:rsidR="00CC51F2" w:rsidRPr="00A0149B" w:rsidRDefault="00CC51F2" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D454D" w:rsidRPr="00A0149B" w14:paraId="589899AC" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11A60CFF" w14:textId="77777777" w:rsidR="009D454D" w:rsidRPr="008C0C53" w:rsidRDefault="009D454D" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A4D42F8" w14:textId="6A43C916" w:rsidR="009D454D" w:rsidRDefault="009D454D" w:rsidP="0051282A">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the CC</w:t>
             </w:r>
             <w:r w:rsidR="003933CC">
               <w:rPr>
@@ -10835,146 +10657,142 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="710EDDA3" w14:textId="77777777" w:rsidR="003B1FC6" w:rsidRPr="007D6C71" w:rsidRDefault="003B1FC6" w:rsidP="0051282A">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6259A33C" w14:textId="77777777" w:rsidR="009D454D" w:rsidRPr="00A0149B" w:rsidRDefault="009D454D" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23D819BA" w14:textId="77777777" w:rsidR="009D454D" w:rsidRPr="00A0149B" w:rsidRDefault="009D454D" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="345FC1BF" w14:textId="6623966C" w:rsidR="009D454D" w:rsidRDefault="00622DB7" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The lab must set a rotational frequency </w:t>
             </w:r>
             <w:r w:rsidR="00987786">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and include this in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="6FCC3A20" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="714C3ACA" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14785963" w14:textId="23464B4D" w:rsidR="00A51561" w:rsidRDefault="007E7C0C" w:rsidP="00A51561">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What acceptance criteria are used to evaluate the CC</w:t>
             </w:r>
             <w:r w:rsidR="00CC51F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11205,119 +11023,116 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00639D06" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="088BA1D6" w14:textId="6ADCFC48" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00775D5B" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The low-range </w:t>
             </w:r>
             <w:r w:rsidR="00375E06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>standard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> should agree within 50% of the true value, and the mid- and high-range samples should agree within 15%.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C7481" w:rsidRPr="00A0149B" w14:paraId="661F4181" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08DECC5D" w14:textId="77777777" w:rsidR="002C7481" w:rsidRPr="008C0C53" w:rsidRDefault="002C7481" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6652C1F5" w14:textId="7C9D544D" w:rsidR="002C7481" w:rsidRDefault="002C7481" w:rsidP="002C7481">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r w:rsidR="00E41F88">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
@@ -11507,112 +11322,109 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3273DC23" w14:textId="77777777" w:rsidR="002C7481" w:rsidRPr="00A0149B" w:rsidRDefault="002C7481" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21D0E649" w14:textId="77777777" w:rsidR="002C7481" w:rsidRDefault="00D64B3B" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D64B3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Consult instrument manual. The instrument may need to be recalibrated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="445EBF81" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5820DA89" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F6CB074" w14:textId="1E7AFCB6" w:rsidR="003A2171" w:rsidRDefault="003A2171" w:rsidP="003A2171">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B0470">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a </w:t>
             </w:r>
             <w:r w:rsidR="00D96BA8" w:rsidRPr="00D96BA8">
@@ -11885,51 +11697,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15F97B96" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F06E403" w14:textId="77777777" w:rsidR="00A51561" w:rsidRDefault="005F099E" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM states: </w:t>
             </w:r>
             <w:r w:rsidR="00D96BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11968,73 +11779,71 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">NC WW/GW LCB Rules state that a blank must also be analyzed at the end of the run. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="7A051A18" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01E59202" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18D5846D" w14:textId="157A6F3C" w:rsidR="00A51561" w:rsidRDefault="005F099E" w:rsidP="00893156">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:r w:rsidR="00D96BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12134,154 +11943,150 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D96BA8" w:rsidRPr="00370DBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00D96BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="524610B4" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64FBB1B0" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26DCA726" w14:textId="2590303E" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00D96BA8" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The results for subsequent reagent-water blanks must be &lt;</w:t>
             </w:r>
             <w:r w:rsidR="00B7527B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>½</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> MRL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="04DB122D" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30C6FAE3" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C93AD28" w14:textId="7858A6DC" w:rsidR="002C7481" w:rsidRDefault="002C7481" w:rsidP="002C7481">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r w:rsidR="00E41F88">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CB</w:t>
@@ -12464,112 +12269,109 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="449FF93F" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4829C0ED" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="001E4C6E" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E4C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 5310 A states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Consult instrument manual. Check for contamination of reagents, sample containers, and equipment. Both high inorganic-matrix samples and high-TOC samples may cause an ongoing elevated blank. Diluting samples may help. Higher MRLs may be required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="5668EC18" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63550629" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04DB2175" w14:textId="2BCAE90C" w:rsidR="00583DBE" w:rsidRPr="00583DBE" w:rsidRDefault="00367BE8" w:rsidP="003553B6">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B0470">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a Laboratory Fortified Matrix (LFM</w:t>
             </w:r>
             <w:r w:rsidR="00E901CB">
               <w:rPr>
@@ -12686,103 +12488,100 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="289BE3E2" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64922A2D" w14:textId="721E0447" w:rsidR="00946AA9" w:rsidRPr="00A0149B" w:rsidRDefault="00DD1B5B" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Spike one sample per every 10 samples analyzed or part thereof.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="3F6B971E" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12363634" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1689B589" w14:textId="77777777" w:rsidR="00EE350C" w:rsidRDefault="00EE350C" w:rsidP="00DD1B5B">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44CA286E" w14:textId="5DA4CE43" w:rsidR="00DD1B5B" w:rsidRDefault="00DD1B5B" w:rsidP="00DD1B5B">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12907,51 +12706,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="278153F8" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="277F064B" w14:textId="77777777" w:rsidR="00A51561" w:rsidRDefault="00DD1B5B" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD1B5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM </w:t>
             </w:r>
             <w:r w:rsidR="00096313">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -13061,73 +12859,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepare LFM form the same reference source used for LFB. Make the addition such that sample background levels do not adversely affect recovery (preferably adjust LFM concentrations if the known sample is more than 5 times the background level). For example, if the sample contains the analyte of interest, then add approximately as much analyte to the LFM sample as the concentration found in the known sample. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="5A586ABB" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D912162" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63BA6B04" w14:textId="77777777" w:rsidR="00A51561" w:rsidRDefault="00163B6C" w:rsidP="00A51561">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r w:rsidR="00B55B14">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13291,103 +13087,100 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="028A2EE8" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A3625E5" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00163B6C" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The recovery should be between 85-115%. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A06E91" w:rsidRPr="00A0149B" w14:paraId="1468DAD4" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D035CAC" w14:textId="77777777" w:rsidR="00A06E91" w:rsidRPr="008C0C53" w:rsidRDefault="00A06E91" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5506E762" w14:textId="54C70230" w:rsidR="00A06E91" w:rsidRDefault="00A06E91" w:rsidP="00A06E91">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B7899">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action does the laboratory take if the LFM/LFMD results are outside of established control limits for </w:t>
             </w:r>
             <w:r w:rsidRPr="005B7899">
@@ -13596,112 +13389,109 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67A1CA1F" w14:textId="77777777" w:rsidR="00A06E91" w:rsidRPr="00A0149B" w:rsidRDefault="00A06E91" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44D4024B" w14:textId="77777777" w:rsidR="00A06E91" w:rsidRDefault="00A06E91" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A3F97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> This suggests a matrix problem, or it may be caused by non-homogenous suspended particulates in the sample. Consult instruction manual. Diluting samples may help.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51561" w:rsidRPr="00A0149B" w14:paraId="0E04EE38" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="159FB9DB" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="008C0C53" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BA9BAEF" w14:textId="77777777" w:rsidR="00A51561" w:rsidRDefault="001613E8" w:rsidP="00A51561">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a </w:t>
             </w:r>
             <w:r w:rsidR="00E075E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13856,103 +13646,100 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32D3A836" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00A51561" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CE8E778" w14:textId="77777777" w:rsidR="00A51561" w:rsidRPr="00A0149B" w:rsidRDefault="00F359F0" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Perform a duplicate analysis for every 10 samples (or part thereof) analyzed. The duplicate analysis can be a duplicated fortified sample. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD1B5B" w:rsidRPr="00A0149B" w14:paraId="64EC1535" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E338520" w14:textId="77777777" w:rsidR="00DD1B5B" w:rsidRPr="008C0C53" w:rsidRDefault="00DD1B5B" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="498711F6" w14:textId="77777777" w:rsidR="00DD1B5B" w:rsidRDefault="00F359F0" w:rsidP="00A51561">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What acceptance criterion is used to evaluate </w:t>
             </w:r>
             <w:r w:rsidRPr="003A3F97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14090,103 +13877,100 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6759D681" w14:textId="77777777" w:rsidR="00DD1B5B" w:rsidRPr="00A0149B" w:rsidRDefault="00DD1B5B" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C8712E0" w14:textId="77777777" w:rsidR="00DD1B5B" w:rsidRPr="00A0149B" w:rsidRDefault="00F359F0" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The RPD (relative percent difference) should be less than 15%. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001613E8" w:rsidRPr="00A0149B" w14:paraId="401140B1" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FF67994" w14:textId="77777777" w:rsidR="001613E8" w:rsidRPr="008C0C53" w:rsidRDefault="001613E8" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DA30F1D" w14:textId="2DDE35B1" w:rsidR="003A3F97" w:rsidRDefault="003A3F97" w:rsidP="003A3F97">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B7899">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action does the laboratory take if the </w:t>
             </w:r>
             <w:r>
@@ -14434,112 +14218,109 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="442EE354" w14:textId="77777777" w:rsidR="001613E8" w:rsidRPr="00A0149B" w:rsidRDefault="001613E8" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55D3F956" w14:textId="77777777" w:rsidR="001613E8" w:rsidRPr="00A0149B" w:rsidRDefault="003A3F97" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A3F97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> This suggests a matrix problem, or it may be caused by non-homogenous suspended particulates in the sample. Consult instruction manual. Diluting samples may help.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D506DD" w:rsidRPr="00A0149B" w14:paraId="3E2D0635" w14:textId="77777777" w:rsidTr="00364392">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70EBA814" w14:textId="77777777" w:rsidR="00D506DD" w:rsidRPr="008C0C53" w:rsidRDefault="00D506DD" w:rsidP="00A51561">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="355" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B9C090B" w14:textId="08A69919" w:rsidR="00D506DD" w:rsidRDefault="00E338EB" w:rsidP="00A51561">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are results qualified to indicate quality control failures or sample anomalies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14590,51 +14371,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B28B1CC" w14:textId="77777777" w:rsidR="00D506DD" w:rsidRPr="00A0149B" w:rsidRDefault="00D506DD" w:rsidP="00A51561">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E3E7C21" w14:textId="34120CF1" w:rsidR="00D506DD" w:rsidRPr="00A0149B" w:rsidRDefault="00325551" w:rsidP="005C097F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reported data associated with Quality Control failures, improper sample collection, holding time exceedances, or improper preservation shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6805913F" w14:textId="77777777" w:rsidR="00325551" w:rsidRDefault="00325551">
       <w:pPr>
@@ -15333,73 +15113,73 @@
       </w:r>
       <w:r w:rsidRPr="00D05E2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Acidify with 40 µL of an appropriate acid; use the same acid sample preservation.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D05E2D" w:rsidRPr="00351E5A" w:rsidSect="00C3600D">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="72" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E950694" w14:textId="77777777" w:rsidR="00D653D2" w:rsidRDefault="00D653D2">
+    <w:p w14:paraId="54F88D00" w14:textId="77777777" w:rsidR="00DF509C" w:rsidRDefault="00DF509C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49E4A92C" w14:textId="77777777" w:rsidR="00D653D2" w:rsidRDefault="00D653D2">
+    <w:p w14:paraId="45586538" w14:textId="77777777" w:rsidR="00DF509C" w:rsidRDefault="00DF509C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="42A6136D" w14:textId="77777777" w:rsidR="00D653D2" w:rsidRDefault="00D653D2"/>
+    <w:p w14:paraId="2AC95ACC" w14:textId="77777777" w:rsidR="00DF509C" w:rsidRDefault="00DF509C"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -15427,64 +15207,64 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E278FE4" w14:textId="5485577B" w:rsidR="00026092" w:rsidRPr="004E0CAB" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="007C2C8C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
@@ -15516,104 +15296,104 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="00583DBE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4EC813D7" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="78A9B0FD" w14:textId="6F236EF7" w:rsidR="0060590A" w:rsidRPr="00B8487A" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="006659E5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>05/31/2023</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56B7D60E" w14:textId="77777777" w:rsidR="00D653D2" w:rsidRDefault="00D653D2">
+    <w:p w14:paraId="488CF2E5" w14:textId="77777777" w:rsidR="00DF509C" w:rsidRDefault="00DF509C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FDC9169" w14:textId="77777777" w:rsidR="00D653D2" w:rsidRDefault="00D653D2">
+    <w:p w14:paraId="10A151AA" w14:textId="77777777" w:rsidR="00DF509C" w:rsidRDefault="00DF509C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3AF3A5FB" w14:textId="77777777" w:rsidR="00D653D2" w:rsidRDefault="00D653D2"/>
+    <w:p w14:paraId="3BA723FC" w14:textId="77777777" w:rsidR="00DF509C" w:rsidRDefault="00DF509C"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66236E36" w14:textId="0770E766" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="0024076C" w:rsidP="007C2C8C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="198"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">TOC SM 5310 </w:t>
     </w:r>
     <w:r w:rsidR="00DD2F63">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -15667,51 +15447,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00664CCC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="004345B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6F4AF12"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -16222,52 +16002,52 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1427457235">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="688726284">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1496798617">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1568104903">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2123957016">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1675109603">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -16624,50 +16404,51 @@
     <w:rsid w:val="00A266D2"/>
     <w:rsid w:val="00A2797D"/>
     <w:rsid w:val="00A34107"/>
     <w:rsid w:val="00A376D2"/>
     <w:rsid w:val="00A40B46"/>
     <w:rsid w:val="00A43446"/>
     <w:rsid w:val="00A51561"/>
     <w:rsid w:val="00A53FAA"/>
     <w:rsid w:val="00A57B44"/>
     <w:rsid w:val="00A72C9E"/>
     <w:rsid w:val="00A84541"/>
     <w:rsid w:val="00A87D5E"/>
     <w:rsid w:val="00A93DBA"/>
     <w:rsid w:val="00A968BA"/>
     <w:rsid w:val="00AA326D"/>
     <w:rsid w:val="00AA6D74"/>
     <w:rsid w:val="00AB2361"/>
     <w:rsid w:val="00AB3273"/>
     <w:rsid w:val="00AB7242"/>
     <w:rsid w:val="00AD11CE"/>
     <w:rsid w:val="00AE131C"/>
     <w:rsid w:val="00B01C45"/>
     <w:rsid w:val="00B02E69"/>
     <w:rsid w:val="00B05426"/>
     <w:rsid w:val="00B0672F"/>
+    <w:rsid w:val="00B1384F"/>
     <w:rsid w:val="00B1465F"/>
     <w:rsid w:val="00B20DFF"/>
     <w:rsid w:val="00B20E8D"/>
     <w:rsid w:val="00B21E34"/>
     <w:rsid w:val="00B249B5"/>
     <w:rsid w:val="00B24E15"/>
     <w:rsid w:val="00B25839"/>
     <w:rsid w:val="00B26A16"/>
     <w:rsid w:val="00B42049"/>
     <w:rsid w:val="00B42BC4"/>
     <w:rsid w:val="00B51CC9"/>
     <w:rsid w:val="00B53468"/>
     <w:rsid w:val="00B54A6F"/>
     <w:rsid w:val="00B55B14"/>
     <w:rsid w:val="00B666B8"/>
     <w:rsid w:val="00B713BF"/>
     <w:rsid w:val="00B717BA"/>
     <w:rsid w:val="00B747E4"/>
     <w:rsid w:val="00B7527B"/>
     <w:rsid w:val="00B80A24"/>
     <w:rsid w:val="00B8256A"/>
     <w:rsid w:val="00B849A0"/>
     <w:rsid w:val="00B85955"/>
     <w:rsid w:val="00B86277"/>
     <w:rsid w:val="00B90615"/>
@@ -16725,59 +16506,61 @@
     <w:rsid w:val="00CD6F16"/>
     <w:rsid w:val="00CD7670"/>
     <w:rsid w:val="00CF153C"/>
     <w:rsid w:val="00CF2069"/>
     <w:rsid w:val="00CF41E4"/>
     <w:rsid w:val="00CF6FEE"/>
     <w:rsid w:val="00D05E2D"/>
     <w:rsid w:val="00D13B4D"/>
     <w:rsid w:val="00D13CBC"/>
     <w:rsid w:val="00D26894"/>
     <w:rsid w:val="00D33326"/>
     <w:rsid w:val="00D37EC6"/>
     <w:rsid w:val="00D40DC8"/>
     <w:rsid w:val="00D506DD"/>
     <w:rsid w:val="00D64B3B"/>
     <w:rsid w:val="00D653D2"/>
     <w:rsid w:val="00D66033"/>
     <w:rsid w:val="00D66C7F"/>
     <w:rsid w:val="00D67922"/>
     <w:rsid w:val="00D81945"/>
     <w:rsid w:val="00D82CEE"/>
     <w:rsid w:val="00D94B78"/>
     <w:rsid w:val="00D96BA8"/>
     <w:rsid w:val="00D96F74"/>
     <w:rsid w:val="00D973EB"/>
+    <w:rsid w:val="00DA3564"/>
     <w:rsid w:val="00DB11C0"/>
     <w:rsid w:val="00DB2A5C"/>
     <w:rsid w:val="00DC0B6A"/>
     <w:rsid w:val="00DC2D37"/>
     <w:rsid w:val="00DD1B5B"/>
     <w:rsid w:val="00DD2F63"/>
     <w:rsid w:val="00DE4A4B"/>
     <w:rsid w:val="00DE71F4"/>
     <w:rsid w:val="00DF385B"/>
+    <w:rsid w:val="00DF509C"/>
     <w:rsid w:val="00E075E4"/>
     <w:rsid w:val="00E10DFB"/>
     <w:rsid w:val="00E11BDD"/>
     <w:rsid w:val="00E17A29"/>
     <w:rsid w:val="00E2165D"/>
     <w:rsid w:val="00E23FFB"/>
     <w:rsid w:val="00E24482"/>
     <w:rsid w:val="00E268E4"/>
     <w:rsid w:val="00E338EB"/>
     <w:rsid w:val="00E35AA6"/>
     <w:rsid w:val="00E364A6"/>
     <w:rsid w:val="00E36B30"/>
     <w:rsid w:val="00E41F88"/>
     <w:rsid w:val="00E43291"/>
     <w:rsid w:val="00E44B5E"/>
     <w:rsid w:val="00E50F56"/>
     <w:rsid w:val="00E539F0"/>
     <w:rsid w:val="00E61B4B"/>
     <w:rsid w:val="00E62542"/>
     <w:rsid w:val="00E63FD7"/>
     <w:rsid w:val="00E64B34"/>
     <w:rsid w:val="00E72173"/>
     <w:rsid w:val="00E901CB"/>
     <w:rsid w:val="00E93768"/>
     <w:rsid w:val="00E9456B"/>
@@ -16833,51 +16616,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="28B2A1E1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BFCC7061-3E59-4EEF-B385-EAB7917C3A78}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -17374,51 +17157,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00ED3297"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:rsid w:val="00822F97"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17784,211 +17567,194 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="51980ef6cd0975cb1c5e76b62ba46071">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -18047,138 +17813,120 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FC607FF-620D-4433-A595-A44AF6026B00}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B68F224F-8E7B-40E0-B375-DCE79DB7055B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{929B8C94-08CF-46A5-9E81-616CCB7E7428}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{325C5489-215F-4802-9C86-AF6F62220C41}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B68F224F-8E7B-40E0-B375-DCE79DB7055B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FC607FF-620D-4433-A595-A44AF6026B00}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="97c26e27-a340-4306-98a7-c36055956ab5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>3071</Words>
-  <Characters>17034</Characters>
+  <Words>3000</Words>
+  <Characters>17105</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>141</Lines>
+  <Lines>142</Lines>
   <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>20065</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>